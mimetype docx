--- v0 (2025-12-13)
+++ v1 (2026-03-02)
@@ -1,4473 +1,3632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="466B9BAE" w14:textId="77777777" w:rsidR="00B72EDF" w:rsidRDefault="00B72EDF"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14183" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1804"/>
+        <w:gridCol w:w="1805"/>
+        <w:gridCol w:w="1804"/>
+        <w:gridCol w:w="8770"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A812B3" w14:paraId="62B2ED06" w14:textId="77777777" w:rsidTr="00291821">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="4579"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="294032E9" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00EF30D0" w:rsidRDefault="00A812B3" w:rsidP="00EF30D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10574" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EEDE02D" w14:textId="77777777" w:rsidR="00F510F0" w:rsidRDefault="00C97473" w:rsidP="00914F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D3052">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please read the</w:t>
+            </w:r>
+            <w:r w:rsidR="00A71026" w:rsidRPr="009D3052">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> checklist for submitting comments at the end of this form</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D3052">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C97473">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> We cannot accept forms that are not filled in correctly</w:t>
+            </w:r>
+            <w:r w:rsidR="008D7B9E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or arrive after the deadline</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C97473">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26BDD56C" w14:textId="77777777" w:rsidR="00F14F2E" w:rsidRDefault="00F14F2E" w:rsidP="00914F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BB1571D" w14:textId="77777777" w:rsidR="00F14F2E" w:rsidRDefault="00A81964" w:rsidP="00F14F2E">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>In addition to your comments below, w</w:t>
+            </w:r>
+            <w:r w:rsidR="00F14F2E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e would like to hear your views on these questions:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D67ED4B" w14:textId="77777777" w:rsidR="00F14F2E" w:rsidRPr="00A81964" w:rsidRDefault="00A81964" w:rsidP="00F14F2E">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphnonumbers"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A81964">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A81964">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> there any cost saving interventions or examples of innovative approaches that should be considered for inclusion in this guideline?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64C4B4DA" w14:textId="33E91C3B" w:rsidR="00F14F2E" w:rsidRPr="00D8671A" w:rsidRDefault="00D8671A" w:rsidP="00D8671A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D8671A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">We are not planning on updating the sections of the guideline on insulin-based treatments (recommendations 1.7.24 – 1.7.32), and insulin delivery (recommendation 1.7.33). Our modelling of treatment with medicines will include studies where insulin was a comparator, but we are not intending to look at the place of insulin in the clinical </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8671A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>pathway</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8671A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Do</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8671A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you agree with this approach?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="764F54D9" w14:textId="77777777" w:rsidR="00D8671A" w:rsidRPr="00D8671A" w:rsidRDefault="00D8671A" w:rsidP="00D8671A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="695AFD43" w14:textId="77777777" w:rsidR="00F510F0" w:rsidRPr="00861041" w:rsidRDefault="00D8671A" w:rsidP="00197F8A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00C97473" w:rsidRPr="00966992">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Developing NICE guidance: how to get involved</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00C97473">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA6C5A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">has </w:t>
+            </w:r>
+            <w:r w:rsidR="00F510F0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a list </w:t>
+            </w:r>
+            <w:r w:rsidR="00F510F0" w:rsidRPr="00FA6C5A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidR="00F510F0" w:rsidRPr="00197F8A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">possible areas for comment </w:t>
+            </w:r>
+            <w:r w:rsidR="008855FD" w:rsidRPr="00197F8A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>on the draft scope</w:t>
+            </w:r>
+            <w:r w:rsidR="00B070BA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="008855FD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F510F0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w14:paraId="329253AD" w14:textId="77777777" w:rsidTr="00291821">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1602"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="053BD86C" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00810A2E" w:rsidRDefault="00772D5C" w:rsidP="00772D5C">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organisation name – </w:t>
+            </w:r>
+            <w:r w:rsidR="00A812B3" w:rsidRPr="00810A2E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Stakeholder</w:t>
+            </w:r>
+            <w:r w:rsidR="009119E3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or respondent</w:t>
+            </w:r>
+            <w:r w:rsidR="00A812B3" w:rsidRPr="00810A2E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006756D8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00BC41AA" w:rsidRPr="006756D8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(if you are responding as an individual rather than a registered </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00BC41AA" w:rsidRPr="006756D8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>stakeholder</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00BC41AA" w:rsidRPr="006756D8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006756D8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>leave blank</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC41AA" w:rsidRPr="006756D8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10574" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63EA6785" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00376A05" w:rsidRDefault="00376A05" w:rsidP="00215BC8">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00376A05">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>[Insert name of organisation here]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009119E3" w14:paraId="31F24880" w14:textId="77777777" w:rsidTr="00291821">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1526"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A0DF14" w14:textId="77777777" w:rsidR="00751EC5" w:rsidRDefault="00751EC5" w:rsidP="00215BC8">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Disclosure</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="609AC3D4" w14:textId="77777777" w:rsidR="009119E3" w:rsidRPr="00581E8F" w:rsidRDefault="00751EC5" w:rsidP="00447B7B">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00581E8F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00970572" w:rsidRPr="00970572">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lease disclose </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00581E8F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">any </w:t>
+            </w:r>
+            <w:r w:rsidR="00447B7B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">past or current, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00581E8F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>direct</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00581E8F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or indirect links to, or funding from, the tobacco industry.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10574" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C577362" w14:textId="77777777" w:rsidR="009119E3" w:rsidRPr="00810A2E" w:rsidRDefault="00376A05" w:rsidP="00376A05">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="lightGray"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00376A05">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[Insert </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>disclosure</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00376A05">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> here]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w14:paraId="058C44D8" w14:textId="77777777" w:rsidTr="00291821">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D41E6F" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00810A2E" w:rsidRDefault="00BC41AA" w:rsidP="00772D5C">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="00772D5C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>person completing form:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10574" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02A04A31" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00810A2E" w:rsidRDefault="00A812B3" w:rsidP="00215BC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A4AE050" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00810A2E" w:rsidRDefault="00376A05" w:rsidP="00376A05">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00376A05">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[Insert </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve">your </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00376A05">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>name here]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020118C" w14:paraId="4FAA7AE9" w14:textId="77777777" w:rsidTr="00291821">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="244"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7139CC89" w14:textId="77777777" w:rsidR="0020118C" w:rsidRDefault="0020118C" w:rsidP="00772D5C">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10574" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51689B34" w14:textId="77777777" w:rsidR="0020118C" w:rsidRDefault="00376A05" w:rsidP="00215BC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>[for office use only]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35170869" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="00810A2E" w:rsidRDefault="0022485E" w:rsidP="00215BC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w14:paraId="216D7F35" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="2320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3A2385" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03718E38" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3669B936" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Comment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10F30F4E" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>No.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="579EF023" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="076F4F87" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="544A953B" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C4BD232" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>number</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13CBB93C" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="098DE9F3" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>‘general’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00676CE4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> comment</w:t>
+            </w:r>
+            <w:r w:rsidR="00676CE4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00676CE4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the whole document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2454B6C4" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60F44C7A" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3" w:rsidP="00A812B3"/>
+          <w:p w14:paraId="1726C4E8" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="002F0372" w:rsidP="00A812B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Line</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="455CB0ED" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3" w:rsidP="00A812B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A812B3">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FFC5A3A" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3" w:rsidP="00A812B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F1E2CA6" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00A812B3" w:rsidRDefault="00A812B3" w:rsidP="00A812B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>‘general’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00676CE4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> comment</w:t>
+            </w:r>
+            <w:r w:rsidR="00676CE4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00676CE4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the whole document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A3C462" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CB1A28A" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25B57827" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DCF38D9" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00C97473">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00A812B3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>nsert each comment in a new row.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51C4BE03" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03BA697C" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRDefault="00C97473">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00A812B3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>o not paste other tables into this table, as your comments could get lost – type directly into this table</w:t>
+            </w:r>
+            <w:r w:rsidR="00B070BA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00CA197E" w14:paraId="632A3C31" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00B5E0D6" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00CA197E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA197E">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Example</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C7F1748" w14:textId="69286127" w:rsidR="00A812B3" w:rsidRPr="00CA197E" w:rsidRDefault="00D8671A" w:rsidP="00D8671A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="006F43E2">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12ACFF13" w14:textId="4D24027D" w:rsidR="00A812B3" w:rsidRPr="00992358" w:rsidRDefault="00D8671A" w:rsidP="00D8671A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000D4EA3">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11C239A5" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00992358" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00992358">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>The draft scope currently excludes people who have already been diagnosed. We feel this group should be included because….</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="344F0EE4" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01A04572" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C94DBFC" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="005A45BD" w:rsidRDefault="00A812B3" w:rsidP="00274768">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75C84DE1" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="005A45BD" w:rsidRDefault="00A812B3" w:rsidP="00274768">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2060955F" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="005A45BD" w:rsidRDefault="00A812B3" w:rsidP="00274768">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="38CF29D9" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57FB0F34" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55831794" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="005A45BD" w:rsidRDefault="00A812B3" w:rsidP="00274768">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="212C72DE" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="005A45BD" w:rsidRDefault="00A812B3" w:rsidP="00274768">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="413F69EB" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="005A45BD" w:rsidRDefault="00A812B3" w:rsidP="00274768">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="05CBAD96" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E853CA0" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5873BB50" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="005A45BD" w:rsidRDefault="00A812B3" w:rsidP="00274768">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AE5C932" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="005A45BD" w:rsidRDefault="00A812B3" w:rsidP="00274768">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C647AE7" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="005A45BD" w:rsidRDefault="00A812B3" w:rsidP="00274768">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="5F205AAC" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71CF19C6" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="311CA94E" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3397F03A" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66E7A135" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="4CDA6DC8" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77437251" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71857499" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27D7166F" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="018455C1" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="2254A432" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72B272FD" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42F23757" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6141DFF1" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37390A80" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="00361D39" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="242BE7E2" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="436B9B26" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="122BD6AD" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36D76478" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="4A12A606" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="370BCE14" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AED9BD9" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6880C01A" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E569158" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="2526AB9A" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="487811D7" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="415140E5" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65335839" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DCC6409" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="4612901A" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5791F003" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B17E5B" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="784925AC" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="293735AA" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="42B63443" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="512F0B03" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14C65C91" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18D9DE6D" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7936B477" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="34604AF6" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62FFD211" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B2ACD51" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04134890" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72D36F43" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="3EDB7D31" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D288F50" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="480EE8FF" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F0D5F11" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F05069D" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="09860C77" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="055E9792" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18E97C8E" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="505C161F" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77C9887D" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A812B3" w:rsidRPr="00E2582E" w14:paraId="48C7F9C8" w14:textId="77777777" w:rsidTr="0089231B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="244"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7698D7D1" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3" w:rsidP="0044012A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="609C5BAB" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69759AF1" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FC5F800" w14:textId="77777777" w:rsidR="00A812B3" w:rsidRPr="00E2582E" w:rsidRDefault="00A812B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3AC64912" w14:textId="77777777" w:rsidR="001A1D8A" w:rsidRPr="00A71026" w:rsidRDefault="00676CE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71026">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Add extra rows if needed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63EE0217" w14:textId="77777777" w:rsidR="00676CE4" w:rsidRDefault="00676CE4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CD3224B" w14:textId="77777777" w:rsidR="00777433" w:rsidRDefault="00777433">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14312" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="15268"/>
+        <w:gridCol w:w="14312"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F6C97" w:rsidRPr="00C80F70" w14:paraId="063C6C6D" w14:textId="77777777" w:rsidTr="00661D47">
-[...2 lines deleted...]
-            <w:tcW w:w="15268" w:type="dxa"/>
+      <w:tr w:rsidR="00676CE4" w:rsidRPr="009A4A5A" w14:paraId="74C6B06B" w14:textId="77777777" w:rsidTr="0022485E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14312" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10D1C25D" w14:textId="77777777" w:rsidR="003F6C97" w:rsidRPr="00C80F70" w:rsidRDefault="003F6C97" w:rsidP="003F6C97">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="0AD76D58" w14:textId="77777777" w:rsidR="00676CE4" w:rsidRPr="00BA770A" w:rsidRDefault="00676CE4" w:rsidP="00676CE4">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C80F70">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00BA770A">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Checklist for submitting comments</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A1A1564" w14:textId="77777777" w:rsidR="006B19C9" w:rsidRPr="00C80F70" w:rsidRDefault="006B19C9" w:rsidP="003F6C97">
-[...900 lines deleted...]
-              <w:pStyle w:val="Paragraphnonumbers"/>
+          <w:p w14:paraId="058A7122" w14:textId="77777777" w:rsidR="0022485E" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C30A4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Use this comment form and submit it as a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F506DC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Word document (not a PDF)</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...15 lines deleted...]
-              <w:pStyle w:val="Paragraphnonumbers"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B22E69E" w14:textId="77777777" w:rsidR="0022485E" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...28 lines deleted...]
-              <w:pStyle w:val="Paragraphnonumbers"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Complete the disclosure about links with, or funding from, the tobacco industry.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74F5F6E3" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="000C30A4" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Include </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F506DC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>page and line number (not section number)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the text each comment is about.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0D6B36" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="000C30A4" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C30A4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Combine all comments from your organisation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F506DC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>into 1 response</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C30A4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F506DC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>We cannot accept more than 1 response from each organisation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C30A4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD6BD1F" w14:textId="77777777" w:rsidR="0022485E" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA6E9B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Do not paste other tables into this table –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C30A4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> type directly into the table.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05224B8C" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="0073545F" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073545F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ensure each comment stands alone; do not cross-refer within one comment to another comment.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FB8E1F3" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="00AA6E9B" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clearly mark</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA6E9B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> any confidential information or other material that you do not wish to be made public. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Also, ensure you state in your email to NICE that your submission includes confidential comments.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42C0E192" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="000C30A4" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B19C9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do not </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B19C9">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">name or identify any person or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B19C9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-              <w:spacing w:after="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>include medical information about yourself or another person</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C30A4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from which you or the person could be identified </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76FCA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as all such data will be deleted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or redacted</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76FCA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C9A8403" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="000C30A4" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C30A4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Spell out any abbreviations you use</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EC76F75" w14:textId="77777777" w:rsidR="00676CE4" w:rsidRPr="0022485E" w:rsidRDefault="0022485E" w:rsidP="001F25AD">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For copyright reasons, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>do not include attachments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> such as research articles, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>letters</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or leaflets. We return comments forms that have attachments without reading them. The stakeholder may resubmit the form without attachments, but it must be received by the deadline.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="540BCBD2" w14:textId="77777777" w:rsidR="007E6716" w:rsidRPr="007E6716" w:rsidRDefault="007E6716" w:rsidP="0022485E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6716">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>We do not accept comments submitted after the deadline stated for close of consultation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63971BD7" w14:textId="77777777" w:rsidR="00A71026" w:rsidRPr="00A71026" w:rsidRDefault="00A71026" w:rsidP="00676CE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3713FE2B" w14:textId="77777777" w:rsidR="00A71026" w:rsidRPr="00A71026" w:rsidRDefault="00A71026" w:rsidP="00A71026">
+            <w:pPr>
+              <w:pStyle w:val="NICEnormal"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A71026">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Note:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71026">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> We reserve the right to summarise and edit comments received during consultations, or not to publish them at all, if we consider the comments are too long, or publication would be unlawful or otherwise inappropriate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150A8327" w14:textId="77777777" w:rsidR="00A71026" w:rsidRDefault="00A71026" w:rsidP="00A71026">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">See </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A71026">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Comments received during our consultations are published in the interests of openness and transparency, and to promote understanding of how recommendations are developed. The comments are published as a record of the comments we received, and are not endorsed by NICE, its officers or advisory Committees.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F56263D" w14:textId="77777777" w:rsidR="0022485E" w:rsidRDefault="0022485E" w:rsidP="00A71026">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3705DF68" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="0022485E" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="60" w:after="180" w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Data protection</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77586C2C" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="0022485E" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="288" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The information you submit on this form will be retained and used by NICE and its advisers for the purpose of developing its guidance and may be passed to other approved third parties.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please do not name or identify any individual patient or refer to their medical condition in your comments as all such data will be deleted or redacted. The information may appear on the NICE website in due course in which case all personal data will be removed in accordance with NICE policies.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="163ADA8F" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="0022485E" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="288" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ADF5C1D" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="0022485E" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="288" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">By submitting your data via this </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>form</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you are confirming that you have read and understood this statement.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15DDBF45" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="0022485E" w:rsidRDefault="0022485E" w:rsidP="0022485E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="288" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76FF81EB" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="0022485E" w:rsidRDefault="0022485E" w:rsidP="00A71026">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">For more information about how we process your data, please see our </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:hyperlink r:id="rId10" w:history="1">
-[...6 lines deleted...]
-              </w:hyperlink>
+              <w:r w:rsidRPr="0022485E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>privacy notice</w:t>
+              </w:r>
             </w:hyperlink>
-            <w:r>
-[...71 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0022485E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00FB63B5" w14:textId="2C5277E3" w:rsidR="006B2E9B" w:rsidRPr="006B094C" w:rsidRDefault="006B2E9B" w:rsidP="00533D9C">
-[...318 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="43281BFE" w14:textId="77777777" w:rsidR="0022485E" w:rsidRPr="009A4A5A" w:rsidRDefault="0022485E" w:rsidP="00A71026">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F8DE83C" w14:textId="7B114FEA" w:rsidR="005A0087" w:rsidRDefault="005A0087"/>
-[...2033 lines deleted...]
-    <w:p w14:paraId="703F9178" w14:textId="457AAAA8" w:rsidR="00EF2ACA" w:rsidRDefault="00661D47" w:rsidP="00661D47">
+    <w:p w14:paraId="056AEE36" w14:textId="77777777" w:rsidR="00676CE4" w:rsidRPr="00A71026" w:rsidRDefault="00676CE4">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...22 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="72415279" w14:textId="77777777" w:rsidR="00676CE4" w:rsidRPr="00E66C63" w:rsidRDefault="00676CE4">
+      <w:pPr>
         <w:rPr>
-          <w:noProof/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...401 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003F6C97" w:rsidRPr="00B81DC8" w:rsidSect="00EF2ACA">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId18"/>
+    <w:sectPr w:rsidR="00676CE4" w:rsidRPr="00E66C63" w:rsidSect="00291821">
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
-      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="709" w:header="720" w:footer="527" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1440" w:bottom="851" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59CABF39" w14:textId="77777777" w:rsidR="008A35D9" w:rsidRDefault="008A35D9">
+    <w:p w14:paraId="57622859" w14:textId="77777777" w:rsidR="00370AC1" w:rsidRDefault="00370AC1" w:rsidP="00E66C63">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53086875" w14:textId="77777777" w:rsidR="008A35D9" w:rsidRDefault="008A35D9">
+    <w:p w14:paraId="41FA0589" w14:textId="77777777" w:rsidR="00370AC1" w:rsidRDefault="00370AC1" w:rsidP="00E66C63">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="756A8B23" w14:textId="77777777" w:rsidR="008A35D9" w:rsidRDefault="008A35D9"/>
+    <w:p w14:paraId="09DFCE61" w14:textId="77777777" w:rsidR="00370AC1" w:rsidRDefault="00370AC1"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="20266852" w14:textId="1DD44E58" w:rsidR="00EE6C88" w:rsidRDefault="00F17DD3" w:rsidP="00F17DD3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="38583FE9" w14:textId="77777777" w:rsidR="00EE477E" w:rsidRDefault="00EE477E" w:rsidP="00EE477E">
     <w:pPr>
-      <w:rPr>
-        <w:b/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5565"/>
+      </w:tabs>
+      <w:rPr>
+        <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00715A90">
-[...31 lines deleted...]
-        <w:bCs/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="0078333C">
-[...4 lines deleted...]
-      <w:tab/>
+  </w:p>
+  <w:p w14:paraId="2C989953" w14:textId="649E8B87" w:rsidR="00E66C63" w:rsidRPr="00EE477E" w:rsidRDefault="00EE477E" w:rsidP="0022485E">
+    <w:r>
+      <w:rPr>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>Please return to:</w:t>
     </w:r>
-    <w:r w:rsidR="0078333C">
-[...4 lines deleted...]
-      <w:tab/>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="0078333C">
-[...46 lines deleted...]
-      <w:tab/>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidR="00D8671A" w:rsidRPr="00F95824">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>t2diabetesadults@nice.org.uk</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidR="00D8671A">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22307177" w14:textId="77777777" w:rsidR="008A35D9" w:rsidRDefault="008A35D9">
+    <w:p w14:paraId="4F05E963" w14:textId="77777777" w:rsidR="00370AC1" w:rsidRDefault="00370AC1" w:rsidP="00E66C63">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="680A70BE" w14:textId="77777777" w:rsidR="008A35D9" w:rsidRDefault="008A35D9">
+    <w:p w14:paraId="5044AFDA" w14:textId="77777777" w:rsidR="00370AC1" w:rsidRDefault="00370AC1" w:rsidP="00E66C63">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="13A5A2C6" w14:textId="77777777" w:rsidR="008A35D9" w:rsidRDefault="008A35D9"/>
+    <w:p w14:paraId="09281AED" w14:textId="77777777" w:rsidR="00370AC1" w:rsidRDefault="00370AC1"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="358CA3A2" w14:textId="36A18FC7" w:rsidR="007968D4" w:rsidRPr="008039AA" w:rsidRDefault="00132B3B" w:rsidP="003F6C97">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="63DE2AB3" w14:textId="28AB5916" w:rsidR="00B94F71" w:rsidRPr="00937F34" w:rsidRDefault="00D8671A" w:rsidP="00D8671A">
     <w:pPr>
       <w:pStyle w:val="Heading3"/>
       <w:jc w:val="left"/>
       <w:rPr>
+        <w:b w:val="0"/>
         <w:bCs w:val="0"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E53E36">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D350187" wp14:editId="0FF03A29">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="744D3B43" wp14:editId="00D896AE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>6738066</wp:posOffset>
+            <wp:posOffset>6343650</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-113250</wp:posOffset>
+            <wp:posOffset>-154940</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2971800" cy="304800"/>
+          <wp:extent cx="2971800" cy="285750"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="4" name="Picture 4"/>
+          <wp:docPr id="1" name="Picture 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 4"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2971800" cy="304800"/>
+                    <a:ext cx="2971800" cy="285750"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00F17DD3" w:rsidRPr="00F17DD3">
-[...9 lines deleted...]
-    <w:r w:rsidR="003F6C97">
+    <w:r w:rsidRPr="00D8671A">
       <w:rPr>
         <w:bCs w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:tab/>
+      <w:t>Type 2 diabetes in adults: management (medicines update)</w:t>
     </w:r>
-    <w:r w:rsidR="003F6C97">
+    <w:r w:rsidR="00C97473">
       <w:rPr>
         <w:bCs w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="003F6C97">
+    <w:r w:rsidR="00777433">
       <w:rPr>
         <w:bCs w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="003F6C97">
+    <w:r w:rsidR="00777433">
       <w:rPr>
         <w:bCs w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="003F6C97">
+    <w:r w:rsidR="00777433">
       <w:rPr>
         <w:bCs w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="003F6C97">
-[...6 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="6F6E5D02" w14:textId="493338D9" w:rsidR="007968D4" w:rsidRPr="00937F34" w:rsidRDefault="007968D4" w:rsidP="00F17DD3">
+  <w:p w14:paraId="5D18EE31" w14:textId="1DD134C5" w:rsidR="00123009" w:rsidRDefault="00B94F71" w:rsidP="00A71026">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:rPr>
+      <w:rPr>
+        <w:bCs/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00060F6F">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-    </w:pPr>
-[...11 lines deleted...]
-      <w:t xml:space="preserve">Consultation on </w:t>
+      <w:t>Consultation on</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:bCs w:val="0"/>
-[...1 lines deleted...]
-      <w:t>d</w:t>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t xml:space="preserve"> d</w:t>
     </w:r>
-    <w:r w:rsidRPr="008039AA">
+    <w:r w:rsidRPr="007968D4">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:bCs w:val="0"/>
+        <w:b/>
+        <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">raft </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:bCs w:val="0"/>
-[...1 lines deleted...]
-      <w:t>g</w:t>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t xml:space="preserve">scope </w:t>
     </w:r>
-    <w:r w:rsidRPr="008039AA">
+    <w:r w:rsidR="00C97473">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:bCs w:val="0"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve">uideline </w:t>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t xml:space="preserve">– </w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>–</w:t>
+    <w:r w:rsidR="00C97473">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>deadline for comments</w:t>
     </w:r>
-    <w:r>
-[...3 lines deleted...]
-        <w:bCs w:val="0"/>
+    <w:r w:rsidRPr="00A12694">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
-      <w:t>deadline for comments is 5pm on 27/04/2022</w:t>
+    <w:r w:rsidR="00777433" w:rsidRPr="00777433">
+      <w:rPr>
+        <w:bCs/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t>by 5pm</w:t>
     </w:r>
-    <w:r w:rsidR="000328D5">
-      <w:tab/>
+    <w:r w:rsidRPr="00777433">
+      <w:rPr>
+        <w:bCs/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> on </w:t>
     </w:r>
-    <w:r w:rsidR="000328D5">
-      <w:tab/>
+    <w:r w:rsidR="00D8671A">
+      <w:rPr>
+        <w:bCs/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t>31/10/2022</w:t>
     </w:r>
-    <w:r w:rsidR="00886015">
-      <w:tab/>
+  </w:p>
+  <w:p w14:paraId="2076AD7D" w14:textId="77777777" w:rsidR="00777433" w:rsidRDefault="00777433">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="03EA462B" w14:textId="119ADC7A" w:rsidR="00B94F71" w:rsidRDefault="00123009">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:bCs/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00123009">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t>email</w:t>
     </w:r>
-    <w:r w:rsidR="007334BB" w:rsidRPr="00F506DC">
-[...3 lines deleted...]
-      <w:t>email:</w:t>
+    <w:r w:rsidRPr="007334BB">
+      <w:rPr>
+        <w:bCs/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t>:</w:t>
     </w:r>
-    <w:r w:rsidR="007334BB" w:rsidRPr="00F506DC">
-[...2 lines deleted...]
-        <w:bCs w:val="0"/>
+    <w:r w:rsidR="00777433">
+      <w:rPr>
+        <w:bCs/>
+        <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
-      <w:r w:rsidRPr="000D6B4A">
+      <w:r w:rsidR="00D8671A" w:rsidRPr="00F95824">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>T2DiabetesAdults@nice.org.uk</w:t>
+        <w:t>t2diabetesadults@nice.org.uk</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r>
+    <w:r w:rsidR="00D8671A">
+      <w:rPr>
+        <w:bCs/>
+        <w:u w:val="single"/>
+      </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="41CB7229" w14:textId="77777777" w:rsidR="007968D4" w:rsidRDefault="007968D4">
+  <w:p w14:paraId="4D92841C" w14:textId="77777777" w:rsidR="00777433" w:rsidRDefault="00777433">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A03A64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9106313C"/>
     <w:lvl w:ilvl="0" w:tplc="3FB8EEF4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4649,53 +3808,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06E52FC8"/>
+    <w:nsid w:val="07AC0A81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="78B0846E"/>
+    <w:tmpl w:val="67DCEF0A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -4762,1598 +3921,981 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11B15797"/>
+    <w:nsid w:val="0AF1645C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C28C0936"/>
-[...90 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="BBFC5CC0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93D8448E" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F8E653B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C402A88"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7560"/>
+        </w:tabs>
+        <w:ind w:left="7560" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BDA79A9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C402A88"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4A4CCD18" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CFBE2440" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2526A6A4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="685E45AE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8438B876" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20FCE34C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...111 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A37410"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABCAF596"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3E9D59BA"/>
+    <w:nsid w:val="5CD07134"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DE30807C"/>
-[...226 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="70443D4E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...226 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1932275549">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="96173706">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1753165398">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1865561015">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="5" w16cid:durableId="764299800">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="6" w16cid:durableId="1651593696">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="7" w16cid:durableId="996769253">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="8" w16cid:durableId="1959069299">
+    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
-  </w:num>
-[...22 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008A35D9"/>
-[...387 lines deleted...]
-    <w:rsid w:val="00FE304D"/>
+    <w:rsidRoot w:val="00370AC1"/>
+    <w:rsid w:val="000431A5"/>
+    <w:rsid w:val="00055695"/>
+    <w:rsid w:val="00064B5F"/>
+    <w:rsid w:val="0006754A"/>
+    <w:rsid w:val="00072D10"/>
+    <w:rsid w:val="00080388"/>
+    <w:rsid w:val="00093436"/>
+    <w:rsid w:val="000D4EA3"/>
+    <w:rsid w:val="000D7B25"/>
+    <w:rsid w:val="00111270"/>
+    <w:rsid w:val="00123009"/>
+    <w:rsid w:val="00150032"/>
+    <w:rsid w:val="0015556A"/>
+    <w:rsid w:val="0016536F"/>
+    <w:rsid w:val="00184246"/>
+    <w:rsid w:val="00186565"/>
+    <w:rsid w:val="00197F8A"/>
+    <w:rsid w:val="001A1D8A"/>
+    <w:rsid w:val="001B3A29"/>
+    <w:rsid w:val="001D149C"/>
+    <w:rsid w:val="001D435B"/>
+    <w:rsid w:val="001F1201"/>
+    <w:rsid w:val="001F52A7"/>
+    <w:rsid w:val="0020118C"/>
+    <w:rsid w:val="00215BC8"/>
+    <w:rsid w:val="0022485E"/>
+    <w:rsid w:val="002321A9"/>
+    <w:rsid w:val="00241ECE"/>
+    <w:rsid w:val="00254412"/>
+    <w:rsid w:val="00260317"/>
+    <w:rsid w:val="002606E0"/>
+    <w:rsid w:val="00274768"/>
+    <w:rsid w:val="00291821"/>
+    <w:rsid w:val="00292BEB"/>
+    <w:rsid w:val="00295611"/>
+    <w:rsid w:val="002E1D30"/>
+    <w:rsid w:val="002E3A84"/>
+    <w:rsid w:val="002F0372"/>
+    <w:rsid w:val="002F0BAA"/>
+    <w:rsid w:val="00313896"/>
+    <w:rsid w:val="003709A6"/>
+    <w:rsid w:val="00370AC1"/>
+    <w:rsid w:val="00376A05"/>
+    <w:rsid w:val="003A7831"/>
+    <w:rsid w:val="003C22B2"/>
+    <w:rsid w:val="003E5312"/>
+    <w:rsid w:val="00410DCD"/>
+    <w:rsid w:val="004358E1"/>
+    <w:rsid w:val="0044012A"/>
+    <w:rsid w:val="00441F40"/>
+    <w:rsid w:val="00445C1F"/>
+    <w:rsid w:val="00447B7B"/>
+    <w:rsid w:val="00467D9B"/>
+    <w:rsid w:val="0048565B"/>
+    <w:rsid w:val="004C2603"/>
+    <w:rsid w:val="004D4F42"/>
+    <w:rsid w:val="00524764"/>
+    <w:rsid w:val="0053265B"/>
+    <w:rsid w:val="00563A3F"/>
+    <w:rsid w:val="00573DCC"/>
+    <w:rsid w:val="00577421"/>
+    <w:rsid w:val="00581E8F"/>
+    <w:rsid w:val="005B4404"/>
+    <w:rsid w:val="005E29DF"/>
+    <w:rsid w:val="00615426"/>
+    <w:rsid w:val="00622B04"/>
+    <w:rsid w:val="0063082B"/>
+    <w:rsid w:val="00635FFB"/>
+    <w:rsid w:val="00643AC4"/>
+    <w:rsid w:val="00674BCA"/>
+    <w:rsid w:val="006756D8"/>
+    <w:rsid w:val="00676CE4"/>
+    <w:rsid w:val="006777EA"/>
+    <w:rsid w:val="006F43E2"/>
+    <w:rsid w:val="007253AF"/>
+    <w:rsid w:val="00747463"/>
+    <w:rsid w:val="00751EC5"/>
+    <w:rsid w:val="00772D5C"/>
+    <w:rsid w:val="00773D5C"/>
+    <w:rsid w:val="00777433"/>
+    <w:rsid w:val="007A5F7A"/>
+    <w:rsid w:val="007B0448"/>
+    <w:rsid w:val="007B74CB"/>
+    <w:rsid w:val="007E6716"/>
+    <w:rsid w:val="007F46FB"/>
+    <w:rsid w:val="007F48B8"/>
+    <w:rsid w:val="00807517"/>
+    <w:rsid w:val="00861041"/>
+    <w:rsid w:val="0087502A"/>
+    <w:rsid w:val="008855FD"/>
+    <w:rsid w:val="0089231B"/>
+    <w:rsid w:val="008C1751"/>
+    <w:rsid w:val="008D7B9E"/>
+    <w:rsid w:val="008E6E74"/>
+    <w:rsid w:val="008F4F3D"/>
+    <w:rsid w:val="008F7181"/>
+    <w:rsid w:val="009119E3"/>
+    <w:rsid w:val="00914F46"/>
+    <w:rsid w:val="00944447"/>
+    <w:rsid w:val="00966992"/>
+    <w:rsid w:val="00970572"/>
+    <w:rsid w:val="00982FA8"/>
+    <w:rsid w:val="00992358"/>
+    <w:rsid w:val="009A4A5A"/>
+    <w:rsid w:val="009B04FE"/>
+    <w:rsid w:val="009D3052"/>
+    <w:rsid w:val="00A054D7"/>
+    <w:rsid w:val="00A31B42"/>
+    <w:rsid w:val="00A45E86"/>
+    <w:rsid w:val="00A71026"/>
+    <w:rsid w:val="00A812B3"/>
+    <w:rsid w:val="00A81964"/>
+    <w:rsid w:val="00AA3AD7"/>
+    <w:rsid w:val="00AA688C"/>
+    <w:rsid w:val="00AB0DB5"/>
+    <w:rsid w:val="00AD4CA3"/>
+    <w:rsid w:val="00AF78D8"/>
+    <w:rsid w:val="00B070BA"/>
+    <w:rsid w:val="00B07715"/>
+    <w:rsid w:val="00B45B8B"/>
+    <w:rsid w:val="00B62438"/>
+    <w:rsid w:val="00B72EDF"/>
+    <w:rsid w:val="00B94F71"/>
+    <w:rsid w:val="00BA770A"/>
+    <w:rsid w:val="00BB426A"/>
+    <w:rsid w:val="00BC3298"/>
+    <w:rsid w:val="00BC41AA"/>
+    <w:rsid w:val="00BD7D96"/>
+    <w:rsid w:val="00C00B19"/>
+    <w:rsid w:val="00C012DD"/>
+    <w:rsid w:val="00C41218"/>
+    <w:rsid w:val="00C46708"/>
+    <w:rsid w:val="00C53F9B"/>
+    <w:rsid w:val="00C634F4"/>
+    <w:rsid w:val="00C772B4"/>
+    <w:rsid w:val="00C852DC"/>
+    <w:rsid w:val="00C97473"/>
+    <w:rsid w:val="00CA197E"/>
+    <w:rsid w:val="00D007DC"/>
+    <w:rsid w:val="00D13542"/>
+    <w:rsid w:val="00D37716"/>
+    <w:rsid w:val="00D43A6C"/>
+    <w:rsid w:val="00D664E9"/>
+    <w:rsid w:val="00D77146"/>
+    <w:rsid w:val="00D8671A"/>
+    <w:rsid w:val="00D918EC"/>
+    <w:rsid w:val="00D97A57"/>
+    <w:rsid w:val="00DA48EA"/>
+    <w:rsid w:val="00DA7755"/>
+    <w:rsid w:val="00DC5C0D"/>
+    <w:rsid w:val="00DE2B8C"/>
+    <w:rsid w:val="00DF0D3A"/>
+    <w:rsid w:val="00E00EED"/>
+    <w:rsid w:val="00E071B1"/>
+    <w:rsid w:val="00E248E8"/>
+    <w:rsid w:val="00E2582E"/>
+    <w:rsid w:val="00E33ECB"/>
+    <w:rsid w:val="00E440ED"/>
+    <w:rsid w:val="00E559A9"/>
+    <w:rsid w:val="00E645B5"/>
+    <w:rsid w:val="00E66C63"/>
+    <w:rsid w:val="00E748A8"/>
+    <w:rsid w:val="00E750C6"/>
+    <w:rsid w:val="00E7516B"/>
+    <w:rsid w:val="00EA296F"/>
+    <w:rsid w:val="00EB630F"/>
+    <w:rsid w:val="00EC500C"/>
+    <w:rsid w:val="00EE477E"/>
+    <w:rsid w:val="00EE581E"/>
+    <w:rsid w:val="00EE7CD8"/>
+    <w:rsid w:val="00EF30D0"/>
+    <w:rsid w:val="00F14F2E"/>
+    <w:rsid w:val="00F36669"/>
+    <w:rsid w:val="00F510F0"/>
+    <w:rsid w:val="00F54E18"/>
+    <w:rsid w:val="00F76F58"/>
+    <w:rsid w:val="00F77282"/>
+    <w:rsid w:val="00F77D19"/>
+    <w:rsid w:val="00F86623"/>
+    <w:rsid w:val="00FA6C5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="657EE2EF"/>
+  <w14:docId w14:val="066E96CD"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7DF31890-A1E5-4761-B5B8-16CE0E63CE9A}"/>
+  <w15:docId w15:val="{86D65F5D-9830-4A63-808E-AAAA239CF2AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6581,93 +5123,68 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B81DC8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...22 lines deleted...]
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
@@ -6694,389 +5211,306 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00E2582E"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...8 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
+    <w:rsid w:val="00EE581E"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:rsid w:val="00437587"/>
+    <w:rsid w:val="007B0448"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
-    <w:rsid w:val="00437587"/>
+    <w:rsid w:val="007B0448"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
-    <w:rsid w:val="00437587"/>
+    <w:rsid w:val="007B0448"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:lang w:eastAsia="en-US"/>
-[...21 lines deleted...]
-      <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
-    <w:rsid w:val="008A2552"/>
+    <w:rsid w:val="007B0448"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
-    <w:rsid w:val="008A2552"/>
+    <w:rsid w:val="007B0448"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="007B0448"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="007B0448"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E66C63"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E66C63"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B07715"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B16F72"/>
+    <w:rsid w:val="00150032"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...42 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="003F6C97"/>
+    <w:rsid w:val="00676CE4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NICEnormal">
     <w:name w:val="NICE normal"/>
     <w:link w:val="NICEnormalChar"/>
-    <w:rsid w:val="000C30A4"/>
+    <w:rsid w:val="00A71026"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NICEnormalChar">
     <w:name w:val="NICE normal Char"/>
     <w:link w:val="NICEnormal"/>
-    <w:rsid w:val="000C30A4"/>
+    <w:rsid w:val="00A71026"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Paragraph">
-    <w:name w:val="Paragraph"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Paragraphnonumbers">
+    <w:name w:val="Paragraph no numbers"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="4"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00F44858"/>
+    <w:rsid w:val="00F14F2E"/>
     <w:pPr>
-      <w:numPr>
-[...4 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
-      <w:ind w:left="567" w:hanging="501"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00E76FCA"/>
+    <w:rsid w:val="0022485E"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D8671A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BB4625"/>
+    <w:rsid w:val="00D8671A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="674958321">
-[...12 lines deleted...]
-    <w:div w:id="1202014775">
+    <w:div w:id="150677767">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pathways.nice.org.uk/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/privacy-notice" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/privacy-notice" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/process/pmg22/chapter/how-you-can-get-involved" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/process/pmg20/resources/developing-nice-guidelines-how-to-get-involved-2722986687/chapter/commenting-on-a-draft-guideline" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/process/pmg22/chapter/introduction" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/privacy-notice" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t2diabetesadults@nice.org.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:T2DiabetesAdults@nice.org.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t2diabetesadults@nice.org.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7305,139 +5739,103 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34E6A846-A5E6-4DE8-8233-E5F7212398B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{928D8D88-EDF6-4E48-8B95-859B8E4231C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4243</Characters>
+  <Pages>3</Pages>
+  <Words>712</Words>
+  <Characters>3838</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
+  <Lines>31</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>National Institute for Clinical Excellence</vt:lpstr>
+      <vt:lpstr>Scope Consultation Comments Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NICE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4974</CharactersWithSpaces>
+  <CharactersWithSpaces>4541</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="18" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:i4>4128812</vt:i4>
-[...17 lines deleted...]
-        <vt:i4>5308422</vt:i4>
+        <vt:i4>6619232</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://pathways.nice.org.uk/</vt:lpwstr>
-[...17 lines deleted...]
-        <vt:lpwstr>http://www.nice.org.uk/process/pmg22/chapter/how-you-can-get-involved</vt:lpwstr>
+        <vt:lpwstr>https://www.nice.org.uk/process/pmg22/chapter/introduction</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>National Institute for Clinical Excellence</dc:title>
+  <dc:title>Scope Consultation Comments Form</dc:title>
   <dc:subject/>
-  <dc:creator>Katie Stafford</dc:creator>
+  <dc:creator>Christina Barnes</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>