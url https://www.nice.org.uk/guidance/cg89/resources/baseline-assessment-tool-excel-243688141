--- v0 (2026-01-08)
+++ v1 (2026-03-22)
@@ -1,109 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F154310-116A-4A3A-AE29-2DE765674A55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D232D55A-1AA3-4C47-A704-B7C0CCBE44D1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover page " sheetId="25" r:id="rId1"/>
     <sheet name="Introduction" sheetId="23" r:id="rId2"/>
     <sheet name="Data sheet" sheetId="24" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="_1_Outcome">#REF!</definedName>
     <definedName name="_1_Process">#REF!</definedName>
     <definedName name="_1_Structure">#REF!</definedName>
     <definedName name="_10_Outcome">#REF!</definedName>
     <definedName name="_10_Process">#REF!</definedName>
     <definedName name="_10_Structure">#REF!</definedName>
     <definedName name="_2_Outcome">#REF!</definedName>
     <definedName name="_2_Process">#REF!</definedName>
     <definedName name="_2_Structure">#REF!</definedName>
     <definedName name="_3_Outcome">#REF!</definedName>
     <definedName name="_3_Process">#REF!</definedName>
     <definedName name="_3_Structure">#REF!</definedName>
     <definedName name="_4_Outcome">#REF!</definedName>
     <definedName name="_4_Process">#REF!</definedName>
     <definedName name="_4_Structure">#REF!</definedName>
     <definedName name="_5_Outcome">#REF!</definedName>
     <definedName name="_5_Process">#REF!</definedName>
     <definedName name="_5_Structure">#REF!</definedName>
     <definedName name="_6_Outcome">#REF!</definedName>
     <definedName name="_6_Process">#REF!</definedName>
     <definedName name="_6_Structure">#REF!</definedName>
     <definedName name="_7_Outcome">#REF!</definedName>
     <definedName name="_7_Process">#REF!</definedName>
     <definedName name="_7_Structure">#REF!</definedName>
     <definedName name="_8_Outcome">#REF!</definedName>
     <definedName name="_8_Process">#REF!</definedName>
     <definedName name="_8_Structure">#REF!</definedName>
     <definedName name="_9_Outcome">#REF!</definedName>
     <definedName name="_9_Process">#REF!</definedName>
     <definedName name="_9_Structure">#REF!</definedName>
     <definedName name="_Age1">#REF!</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Data sheet'!$A$7:$J$101</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Data sheet'!$A$7:$J$102</definedName>
     <definedName name="_Sex1">#REF!</definedName>
     <definedName name="Age">'[1]Data collection'!$C$6:$C$45</definedName>
     <definedName name="Ethnicity">'[1]Data collection'!$E$6:$E$45</definedName>
     <definedName name="Ethnicity1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Cover page '!$A$1:$G$20</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Data sheet'!$A$1:$J$125</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">Introduction!$A$1:$A$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Data sheet'!$A$1:$J$126</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">Introduction!$A$1:$A$15</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Data sheet'!$7:$7</definedName>
     <definedName name="QS_1">#REF!</definedName>
     <definedName name="QS_10">#REF!</definedName>
     <definedName name="QS_100">#REF!</definedName>
     <definedName name="QS_101">#REF!</definedName>
     <definedName name="QS_102">#REF!</definedName>
     <definedName name="QS_103">#REF!</definedName>
     <definedName name="QS_104">#REF!</definedName>
     <definedName name="QS_105">#REF!</definedName>
     <definedName name="QS_106">#REF!</definedName>
     <definedName name="QS_107">#REF!</definedName>
     <definedName name="QS_108">#REF!</definedName>
     <definedName name="QS_109">#REF!</definedName>
     <definedName name="QS_11">#REF!</definedName>
     <definedName name="QS_110">#REF!</definedName>
     <definedName name="QS_111">#REF!</definedName>
     <definedName name="QS_112">#REF!</definedName>
     <definedName name="QS_113">#REF!</definedName>
     <definedName name="QS_114">#REF!</definedName>
     <definedName name="QS_115">#REF!</definedName>
     <definedName name="QS_116">#REF!</definedName>
     <definedName name="QS_117">#REF!</definedName>
     <definedName name="QS_118">#REF!</definedName>
     <definedName name="QS_119">#REF!</definedName>
     <definedName name="QS_12">#REF!</definedName>
@@ -233,51 +236,51 @@
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E4" i="24" l="1"/>
   <c r="E3" i="24"/>
   <c r="E5" i="24" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="226">
   <si>
     <t>In the first instance, consider whether the guideline is relevant and record the conclusion in the box below.</t>
   </si>
   <si>
     <t>The table can be adapted to include any other local information that is thought to be useful.</t>
   </si>
   <si>
     <t>Number of relevant recommendations</t>
   </si>
   <si>
     <t>Number of recommendations met</t>
   </si>
   <si>
     <t>Percentage of recommendations met</t>
   </si>
   <si>
     <t>NICE recommendation</t>
   </si>
   <si>
     <t>Guideline reference</t>
   </si>
   <si>
     <t>Is the recommendation relevant?</t>
   </si>
   <si>
@@ -787,54 +790,50 @@
     <t xml:space="preserve">1.5.2 </t>
   </si>
   <si>
     <t xml:space="preserve">1.5.3 </t>
   </si>
   <si>
     <t xml:space="preserve">1.5.4 </t>
   </si>
   <si>
     <t xml:space="preserve">1.5.5 </t>
   </si>
   <si>
     <t xml:space="preserve">Consider child maltreatment if a parent or carer refuses to allow a child or young person to speak to a healthcare professional on their own when it is necessary for the assessment of the child or young person. </t>
   </si>
   <si>
     <t>1.5.6</t>
   </si>
   <si>
     <t>Suspect sexual abuse if a girl or boy has a persistent or recurrent genital or anal symptom (for example, bleeding or discharge) that is associated with behavioural or emotional change and that has no medical explanation.</t>
   </si>
   <si>
     <t>This baseline assessment tool can be used to evaluate whether practice is in line with the recommendations in child maltreatment: when to suspect maltreatment in under 18s.  It can also help to plan activity to meet the recommendations.</t>
   </si>
   <si>
     <t>Suspect child maltreatment if a child has a non-fatal submersion incident (near-drowning) and the explanation is absent or unsuitable or if the child’s presentation is inconsistent with the account.</t>
-  </si>
-[...2 lines deleted...]
-take into account that instances of inadequate clothing that have a suitable explanation (for example, a sudden change in the weather, slippers worn because they were closest to hand when leaving the house in a rush) or resulting from behaviour associated with neurodevelopmental disorders such as autism would not be alerting features for possible neglect.</t>
   </si>
   <si>
     <t xml:space="preserve">Suspect neglect if a child is persistently smelly and dirty.
 Take into account that children often become dirty and smelly during the course of the day. Use judgement to determine if persistent lack of provision or care is a possibility. Examples include:
 • child seen at times of the day when it is unlikely that they would have had an opportunity to become dirty or smelly (for example, an early morning visit) 
 • if the dirtiness is ingrained. </t>
   </si>
   <si>
     <t>Consider neglect if parents or carers repeatedly fail to bring their child to follow-up appointments that are essential for their child’s health and wellbeing.</t>
   </si>
   <si>
     <t>Consider neglect if parents or carers have access to but persistently fail to obtain treatment for their child’s dental caries (tooth decay).</t>
   </si>
   <si>
     <t>Consider child maltreatment if a child or young person displays or is reported to display a marked change in behaviour or emotional state (see examples below) that is a departure from what would be expected for their age and developmental stage and is not fully explained by a known stressful situation that is not part of child maltreatment (for example, bereavement or parental separation) or medical cause. Examples include:
 • recurrent nightmares containing similar themes
 • extreme distress
 • markedly oppositional behaviour
 • withdrawal of communication
 • becoming withdrawn.</t>
   </si>
   <si>
     <t>Consider child maltreatment if a child shows repeated, extreme or sustained emotional responses that are out of proportion to a situation and are not expected for the child’s age or developmental stage or fully explained by a medical cause, neurodevelopmental disorder (for example, ADHD, autism spectrum disorders) or bipolar disorder and the effects of any known past maltreatment have been explored. Examples of these emotional responses include:
 • anger or frustration expressed as a temper tantrum in a school-aged child
 • frequent rages at minor provocation
@@ -1213,53 +1212,50 @@
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">are key priorities for implementation or by deadline, use the filter function in the data menu. </t>
     </r>
   </si>
   <si>
     <r>
       <t>Tools and resources</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> to help put the guidance into practice are available on the NICE website. </t>
     </r>
   </si>
   <si>
     <t>Be aware that sexual intercourse with a child younger than 13 years is unlawful and therefore pregnancy in such a child means the child has been maltreated. Under the Sexual Offences Act 2003, any sexual intercourse with a child younger than 13 years is unlawful. See the Crown Prosecution Service guidance about the act for further information about consent to sexual intercourse in people under 18.</t>
   </si>
   <si>
-    <t>Consider sexual abuse if a young woman aged 13 to 15 years is pregnant. Under the Sexual Offences Act 2003, any sexual intercourse with a child aged 13 to 15 years is unlawful. See the Crown Prosecution Service guidance about the act for further information about consent to sexual intercourse in people under 18.</t>
-[...1 lines deleted...]
-  <si>
     <t>Neglect is a situation involving risk to the child or young person. It is the persistent failure to meet the child or young person’s basic physical or psychological needs that is likely to result in the serious impairment of their health or development. This may or may not be deliberate. There are differences in how parents and carers choose to raise their children, including the choices they make about their children’s healthcare. However, failure to recognise and respond to the child or young person’s needs may amount to neglect. 
 There is no diagnostic gold standard for neglect and therefore decision-making in situations of apparent neglect can be very difficult and thresholds hard to establish. It is essential to place the child or young person at the centre of the assessment.</t>
   </si>
   <si>
     <t>Suspect neglect if you repeatedly observe or hear reports of any of the following in the home that is in the parents’ or carers’ control: 
 • a poor standard of hygiene that affects a child’s health
 • inadequate provision of food 
 • a living environment that is unsafe for the child’s developmental stage.
 Be aware that it may be difficult to distinguish between neglect and material poverty. However, care should be taken to balance recognition of the constraints on the parents’ or carers’ ability to meet their children’s needs for food, clothing and shelter with an appreciation of how people in similar circumstances have been able to meet those needs.</t>
   </si>
   <si>
     <t>Consider neglect if a child displays faltering growth because of lack of provision of an adequate or appropriate diet. See NICE’s guideline on faltering growth.</t>
   </si>
   <si>
     <t xml:space="preserve">Consider child maltreatment if a child’s behaviour or emotional state is not consistent with their age and developmental stage or cannot be fully explained by medical causes, neurodevelopmental disorders (for example, attention deficit hyperactivity disorder [ADHD], autism spectrum disorders) or other stressful situation that is not part of child maltreatment (for example, bereavement or parental separation). Examples of behaviour or emotional states that may fit this description include:
 • Emotional states:
 - fearful, withdrawn, low self-esteem
 • Behaviour:
 - aggressive, oppositional
 - habitual body rocking
 </t>
   </si>
   <si>
     <t>• Interpersonal behaviours:
 - indiscriminate contact or affection seeking
@@ -1277,96 +1273,50 @@
   </si>
   <si>
     <t>Suspect child maltreatment if a child repeatedly scavenges, steals, hoards or hides food with no medical explanation (for example Prader–Willi syndrome, a genetic condition leading to a range of symptoms, including over-eating, restricted growth, reduced muscle tone, and learning and behavioural difficulties).</t>
   </si>
   <si>
     <t>Consider emotional abuse if there is concern that parent– or carer–child interactions may be harmful. Examples include:
 •	negativity or hostility towards a child or young person
 •	rejection or scapegoating of a child or young person
 •	developmentally inappropriate expectations of or interactions with a child, including inappropriate threats or methods of disciplining
 •	exposure to frightening or traumatic experiences, including domestic abuse
 •	using the child for the fulfilment of the adult’s needs (for example, in marital disputes)
 •	failure to promote the child’s appropriate socialisation (for example, involving children in unlawful activities, isolation, not providing stimulation or education).</t>
   </si>
   <si>
     <t>•	despite a definitive clinical opinion being reached, multiple opinions from both primary and secondary care are sought and disputed by the parent or carer and the child continues to be presented for investigation and treatment with a range of signs and symptoms 
 •	the child’s normal daily activities (for example, school attendance) are being compromised, or the child is using aids to daily living (for example, wheelchairs) more than would be expected for any medical condition that the child has.
 Fabricated or induced illness is a likely explanation even if the child has a past or concurrent physical or psychological condition.</t>
   </si>
   <si>
     <t xml:space="preserve">Suspect fabricated or induced illness if a child’s history, physical or psychological presentations or findings of assessments, examinations or investigations leads to a discrepancy with a recognised clinical picture and one or more of the following is present: 
 •	reported symptoms and signs only appear or reappear when the parent or carer is present
 •	reported symptoms are only observed by the parent or carer
 •	an inexplicably poor response to prescribed medication or other treatment
 •	new symptoms are reported as soon as previous ones have resolved
 •	there is a history of events that is biologically unlikely (for example, infants with a history of very large blood losses who do not become unwell or anaemic) </t>
-  </si>
-[...44 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Consider child maltreatment if a child presents with hypothermia and the explanation is unsuitable.</t>
   </si>
   <si>
     <t>Baseline assessment: Child maltreatment:</t>
   </si>
   <si>
     <t>CG89</t>
   </si>
   <si>
     <t>Published: 22 July 2009</t>
   </si>
   <si>
     <t>Updated: 03 December 2025</t>
   </si>
   <si>
     <t>when to suspect maltreatment in under 18s</t>
   </si>
   <si>
     <t>Baseline assessment tool for child maltreatment: when to suspect maltreatment in under 18s (NICE guideline CG89)</t>
   </si>
   <si>
     <r>
       <rPr>
@@ -1402,91 +1352,147 @@
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>National Institute for Health and Care Excellence
 3rd floor,  3 Piccadilly Place, Manchester M1 3BN, United Kingdom; www.nice.org.uk
 Copyright</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t>© NICE 2025. All rights reserved.</t>
+      <t>© NICE 2026. All rights reserved.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>Subject to Notice of rights</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
+  </si>
+  <si>
+    <t>Consider sexual abuse if a young person aged 13 to 15 years is pregnant. Under the Sexual Offences Act 2003, any sexual intercourse with a child aged 13 to 15 years is unlawful. See the Crown Prosecution Service guidance about the act for further information about consent to sexual intercourse in people under 18.</t>
+  </si>
+  <si>
+    <r>
+      <t>Consider sexual abuse if a young person aged 16 or 17 years is pregnant and there is:
+ • a clear difference in power or mental capacity between the young person and the putative father, in particular when the relationship is incestuous or is with a person in a position of trust (for example, teacher, sports coach, minister of religion)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> or </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+• concern that the young person is being exploited</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> or </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+• concern that the sexual activity was not consensual.</t>
+    </r>
+  </si>
+  <si>
+    <t>Achieving a balance between an awareness of risk and allowing children freedom to learn by experience can be difficult. However, if parents or carers persistently fail to anticipate dangers and to take precautions to protect their child from harm it may constitute neglect.</t>
+  </si>
+  <si>
+    <t>Consider neglect if a child’s clothing or footwear is consistently inappropriate (for example, for the weather or the child’s size). 
+Take into account that instances of inadequate clothing that have a suitable explanation (for example, a sudden change in the weather, slippers worn because they were closest to hand when leaving the house in a rush) or resulting from behaviour associated with neurodevelopmental disorders such as autism would not be alerting features for possible neglect.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
@@ -2041,91 +2047,91 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="7" borderId="3" xfId="4" applyFill="1" applyBorder="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="5" xr:uid="{B8F156A3-EF82-417B-B077-A833E78E304D}"/>
     <cellStyle name="Notes and additional information" xfId="4" xr:uid="{E758548B-F606-4E09-8A74-75D198EE1300}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Rectangle 7">
           <a:extLst>
@@ -2191,53 +2197,53 @@
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="2500" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>322580</xdr:colOff>
+      <xdr:colOff>326390</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>22860</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="NICE: National Institute for Health and Care Excellence">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18211729-1293-4BD6-8F26-B68632BA87B1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -2655,2288 +2661,2618 @@
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/terms-and-conditions" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg89" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/cg89/resources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C6A0BEE-B9E8-4C4B-8D7C-04C1D8D74E30}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G20"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.33203125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12.26953125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="18.21875" style="43" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="16384" width="12.33203125" style="43"/>
+    <col min="1" max="1" width="18.26953125" style="43" customWidth="1"/>
+    <col min="2" max="6" width="12.26953125" style="43"/>
+    <col min="7" max="7" width="8.7265625" style="43" customWidth="1"/>
+    <col min="8" max="16384" width="12.26953125" style="43"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="41"/>
       <c r="B1" s="41"/>
       <c r="C1" s="41"/>
       <c r="D1" s="41"/>
       <c r="E1" s="41"/>
       <c r="F1" s="41"/>
       <c r="G1" s="42"/>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
       <c r="G2" s="44"/>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
       <c r="G3" s="44"/>
     </row>
-    <row r="4" spans="1:7" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="G4" s="44"/>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
       <c r="G5" s="44"/>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
       <c r="G6" s="44"/>
     </row>
-    <row r="7" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="G7" s="44"/>
     </row>
-    <row r="8" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="45" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="45"/>
       <c r="G8" s="46"/>
     </row>
-    <row r="9" spans="1:7" ht="60.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" ht="60.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="47" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B9" s="48"/>
       <c r="C9" s="48"/>
       <c r="D9" s="48"/>
       <c r="E9" s="48"/>
       <c r="F9" s="48"/>
       <c r="G9" s="46"/>
     </row>
-    <row r="10" spans="1:7" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="40.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="49" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B10" s="50"/>
       <c r="C10" s="50"/>
       <c r="D10" s="50"/>
       <c r="E10" s="50"/>
       <c r="F10" s="50"/>
       <c r="G10" s="51"/>
     </row>
-    <row r="11" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="52"/>
       <c r="B11" s="52"/>
       <c r="C11" s="52"/>
       <c r="D11" s="52"/>
       <c r="E11" s="52"/>
       <c r="F11" s="52"/>
       <c r="G11" s="53"/>
     </row>
-    <row r="12" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" ht="27" x14ac:dyDescent="0.3">
       <c r="A12" s="54" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B12" s="55"/>
       <c r="C12" s="55"/>
       <c r="D12" s="55"/>
       <c r="E12" s="55"/>
       <c r="F12" s="55"/>
       <c r="G12" s="56"/>
     </row>
-    <row r="13" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="27" x14ac:dyDescent="0.3">
       <c r="A13" s="54" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B13" s="55"/>
       <c r="C13" s="55"/>
       <c r="D13" s="55"/>
       <c r="E13" s="55"/>
       <c r="F13" s="55"/>
       <c r="G13" s="56"/>
     </row>
-    <row r="14" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" ht="27" x14ac:dyDescent="0.3">
       <c r="A14" s="57"/>
       <c r="B14" s="57"/>
       <c r="C14" s="57"/>
       <c r="D14" s="57"/>
       <c r="E14" s="57"/>
       <c r="F14" s="57"/>
       <c r="G14" s="56"/>
     </row>
-    <row r="15" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="27" x14ac:dyDescent="0.3">
       <c r="A15" s="57"/>
       <c r="B15" s="57"/>
       <c r="C15" s="57"/>
       <c r="D15" s="57"/>
       <c r="E15" s="57"/>
       <c r="F15" s="57"/>
       <c r="G15" s="56"/>
     </row>
-    <row r="16" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" ht="27" x14ac:dyDescent="0.3">
       <c r="A16" s="57"/>
       <c r="B16" s="57"/>
       <c r="C16" s="57"/>
       <c r="D16" s="57"/>
       <c r="E16" s="57"/>
       <c r="F16" s="57"/>
       <c r="G16" s="56"/>
     </row>
-    <row r="17" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="58"/>
       <c r="G17" s="44"/>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
       <c r="G18" s="44"/>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
       <c r="G19" s="44"/>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="59"/>
       <c r="B20" s="59"/>
       <c r="C20" s="59"/>
       <c r="D20" s="59"/>
       <c r="E20" s="59"/>
       <c r="F20" s="59"/>
       <c r="G20" s="60"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFA2BDC1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="95.33203125" style="1" customWidth="1"/>
-    <col min="2" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="95.26953125" style="1" customWidth="1"/>
+    <col min="2" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="81" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="A3" s="21" t="s">
+    <row r="1" spans="1:4" ht="81" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="70" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="45" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="70.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="7" t="s">
+    <row r="3" spans="1:4" ht="70.150000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="49.8" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A6" s="7" t="s">
+    <row r="4" spans="1:4" ht="49.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="26" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="52.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="7" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="A8" s="22" t="s">
+    <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A6" s="7"/>
+    </row>
+    <row r="7" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A7" s="22" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A8" s="23"/>
+      <c r="D8" s="4"/>
+    </row>
+    <row r="9" spans="1:4" ht="78.650000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="24" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A10" s="7"/>
+    </row>
+    <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A11" s="24" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A12" s="7"/>
+    </row>
+    <row r="13" spans="1:4" ht="30" x14ac:dyDescent="0.3">
+      <c r="A13" s="7" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-      <c r="A14" s="7" t="s">
+    <row r="14" spans="1:4" ht="35.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="26" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="35.4" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="17" spans="1:1" ht="15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" ht="137.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="27" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A16" s="25"/>
+    </row>
+    <row r="17" spans="1:1" ht="15" x14ac:dyDescent="0.3">
       <c r="A17" s="25"/>
     </row>
-    <row r="18" spans="1:1" ht="15" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:1" ht="15" x14ac:dyDescent="0.3">
       <c r="A18" s="25"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="25"/>
     </row>
   </sheetData>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A9" xr:uid="{00000000-0002-0000-0100-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A8" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Yes,Partially,No"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A15" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A16" r:id="rId3" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{03382863-C3E7-4532-B5E8-90C8E5EA281F}"/>
+    <hyperlink ref="A14" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="A4" r:id="rId2" display="It should be used in conjunction with child maltreatment: when to suspect maltreatment in under 18s (NICE clinical guideline CG89)." xr:uid="{00000000-0004-0000-0100-000001000000}"/>
+    <hyperlink ref="A15" r:id="rId3" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{03382863-C3E7-4532-B5E8-90C8E5EA281F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet16">
     <tabColor rgb="FF517489"/>
   </sheetPr>
-  <dimension ref="A1:J125"/>
+  <dimension ref="A1:J126"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="7" topLeftCell="B8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight" sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="54.88671875" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="18.44140625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="54.81640625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="12.81640625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="18.453125" style="2" customWidth="1"/>
     <col min="4" max="4" width="55" style="2" customWidth="1"/>
-    <col min="5" max="5" width="18.44140625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="18.453125" style="2" customWidth="1"/>
     <col min="6" max="6" width="55" style="2" customWidth="1"/>
-    <col min="7" max="7" width="24.109375" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="9" max="9" width="12.44140625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="24.1796875" style="2" customWidth="1"/>
+    <col min="8" max="8" width="18.26953125" style="2" customWidth="1"/>
+    <col min="9" max="9" width="12.453125" style="2" customWidth="1"/>
     <col min="10" max="10" width="22" style="2" customWidth="1"/>
-    <col min="11" max="16384" width="9.109375" style="1"/>
+    <col min="11" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="71" t="s">
+        <v>219</v>
+      </c>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
+      <c r="F1" s="72"/>
+      <c r="G1" s="72"/>
+      <c r="H1" s="72"/>
+      <c r="I1" s="72"/>
+      <c r="J1" s="73"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A2" s="61"/>
       <c r="J2" s="62"/>
     </row>
-    <row r="3" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:10" ht="15" x14ac:dyDescent="0.3">
       <c r="A3" s="63"/>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="8" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="9">
-        <f>COUNTIF(C8:C125,"Yes")</f>
+        <f>COUNTIF(C8:C126,"Yes")</f>
         <v>0</v>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="64"/>
     </row>
-    <row r="4" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:10" ht="15" x14ac:dyDescent="0.3">
       <c r="A4" s="63"/>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="10" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="9">
-        <f>COUNTIF(E8:E125,"Yes")</f>
+        <f>COUNTIF(E8:E126,"Yes")</f>
         <v>0</v>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="64"/>
     </row>
-    <row r="5" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:10" ht="15" x14ac:dyDescent="0.3">
       <c r="A5" s="63"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="10" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="11" t="str">
         <f>IF(ISERROR(E4/E3),"",E4/E3)</f>
         <v/>
       </c>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="64"/>
     </row>
-    <row r="6" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:10" ht="15" x14ac:dyDescent="0.3">
       <c r="A6" s="63"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="64"/>
     </row>
-    <row r="7" spans="1:10" s="69" customFormat="1" ht="81.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" s="69" customFormat="1" ht="81.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="68" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="68" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="68" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="68" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="68" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="68" t="s">
         <v>10</v>
       </c>
       <c r="G7" s="68" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="68" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="68" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="68" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="8" spans="1:10" ht="16.8" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A8" s="65" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="5"/>
       <c r="C8" s="12"/>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="14"/>
     </row>
-    <row r="9" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A9" s="66" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="12"/>
       <c r="D9" s="12"/>
       <c r="E9" s="12"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
       <c r="J9" s="14"/>
     </row>
-    <row r="10" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
       <c r="A10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="16" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="17"/>
       <c r="I10" s="18"/>
       <c r="J10" s="17"/>
     </row>
-    <row r="11" spans="1:10" s="3" customFormat="1" ht="264.60000000000002" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:10" s="3" customFormat="1" ht="278.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="18"/>
       <c r="J11" s="17"/>
     </row>
-    <row r="12" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A12" s="19" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="19"/>
       <c r="C12" s="19"/>
       <c r="D12" s="19"/>
       <c r="E12" s="19"/>
       <c r="F12" s="19"/>
       <c r="G12" s="19"/>
       <c r="H12" s="19"/>
       <c r="I12" s="19"/>
       <c r="J12" s="19"/>
     </row>
-    <row r="13" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
       <c r="A13" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="16" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="17"/>
       <c r="E13" s="17"/>
       <c r="F13" s="17"/>
       <c r="G13" s="17"/>
       <c r="H13" s="17"/>
       <c r="I13" s="18"/>
       <c r="J13" s="17"/>
     </row>
-    <row r="14" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
       <c r="A14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="16" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="17"/>
       <c r="D14" s="17"/>
       <c r="E14" s="17"/>
       <c r="F14" s="17"/>
       <c r="G14" s="17"/>
       <c r="H14" s="17"/>
       <c r="I14" s="18"/>
       <c r="J14" s="17"/>
     </row>
-    <row r="15" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A15" s="19" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="19"/>
       <c r="C15" s="19"/>
       <c r="D15" s="19"/>
       <c r="E15" s="19"/>
       <c r="F15" s="19"/>
       <c r="G15" s="19"/>
       <c r="H15" s="19"/>
       <c r="I15" s="19"/>
       <c r="J15" s="19"/>
     </row>
-    <row r="16" spans="1:10" s="3" customFormat="1" ht="206.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:10" s="3" customFormat="1" ht="217.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="15" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="17"/>
       <c r="I16" s="18"/>
       <c r="J16" s="17"/>
     </row>
-    <row r="17" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A17" s="19" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
       <c r="D17" s="19"/>
       <c r="E17" s="19"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="19"/>
       <c r="I17" s="19"/>
       <c r="J17" s="19"/>
     </row>
-    <row r="18" spans="1:10" s="3" customFormat="1" ht="240" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:10" s="3" customFormat="1" ht="240" x14ac:dyDescent="0.3">
       <c r="A18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="16" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="17"/>
       <c r="D18" s="17"/>
       <c r="E18" s="17"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="18"/>
       <c r="J18" s="17"/>
     </row>
-    <row r="19" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A19" s="19" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="19"/>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
       <c r="I19" s="19"/>
       <c r="J19" s="19"/>
     </row>
-    <row r="20" spans="1:10" s="3" customFormat="1" ht="64.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:10" s="3" customFormat="1" ht="64.150000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="16" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="17"/>
       <c r="D20" s="17"/>
       <c r="E20" s="17"/>
       <c r="F20" s="17"/>
       <c r="G20" s="17"/>
       <c r="H20" s="17"/>
       <c r="I20" s="18"/>
       <c r="J20" s="17"/>
     </row>
-    <row r="21" spans="1:10" s="3" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:10" s="3" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="15" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B21" s="16" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="17"/>
       <c r="D21" s="17"/>
       <c r="E21" s="17"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="18"/>
       <c r="J21" s="17"/>
     </row>
-    <row r="22" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A22" s="19" t="s">
         <v>37</v>
       </c>
       <c r="B22" s="19"/>
       <c r="C22" s="19"/>
       <c r="D22" s="19"/>
       <c r="E22" s="19"/>
       <c r="F22" s="19"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="19"/>
       <c r="J22" s="19"/>
     </row>
-    <row r="23" spans="1:10" s="3" customFormat="1" ht="150" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:10" s="3" customFormat="1" ht="150" x14ac:dyDescent="0.3">
       <c r="A23" s="15" t="s">
         <v>38</v>
       </c>
       <c r="B23" s="16" t="s">
         <v>39</v>
       </c>
       <c r="C23" s="17"/>
       <c r="D23" s="17"/>
       <c r="E23" s="17"/>
       <c r="F23" s="20"/>
       <c r="G23" s="17"/>
       <c r="H23" s="17"/>
       <c r="I23" s="18"/>
       <c r="J23" s="17"/>
     </row>
-    <row r="24" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A24" s="19" t="s">
         <v>40</v>
       </c>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
       <c r="D24" s="19"/>
       <c r="E24" s="19"/>
       <c r="F24" s="19"/>
       <c r="G24" s="19"/>
       <c r="H24" s="19"/>
       <c r="I24" s="19"/>
       <c r="J24" s="19"/>
     </row>
-    <row r="25" spans="1:10" s="3" customFormat="1" ht="210" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:10" s="3" customFormat="1" ht="276.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B25" s="16" t="s">
         <v>41</v>
       </c>
       <c r="C25" s="17"/>
       <c r="D25" s="17"/>
       <c r="E25" s="17"/>
       <c r="F25" s="17"/>
       <c r="G25" s="17"/>
       <c r="H25" s="17"/>
       <c r="I25" s="18"/>
       <c r="J25" s="17"/>
     </row>
-    <row r="26" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A26" s="19" t="s">
         <v>42</v>
       </c>
       <c r="B26" s="19"/>
       <c r="C26" s="19"/>
       <c r="D26" s="19"/>
       <c r="E26" s="19"/>
       <c r="F26" s="19"/>
       <c r="G26" s="19"/>
       <c r="H26" s="19"/>
       <c r="I26" s="19"/>
       <c r="J26" s="19"/>
     </row>
-    <row r="27" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A27" s="15" t="s">
         <v>43</v>
       </c>
       <c r="B27" s="16" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
       <c r="H27" s="17"/>
       <c r="I27" s="18"/>
       <c r="J27" s="17"/>
     </row>
-    <row r="28" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A28" s="19" t="s">
         <v>45</v>
       </c>
       <c r="B28" s="19"/>
       <c r="C28" s="19"/>
       <c r="D28" s="19"/>
       <c r="E28" s="19"/>
       <c r="F28" s="19"/>
       <c r="G28" s="19"/>
       <c r="H28" s="19"/>
       <c r="I28" s="19"/>
       <c r="J28" s="19"/>
     </row>
-    <row r="29" spans="1:10" s="3" customFormat="1" ht="165" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:10" s="3" customFormat="1" ht="150" x14ac:dyDescent="0.3">
       <c r="A29" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B29" s="16" t="s">
         <v>47</v>
       </c>
       <c r="C29" s="17"/>
       <c r="D29" s="17"/>
       <c r="E29" s="17"/>
       <c r="F29" s="17"/>
       <c r="G29" s="17"/>
       <c r="H29" s="17"/>
       <c r="I29" s="18"/>
       <c r="J29" s="17"/>
     </row>
-    <row r="30" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A30" s="19" t="s">
         <v>48</v>
       </c>
       <c r="B30" s="19"/>
       <c r="C30" s="19"/>
       <c r="D30" s="19"/>
       <c r="E30" s="19"/>
       <c r="F30" s="19"/>
       <c r="G30" s="19"/>
       <c r="H30" s="19"/>
       <c r="I30" s="19"/>
       <c r="J30" s="19"/>
     </row>
-    <row r="31" spans="1:10" s="3" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:10" s="3" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B31" s="16" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="17"/>
       <c r="D31" s="17"/>
       <c r="E31" s="17"/>
       <c r="F31" s="17"/>
       <c r="G31" s="17"/>
       <c r="H31" s="17"/>
       <c r="I31" s="18"/>
       <c r="J31" s="17"/>
     </row>
-    <row r="32" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A32" s="19" t="s">
         <v>51</v>
       </c>
       <c r="B32" s="19"/>
       <c r="C32" s="19"/>
       <c r="D32" s="19"/>
       <c r="E32" s="19"/>
       <c r="F32" s="19"/>
       <c r="G32" s="19"/>
       <c r="H32" s="19"/>
       <c r="I32" s="19"/>
       <c r="J32" s="19"/>
     </row>
-    <row r="33" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
       <c r="A33" s="15" t="s">
         <v>52</v>
       </c>
       <c r="B33" s="16" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="17"/>
       <c r="D33" s="17"/>
       <c r="E33" s="17"/>
       <c r="F33" s="17"/>
       <c r="G33" s="17"/>
       <c r="H33" s="17"/>
       <c r="I33" s="18"/>
       <c r="J33" s="17"/>
     </row>
-    <row r="34" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A34" s="19" t="s">
         <v>54</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="19"/>
       <c r="F34" s="19"/>
       <c r="G34" s="19"/>
       <c r="H34" s="19"/>
       <c r="I34" s="19"/>
       <c r="J34" s="19"/>
     </row>
-    <row r="35" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
       <c r="A35" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B35" s="16" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="17"/>
       <c r="D35" s="17"/>
       <c r="E35" s="17"/>
       <c r="F35" s="17"/>
       <c r="G35" s="17"/>
       <c r="H35" s="17"/>
       <c r="I35" s="18"/>
       <c r="J35" s="17"/>
     </row>
-    <row r="36" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A36" s="19" t="s">
         <v>57</v>
       </c>
       <c r="B36" s="19"/>
       <c r="C36" s="19"/>
       <c r="D36" s="19"/>
       <c r="E36" s="19"/>
       <c r="F36" s="19"/>
       <c r="G36" s="19"/>
       <c r="H36" s="19"/>
       <c r="I36" s="19"/>
       <c r="J36" s="19"/>
     </row>
-    <row r="37" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A37" s="15" t="s">
         <v>58</v>
       </c>
       <c r="B37" s="16" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="17"/>
       <c r="D37" s="17"/>
       <c r="E37" s="17"/>
       <c r="F37" s="17"/>
       <c r="G37" s="17"/>
       <c r="H37" s="17"/>
       <c r="I37" s="18"/>
       <c r="J37" s="17"/>
     </row>
-    <row r="38" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
       <c r="A38" s="15" t="s">
         <v>173</v>
       </c>
       <c r="B38" s="16" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="17"/>
       <c r="D38" s="17"/>
       <c r="E38" s="17"/>
       <c r="F38" s="17"/>
       <c r="G38" s="17"/>
       <c r="H38" s="17"/>
       <c r="I38" s="18"/>
       <c r="J38" s="17"/>
     </row>
-    <row r="39" spans="1:10" s="3" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:10" s="3" customFormat="1" ht="57.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="15" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B39" s="16" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="17"/>
       <c r="D39" s="17"/>
       <c r="E39" s="17"/>
       <c r="F39" s="17"/>
       <c r="G39" s="17"/>
       <c r="H39" s="17"/>
       <c r="I39" s="18"/>
       <c r="J39" s="17"/>
     </row>
-    <row r="40" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
       <c r="A40" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B40" s="16" t="s">
         <v>62</v>
       </c>
       <c r="C40" s="17"/>
       <c r="D40" s="17"/>
       <c r="E40" s="17"/>
       <c r="F40" s="17"/>
       <c r="G40" s="17"/>
       <c r="H40" s="17"/>
       <c r="I40" s="18"/>
       <c r="J40" s="17"/>
     </row>
-    <row r="41" spans="1:10" s="3" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:10" s="3" customFormat="1" ht="57.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B41" s="16" t="s">
         <v>64</v>
       </c>
       <c r="C41" s="17"/>
       <c r="D41" s="17"/>
       <c r="E41" s="17"/>
       <c r="F41" s="17"/>
       <c r="G41" s="17"/>
       <c r="H41" s="17"/>
       <c r="I41" s="18"/>
       <c r="J41" s="17"/>
     </row>
-    <row r="42" spans="1:10" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:10" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.3">
       <c r="A42" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B42" s="16" t="s">
         <v>66</v>
       </c>
       <c r="C42" s="17"/>
       <c r="D42" s="17"/>
       <c r="E42" s="17"/>
       <c r="F42" s="17"/>
       <c r="G42" s="17"/>
       <c r="H42" s="17"/>
       <c r="I42" s="18"/>
       <c r="J42" s="17"/>
     </row>
-    <row r="43" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A43" s="15" t="s">
         <v>67</v>
       </c>
       <c r="B43" s="16" t="s">
         <v>68</v>
       </c>
       <c r="C43" s="17"/>
       <c r="D43" s="17"/>
       <c r="E43" s="17"/>
       <c r="F43" s="17"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="18"/>
       <c r="J43" s="17"/>
     </row>
-    <row r="44" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A44" s="19" t="s">
         <v>69</v>
       </c>
       <c r="B44" s="19"/>
       <c r="C44" s="19"/>
       <c r="D44" s="19"/>
       <c r="E44" s="19"/>
       <c r="F44" s="19"/>
       <c r="G44" s="19"/>
       <c r="H44" s="19"/>
       <c r="I44" s="19"/>
       <c r="J44" s="19"/>
     </row>
-    <row r="45" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
       <c r="A45" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B45" s="16" t="s">
         <v>71</v>
       </c>
       <c r="C45" s="17"/>
       <c r="D45" s="17"/>
       <c r="E45" s="17"/>
       <c r="F45" s="17"/>
       <c r="G45" s="17"/>
       <c r="H45" s="17"/>
       <c r="I45" s="18"/>
       <c r="J45" s="17"/>
     </row>
-    <row r="46" spans="1:10" s="3" customFormat="1" ht="74.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:10" s="3" customFormat="1" ht="94.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="15" t="s">
         <v>72</v>
       </c>
       <c r="B46" s="16" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="17"/>
       <c r="D46" s="17"/>
       <c r="E46" s="17"/>
       <c r="F46" s="17"/>
       <c r="G46" s="17"/>
       <c r="H46" s="17"/>
       <c r="I46" s="18"/>
       <c r="J46" s="17"/>
     </row>
-    <row r="47" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
       <c r="A47" s="15" t="s">
         <v>74</v>
       </c>
       <c r="B47" s="16" t="s">
         <v>75</v>
       </c>
       <c r="C47" s="17"/>
       <c r="D47" s="17"/>
       <c r="E47" s="17"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="18"/>
       <c r="J47" s="17"/>
     </row>
-    <row r="48" spans="1:10" s="3" customFormat="1" ht="114.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:10" s="3" customFormat="1" ht="114.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="15" t="s">
         <v>76</v>
       </c>
       <c r="B48" s="16" t="s">
         <v>77</v>
       </c>
       <c r="C48" s="17"/>
       <c r="D48" s="17"/>
       <c r="E48" s="17"/>
       <c r="F48" s="17"/>
       <c r="G48" s="17"/>
       <c r="H48" s="17"/>
       <c r="I48" s="18"/>
       <c r="J48" s="17"/>
     </row>
-    <row r="49" spans="1:10" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:10" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.3">
       <c r="A49" s="15" t="s">
         <v>78</v>
       </c>
       <c r="B49" s="16" t="s">
         <v>79</v>
       </c>
       <c r="C49" s="17"/>
       <c r="D49" s="17"/>
       <c r="E49" s="17"/>
       <c r="F49" s="17"/>
       <c r="G49" s="17"/>
       <c r="H49" s="17"/>
       <c r="I49" s="18"/>
       <c r="J49" s="17"/>
     </row>
-    <row r="50" spans="1:10" s="3" customFormat="1" ht="133.80000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:10" s="3" customFormat="1" ht="133.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="15" t="s">
         <v>80</v>
       </c>
       <c r="B50" s="16" t="s">
         <v>81</v>
       </c>
       <c r="C50" s="17"/>
       <c r="D50" s="17"/>
       <c r="E50" s="17"/>
       <c r="F50" s="17"/>
       <c r="G50" s="17"/>
       <c r="H50" s="17"/>
       <c r="I50" s="18"/>
       <c r="J50" s="17"/>
     </row>
-    <row r="51" spans="1:10" s="3" customFormat="1" ht="245.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:10" s="3" customFormat="1" ht="254.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B51" s="16" t="s">
         <v>82</v>
       </c>
       <c r="C51" s="17"/>
       <c r="D51" s="17"/>
       <c r="E51" s="17"/>
       <c r="F51" s="17"/>
       <c r="G51" s="17"/>
       <c r="H51" s="17"/>
       <c r="I51" s="18"/>
       <c r="J51" s="17"/>
     </row>
-    <row r="52" spans="1:10" s="3" customFormat="1" ht="207" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:10" s="3" customFormat="1" ht="218.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="15" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B52" s="16" t="s">
         <v>83</v>
       </c>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
       <c r="E52" s="17"/>
       <c r="F52" s="17"/>
       <c r="G52" s="17"/>
       <c r="H52" s="17"/>
       <c r="I52" s="18"/>
       <c r="J52" s="17"/>
     </row>
-    <row r="53" spans="1:10" s="3" customFormat="1" ht="237" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:10" s="3" customFormat="1" ht="255.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="15" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B53" s="16" t="s">
         <v>84</v>
       </c>
       <c r="C53" s="17"/>
       <c r="D53" s="17"/>
       <c r="E53" s="17"/>
       <c r="F53" s="17"/>
       <c r="G53" s="17"/>
       <c r="H53" s="17"/>
       <c r="I53" s="18"/>
       <c r="J53" s="17"/>
     </row>
-    <row r="54" spans="1:10" ht="16.8" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:10" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A54" s="39" t="s">
         <v>85</v>
       </c>
       <c r="B54" s="19"/>
       <c r="C54" s="19"/>
       <c r="D54" s="19"/>
       <c r="E54" s="19"/>
       <c r="F54" s="19"/>
       <c r="G54" s="19"/>
       <c r="H54" s="19"/>
       <c r="I54" s="19"/>
       <c r="J54" s="19"/>
     </row>
-    <row r="55" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A55" s="19" t="s">
         <v>86</v>
       </c>
       <c r="B55" s="19"/>
       <c r="C55" s="19"/>
       <c r="D55" s="19"/>
       <c r="E55" s="19"/>
       <c r="F55" s="19"/>
       <c r="G55" s="19"/>
       <c r="H55" s="19"/>
       <c r="I55" s="19"/>
       <c r="J55" s="19"/>
     </row>
-    <row r="56" spans="1:10" s="3" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:10" s="3" customFormat="1" ht="162" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B56" s="16" t="s">
         <v>87</v>
       </c>
       <c r="C56" s="17"/>
       <c r="D56" s="17"/>
       <c r="E56" s="17"/>
       <c r="F56" s="17"/>
       <c r="G56" s="17"/>
       <c r="H56" s="17"/>
       <c r="I56" s="18"/>
       <c r="J56" s="17"/>
     </row>
-    <row r="57" spans="1:10" s="3" customFormat="1" ht="114.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:10" s="3" customFormat="1" ht="135" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="15" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B57" s="16" t="s">
         <v>88</v>
       </c>
       <c r="C57" s="17"/>
       <c r="D57" s="17"/>
       <c r="E57" s="17"/>
       <c r="F57" s="17"/>
       <c r="G57" s="17"/>
       <c r="H57" s="17"/>
       <c r="I57" s="18"/>
       <c r="J57" s="17"/>
     </row>
-    <row r="58" spans="1:10" s="3" customFormat="1" ht="169.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:10" s="3" customFormat="1" ht="195" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="15" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="B58" s="16" t="s">
         <v>89</v>
       </c>
       <c r="C58" s="17"/>
       <c r="D58" s="17"/>
       <c r="E58" s="17"/>
       <c r="F58" s="17"/>
       <c r="G58" s="17"/>
       <c r="H58" s="17"/>
       <c r="I58" s="18"/>
       <c r="J58" s="17"/>
     </row>
-    <row r="59" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A59" s="19" t="s">
         <v>90</v>
       </c>
       <c r="B59" s="19"/>
       <c r="C59" s="19"/>
       <c r="D59" s="19"/>
       <c r="E59" s="19"/>
       <c r="F59" s="19"/>
       <c r="G59" s="19"/>
       <c r="H59" s="19"/>
       <c r="I59" s="19"/>
       <c r="J59" s="19"/>
     </row>
-    <row r="60" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A60" s="15" t="s">
         <v>91</v>
       </c>
       <c r="B60" s="16" t="s">
         <v>92</v>
       </c>
       <c r="C60" s="17"/>
       <c r="D60" s="17"/>
       <c r="E60" s="17"/>
       <c r="F60" s="17"/>
       <c r="G60" s="17"/>
       <c r="H60" s="17"/>
       <c r="I60" s="18"/>
       <c r="J60" s="17"/>
     </row>
-    <row r="61" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A61" s="15" t="s">
         <v>93</v>
       </c>
       <c r="B61" s="16" t="s">
         <v>94</v>
       </c>
       <c r="C61" s="17"/>
       <c r="D61" s="17"/>
       <c r="E61" s="17"/>
       <c r="F61" s="17"/>
       <c r="G61" s="17"/>
       <c r="H61" s="17"/>
       <c r="I61" s="18"/>
       <c r="J61" s="17"/>
     </row>
-    <row r="62" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A62" s="19" t="s">
         <v>95</v>
       </c>
       <c r="B62" s="19"/>
       <c r="C62" s="19"/>
       <c r="D62" s="19"/>
       <c r="E62" s="19"/>
       <c r="F62" s="19"/>
       <c r="G62" s="19"/>
       <c r="H62" s="19"/>
       <c r="I62" s="19"/>
       <c r="J62" s="19"/>
     </row>
-    <row r="63" spans="1:10" s="3" customFormat="1" ht="303.60000000000002" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:10" s="3" customFormat="1" ht="339.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B63" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C63" s="17"/>
       <c r="D63" s="17"/>
       <c r="E63" s="17"/>
       <c r="F63" s="17"/>
       <c r="G63" s="17"/>
       <c r="H63" s="17"/>
       <c r="I63" s="18"/>
       <c r="J63" s="17"/>
     </row>
-    <row r="64" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A64" s="15" t="s">
         <v>97</v>
       </c>
       <c r="B64" s="16" t="s">
         <v>98</v>
       </c>
       <c r="C64" s="17"/>
       <c r="D64" s="17"/>
       <c r="E64" s="17"/>
       <c r="F64" s="17"/>
       <c r="G64" s="17"/>
       <c r="H64" s="17"/>
       <c r="I64" s="18"/>
       <c r="J64" s="17"/>
     </row>
-    <row r="65" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A65" s="19" t="s">
         <v>99</v>
       </c>
       <c r="B65" s="19"/>
       <c r="C65" s="19"/>
       <c r="D65" s="19"/>
       <c r="E65" s="19"/>
       <c r="F65" s="19"/>
       <c r="G65" s="19"/>
       <c r="H65" s="19"/>
       <c r="I65" s="19"/>
       <c r="J65" s="19"/>
     </row>
-    <row r="66" spans="1:10" s="3" customFormat="1" ht="76.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:10" s="3" customFormat="1" ht="76.900000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="15" t="s">
         <v>175</v>
       </c>
       <c r="B66" s="16" t="s">
         <v>100</v>
       </c>
       <c r="C66" s="17"/>
       <c r="D66" s="17"/>
       <c r="E66" s="17"/>
       <c r="F66" s="17"/>
       <c r="G66" s="17"/>
       <c r="H66" s="17"/>
       <c r="I66" s="18"/>
       <c r="J66" s="17"/>
     </row>
-    <row r="67" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
       <c r="A67" s="15" t="s">
         <v>101</v>
       </c>
       <c r="B67" s="16" t="s">
         <v>102</v>
       </c>
       <c r="C67" s="17"/>
       <c r="D67" s="17"/>
       <c r="E67" s="17"/>
       <c r="F67" s="17"/>
       <c r="G67" s="17"/>
       <c r="H67" s="17"/>
       <c r="I67" s="18"/>
       <c r="J67" s="17"/>
     </row>
-    <row r="68" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A68" s="19" t="s">
         <v>103</v>
       </c>
       <c r="B68" s="19"/>
       <c r="C68" s="19"/>
       <c r="D68" s="19"/>
       <c r="E68" s="19"/>
       <c r="F68" s="19"/>
       <c r="G68" s="19"/>
       <c r="H68" s="19"/>
       <c r="I68" s="19"/>
       <c r="J68" s="19"/>
     </row>
-    <row r="69" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A69" s="15" t="s">
         <v>104</v>
       </c>
       <c r="B69" s="16" t="s">
         <v>105</v>
       </c>
       <c r="C69" s="17"/>
       <c r="D69" s="17"/>
       <c r="E69" s="17"/>
       <c r="F69" s="17"/>
       <c r="G69" s="17"/>
       <c r="H69" s="17"/>
       <c r="I69" s="18"/>
       <c r="J69" s="17"/>
     </row>
-    <row r="70" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A70" s="19" t="s">
         <v>106</v>
       </c>
       <c r="B70" s="19"/>
       <c r="C70" s="19"/>
       <c r="D70" s="19"/>
       <c r="E70" s="19"/>
       <c r="F70" s="19"/>
       <c r="G70" s="19"/>
       <c r="H70" s="19"/>
       <c r="I70" s="19"/>
       <c r="J70" s="19"/>
     </row>
-    <row r="71" spans="1:10" s="3" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:10" s="3" customFormat="1" ht="105" x14ac:dyDescent="0.3">
       <c r="A71" s="28" t="s">
         <v>107</v>
       </c>
       <c r="B71" s="29" t="s">
         <v>108</v>
       </c>
       <c r="C71" s="30"/>
       <c r="D71" s="30"/>
       <c r="E71" s="30"/>
       <c r="F71" s="30"/>
       <c r="G71" s="30"/>
       <c r="H71" s="30"/>
       <c r="I71" s="31"/>
       <c r="J71" s="30"/>
     </row>
-    <row r="72" spans="1:10" s="3" customFormat="1" ht="303.60000000000002" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:10" s="3" customFormat="1" ht="350.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="28" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B72" s="29"/>
       <c r="C72" s="30"/>
       <c r="D72" s="30"/>
       <c r="E72" s="30"/>
       <c r="F72" s="30"/>
       <c r="G72" s="30"/>
       <c r="H72" s="30"/>
       <c r="I72" s="31"/>
       <c r="J72" s="30"/>
     </row>
-    <row r="73" spans="1:10" s="3" customFormat="1" ht="282.60000000000002" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:10" s="3" customFormat="1" ht="297.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="32" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B73" s="33" t="s">
         <v>109</v>
       </c>
       <c r="C73" s="34"/>
       <c r="D73" s="34"/>
       <c r="E73" s="34"/>
       <c r="F73" s="34"/>
       <c r="G73" s="34"/>
       <c r="H73" s="34"/>
       <c r="I73" s="35"/>
       <c r="J73" s="34"/>
     </row>
-    <row r="74" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A74" s="19" t="s">
         <v>110</v>
       </c>
       <c r="B74" s="19"/>
       <c r="C74" s="19"/>
       <c r="D74" s="19"/>
       <c r="E74" s="19"/>
       <c r="F74" s="19"/>
       <c r="G74" s="19"/>
       <c r="H74" s="19"/>
       <c r="I74" s="19"/>
       <c r="J74" s="19"/>
     </row>
-    <row r="75" spans="1:10" s="3" customFormat="1" ht="79.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:10" s="3" customFormat="1" ht="79.150000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="15" t="s">
         <v>111</v>
       </c>
       <c r="B75" s="16" t="s">
         <v>112</v>
       </c>
       <c r="C75" s="17"/>
       <c r="D75" s="17"/>
       <c r="E75" s="17"/>
       <c r="F75" s="17"/>
       <c r="G75" s="17"/>
       <c r="H75" s="17"/>
       <c r="I75" s="18"/>
       <c r="J75" s="17"/>
     </row>
-    <row r="76" spans="1:10" ht="16.8" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:10" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A76" s="40" t="s">
         <v>113</v>
       </c>
       <c r="B76" s="19"/>
       <c r="C76" s="19"/>
       <c r="D76" s="19"/>
       <c r="E76" s="19"/>
       <c r="F76" s="19"/>
       <c r="G76" s="19"/>
       <c r="H76" s="19"/>
       <c r="I76" s="19"/>
       <c r="J76" s="19"/>
     </row>
-    <row r="77" spans="1:10" s="37" customFormat="1" ht="240" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:10" s="37" customFormat="1" ht="240" x14ac:dyDescent="0.35">
       <c r="A77" s="38" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B77" s="36"/>
       <c r="C77" s="36"/>
       <c r="D77" s="36"/>
       <c r="E77" s="36"/>
       <c r="F77" s="36"/>
       <c r="G77" s="36"/>
       <c r="H77" s="36"/>
       <c r="I77" s="36"/>
       <c r="J77" s="67"/>
     </row>
-    <row r="78" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A78" s="19" t="s">
         <v>114</v>
       </c>
       <c r="B78" s="19"/>
       <c r="C78" s="19"/>
       <c r="D78" s="19"/>
       <c r="E78" s="19"/>
       <c r="F78" s="19"/>
       <c r="G78" s="19"/>
       <c r="H78" s="19"/>
       <c r="I78" s="19"/>
       <c r="J78" s="19"/>
     </row>
-    <row r="79" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
       <c r="A79" s="15" t="s">
         <v>115</v>
       </c>
       <c r="B79" s="16" t="s">
         <v>116</v>
       </c>
       <c r="C79" s="17"/>
       <c r="D79" s="17"/>
       <c r="E79" s="17"/>
       <c r="F79" s="17"/>
       <c r="G79" s="17"/>
       <c r="H79" s="17"/>
       <c r="I79" s="18"/>
       <c r="J79" s="17"/>
     </row>
-    <row r="80" spans="1:10" s="3" customFormat="1" ht="165" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:10" s="3" customFormat="1" ht="150" x14ac:dyDescent="0.3">
       <c r="A80" s="15" t="s">
-        <v>176</v>
+        <v>225</v>
       </c>
       <c r="B80" s="16" t="s">
         <v>117</v>
       </c>
       <c r="C80" s="17"/>
       <c r="D80" s="17"/>
       <c r="E80" s="17"/>
       <c r="F80" s="17"/>
       <c r="G80" s="17"/>
       <c r="H80" s="17"/>
       <c r="I80" s="18"/>
       <c r="J80" s="17"/>
     </row>
-    <row r="81" spans="1:10" s="3" customFormat="1" ht="150" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:10" s="3" customFormat="1" ht="150" x14ac:dyDescent="0.3">
       <c r="A81" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B81" s="16" t="s">
         <v>118</v>
       </c>
       <c r="C81" s="17"/>
       <c r="D81" s="17"/>
       <c r="E81" s="17"/>
       <c r="F81" s="17"/>
       <c r="G81" s="17"/>
       <c r="H81" s="17"/>
       <c r="I81" s="18"/>
       <c r="J81" s="17"/>
     </row>
-    <row r="82" spans="1:10" s="3" customFormat="1" ht="304.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:10" s="3" customFormat="1" ht="314.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="15" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B82" s="16" t="s">
         <v>119</v>
       </c>
       <c r="C82" s="17"/>
       <c r="D82" s="17"/>
       <c r="E82" s="17"/>
       <c r="F82" s="17"/>
       <c r="G82" s="17"/>
       <c r="H82" s="17"/>
       <c r="I82" s="18"/>
       <c r="J82" s="17"/>
     </row>
-    <row r="83" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
       <c r="A83" s="15" t="s">
         <v>120</v>
       </c>
       <c r="B83" s="16" t="s">
         <v>121</v>
       </c>
       <c r="C83" s="17"/>
       <c r="D83" s="17"/>
       <c r="E83" s="17"/>
       <c r="F83" s="17"/>
       <c r="G83" s="17"/>
       <c r="H83" s="17"/>
       <c r="I83" s="18"/>
       <c r="J83" s="17"/>
     </row>
-    <row r="84" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A84" s="19" t="s">
         <v>122</v>
       </c>
       <c r="B84" s="19"/>
       <c r="C84" s="19"/>
       <c r="D84" s="19"/>
       <c r="E84" s="19"/>
       <c r="F84" s="19"/>
       <c r="G84" s="19"/>
       <c r="H84" s="19"/>
       <c r="I84" s="19"/>
       <c r="J84" s="19"/>
     </row>
-    <row r="85" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A85" s="15" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B85" s="16" t="s">
         <v>123</v>
       </c>
       <c r="C85" s="17"/>
       <c r="D85" s="17"/>
       <c r="E85" s="17"/>
       <c r="F85" s="17"/>
       <c r="G85" s="17"/>
       <c r="H85" s="17"/>
       <c r="I85" s="18"/>
       <c r="J85" s="17"/>
     </row>
-    <row r="86" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A86" s="19" t="s">
         <v>124</v>
       </c>
       <c r="B86" s="19"/>
       <c r="C86" s="19"/>
       <c r="D86" s="19"/>
       <c r="E86" s="19"/>
       <c r="F86" s="19"/>
       <c r="G86" s="19"/>
       <c r="H86" s="19"/>
       <c r="I86" s="19"/>
       <c r="J86" s="19"/>
     </row>
-    <row r="87" spans="1:10" s="3" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="15" t="s">
+    <row r="87" spans="1:10" s="37" customFormat="1" ht="75" x14ac:dyDescent="0.35">
+      <c r="A87" s="38" t="s">
+        <v>224</v>
+      </c>
+      <c r="B87" s="36"/>
+      <c r="C87" s="36"/>
+      <c r="D87" s="36"/>
+      <c r="E87" s="36"/>
+      <c r="F87" s="36"/>
+      <c r="G87" s="36"/>
+      <c r="H87" s="36"/>
+      <c r="I87" s="36"/>
+      <c r="J87" s="67"/>
+    </row>
+    <row r="88" spans="1:10" s="3" customFormat="1" ht="57.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="B87" s="16" t="s">
+      <c r="B88" s="16" t="s">
         <v>126</v>
-      </c>
-[...14 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C88" s="17"/>
       <c r="D88" s="17"/>
       <c r="E88" s="17"/>
       <c r="F88" s="17"/>
       <c r="G88" s="17"/>
       <c r="H88" s="17"/>
       <c r="I88" s="18"/>
       <c r="J88" s="17"/>
     </row>
-    <row r="89" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A89" s="6" t="s">
+    <row r="89" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A89" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B89" s="16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C89" s="17"/>
+      <c r="D89" s="17"/>
+      <c r="E89" s="17"/>
+      <c r="F89" s="17"/>
+      <c r="G89" s="17"/>
+      <c r="H89" s="17"/>
+      <c r="I89" s="18"/>
+      <c r="J89" s="17"/>
+    </row>
+    <row r="90" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A90" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="B89" s="19"/>
-[...10 lines deleted...]
-      <c r="A90" s="15" t="s">
+      <c r="B90" s="19"/>
+      <c r="C90" s="19"/>
+      <c r="D90" s="19"/>
+      <c r="E90" s="19"/>
+      <c r="F90" s="19"/>
+      <c r="G90" s="19"/>
+      <c r="H90" s="19"/>
+      <c r="I90" s="19"/>
+      <c r="J90" s="19"/>
+    </row>
+    <row r="91" spans="1:10" s="3" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="B90" s="16" t="s">
+      <c r="B91" s="16" t="s">
         <v>131</v>
-      </c>
-[...14 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C91" s="17"/>
       <c r="D91" s="17"/>
       <c r="E91" s="17"/>
       <c r="F91" s="17"/>
       <c r="G91" s="17"/>
       <c r="H91" s="17"/>
       <c r="I91" s="18"/>
       <c r="J91" s="17"/>
     </row>
-    <row r="92" spans="1:10" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
       <c r="A92" s="15" t="s">
-        <v>133</v>
+        <v>177</v>
       </c>
       <c r="B92" s="16" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C92" s="17"/>
       <c r="D92" s="17"/>
       <c r="E92" s="17"/>
       <c r="F92" s="17"/>
       <c r="G92" s="17"/>
       <c r="H92" s="17"/>
       <c r="I92" s="18"/>
       <c r="J92" s="17"/>
     </row>
-    <row r="93" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:10" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.3">
       <c r="A93" s="15" t="s">
-        <v>179</v>
+        <v>133</v>
       </c>
       <c r="B93" s="16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C93" s="17"/>
       <c r="D93" s="17"/>
       <c r="E93" s="17"/>
       <c r="F93" s="17"/>
       <c r="G93" s="17"/>
       <c r="H93" s="17"/>
       <c r="I93" s="18"/>
       <c r="J93" s="17"/>
     </row>
-    <row r="94" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
       <c r="A94" s="15" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="B94" s="16" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C94" s="17"/>
       <c r="D94" s="17"/>
       <c r="E94" s="17"/>
       <c r="F94" s="17"/>
       <c r="G94" s="17"/>
       <c r="H94" s="17"/>
       <c r="I94" s="18"/>
       <c r="J94" s="17"/>
     </row>
-    <row r="95" spans="1:10" s="3" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
-      <c r="A95" s="40" t="s">
+    <row r="95" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A95" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="B95" s="16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C95" s="17"/>
+      <c r="D95" s="17"/>
+      <c r="E95" s="17"/>
+      <c r="F95" s="17"/>
+      <c r="G95" s="17"/>
+      <c r="H95" s="17"/>
+      <c r="I95" s="18"/>
+      <c r="J95" s="17"/>
+    </row>
+    <row r="96" spans="1:10" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A96" s="40" t="s">
         <v>138</v>
-      </c>
-[...12 lines deleted...]
-        <v>139</v>
       </c>
       <c r="B96" s="6"/>
       <c r="C96" s="6"/>
       <c r="D96" s="6"/>
       <c r="E96" s="6"/>
       <c r="F96" s="6"/>
       <c r="G96" s="6"/>
       <c r="H96" s="6"/>
       <c r="I96" s="6"/>
       <c r="J96" s="6"/>
     </row>
-    <row r="97" spans="1:10" s="3" customFormat="1" ht="245.4" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B97" s="29" t="s">
+    <row r="97" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A97" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B97" s="6"/>
+      <c r="C97" s="6"/>
+      <c r="D97" s="6"/>
+      <c r="E97" s="6"/>
+      <c r="F97" s="6"/>
+      <c r="G97" s="6"/>
+      <c r="H97" s="6"/>
+      <c r="I97" s="6"/>
+      <c r="J97" s="6"/>
+    </row>
+    <row r="98" spans="1:10" s="3" customFormat="1" ht="279" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B98" s="29" t="s">
         <v>140</v>
       </c>
-      <c r="C97" s="30"/>
-[...12 lines deleted...]
-      <c r="B98" s="29"/>
       <c r="C98" s="30"/>
       <c r="D98" s="30"/>
       <c r="E98" s="30"/>
       <c r="F98" s="30"/>
       <c r="G98" s="30"/>
       <c r="H98" s="30"/>
       <c r="I98" s="31"/>
       <c r="J98" s="30"/>
     </row>
-    <row r="99" spans="1:10" s="3" customFormat="1" ht="304.2" customHeight="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="B100" s="16" t="s">
+    <row r="99" spans="1:10" s="3" customFormat="1" ht="287.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="28" t="s">
+        <v>206</v>
+      </c>
+      <c r="B99" s="29"/>
+      <c r="C99" s="30"/>
+      <c r="D99" s="30"/>
+      <c r="E99" s="30"/>
+      <c r="F99" s="30"/>
+      <c r="G99" s="30"/>
+      <c r="H99" s="30"/>
+      <c r="I99" s="31"/>
+      <c r="J99" s="30"/>
+    </row>
+    <row r="100" spans="1:10" s="3" customFormat="1" ht="336" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="32" t="s">
+        <v>207</v>
+      </c>
+      <c r="B100" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="C100" s="34"/>
+      <c r="D100" s="34"/>
+      <c r="E100" s="34"/>
+      <c r="F100" s="34"/>
+      <c r="G100" s="34"/>
+      <c r="H100" s="34"/>
+      <c r="I100" s="35"/>
+      <c r="J100" s="34"/>
+    </row>
+    <row r="101" spans="1:10" s="3" customFormat="1" ht="276" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="B101" s="16" t="s">
         <v>141</v>
-      </c>
-[...14 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C101" s="17"/>
       <c r="D101" s="17"/>
       <c r="E101" s="17"/>
       <c r="F101" s="17"/>
       <c r="G101" s="17"/>
       <c r="H101" s="17"/>
       <c r="I101" s="18"/>
       <c r="J101" s="17"/>
     </row>
-    <row r="102" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:10" s="3" customFormat="1" ht="139.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="15" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B102" s="16" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C102" s="17"/>
       <c r="D102" s="17"/>
       <c r="E102" s="17"/>
       <c r="F102" s="17"/>
       <c r="G102" s="17"/>
       <c r="H102" s="17"/>
       <c r="I102" s="18"/>
       <c r="J102" s="17"/>
     </row>
-    <row r="103" spans="1:10" s="3" customFormat="1" ht="76.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A103" s="15" t="s">
-        <v>144</v>
+        <v>182</v>
       </c>
       <c r="B103" s="16" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C103" s="17"/>
       <c r="D103" s="17"/>
       <c r="E103" s="17"/>
       <c r="F103" s="17"/>
       <c r="G103" s="17"/>
       <c r="H103" s="17"/>
       <c r="I103" s="18"/>
       <c r="J103" s="17"/>
     </row>
-    <row r="104" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="105" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:10" s="3" customFormat="1" ht="76.150000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="B104" s="16" t="s">
+        <v>145</v>
+      </c>
+      <c r="C104" s="17"/>
+      <c r="D104" s="17"/>
+      <c r="E104" s="17"/>
+      <c r="F104" s="17"/>
+      <c r="G104" s="17"/>
+      <c r="H104" s="17"/>
+      <c r="I104" s="18"/>
+      <c r="J104" s="17"/>
+    </row>
+    <row r="105" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A105" s="6" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B105" s="19"/>
       <c r="C105" s="19"/>
       <c r="D105" s="19"/>
       <c r="E105" s="19"/>
       <c r="F105" s="19"/>
       <c r="G105" s="19"/>
       <c r="H105" s="19"/>
       <c r="I105" s="19"/>
       <c r="J105" s="19"/>
     </row>
-    <row r="106" spans="1:10" s="3" customFormat="1" ht="132" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="15" t="s">
+    <row r="106" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A106" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B106" s="19"/>
+      <c r="C106" s="19"/>
+      <c r="D106" s="19"/>
+      <c r="E106" s="19"/>
+      <c r="F106" s="19"/>
+      <c r="G106" s="19"/>
+      <c r="H106" s="19"/>
+      <c r="I106" s="19"/>
+      <c r="J106" s="19"/>
+    </row>
+    <row r="107" spans="1:10" s="3" customFormat="1" ht="132" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="B106" s="16" t="s">
+      <c r="B107" s="16" t="s">
         <v>147</v>
       </c>
-      <c r="C106" s="17"/>
-[...9 lines deleted...]
-      <c r="A107" s="6" t="s">
+      <c r="C107" s="17"/>
+      <c r="D107" s="17"/>
+      <c r="E107" s="17"/>
+      <c r="F107" s="17"/>
+      <c r="G107" s="17"/>
+      <c r="H107" s="17"/>
+      <c r="I107" s="18"/>
+      <c r="J107" s="17"/>
+    </row>
+    <row r="108" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A108" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="B107" s="6"/>
-[...13 lines deleted...]
-      <c r="B108" s="16" t="s">
+      <c r="B108" s="6"/>
+      <c r="C108" s="6"/>
+      <c r="D108" s="6"/>
+      <c r="E108" s="6"/>
+      <c r="F108" s="6"/>
+      <c r="G108" s="6"/>
+      <c r="H108" s="6"/>
+      <c r="I108" s="6"/>
+      <c r="J108" s="6"/>
+    </row>
+    <row r="109" spans="1:10" s="3" customFormat="1" ht="135.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="B109" s="16" t="s">
         <v>149</v>
       </c>
-      <c r="C108" s="17"/>
-[...9 lines deleted...]
-      <c r="A109" s="6" t="s">
+      <c r="C109" s="17"/>
+      <c r="D109" s="17"/>
+      <c r="E109" s="17"/>
+      <c r="F109" s="17"/>
+      <c r="G109" s="17"/>
+      <c r="H109" s="17"/>
+      <c r="I109" s="18"/>
+      <c r="J109" s="17"/>
+    </row>
+    <row r="110" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A110" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="B109" s="6"/>
-[...10 lines deleted...]
-      <c r="A110" s="15" t="s">
+      <c r="B110" s="6"/>
+      <c r="C110" s="6"/>
+      <c r="D110" s="6"/>
+      <c r="E110" s="6"/>
+      <c r="F110" s="6"/>
+      <c r="G110" s="6"/>
+      <c r="H110" s="6"/>
+      <c r="I110" s="6"/>
+      <c r="J110" s="6"/>
+    </row>
+    <row r="111" spans="1:10" s="3" customFormat="1" ht="105" x14ac:dyDescent="0.3">
+      <c r="A111" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="B110" s="16" t="s">
+      <c r="B111" s="16" t="s">
         <v>152</v>
-      </c>
-[...14 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C111" s="17"/>
       <c r="D111" s="17"/>
       <c r="E111" s="17"/>
       <c r="F111" s="17"/>
       <c r="G111" s="17"/>
       <c r="H111" s="17"/>
       <c r="I111" s="18"/>
       <c r="J111" s="17"/>
     </row>
-    <row r="112" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
       <c r="A112" s="15" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B112" s="16" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C112" s="17"/>
       <c r="D112" s="17"/>
       <c r="E112" s="17"/>
       <c r="F112" s="17"/>
       <c r="G112" s="17"/>
       <c r="H112" s="17"/>
       <c r="I112" s="18"/>
       <c r="J112" s="17"/>
     </row>
-    <row r="113" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A113" s="6" t="s">
+    <row r="113" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A113" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="B113" s="16" t="s">
+        <v>156</v>
+      </c>
+      <c r="C113" s="17"/>
+      <c r="D113" s="17"/>
+      <c r="E113" s="17"/>
+      <c r="F113" s="17"/>
+      <c r="G113" s="17"/>
+      <c r="H113" s="17"/>
+      <c r="I113" s="18"/>
+      <c r="J113" s="17"/>
+    </row>
+    <row r="114" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A114" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="B113" s="6"/>
-[...13 lines deleted...]
-      <c r="B114" s="16" t="s">
+      <c r="B114" s="6"/>
+      <c r="C114" s="6"/>
+      <c r="D114" s="6"/>
+      <c r="E114" s="6"/>
+      <c r="F114" s="6"/>
+      <c r="G114" s="6"/>
+      <c r="H114" s="6"/>
+      <c r="I114" s="6"/>
+      <c r="J114" s="6"/>
+    </row>
+    <row r="115" spans="1:10" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+      <c r="A115" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="B115" s="16" t="s">
         <v>158</v>
-      </c>
-[...14 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C115" s="17"/>
       <c r="D115" s="17"/>
       <c r="E115" s="17"/>
       <c r="F115" s="17"/>
       <c r="G115" s="17"/>
       <c r="H115" s="17"/>
       <c r="I115" s="18"/>
       <c r="J115" s="17"/>
     </row>
-    <row r="116" spans="1:10" s="3" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:10" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
       <c r="A116" s="15" t="s">
-        <v>160</v>
+        <v>184</v>
       </c>
       <c r="B116" s="16" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C116" s="17"/>
       <c r="D116" s="17"/>
       <c r="E116" s="17"/>
       <c r="F116" s="17"/>
       <c r="G116" s="17"/>
       <c r="H116" s="17"/>
       <c r="I116" s="18"/>
       <c r="J116" s="17"/>
     </row>
-    <row r="117" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A117" s="6" t="s">
+    <row r="117" spans="1:10" s="3" customFormat="1" ht="105" x14ac:dyDescent="0.3">
+      <c r="A117" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="B117" s="16" t="s">
+        <v>161</v>
+      </c>
+      <c r="C117" s="17"/>
+      <c r="D117" s="17"/>
+      <c r="E117" s="17"/>
+      <c r="F117" s="17"/>
+      <c r="G117" s="17"/>
+      <c r="H117" s="17"/>
+      <c r="I117" s="18"/>
+      <c r="J117" s="17"/>
+    </row>
+    <row r="118" spans="1:10" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A118" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="B117" s="6"/>
-[...10 lines deleted...]
-      <c r="A118" s="15" t="s">
+      <c r="B118" s="6"/>
+      <c r="C118" s="6"/>
+      <c r="D118" s="6"/>
+      <c r="E118" s="6"/>
+      <c r="F118" s="6"/>
+      <c r="G118" s="6"/>
+      <c r="H118" s="6"/>
+      <c r="I118" s="6"/>
+      <c r="J118" s="6"/>
+    </row>
+    <row r="119" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A119" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="B118" s="16" t="s">
+      <c r="B119" s="16" t="s">
         <v>164</v>
       </c>
-      <c r="C118" s="17"/>
-[...9 lines deleted...]
-      <c r="A119" s="40" t="s">
+      <c r="C119" s="17"/>
+      <c r="D119" s="17"/>
+      <c r="E119" s="17"/>
+      <c r="F119" s="17"/>
+      <c r="G119" s="17"/>
+      <c r="H119" s="17"/>
+      <c r="I119" s="18"/>
+      <c r="J119" s="17"/>
+    </row>
+    <row r="120" spans="1:10" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A120" s="40" t="s">
         <v>165</v>
       </c>
-      <c r="B119" s="6"/>
-[...13 lines deleted...]
-      <c r="B120" s="16" t="s">
+      <c r="B120" s="6"/>
+      <c r="C120" s="6"/>
+      <c r="D120" s="6"/>
+      <c r="E120" s="6"/>
+      <c r="F120" s="6"/>
+      <c r="G120" s="6"/>
+      <c r="H120" s="6"/>
+      <c r="I120" s="6"/>
+      <c r="J120" s="6"/>
+    </row>
+    <row r="121" spans="1:10" s="3" customFormat="1" ht="333.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="B121" s="16" t="s">
         <v>166</v>
-      </c>
-[...14 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C121" s="17"/>
       <c r="D121" s="17"/>
       <c r="E121" s="17"/>
       <c r="F121" s="17"/>
       <c r="G121" s="17"/>
       <c r="H121" s="17"/>
       <c r="I121" s="18"/>
       <c r="J121" s="17"/>
     </row>
-    <row r="122" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
       <c r="A122" s="15" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B122" s="16" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C122" s="17"/>
       <c r="D122" s="17"/>
       <c r="E122" s="17"/>
       <c r="F122" s="17"/>
       <c r="G122" s="17"/>
       <c r="H122" s="17"/>
       <c r="I122" s="18"/>
       <c r="J122" s="17"/>
     </row>
-    <row r="123" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A123" s="15" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B123" s="16" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C123" s="17"/>
       <c r="D123" s="17"/>
       <c r="E123" s="17"/>
       <c r="F123" s="17"/>
       <c r="G123" s="17"/>
       <c r="H123" s="17"/>
       <c r="I123" s="18"/>
       <c r="J123" s="17"/>
     </row>
-    <row r="124" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:10" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A124" s="15" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B124" s="16" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C124" s="17"/>
       <c r="D124" s="17"/>
       <c r="E124" s="17"/>
       <c r="F124" s="17"/>
       <c r="G124" s="17"/>
       <c r="H124" s="17"/>
       <c r="I124" s="18"/>
       <c r="J124" s="17"/>
     </row>
-    <row r="125" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:10" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
       <c r="A125" s="15" t="s">
-        <v>171</v>
+        <v>187</v>
       </c>
       <c r="B125" s="16" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C125" s="17"/>
       <c r="D125" s="17"/>
       <c r="E125" s="17"/>
       <c r="F125" s="17"/>
       <c r="G125" s="17"/>
       <c r="H125" s="17"/>
       <c r="I125" s="18"/>
       <c r="J125" s="17"/>
     </row>
+    <row r="126" spans="1:10" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+      <c r="A126" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="B126" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="C126" s="17"/>
+      <c r="D126" s="17"/>
+      <c r="E126" s="17"/>
+      <c r="F126" s="17"/>
+      <c r="G126" s="17"/>
+      <c r="H126" s="17"/>
+      <c r="I126" s="18"/>
+      <c r="J126" s="17"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A7:J101" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A7:J102" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F8:F9 G99:G125 C99:C125 G10:G71 E10:E71 C10:C71 C73:C97 G73:G97 E73:E97 E99:E125" xr:uid="{00000000-0002-0000-0200-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F8:F9 G100:G126 C100:C126 G10:G71 E10:E71 C10:C71 C73:C98 G73:G98 E73:E98 E100:E126" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="81" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;P</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
-    <brk id="4" max="124" man="1"/>
+    <brk id="4" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b279931570174c37f1ca6db59fb09807">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309418f1a588f56cad73cb47b3118d34" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="acaf4567-dc07-471f-892c-2bcb86ef35ae" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="geb11f8ce9d940728585fae6d5409a45" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="geb11f8ce9d940728585fae6d5409a45" ma:taxonomyFieldName="Display_x0020_Status" ma:displayName="Display Status" ma:default="" ma:fieldId="{0eb11f8c-e9d9-4072-8585-fae6d5409a45}" ma:taxonomyMulti="true" ma:sspId="9abb4586-6e39-4769-a9e9-e64cee0e77fc" ma:termSetId="a3edbbf6-09fc-44dd-a9a2-ad1f41badab5" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9abb4586-6e39-4769-a9e9-e64cee0e77fc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1f338ac-e338-414f-952c-f74dcc6d59e1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2ee1930f-003b-4c79-bb18-414e791589f1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c1f338ac-e338-414f-952c-f74dcc6d59e1">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </geb11f8ce9d940728585fae6d5409a45>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C185B7C-28AC-43C4-B8F9-337E67C4F95D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{290E5F53-0DA3-4805-AF86-590422802457}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47995B87-138B-4EAD-8D66-EBE5614581A0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
@@ -4971,27 +5307,39 @@
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SetDate">
     <vt:lpwstr>2026-01-05T09:27:01Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
     <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
     <vt:lpwstr>e468af1f-c419-463c-bec5-179e67bafe39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x010100B99456BF0FC3654992BB01F701E3BF13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Display_x0020_Status">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Display Status">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>