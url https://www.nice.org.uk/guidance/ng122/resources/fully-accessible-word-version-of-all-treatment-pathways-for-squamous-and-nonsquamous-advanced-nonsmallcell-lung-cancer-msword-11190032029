--- v0 (2025-12-05)
+++ v1 (2026-02-10)
@@ -1,89 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2C70CF38" w14:textId="7CA7E6A4" w:rsidR="00C7457F" w:rsidRDefault="00953A84" w:rsidP="00C7457F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc48807344"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk45809807"/>
       <w:r>
         <w:t>Systemic anti-cancer therapy for advanced non-small-cell lung cancer</w:t>
       </w:r>
       <w:r w:rsidR="00134096">
         <w:t>: accessible summary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50480DA0" w14:textId="798554E2" w:rsidR="0090160D" w:rsidRDefault="00084D64" w:rsidP="0090160D">
+    <w:p w14:paraId="50480DA0" w14:textId="066C5585" w:rsidR="0090160D" w:rsidRDefault="0079126A" w:rsidP="0090160D">
       <w:pPr>
         <w:pStyle w:val="Guidanceissuedate"/>
       </w:pPr>
       <w:r>
-        <w:t>8</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="2021F39F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+        <w:t>10 February 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2021F39F" w14:textId="21902FD6" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk139621703"/>
       <w:bookmarkStart w:id="3" w:name="_Hlk139621728"/>
       <w:r>
         <w:t>Squamous non-small cell lung cancer, no targetable mutations, PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 below 50%</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="518BDCEC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
@@ -302,51 +289,51 @@
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F5FA162" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00A505EB" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="33F5FDE6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="33F5FDE6" w14:textId="3387ED93" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Squamous non-small cell lung cancer, no targetable mutations, PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 50% or higher</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F1A3359" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B30D285" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
@@ -445,400 +432,396 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is platinum doublet chemotherapy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B21D8A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have disease progression after platinum doublet chemotherapy, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C45EF84" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="5C45EF84" w14:textId="00B1E929" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00244139">
         <w:t>Squamous non-small cell lung cancer, RET fusion positive, PD</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00244139">
         <w:noBreakHyphen/>
         <w:t>L1 below 50%</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02028462" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="359D4685" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA72885" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CA5CBE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="40CA5CBE" w14:textId="0519815F" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00BD7950">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E54CA8D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>For people who have disease progression after initial treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EB61C9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="05EB61C9" w14:textId="09A74157" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidRPr="00992466">
+        <w:r w:rsidRPr="00837FD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00992466">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32131857" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21997D8D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187249B1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7381B901" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A353EC" w14:textId="70826DB6" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00837FD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED7689D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D52DC0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7548C2A3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035FE7A5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1146654F" w14:textId="56B7C76B" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="004A2DA5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00992466">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">(available through the Cancer Drugs Fund) </w:t>
-[...12 lines deleted...]
-      <w:hyperlink r:id="rId28" w:history="1">
+        <w:t xml:space="preserve">and who have disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId29" w:history="1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
-[...13 lines deleted...]
-      <w:hyperlink r:id="rId30" w:history="1">
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
-[...106 lines deleted...]
-        <w:r w:rsidRPr="00992466">
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA54B0">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the only recommended treatment option is docetaxel (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD7950">
+        <w:t>NHS England policy</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A93C4C" w14:textId="636A27B7" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7039B">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="004A2DA5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00992466">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">and who have disease progression after follow-up treatment in line with the </w:t>
-[...62 lines deleted...]
-      <w:r>
         <w:t>and who have disease progression after follow-up treatment with docetaxel, recommended treatment options</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD7950">
         <w:t xml:space="preserve"> (NHS England policy</w:t>
       </w:r>
       <w:r>
         <w:t>) are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B7B1D14" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D177091" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -899,292 +882,303 @@
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BA6385">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6910B542" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4106A208" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="4106A208" w14:textId="681F4002" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="00992466">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="3682ECD1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3682ECD1" w14:textId="3990145C" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E74E3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and who have disease progression after follow-up treatment with docetaxel, the only recommended treatment option is the </w:t>
       </w:r>
       <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="00992466">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="57C3D495" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C3D495" w14:textId="11E76CB6" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E74E3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidRPr="00992466">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, the only recommended treatment option is docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EBF3CFC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment with docetaxel, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599355C1" w14:textId="68FA0CC1" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...25 lines deleted...]
-      </w:hyperlink>
       <w:r w:rsidRPr="00992466">
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>or</w:t>
+        <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044DAE86" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="332D0340" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60E28D68" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E57C2D8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="6E57C2D8" w14:textId="5BC83522" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment with docetaxel and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="00992466">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options (NHS England policy) are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DAC02C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
@@ -1204,277 +1198,282 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B0265AC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560364A7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="560364A7" w14:textId="3408B946" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment with docetaxel and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId63" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId64" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId65" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E74E3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the only recommended treatment option is the </w:t>
       </w:r>
       <w:hyperlink r:id="rId66" w:history="1">
         <w:r w:rsidRPr="00992466">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
-[...6 lines deleted...]
-        <w:t>(available through the Cancer Drugs Fund).</w:t>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B394D88" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BA6385">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406045B4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485EE86D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="485EE86D" w14:textId="3CAD7BF2" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r w:rsidRPr="00474734">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId68" w:history="1">
         <w:r w:rsidRPr="00474734">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
-[...4 lines deleted...]
-      </w:r>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0775DC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="7C0775DC" w14:textId="6F484285" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00474734">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId69" w:history="1">
         <w:r w:rsidRPr="00474734">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BA54B0">
         <w:t xml:space="preserve"> and who have disease progression after treatment with docetaxel, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the only recommended treatment option is </w:t>
       </w:r>
       <w:r w:rsidRPr="00A31912">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId70" w:history="1">
         <w:r w:rsidRPr="00474734">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
-[...10 lines deleted...]
-      </w:r>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45417813" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="45417813" w14:textId="422CD57D" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00474734">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId71" w:history="1">
         <w:r w:rsidRPr="00474734">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BA54B0">
-        <w:t xml:space="preserve"> and who have disease </w:t>
-[...3 lines deleted...]
-        <w:t>progression after treatment</w:t>
+        <w:t xml:space="preserve"> and who have disease progression after treatment</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00474734">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId72" w:history="1">
         <w:r w:rsidRPr="00474734">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA8542E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="7BA8542E" w14:textId="4D06E8E9" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId73" w:history="1">
         <w:r w:rsidRPr="00BA54B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is platinum doublet chemotherapy (</w:t>
       </w:r>
       <w:r w:rsidRPr="00722BB1">
         <w:t>NHS England policy</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B25C67" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="03B25C67" w14:textId="1D221DF2" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId74" w:history="1">
         <w:r w:rsidRPr="00BA54B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8FA046" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
@@ -1632,19680 +1631,18067 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47DB9BD9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00C34057" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId83" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EF6BAA2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00474734" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...1 lines deleted...]
-        <w:pStyle w:val="NICEnormal"/>
+    <w:p w14:paraId="723EB2FA" w14:textId="529566CA" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00244139">
+        <w:t>Squamous non-small cell lung cancer, RET fusion positive, PD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244139">
+        <w:noBreakHyphen/>
+        <w:t>L1 50% or higher</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811CAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A65213F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B9549D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:history="1">
+        <w:r w:rsidRPr="005F5975">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (only if urgent clinical intervention is needed) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14EFE600" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="005F5975" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="723EB2FA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005F5975">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5257551B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B68D51B" w14:textId="40E38496" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:history="1">
+        <w:r w:rsidRPr="00A94DEE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A94DEE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC46703" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00051D19">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB0E82F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C823ED" w14:textId="120A68FC" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:history="1">
+        <w:r w:rsidRPr="00655479">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E16EE33" w14:textId="6EE04E3B" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00655479">
+        <w:t xml:space="preserve"> and who have disease progression after treatment with docetaxel, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the only recommended treatment option is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655479">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:history="1">
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E223B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40BCEFB9" w14:textId="2E262ADD" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00655479">
+        <w:t xml:space="preserve"> and who have disease progression after treatment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in line with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655479">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:history="1">
+        <w:r w:rsidRPr="00655479">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, the only recommended treatment option is docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4553D7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:history="1">
+        <w:r w:rsidRPr="00446279">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00051D19">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DAE2B76" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC604DD" w14:textId="3471B410" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:history="1">
+        <w:r w:rsidRPr="00655479">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B5788F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:history="1">
+        <w:r w:rsidRPr="00446279">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, recommended treatment options are: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDF03D3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A2BBDA" w14:textId="131DAD44" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:history="1">
+        <w:r w:rsidRPr="00655479">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080D59F7" w14:textId="55EC2343" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:history="1">
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E223B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0340FBF3" w14:textId="5F11A345" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:history="1">
+        <w:r w:rsidRPr="00655479">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43B27">
+        <w:t>the only recommended treatment option is docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0E5AFD" w14:textId="42B1776A" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:history="1">
+        <w:r w:rsidRPr="00446279">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:history="1">
+        <w:r w:rsidRPr="00655479">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C58138" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FAFBB6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7297620F" w14:textId="2D3F062F" w:rsidR="00F03215" w:rsidRPr="004A2DA5" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:history="1">
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004A2DA5">
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment with docetaxel, the only recommended treatment option is platinum doublet chemotherapy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3499DDD9" w14:textId="65DD0965" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004A2DA5">
+        <w:t xml:space="preserve">For people who had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:history="1">
+        <w:r w:rsidRPr="004A2DA5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004A2DA5">
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment with platinum doublet chemotherapy, the onl</w:t>
+      </w:r>
+      <w:r>
+        <w:t>y recommended treatment option is docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE0A62D" w14:textId="6BBE5D1A" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:history="1">
+        <w:r w:rsidRPr="00BA54B0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, the only recommended treatment option is platinum doublet chemotherapy (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94DEE">
+        <w:t>NHS England policy</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E53C5BD" w14:textId="0106A07E" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:history="1">
+        <w:r w:rsidRPr="00BA54B0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED5E91B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5C9DFB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2572B0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AAD8EE0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4EDF0D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C34057">
+        <w:t xml:space="preserve">For people who </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34057">
+        <w:t xml:space="preserve">had treatment with platinum doublet chemotherapy </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and who have disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C34057">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:history="1">
+        <w:r w:rsidRPr="00C34057">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C34057">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:history="1">
+        <w:r w:rsidRPr="00C34057">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C34057">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the only recommended treatment option is docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCFA7A0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have had treatment with platinum doublet chemotherapy and who have disease progression after treatment with docetaxel, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C5E7DEA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10115D37" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId116" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0531CD58" w14:textId="5A87414F" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId117" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505B3CB3" w14:textId="48952368" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>Squamous non-small cell lung cancer, RET fusion positive, PD</w:t>
+        <w:t>Squamous non-small cell lung cancer, KRAS G12C positive, PD</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>L1 below 50%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811CAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573490FE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AB44AE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437689F9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId118" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3597E93A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have disease progression after initial treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDB32C2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId119" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00992466">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(available through the Cancer Drugs Fund) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992466">
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37370A67" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId120" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5596E7A9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId121" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19421ADC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId122" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180D22F2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B025A28" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId123" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C71A7">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34498BDF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId124" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0487AD9A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId125" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="641B9A46" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId126" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FA6B84" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFB52A3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId127" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C71A7">
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId128" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId130" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005A0AE3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the only recommended treatment option is docetaxel (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9E0D16" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C71A7">
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> with docetaxel, recommended treatment options (NHS England policy) are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C68BE9D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19655AAA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6053E620" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="002C71A7" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId134" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB04693" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId135" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId136" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId137" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005A0AE3">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E902CED" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C184A6D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId138" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00992466">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(available through the Cancer Drugs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00485C8D">
+        <w:t>Fund</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AEC18A2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId139" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId140" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId141" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E74E3C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and who have disease progression after follow-up treatment with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId142" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund; NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E79BAF2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId143" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId144" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId145" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E74E3C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and who have disease progression after follow-up treatment in line with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C71A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId146" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C71A7">
+        <w:t>, the only recommended treatment option is docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F05A351" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment with docetaxel, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56572641" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId147" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00992466">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(available through the Cancer Drugs Fund; NHS England policy) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992466">
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68635E8F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId148" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472F70B6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId149" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0203CB04" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId150" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811CAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66900436" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment with docetaxel </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C71A7">
+        <w:t>and who have disease progression after follow-up treatment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId151" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C71A7">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recommended treatment options (NHS England policy) are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFE6875" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId152" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FA1D01" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId153" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D379AAA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="002C71A7" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId154" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2935236E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment with docetaxel and who have disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId155" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId156" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId157" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E74E3C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId158" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00992466">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(available through the Cancer Drugs Fund).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769D0B39" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId159" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005A0AE3">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C488DD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC34333" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId160" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00992466">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(available through the Cancer Drugs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00485C8D">
+        <w:t>Fund</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF5EF38" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474734">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId161" w:history="1">
+        <w:r w:rsidRPr="00474734">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C71A7">
+        <w:t>, and who have disease progression after treatment with docetaxel, t</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">he only recommended treatment option is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00245844">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId162" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00474734">
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; NHS England policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474734">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E71348" w14:textId="6374EE2D" w:rsidR="00F03215" w:rsidRPr="00AE5B54" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474734">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId163" w:history="1">
+        <w:r w:rsidRPr="00474734">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C71A7">
+        <w:t>, and who have disease progression after treatment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in line with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00245844">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId164" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F165D6">
+        <w:t>, the only recommended treatment option is docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C20C7B" w14:textId="1C7C2653" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Squamous non-small cell lung cancer, KRAS G12C positive, PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 50% or higher</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A65213F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="73658B45" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B9549D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId84" w:history="1">
+    <w:p w14:paraId="199CC5F0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId165" w:history="1">
         <w:r w:rsidRPr="005F5975">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (only if urgent clinical intervention is needed) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14EFE600" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="005F5975" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="2E624302" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="005F5975" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85" w:history="1">
+      <w:hyperlink r:id="rId166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005F5975">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5257551B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId86" w:history="1">
+    <w:p w14:paraId="0AB16DC2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId167" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> or</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B68D51B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53CC70A2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId168" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A257E8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6509E9CA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485ADCA6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
-      <w:r>
-[...59 lines deleted...]
-      <w:r w:rsidRPr="00E223B3">
+      <w:bookmarkStart w:id="6" w:name="_Hlk104211201"/>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId169" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003F08BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(available through the Cancer Drugs Fund).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E16EE33" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="60CFA638" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90" w:history="1">
+      <w:hyperlink r:id="rId170" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00655479">
         <w:t xml:space="preserve"> and who have disease progression after treatment with docetaxel, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the only recommended treatment option is </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91" w:history="1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E223B3">
+      <w:hyperlink r:id="rId171" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003F08BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(available through the Cancer Drugs Fund; NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40BCEFB9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="19288AFD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92" w:history="1">
+      <w:hyperlink r:id="rId172" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00655479">
         <w:t xml:space="preserve"> and who have disease progression after treatment</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93" w:history="1">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink r:id="rId173" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001505A2">
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4553D7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="4368BAD1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94" w:history="1">
+      <w:hyperlink r:id="rId174" w:history="1">
         <w:r w:rsidRPr="00446279">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95" w:history="1">
+      <w:hyperlink r:id="rId175" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00051D19">
+      <w:r w:rsidRPr="0032285F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DAE2B76" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="23D3B287" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC604DD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="0B74AD47" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96" w:history="1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E223B3">
+      <w:hyperlink r:id="rId176" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003F08BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(available through the Cancer Drugs Fund).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B5788F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1628342B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97" w:history="1">
+      <w:hyperlink r:id="rId177" w:history="1">
         <w:r w:rsidRPr="00446279">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98" w:history="1">
+      <w:hyperlink r:id="rId178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7CDF03D3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:r w:rsidRPr="001505A2">
+        <w:t xml:space="preserve"> and who </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">have disease progression after treatment with platinum doublet chemotherapy, recommended treatment options are: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F661204" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A2BBDA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="29CDE65E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99" w:history="1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E223B3">
+      <w:hyperlink r:id="rId179" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003F08BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(available through the Cancer Drugs Fund).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080D59F7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="5B0B5F7E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment with docetaxel, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100" w:history="1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E223B3">
+      <w:hyperlink r:id="rId180" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003F08BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(available through the Cancer Drugs Fund; NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0340FBF3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="5E5B3937" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101" w:history="1">
-[...14 lines deleted...]
-    <w:p w14:paraId="6F0E5AFD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:hyperlink r:id="rId181" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, the only recommended treatment option is docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAEE804" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId102" w:history="1">
+      <w:hyperlink r:id="rId182" w:history="1">
         <w:r w:rsidRPr="00446279">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103" w:history="1">
+      <w:hyperlink r:id="rId183" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...7 lines deleted...]
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+      <w:r w:rsidRPr="001505A2">
+        <w:t xml:space="preserve"> and who </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId184" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C58138" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="0D07D705" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77FAFBB6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="00D08E25" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7297620F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...271 lines deleted...]
-    <w:p w14:paraId="491A10F9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="5BE9E52D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId185" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00963633">
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment with docetaxel, the only recommended treatment option is platinum doublet chemotherapy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3709D0FB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId186" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00963633">
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment with platinum doublet chemotherapy, the only recommended treatment option is</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> docetaxel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00963633">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455A6368" w14:textId="2780A7ED" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:t>Squamous non-small cell lung cancer, NTRK fusion positive, PD</w:t>
+        <w:t>Squamous non-small cell lung cancer, METex14 skipping alteration, PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 below 50%</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080A0876" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...7 lines deleted...]
-    <w:p w14:paraId="03F34ED8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="37A46AD1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Initial </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk112834036"/>
+      <w:r>
+        <w:t xml:space="preserve">recommended </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve">treatment options are: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A2B7A8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28245BE2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="326C78CE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId187" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06634956" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="009C4B37" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId118" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId188" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A011B32" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have disease progression after initial treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077D146D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId189" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00992466">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6485431B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId190" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
-[...1 lines deleted...]
-      </w:hyperlink>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="676C54C6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId191" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FD1455" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId192" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2501EA01" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4348">
+        <w:t>docetaxel</w:t>
+      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E5B569" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...14 lines deleted...]
-      <w:hyperlink r:id="rId119" w:history="1">
+    <w:p w14:paraId="557AFC22" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId193" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009C4B37">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A278109" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088E2A90" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId194" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018FE2AF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId120" w:history="1">
+    <w:p w14:paraId="51038631" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId195" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F816DD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId121" w:history="1">
+    <w:p w14:paraId="0F3FE244" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId196" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D803BA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId197" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009C4B37">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and who have disease progression after follow-up treatment with docetaxel, recommended treatment options (NHS England policy) are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A13B2D1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId198" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BFB0E7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId199" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5391D41B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="54F25181" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
-        <w:t>docetaxel.</w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId122" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId200" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2D958F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId201" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008613C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and who have disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId202" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123" w:history="1">
+      <w:hyperlink r:id="rId203" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124" w:history="1">
-[...968 lines deleted...]
-      <w:hyperlink r:id="rId172" w:history="1">
+      <w:hyperlink r:id="rId204" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A0AE3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
+        <w:t>the only recommended treatment option is docetaxel (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CF7022" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId205" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId206" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId207" w:history="1">
+        <w:r w:rsidRPr="007542F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005A0AE3">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E902CED" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="2B0D9275" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C184A6D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="42B85EA2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173" w:history="1">
-[...20 lines deleted...]
-    <w:p w14:paraId="0AEC18A2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:hyperlink r:id="rId208" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3613354F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174" w:history="1">
+      <w:hyperlink r:id="rId209" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175" w:history="1">
+      <w:hyperlink r:id="rId210" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId176" w:history="1">
+      <w:hyperlink r:id="rId211" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E74E3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and who have disease progression after follow-up treatment with docetaxel, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId177" w:history="1">
-[...11 lines deleted...]
-    <w:p w14:paraId="1E79BAF2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:hyperlink r:id="rId212" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F0E3FB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178" w:history="1">
+      <w:hyperlink r:id="rId213" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179" w:history="1">
+      <w:hyperlink r:id="rId214" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180" w:history="1">
+      <w:hyperlink r:id="rId215" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E74E3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t>and who have disease progression after follow-up treatment in line with</w:t>
-[...777 lines deleted...]
-        <w:t xml:space="preserve">For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment in line with the </w:t>
+        <w:t xml:space="preserve">and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId216" w:history="1">
-        <w:r>
-[...684 lines deleted...]
-      <w:hyperlink r:id="rId251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4966C436" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after follow-up treatment with docetaxel, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06823605" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="005D5D85" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252" w:history="1">
+      <w:hyperlink r:id="rId217" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D5D85">
         <w:rPr>
           <w:rStyle w:val="NICEnormalChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C5F0E98" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId253" w:history="1">
+      <w:hyperlink r:id="rId218" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75BFC092" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254" w:history="1">
+      <w:hyperlink r:id="rId219" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="584B9BB2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId255" w:history="1">
+      <w:hyperlink r:id="rId220" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A0E2D7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment with docetaxel and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256" w:history="1">
+      <w:hyperlink r:id="rId221" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E74E3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options (NHS England policy) are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="222B3084" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId257" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId222" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF10CB2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258" w:history="1">
+      <w:hyperlink r:id="rId223" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5380F336" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId259" w:history="1">
+      <w:hyperlink r:id="rId224" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
       </w:r>
       <w:r w:rsidRPr="00992466">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14FF43D9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment with docetaxel and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260" w:history="1">
+      <w:hyperlink r:id="rId225" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261" w:history="1">
+      <w:hyperlink r:id="rId226" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262" w:history="1">
+      <w:hyperlink r:id="rId227" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E74E3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId263" w:history="1">
+      <w:hyperlink r:id="rId228" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00992466">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FDA9E85" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264" w:history="1">
+      <w:hyperlink r:id="rId229" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A0AE3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2100211F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D035CB5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265" w:history="1">
+      <w:hyperlink r:id="rId230" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2508594F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00474734">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266" w:history="1">
+      <w:hyperlink r:id="rId231" w:history="1">
         <w:r w:rsidRPr="00474734">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00474734">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> and who have disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">progression after treatment with docetaxel, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the only recommended treatment option is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267" w:history="1">
+      <w:hyperlink r:id="rId232" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C56DF19" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00474734">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268" w:history="1">
+      <w:hyperlink r:id="rId233" w:history="1">
         <w:r w:rsidRPr="00474734">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00474734">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> and who have disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId269" w:history="1">
+      <w:hyperlink r:id="rId234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB9B326" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk127964053"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk127964053"/>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId270" w:history="1">
+      <w:hyperlink r:id="rId235" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004668A3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>the only recommended treatment options is platinum doublet chemotherapy (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E1A9650" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk127964067"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk127964067"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271" w:history="1">
+      <w:hyperlink r:id="rId236" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00887851">
         <w:t xml:space="preserve"> and who have</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> disease progression after platinum doublet chemotherapy, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D056F47" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk127964088"/>
-[...5 lines deleted...]
-      <w:hyperlink r:id="rId272" w:history="1">
+      <w:bookmarkStart w:id="10" w:name="_Hlk127964088"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId237" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148AC612" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273" w:history="1">
+      <w:hyperlink r:id="rId238" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ADD5AC3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274" w:history="1">
+      <w:hyperlink r:id="rId239" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08EFA37D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel (NHS England policy).</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5FB22C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Hlk127964108"/>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk127964108"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t xml:space="preserve">For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId275" w:history="1">
+      <w:hyperlink r:id="rId240" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE43A2">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276" w:history="1">
+      <w:hyperlink r:id="rId241" w:history="1">
         <w:r w:rsidRPr="00DE43A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE43A2">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277" w:history="1">
+      <w:hyperlink r:id="rId242" w:history="1">
         <w:r w:rsidRPr="00DE43A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE43A2">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4331EE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment with docetaxel, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62DF3952" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278" w:history="1">
+      <w:hyperlink r:id="rId243" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A6F208" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279" w:history="1">
+      <w:hyperlink r:id="rId244" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279FDE52" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="009D1F97" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280" w:history="1">
+      <w:hyperlink r:id="rId245" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7D6F5F9A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="7D6F5F9A" w14:textId="03934724" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Squamous non-small cell lung cancer, METex14 skipping alteration, PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 50% or higher</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34B39234" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67FCA716" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281" w:history="1">
+      <w:hyperlink r:id="rId246" w:history="1">
         <w:r w:rsidRPr="005F5975">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (only if urgent clinical intervention is needed) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A2DACB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="005F5975" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId282" w:history="1">
+      <w:hyperlink r:id="rId247" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005F5975">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CB09BDA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="005B0EC9" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283" w:history="1">
+      <w:hyperlink r:id="rId248" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005B0EC9">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E57C892" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284" w:history="1">
+      <w:hyperlink r:id="rId249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B662BA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285" w:history="1">
+      <w:hyperlink r:id="rId250" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A257E8">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17F663AC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="625A78C0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286" w:history="1">
+      <w:hyperlink r:id="rId251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43D75197" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287" w:history="1">
+      <w:hyperlink r:id="rId252" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00655479">
         <w:t xml:space="preserve"> and who have disease progression after treatment with docetaxel, </w:t>
       </w:r>
       <w:r>
         <w:t>the only recommended treatment option</w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288" w:history="1">
+      <w:hyperlink r:id="rId253" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3661E0A7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289" w:history="1">
+      <w:hyperlink r:id="rId254" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00655479">
         <w:t xml:space="preserve"> and who have disease progression after treatment</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in line</w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t xml:space="preserve"> with the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290" w:history="1">
+      <w:hyperlink r:id="rId255" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005B0EC9">
         <w:t xml:space="preserve">, the only </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">recommended </w:t>
       </w:r>
       <w:r w:rsidRPr="005B0EC9">
         <w:t>treatment option</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is docetaxel</w:t>
       </w:r>
       <w:r w:rsidRPr="005B0EC9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F4357E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291" w:history="1">
+      <w:hyperlink r:id="rId256" w:history="1">
         <w:r w:rsidRPr="00446279">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292" w:history="1">
+      <w:hyperlink r:id="rId257" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0032285F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB4FFE9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CCA5F03" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293" w:history="1">
+      <w:hyperlink r:id="rId258" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003F6CD7">
         <w:rPr>
           <w:rStyle w:val="NICEnormalChar"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AAC0054" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId294" w:history="1">
+      <w:hyperlink r:id="rId259" w:history="1">
         <w:r w:rsidRPr="00446279">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295" w:history="1">
+      <w:hyperlink r:id="rId260" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003F6CD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and who have disease progression after platinum doublet chemotherapy, recommended treatment options are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33959BAA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D819A0F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296" w:history="1">
+      <w:hyperlink r:id="rId261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FFFE7FF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId297" w:history="1">
+      <w:hyperlink r:id="rId262" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004668A3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>the only recommended treatment option is</w:t>
       </w:r>
       <w:r w:rsidRPr="003F6CD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004668A3">
         <w:t>doce</w:t>
       </w:r>
       <w:r>
         <w:t>taxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57740477" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Hlk127440118"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk127440118"/>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298" w:history="1">
+      <w:hyperlink r:id="rId263" w:history="1">
         <w:r w:rsidRPr="00446279">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299" w:history="1">
+      <w:hyperlink r:id="rId264" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> and who have disease progression </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">after treatment in line with </w:t>
+        <w:t xml:space="preserve"> and who have disease progression after treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300" w:history="1">
+      <w:hyperlink r:id="rId265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00053EB1">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18DC397A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5395B48B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313C0D51" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId301" w:history="1">
+      <w:hyperlink r:id="rId266" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0017466C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and who have disease progression after follow-up treatment with docetaxel, the only recommended treatment option</w:t>
       </w:r>
       <w:r w:rsidRPr="003F6CD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="003F6CD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>platinum doublet chemotherapy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D7A794" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302" w:history="1">
+      <w:hyperlink r:id="rId267" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0017466C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and who have disease progression after follow-up treatment with platinum doublet chemotherapy, the only recommended treatment option</w:t>
       </w:r>
       <w:r w:rsidRPr="003F6CD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>is docetaxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5744B9B9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303" w:history="1">
+      <w:hyperlink r:id="rId268" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004668A3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>the only recommended treatment option is platinum doublet chemotherapy (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0295C9B3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00655479">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304" w:history="1">
+      <w:hyperlink r:id="rId269" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on tepotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00887851">
         <w:t xml:space="preserve"> and who have</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> disease progression after platinum doublet chemotherapy, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47678330" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel (NHS England policy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="692093E4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305" w:history="1">
+      <w:hyperlink r:id="rId270" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21D67F4D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306" w:history="1">
+      <w:hyperlink r:id="rId271" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CDE6EE9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId307" w:history="1">
+      <w:hyperlink r:id="rId272" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C51B47D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment with docetaxel, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25860311" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308" w:history="1">
+      <w:hyperlink r:id="rId273" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21306CFB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId309" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId274" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D1AFCD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310" w:history="1">
+      <w:hyperlink r:id="rId275" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C522469" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had platinum doublet chemotherapy and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311" w:history="1">
+      <w:hyperlink r:id="rId276" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab monotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE43A2">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312" w:history="1">
+      <w:hyperlink r:id="rId277" w:history="1">
         <w:r w:rsidRPr="00DE43A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE43A2">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313" w:history="1">
+      <w:hyperlink r:id="rId278" w:history="1">
         <w:r w:rsidRPr="00DE43A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE43A2">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>the only recommended treatment option is</w:t>
       </w:r>
       <w:r w:rsidRPr="003F6CD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>docetaxel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABEBC61" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00953A84">
+    <w:p w14:paraId="6ABEBC61" w14:textId="17845578" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00953A84">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Squamous non-small cell lung cancer, BRAF V600 positive, PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 below 50%</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324DB419" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A02FB45" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F6E7E41" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DA7F95">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314" w:history="1">
+      <w:hyperlink r:id="rId279" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEE4494" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315" w:history="1">
+      <w:hyperlink r:id="rId280" w:history="1">
         <w:r w:rsidRPr="004A1006">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on dabrafenib and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004A1006">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BC9A7BF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have disease progression after initial treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02353D42" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00FD158B">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316" w:history="1">
+      <w:hyperlink r:id="rId281" w:history="1">
         <w:r w:rsidRPr="00F70411">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7BAB9F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00FD158B">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317" w:history="1">
+      <w:hyperlink r:id="rId282" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5673D7C4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00FD158B">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318" w:history="1">
+      <w:hyperlink r:id="rId283" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3529655A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00FD158B">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1021FDCC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319" w:history="1">
+      <w:hyperlink r:id="rId284" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320" w:history="1">
+      <w:hyperlink r:id="rId285" w:history="1">
         <w:r w:rsidRPr="00DA7F95">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321" w:history="1">
+      <w:hyperlink r:id="rId286" w:history="1">
         <w:r w:rsidRPr="00DA7F95">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03123542" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment with docetaxel, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C91D6A7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="008A2C13">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322" w:history="1">
+      <w:hyperlink r:id="rId287" w:history="1">
         <w:r w:rsidRPr="00F70411">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E4AEEB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="008A2C13">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323" w:history="1">
+      <w:hyperlink r:id="rId288" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D174DA8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="008A2C13">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324" w:history="1">
+      <w:hyperlink r:id="rId289" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720AE92A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325" w:history="1">
+      <w:hyperlink r:id="rId290" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A0AE3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279FE6DF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326" w:history="1">
+      <w:hyperlink r:id="rId291" w:history="1">
         <w:r w:rsidRPr="008A2C13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on dabrafenib and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A0AE3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>the only recommended treatment option is platinum doublet chemotherapy (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C68C12B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327" w:history="1">
+      <w:hyperlink r:id="rId292" w:history="1">
         <w:r w:rsidRPr="008A2C13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on dabrafenib and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19C76564" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="0083785F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel (NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11896DD8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="0083785F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328" w:history="1">
+      <w:hyperlink r:id="rId293" w:history="1">
         <w:r w:rsidRPr="00F70411">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6047BA01" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="0083785F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329" w:history="1">
+      <w:hyperlink r:id="rId294" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB79D98" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="0083785F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330" w:history="1">
+      <w:hyperlink r:id="rId295" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="312592E8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have had treatment with platinum doublet chemotherapy and who have disease progression after follow-up treatment with docetaxel, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09819B16" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="0083785F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId331" w:history="1">
+      <w:hyperlink r:id="rId296" w:history="1">
         <w:r w:rsidRPr="00F70411">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C275570" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="0083785F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId332" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId297" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C05773E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="0083785F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333" w:history="1">
+      <w:hyperlink r:id="rId298" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BC38ED" w14:textId="0A0A71DE" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment with platinum doublet chemotherapy and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334" w:history="1">
+      <w:hyperlink r:id="rId299" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335" w:history="1">
+      <w:hyperlink r:id="rId300" w:history="1">
         <w:r w:rsidRPr="00DA7F95">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336" w:history="1">
+      <w:hyperlink r:id="rId301" w:history="1">
         <w:r w:rsidRPr="00DA7F95">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38747BFD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00953A84">
+    <w:p w14:paraId="38747BFD" w14:textId="546E7870" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00953A84">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Squamous non-small cell lung cancer, BRAF V600 positive, PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 50% or higher</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67C57A9D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFDD3D8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="003048E5">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337" w:history="1">
+      <w:hyperlink r:id="rId302" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">only if urgent clinical intervention is needed) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DB4D425" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="003048E5">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338" w:history="1">
+      <w:hyperlink r:id="rId303" w:history="1">
         <w:r w:rsidRPr="00471956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3B5EA5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="003048E5" w:rsidRDefault="00F03215" w:rsidP="003048E5">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339" w:history="1">
+      <w:hyperlink r:id="rId304" w:history="1">
         <w:r w:rsidRPr="00471956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003048E5">
         <w:rPr>
           <w:rStyle w:val="NICEnormalChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39AA9331" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="003048E5">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId340" w:history="1">
+      <w:hyperlink r:id="rId305" w:history="1">
         <w:r w:rsidRPr="00DA4E70">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on dabrafenib and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DA4E70">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FDDA1EE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId341" w:history="1">
+      <w:hyperlink r:id="rId306" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="549A0D36" w14:textId="3BFBF5F8" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId342" w:history="1">
+      <w:hyperlink r:id="rId307" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003048E5">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343" w:history="1">
+      <w:hyperlink r:id="rId308" w:history="1">
         <w:r w:rsidRPr="003048E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is platinum doublet chemotherapy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F9C415" w14:textId="3BD7F8B6" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344" w:history="1">
+      <w:hyperlink r:id="rId309" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003048E5">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345" w:history="1">
+      <w:hyperlink r:id="rId310" w:history="1">
         <w:r w:rsidRPr="003048E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE42FF2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00DC6ECC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346" w:history="1">
+      <w:hyperlink r:id="rId311" w:history="1">
         <w:r w:rsidRPr="00DA4E70">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on dabrafenib and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DA4E70">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003048E5">
         <w:t xml:space="preserve"> the only recommended treatment option is platinum doublet chemotherapy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="003048E5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09103A59" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347" w:history="1">
+      <w:hyperlink r:id="rId312" w:history="1">
         <w:r w:rsidRPr="008A2C13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on dabrafenib and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E9B1D4E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel (NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC02349" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId348" w:history="1">
+      <w:hyperlink r:id="rId313" w:history="1">
         <w:r w:rsidRPr="00F70411">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79167B36" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349" w:history="1">
+      <w:hyperlink r:id="rId314" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E81C2B2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350" w:history="1">
+      <w:hyperlink r:id="rId315" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03171F14" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have had treatment with platinum doublet chemotherapy and who have disease progression after follow-up treatment with docetaxel, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="290FF1D9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351" w:history="1">
+      <w:hyperlink r:id="rId316" w:history="1">
         <w:r w:rsidRPr="00F70411">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63BDD26C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352" w:history="1">
+      <w:hyperlink r:id="rId317" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="043E59BF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId353" w:history="1">
+      <w:hyperlink r:id="rId318" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD158B">
         <w:t xml:space="preserve"> to 100%)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6705A610" w14:textId="081B7FF8" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002729DC">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment with platinum doublet chemotherapy and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354" w:history="1">
+      <w:hyperlink r:id="rId319" w:history="1">
         <w:r w:rsidRPr="00FD158B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355" w:history="1">
+      <w:hyperlink r:id="rId320" w:history="1">
         <w:r w:rsidRPr="00DA7F95">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356" w:history="1">
+      <w:hyperlink r:id="rId321" w:history="1">
         <w:r w:rsidRPr="00DA7F95">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1B205C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="4D1B205C" w14:textId="449F0FEF" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Non-squamous non-small cell lung cancer, no targetable mutations, PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 below 50%</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24B554B9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7FF4E1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E23401" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357" w:history="1">
+      <w:hyperlink r:id="rId322" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF1E327" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A4325F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358" w:history="1">
+      <w:hyperlink r:id="rId323" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="162D533C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Hlk104212984"/>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_Hlk104212984"/>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.nice.org.uk/guidance/ta683" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E02BAA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DEEDC6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk104281157"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk104281157"/>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359" w:history="1">
+      <w:hyperlink r:id="rId324" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="7A54C1FB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId325" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId326" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A2C075" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk104281191"/>
+      <w:r>
+        <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p w14:paraId="7A54C1FB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
     <w:p w14:paraId="1EBE0F2A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362" w:history="1">
+      <w:hyperlink r:id="rId327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>, or after pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C587CBF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363" w:history="1">
+      <w:hyperlink r:id="rId328" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>l1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B697F5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364" w:history="1">
+      <w:hyperlink r:id="rId329" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF0737D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId365" w:history="1">
+      <w:hyperlink r:id="rId330" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> PD-L1 </w:t>
       </w:r>
       <w:r>
         <w:t>above 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8B41F3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6DE251" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366" w:history="1">
+      <w:hyperlink r:id="rId331" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E900B81" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367" w:history="1">
+      <w:hyperlink r:id="rId332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368" w:history="1">
+      <w:hyperlink r:id="rId333" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369" w:history="1">
+      <w:hyperlink r:id="rId334" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0082606E">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="471611AE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34B1146E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370" w:history="1">
+      <w:hyperlink r:id="rId335" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00495594">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0869A019" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371" w:history="1">
+      <w:hyperlink r:id="rId336" w:history="1">
         <w:r w:rsidRPr="00B21807">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372" w:history="1">
+      <w:hyperlink r:id="rId337" w:history="1">
         <w:r w:rsidRPr="00E02BAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572F9448" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575866A5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId373" w:history="1">
+      <w:hyperlink r:id="rId338" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="510202C1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="510202C1" w14:textId="0093B09F" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Non-squamous non-small cell lung cancer, no targetable mutations, PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 50%</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or higher</w:t>
       </w:r>
+      <w:r w:rsidR="00F74A2E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5530899E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421C54A1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374" w:history="1">
+      <w:hyperlink r:id="rId339" w:history="1">
         <w:r w:rsidRPr="00E02BAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E78359" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375" w:history="1">
+      <w:hyperlink r:id="rId340" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73A6C585" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376" w:history="1">
+      <w:hyperlink r:id="rId341" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF47780" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377" w:history="1">
+      <w:hyperlink r:id="rId342" w:history="1">
         <w:r w:rsidRPr="00E02BAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0075773A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409950D4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54BE9AFF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378" w:history="1">
+      <w:hyperlink r:id="rId343" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4D1B81" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId379" w:history="1">
+      <w:hyperlink r:id="rId344" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380" w:history="1">
+      <w:hyperlink r:id="rId345" w:history="1">
         <w:r w:rsidRPr="001D4762">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0075773A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C24E8CC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet therapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F03B824" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId381" w:history="1">
+      <w:hyperlink r:id="rId346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBC3BB4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C4B67B1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For maintenance treatment for people who have had treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId382" w:history="1">
+      <w:hyperlink r:id="rId347" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D5E284" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383" w:history="1">
+      <w:hyperlink r:id="rId348" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384" w:history="1">
+      <w:hyperlink r:id="rId349" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F5FCD66" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2957AE07" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId385" w:history="1">
+      <w:hyperlink r:id="rId350" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
       <w:r>
         <w:t>after</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23BC1292" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01211E38" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386" w:history="1">
+      <w:hyperlink r:id="rId351" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00816945">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABB1BB6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="4ABB1BB6" w14:textId="7201F342" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00244139">
         <w:t>Non-squamous non-small cell lung cancer, RET fusion positive, PD</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00244139">
         <w:noBreakHyphen/>
         <w:t>L1 below 50%</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0722DEED" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>Initial recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FCEDA5A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D9B87A3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId387" w:history="1">
+      <w:hyperlink r:id="rId352" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72AF42FE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A9EEC1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId388" w:history="1">
+      <w:hyperlink r:id="rId353" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A392BEB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389" w:history="1">
+      <w:hyperlink r:id="rId354" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E56ACFD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00776E33" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="3E56ACFD" w14:textId="33144722" w:rsidR="00F03215" w:rsidRPr="00776E33" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390" w:history="1">
+      <w:hyperlink r:id="rId355" w:history="1">
         <w:r w:rsidRPr="00776E33">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00776E33">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E373EDA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId391" w:history="1">
+      <w:hyperlink r:id="rId356" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4872FBF9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392" w:history="1">
+      <w:hyperlink r:id="rId357" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393" w:history="1">
+      <w:hyperlink r:id="rId358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E3963EF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ABBB7EA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="7ABBB7EA" w14:textId="2BF9A8A9" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394" w:history="1">
+      <w:hyperlink r:id="rId359" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin, or who have had pemetrexed maintenance, recommended treatment options are:</w:t>
+      <w:r w:rsidR="002B5CF2">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin, or who have had pemetrexed maintenance, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8B8206" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395" w:history="1">
+      <w:hyperlink r:id="rId360" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1907D6F4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396" w:history="1">
+      <w:hyperlink r:id="rId361" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CCE2003" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397" w:history="1">
+      <w:hyperlink r:id="rId362" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AAEF6F8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398" w:history="1">
+      <w:hyperlink r:id="rId363" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="554566CD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6285B717" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="6285B717" w14:textId="52C8EF4E" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399" w:history="1">
-[...11 lines deleted...]
-    <w:p w14:paraId="3ECDC76B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:hyperlink r:id="rId364" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="001D095F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECDC76B" w14:textId="01915E01" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400" w:history="1">
+      <w:hyperlink r:id="rId365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId401" w:history="1">
+      <w:r w:rsidR="00062FEF">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin, or who have had pemetrexed maintenance, and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402" w:history="1">
+      <w:hyperlink r:id="rId367" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403" w:history="1">
+      <w:hyperlink r:id="rId368" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77683A72" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404" w:history="1">
+      <w:hyperlink r:id="rId369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74971ACD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63EC202F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="63EC202F" w14:textId="055A7B02" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405" w:history="1">
-[...11 lines deleted...]
-    <w:p w14:paraId="749B92B2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:hyperlink r:id="rId370" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="001D095F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749B92B2" w14:textId="233F88B6" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406" w:history="1">
+      <w:hyperlink r:id="rId371" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407" w:history="1">
+      <w:hyperlink r:id="rId372" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408" w:history="1">
+      <w:hyperlink r:id="rId373" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409" w:history="1">
+      <w:hyperlink r:id="rId374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or with docetaxel, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId375" w:history="1">
+        <w:r w:rsidRPr="001D095F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund; NHS England policy).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F57BEE3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F57BEE3" w14:textId="576C6CFB" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411" w:history="1">
+      <w:hyperlink r:id="rId376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412" w:history="1">
+      <w:hyperlink r:id="rId377" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413" w:history="1">
+      <w:hyperlink r:id="rId378" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, and who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414" w:history="1">
-[...4 lines deleted...]
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+      <w:hyperlink r:id="rId379" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="001D095F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C5877">
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3442C6A2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00CB093A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415" w:history="1">
+      <w:hyperlink r:id="rId380" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082D976B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="082D976B" w14:textId="3D218277" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId416" w:history="1">
+      <w:hyperlink r:id="rId381" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId417" w:history="1">
+      <w:r w:rsidR="00A74106">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin, or who have had pemetrexed maintenance, and who have had disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or with docetaxel, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418" w:history="1">
-[...11 lines deleted...]
-    <w:p w14:paraId="581690D4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:hyperlink r:id="rId383" w:history="1">
+        <w:r w:rsidRPr="001D095F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appr</w:t>
+        </w:r>
+        <w:r w:rsidRPr="001D095F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidRPr="001D095F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>isal guidance on selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="581690D4" w14:textId="3CAC1265" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419" w:history="1">
+      <w:hyperlink r:id="rId384" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...7 lines deleted...]
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+      <w:r w:rsidR="004D1DDF">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin, or who have had pemetrexed maintenance, and who have had disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId385" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="001D095F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C5877">
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74BEF9C1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421" w:history="1">
+      <w:hyperlink r:id="rId386" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%; NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D805673" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId422" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId387" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (any PD-L1 0% to 100%; NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F816501" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423" w:history="1">
+      <w:hyperlink r:id="rId388" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%; NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420C8811" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75CCD08F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424" w:history="1">
+      <w:hyperlink r:id="rId389" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D69FCBA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="4D69FCBA" w14:textId="304A77C5" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId390" w:history="1">
+        <w:r w:rsidRPr="001D095F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C5877">
         <w:t xml:space="preserve"> and who have disease progression after follow-up treatment in line with </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426" w:history="1">
+      <w:hyperlink r:id="rId391" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C5877">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427" w:history="1">
+      <w:hyperlink r:id="rId392" w:history="1">
         <w:r w:rsidRPr="000C5877">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C5877">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428" w:history="1">
+      <w:hyperlink r:id="rId393" w:history="1">
         <w:r w:rsidRPr="000C5877">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C5877">
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7611524B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="118F0893" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429" w:history="1">
+      <w:hyperlink r:id="rId394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3748B6A9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId430" w:history="1">
+      <w:hyperlink r:id="rId395" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431" w:history="1">
+      <w:hyperlink r:id="rId396" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B944144" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432" w:history="1">
+      <w:hyperlink r:id="rId397" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0198BFAC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFDE799" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="5BFDE799" w14:textId="70F31931" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId398" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="001D095F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AAC8AD" w14:textId="4487201D" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId399" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId400" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId401" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId402" w:history="1">
+        <w:r w:rsidRPr="001D095F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="36AAC8AD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E16FF6" w14:textId="0EE7C437" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434" w:history="1">
+      <w:hyperlink r:id="rId403" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435" w:history="1">
+      <w:hyperlink r:id="rId404" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, and who have disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436" w:history="1">
-[...57 lines deleted...]
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+      <w:hyperlink r:id="rId405" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="001D095F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001D2FE7">
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73910568" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D896D34" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441" w:history="1">
+      <w:hyperlink r:id="rId406" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2F38A3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="3C2F38A3" w14:textId="6C5F36FD" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have disease progression after in</w:t>
       </w:r>
       <w:r w:rsidRPr="00776E33">
         <w:t xml:space="preserve">itial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId442" w:history="1">
+      <w:hyperlink r:id="rId407" w:history="1">
         <w:r w:rsidRPr="00776E33">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00776E33">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002B0EFE">
         <w:t xml:space="preserve"> recommended treatment options</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="002B0EFE">
         <w:t xml:space="preserve"> are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A9C8965" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>the</w:t>
       </w:r>
-      <w:hyperlink r:id="rId443" w:history="1">
+      <w:hyperlink r:id="rId408" w:history="1">
         <w:r w:rsidRPr="002B0EFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="624FF322" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="302F3A8A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId444" w:history="1">
+      <w:hyperlink r:id="rId409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C6218E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE59C26" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A41360" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="69A41360" w14:textId="1BCD6CEB" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445" w:history="1">
+      <w:hyperlink r:id="rId410" w:history="1">
         <w:r w:rsidRPr="00776E33">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00694402">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00776E33">
         <w:t xml:space="preserve"> and who have disease progres</w:t>
       </w:r>
       <w:r w:rsidRPr="00A551F6">
         <w:t xml:space="preserve">sion after treatment in line with </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId446" w:history="1">
+      <w:hyperlink r:id="rId411" w:history="1">
         <w:r w:rsidRPr="002B0EFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56884535" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D3DB58" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447" w:history="1">
+      <w:hyperlink r:id="rId412" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9297B0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="0E9297B0" w14:textId="32D82127" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For maintenance treatment for people who have had i</w:t>
       </w:r>
       <w:r w:rsidRPr="00776E33">
         <w:t xml:space="preserve">nitial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448" w:history="1">
+      <w:hyperlink r:id="rId413" w:history="1">
         <w:r w:rsidRPr="00776E33">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00776E33">
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ollowed by platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449" w:history="1">
+      <w:hyperlink r:id="rId414" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D1F0D0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="28D1F0D0" w14:textId="287CAE56" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For maintenance treatment for people who have had ini</w:t>
       </w:r>
       <w:r w:rsidRPr="00776E33">
         <w:t xml:space="preserve">tial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450" w:history="1">
+      <w:hyperlink r:id="rId415" w:history="1">
         <w:r w:rsidRPr="00776E33">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00776E33">
         <w:t xml:space="preserve"> fo</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">llowed by treatment in line </w:t>
-[...5 lines deleted...]
-      <w:hyperlink r:id="rId451" w:history="1">
+        <w:t xml:space="preserve">llowed by treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId416" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452" w:history="1">
+      <w:hyperlink r:id="rId417" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1910260B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="1910260B" w14:textId="5238D290" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment in line </w:t>
       </w:r>
       <w:r w:rsidRPr="00776E33">
         <w:t xml:space="preserve">with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453" w:history="1">
+      <w:hyperlink r:id="rId418" w:history="1">
         <w:r w:rsidRPr="00776E33">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00776E33">
         <w:t xml:space="preserve"> followed by peme</w:t>
       </w:r>
       <w:r>
         <w:t>trexed and carboplatin (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B903C9B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="1B903C9B" w14:textId="424D64D1" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have had initial treatment in line wit</w:t>
       </w:r>
       <w:r w:rsidRPr="00776E33">
         <w:t xml:space="preserve">h the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId454" w:history="1">
+      <w:hyperlink r:id="rId419" w:history="1">
         <w:r w:rsidRPr="00776E33">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00776E33">
         <w:t>, and who have diseas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">e progression after platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455" w:history="1">
+      <w:hyperlink r:id="rId420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin</w:t>
+      <w:r w:rsidR="005D2E3D">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or who have had </w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>pemetrexed maintenance</w:t>
       </w:r>
       <w:r w:rsidRPr="007F55F1">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0771BA2A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId456" w:history="1">
+      <w:hyperlink r:id="rId421" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30FF850C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457" w:history="1">
+      <w:hyperlink r:id="rId422" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="559FE224" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458" w:history="1">
+      <w:hyperlink r:id="rId423" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> PD-L1 </w:t>
       </w:r>
       <w:r>
         <w:t>above 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B37589" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CB10FA5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459" w:history="1">
+      <w:hyperlink r:id="rId424" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D11988">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB1DE9E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="7FB1DE9E" w14:textId="2E216B03" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460" w:history="1">
+      <w:hyperlink r:id="rId425" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin</w:t>
+      <w:r w:rsidR="00422668">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or who have had </w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461" w:history="1">
+      <w:hyperlink r:id="rId426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462" w:history="1">
+      <w:hyperlink r:id="rId427" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463" w:history="1">
+      <w:hyperlink r:id="rId428" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00175121">
         <w:t>, recommended treatment options are</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65B63DA5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B67D2A9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId464" w:history="1">
+      <w:hyperlink r:id="rId429" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D11988">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388802D0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="388802D0" w14:textId="18C2856D" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00244139">
         <w:t>Non-squamous non-small cell lung cancer, RET fusion positive, PD</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00244139">
         <w:noBreakHyphen/>
-        <w:t>L1 50%</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00811CAF">
+        <w:t>L1 50% or higher</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA242F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="54E0BBBB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C8ECA6D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465" w:history="1">
+      <w:hyperlink r:id="rId430" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF89B1B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466" w:history="1">
+      <w:hyperlink r:id="rId431" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="086316AE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467" w:history="1">
+      <w:hyperlink r:id="rId432" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C69C9B5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="5C69C9B5" w14:textId="531317B3" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468" w:history="1">
+      <w:hyperlink r:id="rId433" w:history="1">
         <w:r w:rsidRPr="002A0155">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A0155">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="616BFCF1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469" w:history="1">
+      <w:hyperlink r:id="rId434" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D3A1BD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId470" w:history="1">
+      <w:hyperlink r:id="rId435" w:history="1">
         <w:r w:rsidRPr="002A0155">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve"> (NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF0909F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE9101C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="4AE9101C" w14:textId="559F1243" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId436" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00445C98">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1BCED2" w14:textId="70C4C85F" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId437" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, and who have had disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId438" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId439" w:history="1">
+        <w:r w:rsidRPr="000225A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund).</w:t>
-[...43 lines deleted...]
-    <w:p w14:paraId="47DA4786" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DA4786" w14:textId="4847D79A" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475" w:history="1">
+      <w:hyperlink r:id="rId440" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, and who have had disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476" w:history="1">
-[...4 lines deleted...]
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+      <w:hyperlink r:id="rId441" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="000225A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F22B67">
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF6B57A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629CBBF8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477" w:history="1">
+      <w:hyperlink r:id="rId442" w:history="1">
         <w:r w:rsidRPr="002A0155">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve"> (NHS England policy)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E41134" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478" w:history="1">
+      <w:hyperlink r:id="rId443" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId479" w:history="1">
+      <w:hyperlink r:id="rId444" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1574D840" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet therapy (NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E98D95B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480" w:history="1">
+      <w:hyperlink r:id="rId445" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08D74430" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin (NHS England policy) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455FADE5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="455FADE5" w14:textId="7F88D8B0" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId446" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="000225A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029EF679" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId447" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27622FFD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId448" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId449" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD7C0F2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C11F20E" w14:textId="3FEDD7B1" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId450" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00280B7E">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin, or after pemetrexed maintenance, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578003E3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId451" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6521FE98" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6430F2F8" w14:textId="015E39AC" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId452" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="000225A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E6078F" w14:textId="17FACFC4" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId453" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0046712A">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin, or who have had pemetrexed maintenance, and who have had disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId454" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId455" w:history="1">
+        <w:r w:rsidRPr="000225A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund).</w:t>
-[...28 lines deleted...]
-      <w:hyperlink r:id="rId483" w:history="1">
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BCCF44" w14:textId="2C16A521" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...152 lines deleted...]
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+      <w:r w:rsidR="000A0984">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin, or who have had pemetrexed maintenance, and who have had disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId457" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E251DE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F22B67">
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31684722" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087DBE9E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493" w:history="1">
+      <w:hyperlink r:id="rId458" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B067004" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="5B067004" w14:textId="7BC9A945" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId494" w:history="1">
+      <w:hyperlink r:id="rId459" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId495" w:history="1">
+      <w:hyperlink r:id="rId460" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B0EFE">
         <w:t xml:space="preserve"> and who have disease progression after treatment </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId496" w:history="1">
-[...4 lines deleted...]
-          <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
+      <w:hyperlink r:id="rId461" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E251DE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B0EFE">
         <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21042145" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="21042145" w14:textId="026FA472" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after </w:t>
       </w:r>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve">initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId497" w:history="1">
+      <w:hyperlink r:id="rId462" w:history="1">
         <w:r w:rsidRPr="002A0155">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B0EFE">
         <w:t>, recommended treatment options</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="002B0EFE">
         <w:t xml:space="preserve"> are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="367D2969" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>the</w:t>
       </w:r>
-      <w:hyperlink r:id="rId498" w:history="1">
+      <w:hyperlink r:id="rId463" w:history="1">
         <w:r w:rsidRPr="002B0EFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AAA76B6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78990E96" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499" w:history="1">
+      <w:hyperlink r:id="rId464" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C6218E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D1950B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D4F86E9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="5D4F86E9" w14:textId="10045DF1" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId500" w:history="1">
+      <w:hyperlink r:id="rId465" w:history="1">
         <w:r w:rsidRPr="002A0155">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve"> and who have disease progre</w:t>
       </w:r>
       <w:r w:rsidRPr="00A551F6">
-        <w:t xml:space="preserve">ssion after treatment in line </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">with </w:t>
+        <w:t xml:space="preserve">ssion after treatment in line with </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
-      <w:hyperlink r:id="rId501" w:history="1">
+      <w:hyperlink r:id="rId466" w:history="1">
         <w:r w:rsidRPr="002B0EFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EF77029" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0596B4BB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502" w:history="1">
+      <w:hyperlink r:id="rId467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A029A0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="01A029A0" w14:textId="1294A6B2" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had </w:t>
       </w:r>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve">initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503" w:history="1">
+      <w:hyperlink r:id="rId468" w:history="1">
         <w:r w:rsidRPr="002A0155">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ollowed by platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId504" w:history="1">
+      <w:hyperlink r:id="rId469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7869A1BC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="7869A1BC" w14:textId="6BCBB15C" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For maintenance treatment for people who have had i</w:t>
       </w:r>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve">nitial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505" w:history="1">
+      <w:hyperlink r:id="rId470" w:history="1">
         <w:r w:rsidRPr="002A0155">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ollowed by treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId506" w:history="1">
+      <w:hyperlink r:id="rId471" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507" w:history="1">
+      <w:hyperlink r:id="rId472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076E9580" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="076E9580" w14:textId="00600731" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial t</w:t>
       </w:r>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve">reatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508" w:history="1">
+      <w:hyperlink r:id="rId473" w:history="1">
         <w:r w:rsidRPr="002A0155">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve"> fo</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6218E">
         <w:t>llow</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6218E">
         <w:t xml:space="preserve">d by </w:t>
       </w:r>
       <w:r>
         <w:t>pemetrexed and carboplatin (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3869F33E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="3869F33E" w14:textId="56B41AE5" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have had i</w:t>
       </w:r>
       <w:r w:rsidRPr="002A0155">
         <w:t xml:space="preserve">nitial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509" w:history="1">
+      <w:hyperlink r:id="rId474" w:history="1">
         <w:r w:rsidRPr="002A0155">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on selpercatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A0155">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510" w:history="1">
+      <w:hyperlink r:id="rId475" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin</w:t>
+      <w:r w:rsidR="00285CF7">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or who have had </w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>pemetrexed maintenance</w:t>
       </w:r>
       <w:r w:rsidRPr="007F55F1">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A55DA6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511" w:history="1">
+      <w:hyperlink r:id="rId476" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A069821" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId512" w:history="1">
+      <w:hyperlink r:id="rId477" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A06CFE7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513" w:history="1">
+      <w:hyperlink r:id="rId478" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> PD-L1 </w:t>
       </w:r>
       <w:r>
         <w:t>above 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3262A750" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DB96C1A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId514" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId479" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D11988">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D74D23A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="1D74D23A" w14:textId="56789B3B" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515" w:history="1">
+      <w:hyperlink r:id="rId480" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin</w:t>
+      <w:r w:rsidR="00844DDD">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or who have had </w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516" w:history="1">
+      <w:hyperlink r:id="rId481" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517" w:history="1">
+      <w:hyperlink r:id="rId482" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518" w:history="1">
+      <w:hyperlink r:id="rId483" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00175121">
         <w:t>, recommended treatment options are</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25B1B810" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DEF121C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519" w:history="1">
+      <w:hyperlink r:id="rId484" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D11988">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="698EEEB1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="365BFAB4" w14:textId="60C1E9E1" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00244139">
+        <w:t>Non-squamous non-small cell lung cancer, KRAS G12C positive, PD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244139">
         <w:noBreakHyphen/>
-        <w:t>L1 below 50%</w:t>
+        <w:t>L1 below 50%</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B67FA55" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...7 lines deleted...]
-    <w:p w14:paraId="4EFB5649" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="01AD8DA2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Initial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87CE6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1F22D7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2A0C55" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId520" w:history="1">
+    <w:p w14:paraId="17888BA5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId485" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C61F4F5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pemetrexed and carboplatin or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FF47CE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId486" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C94B5F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5072536C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId487" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF728CE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId488" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E5471E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId489" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId490" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E63366" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384EA04E" w14:textId="165D379D" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId491" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00677757">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-    </w:p>
-[...131 lines deleted...]
-      <w:hyperlink r:id="rId527" w:history="1">
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B68986B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId492" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve"> (if PD</w:t>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="735CAEFF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...7 lines deleted...]
-        <w:r>
+    <w:p w14:paraId="36AC10AC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId493" w:history="1">
+        <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...11 lines deleted...]
-        <w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (any PD-L1 0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02085B1F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId494" w:history="1">
+        <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="669D9CF3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> PD-L1 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>above 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159C766D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId495" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E77F5FD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="479AF6A3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="4B24B2D7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530" w:history="1">
-[...17 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId496" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59EDCA54" w14:textId="112B2F12" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531" w:history="1">
+      <w:hyperlink r:id="rId497" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId532" w:history="1">
+      <w:r w:rsidR="00677757">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and who have had disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId498" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId499" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId534" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId500" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="281136EB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:r w:rsidRPr="00FD3E05">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">recommended </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3E05">
+        <w:t>treatment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> options are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1277EBC2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId501" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00495594">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9C32E4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37749DD4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="0C591E43" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535" w:history="1">
-[...11 lines deleted...]
-    <w:p w14:paraId="0FD79A4C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:hyperlink r:id="rId502" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51EAA41D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536" w:history="1">
+      <w:hyperlink r:id="rId503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId504" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId505" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId539" w:history="1">
+      <w:r w:rsidRPr="007F55F1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment in line with the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42C9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId506" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t>, recommended treatment options (available through the Cancer Drugs Fund) are:</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Bulletleft1"/>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1E85">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId507" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund; NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A6DA15" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId508" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId509" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-      </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Hlk105506390"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId510" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F55F1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment in line with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1E85">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId511" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C1E85">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69092088" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E31F77F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId512" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00495594">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF080CD" w14:textId="40B97F62" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId513" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00702E4D">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, and who have had disease progression after treatment in line with the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42C9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId514" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C94B5F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId515" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund; NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8A251F" w14:textId="06FA59EB" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId516" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00702E4D">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin, or who have had pemetrexed maintenance, and who have had disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId517" w:history="1">
+        <w:r w:rsidR="00B84A23">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5877">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BED86C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId518" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>L1 above 1%; NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08818FFD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId519" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%; NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7D8DD6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId520" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%; NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B73C0A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0486F153" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId521" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E4BEA4" w14:textId="4C9C24C1" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId522" w:history="1">
+        <w:r w:rsidR="007778D5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5877">
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment in line with </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId523" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5877">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId524" w:history="1">
+        <w:r w:rsidRPr="000C5877">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5877">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId525" w:history="1">
+        <w:r w:rsidRPr="000C5877">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5877">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7269FA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195871D7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId526" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71140CA9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId527" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId528" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FD3E05">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recommended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3E05">
+        <w:t xml:space="preserve"> treatment </w:t>
+      </w:r>
+      <w:r>
+        <w:t>options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29369B25" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId529" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEA95B6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787E3497" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId530" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB47E04" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId531" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId532" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, and who have had disease progression after treatment in line with the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42C9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId533" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or with docetaxel,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94B5F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId534" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund; NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53532E5A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId535" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId536" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, and who have had disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId537" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BC5A50">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="392616CD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054583BA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId538" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4A2DB1" w14:textId="1E2CE464" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00244139">
+        <w:t>Non-squamous non-small cell lung cancer, KRAS G12C fusion positive, PD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244139">
+        <w:noBreakHyphen/>
+        <w:t>L1 50% or higher</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C7D8FC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DC14CA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId539" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131649AD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId540" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NICE technology appraisal guidance on entrectinib</w:t>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59151F7A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId541" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A657CEA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId542" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BB14AF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4275DE92" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId543" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE85E68" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737A8DAD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId544" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9A1424" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId545" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00550942">
+        <w:t xml:space="preserve"> and who have </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId546" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00254A18">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId547" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund; NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1503914E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId548" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId549" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00254A18">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44EA2A36" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66624164" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId550" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6273891F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId551" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId552" w:history="1">
+        <w:r w:rsidRPr="001D4762">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BB14AF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recommended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB14AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05604468" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet therapy (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592CEA99" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId553" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B30DEDA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pemetrexed and carboplatin (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE220EC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId554" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A15BB66" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId555" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC324B4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId556" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId557" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F63CF66" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63187D3B" w14:textId="1D3AE6C4" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId558" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FD6A16">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>, or after pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D891FF8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId559" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509C3746" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14014B87" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId560" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BB3E61" w14:textId="77B3C132" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have had treatment with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3475">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId561" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00ED1DCC">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, and who have had disease progression after follow-up treatment in line with the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42C9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId562" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254A18">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId563" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (available through the Cancer Drugs Fund; NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A54DBE3" w14:textId="46078CC1" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have had treatment with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3475">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId564" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00ED1DCC">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, and who have had disease progression after follow-up treatment in line with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254A18">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId565" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00254A18">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24848CB3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1684F9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId566" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F8050B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00D660CE" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId567" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId568" w:history="1">
+        <w:r w:rsidRPr="001D4762">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId569" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on sotorasib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00254A18">
+        <w:t>, the only recommended treatment option is docetaxel.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31263DAF" w14:textId="3B42896D" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00244139">
+        <w:t>Non-squamous non-small cell lung cancer, METex14 skipping alteration, PD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244139">
+        <w:noBreakHyphen/>
+        <w:t>L1 below 50%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811CAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23192E07" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Initial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87CE6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18079903" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7685D317" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId570" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070012BE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pemetrexed and carboplatin or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DBC064" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId571" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C94B5F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11708D1B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId572" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E1F0F1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId573" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E526DD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId574" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D10D9E7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId575" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId576" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A846927" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C2EF22" w14:textId="2AAFB00A" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId577" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00253B4B">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755CCFC1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId578" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(if PD</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049B083E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId579" w:history="1">
+        <w:r w:rsidRPr="00402C99">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (any PD-L1 0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A97E001" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId580" w:history="1">
+        <w:r w:rsidRPr="00402C99">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> PD-L1 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>above 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F796A05" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId581" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE50B9F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FBA962" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId582" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519DC72D" w14:textId="31014700" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId583" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00253B4B">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and who have disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId584" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId585" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId586" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FD3E05">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">recommended </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3E05">
+        <w:t>treatment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> options are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEEFA7E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId587" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00495594">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670C7D5A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6531CDC5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId588" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42AFE3DF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId589" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId590" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId591" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F55F1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment in line with the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42C9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId592" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or with docetaxel,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94B5F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId593" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C5ABAA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId594" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId595" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId596" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F55F1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment in line with the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42C9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId597" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C94B5F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5787CD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk107482424"/>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B01A4CE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId598" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00296B41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w14:paraId="491C4ACD" w14:textId="190D9CE6" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId599" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00EB781B">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId600" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00296B41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or docetaxel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F55F1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId601" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007A142B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6E7DC0" w14:textId="3A48EB7D" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId602" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00EB781B">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId603" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007A142B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DB2270" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId604" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>L1 above 1%; NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC50DE9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId605" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%; NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B37ACA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId606" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (if PD-L1 above 1%; NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7A5460" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6903BB2B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId607" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3047B9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId608" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5877">
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment in line with </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId609" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5877">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId610" w:history="1">
+        <w:r w:rsidRPr="000C5877">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5877">
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId611" w:history="1">
+        <w:r w:rsidRPr="000C5877">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5877">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3C5BA7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4894C82B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId612" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED003CC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId613" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId614" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FD3E05">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recommended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3E05">
+        <w:t xml:space="preserve"> treatment </w:t>
+      </w:r>
+      <w:r>
+        <w:t>options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2E6B58" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId615" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D8FEB0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AF791C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId616" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C5F27A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId617" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId618" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, and who have disease progression after treatment in line with the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42C9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId619" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or with docetaxel,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94B5F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId620" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F3FAD9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00296B41" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId621" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId622" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId623" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00296B41">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67EB5070" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4979D152" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId624" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00296B41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6160218F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="0027623E" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId625" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00296B41">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recommended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296B41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>treatment options (NHS England policy) are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF464EF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId626" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0027623E">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD0F394" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741D2491" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId627" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D10CA89" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pemetrexed and carboplatin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2836A6FD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="0027623E" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId628" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00296B41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId629" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0027623E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B0FABF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47904C20" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId630" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00296B41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C54032" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId631" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> followed by treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId632" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3C6619" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId633" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> followed by treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId634" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId635" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5725C62A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId636" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> followed by treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F30277A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId637" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId638" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F55F1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55675494" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId639" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(if PD</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782482C3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId640" w:history="1">
+        <w:r w:rsidRPr="00402C99">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (any PD-L1 0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB95A3E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId641" w:history="1">
+        <w:r w:rsidRPr="00402C99">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> PD-L1 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>above 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C7C97B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B8915B4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId642" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25125FB4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId643" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and who have disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId644" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId645" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId646" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00175121">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEE3C0B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A82444D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId647" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00256289">
+        <w:t xml:space="preserve"> (NHS England policy)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169B41FF" w14:textId="16098B36" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk113460777"/>
+      <w:r w:rsidRPr="00244139">
+        <w:t>Non-squamous non-small cell lung cancer, METex14 skipping alteration, PD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244139">
+        <w:noBreakHyphen/>
+        <w:t>L1 50% or higher</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3FA1D9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D30E88E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId648" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085690EA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId649" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C022843" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00EE7B99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId650" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EE7B99">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CF8893" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId651" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B76185" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId652" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BB14AF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recommended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB14AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B24F75E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId653" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5432B900" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F0058C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId654" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B11AFD0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId655" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EE7B99">
+        <w:t xml:space="preserve"> and who have </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId656" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or with docetaxel,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897F6C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId657" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2092A43E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId658" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EE7B99">
+        <w:t xml:space="preserve"> and who have </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId659" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B3A4BB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC37B57" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId660" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685F978A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId661" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId662" w:history="1">
+        <w:r w:rsidRPr="001D4762">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BB14AF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3645684B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet therapy (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBED2F3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId663" w:history="1">
+        <w:r w:rsidRPr="006D7C70">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AF759D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pemetrexed and carboplatin (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443FF0DC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId664" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64080641" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId665" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E4DFC1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId666" w:history="1">
+        <w:r w:rsidRPr="006D7C70">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId667" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4168B76B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69516893" w14:textId="1A7EDC46" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId668" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId669" w:history="1">
+        <w:r w:rsidRPr="001D4762">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001F4BA7">
+        <w:t xml:space="preserve">, and who have </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">disease progression after treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId670" w:history="1">
+        <w:r w:rsidRPr="00D11988">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00492D43">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>, or after pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7325AE09" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId671" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079278EC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1935ADB5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId672" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B55C688" w14:textId="0FD5364F" w:rsidR="00F03215" w:rsidRPr="00D660CE" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId673" w:history="1">
+        <w:r w:rsidRPr="00D11988">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00492D43">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, and who have had disease progression after follow-up treatment in line with the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42C9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId674" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or with docetaxel, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId675" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64AE17B6" w14:textId="0191361E" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have had initial treatment with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3475">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId676" w:history="1">
+        <w:r w:rsidRPr="00D11988">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00492D43">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or who have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE7B99">
+        <w:t xml:space="preserve"> and who have </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId677" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D085D3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk107491000"/>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAAA7ED" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId678" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w14:paraId="4CF8F262" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId679" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId680" w:history="1">
+        <w:r w:rsidRPr="001D4762">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00964A03">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId681" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00964A03">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the only recommended treatment option is docetaxel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057777CA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId682" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, recommended treatment options (NHS England policy) are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533B4039" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId683" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231B9B42" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk107491308"/>
+      <w:r>
+        <w:t>platinum doublet therapy or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751FF091" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId684" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C6218E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655CD05A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pemetrexed and carboplatin.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w14:paraId="34B1F944" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId685" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB4871D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB01C1B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId686" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="013316F9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId687" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, followed by platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId688" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2004F5CC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId689" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, followed by treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId690" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId691" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79565472" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId692" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C6218E">
+        <w:t>, follow</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6218E">
+        <w:t xml:space="preserve">d by </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pemetrexed and carboplatin (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF28DBD" w14:textId="3AD5BFF7" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId693" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on tepotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, and who have disease progression after platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId694" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0002102C">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or after </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F55F1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173478AF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId695" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(if PD</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53069023" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId696" w:history="1">
+        <w:r w:rsidRPr="00402C99">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (any PD-L1 0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD48241" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId697" w:history="1">
+        <w:r w:rsidRPr="00402C99">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> PD-L1 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>above 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C95D4E7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B155ADD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId698" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D11988">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4BABEC" w14:textId="353240DF" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had treatment in line with platinum doublet chemotherapy, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId699" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0002102C">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or after </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and who have disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId700" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId701" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId702" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00175121">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0F5C32" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3750AD60" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId703" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D11988">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F65B6C4" w14:textId="688DD06D" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Hlk113460267"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00244139">
+        <w:t>Non-squamous non-small cell lung cancer, BRAF V600 positive, PD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244139">
+        <w:noBreakHyphen/>
+        <w:t>L1 below 50%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811CAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C215564" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Initial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87CE6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D5D584" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776CE9EA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId704" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2856A25B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pemetrexed and carboplatin or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9F49B6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId705" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-    </w:p>
-[...875 lines deleted...]
-      </w:hyperlink>
       <w:r w:rsidRPr="00C94B5F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="5072536C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    </w:p>
+    <w:p w14:paraId="5FDB9DFC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId706" w:history="1">
+        <w:r w:rsidRPr="00E02BAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0748C8B5" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577" w:history="1">
-[...2724 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId707" w:history="1">
-        <w:r>
-[...1960 lines deleted...]
-        <w:hyperlink r:id="rId798" w:history="1">
+        <w:hyperlink r:id="rId708" w:history="1">
           <w:r w:rsidRPr="00680F11">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
             <w:t>NICE technology appraisal guidance on dabrafenib</w:t>
           </w:r>
         </w:hyperlink>
         <w:r w:rsidRPr="00680F11">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E487A69" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799" w:history="1">
+      <w:hyperlink r:id="rId709" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D8CB988" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800" w:history="1">
+      <w:hyperlink r:id="rId710" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801" w:history="1">
+      <w:hyperlink r:id="rId711" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB65066" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin </w:t>
       </w:r>
       <w:r w:rsidRPr="001811E7">
         <w:t>(NHS England policy)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F374985" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802" w:history="1">
-[...11 lines deleted...]
-          <w:t>cisplatin</w:t>
+      <w:hyperlink r:id="rId712" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3271">
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> who have had </w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370C65CF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803" w:history="1">
+      <w:hyperlink r:id="rId713" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71AA7EA7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804" w:history="1">
+      <w:hyperlink r:id="rId714" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34C9BF4F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805" w:history="1">
+      <w:hyperlink r:id="rId715" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> PD-L1 </w:t>
       </w:r>
       <w:r>
         <w:t>above 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABD103E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806" w:history="1">
+      <w:hyperlink r:id="rId716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0224EC80" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA3271">
         <w:t>docetaxel</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D919309" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807" w:history="1">
+      <w:hyperlink r:id="rId717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA3271">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808" w:history="1">
+      <w:hyperlink r:id="rId718" w:history="1">
         <w:r w:rsidRPr="00FA3271">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA3271">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId809" w:history="1">
+      <w:hyperlink r:id="rId719" w:history="1">
         <w:r w:rsidRPr="00FA3271">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA3271">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34C2A461" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A28DB21" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810" w:history="1">
+      <w:hyperlink r:id="rId720" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C6B5C2C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811" w:history="1">
+      <w:hyperlink r:id="rId721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812" w:history="1">
+      <w:hyperlink r:id="rId722" w:history="1">
         <w:r w:rsidRPr="00E02BAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DBC065C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="714CD35B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813" w:history="1">
+      <w:hyperlink r:id="rId723" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B554564" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814" w:history="1">
-        <w:hyperlink r:id="rId815" w:history="1">
+      <w:hyperlink r:id="rId724" w:history="1">
+        <w:hyperlink r:id="rId725" w:history="1">
           <w:r w:rsidRPr="00680F11">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
             <w:t>NICE technology appraisal guidance on dabrafenib</w:t>
           </w:r>
         </w:hyperlink>
         <w:r w:rsidRPr="00680F11">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, recommended treatment options (NHS England policy) are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0153E692" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC12F55" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816" w:history="1">
+      <w:hyperlink r:id="rId726" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30417D83" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B78E151" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId817" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId727" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB3DD6">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4768D700" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818" w:history="1">
+      <w:hyperlink r:id="rId728" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0CF2D2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819" w:history="1">
+      <w:hyperlink r:id="rId729" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820" w:history="1">
+      <w:hyperlink r:id="rId730" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37CC1145" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pemetrexed maintenance is a recommended maintenance treatment option for people who have had treatment with pemetrexed and carboplatin </w:t>
       </w:r>
       <w:r w:rsidRPr="001811E7">
         <w:t>(NHS England policy</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ABF59A3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="2ABF59A3" w14:textId="63EF7DA8" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821" w:history="1">
-        <w:hyperlink r:id="rId822" w:history="1">
+      <w:hyperlink r:id="rId731" w:history="1">
+        <w:hyperlink r:id="rId732" w:history="1">
           <w:r w:rsidRPr="00680F11">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
             <w:t>NICE technology appraisal guidance on dabrafenib</w:t>
           </w:r>
         </w:hyperlink>
         <w:r w:rsidRPr="00680F11">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823" w:history="1">
+      <w:hyperlink r:id="rId733" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin</w:t>
+      <w:r w:rsidR="00D55301">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3271">
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> who have had </w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09DE8654" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824" w:history="1">
+      <w:hyperlink r:id="rId734" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D3FC43" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825" w:history="1">
+      <w:hyperlink r:id="rId735" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37817593" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826" w:history="1">
+      <w:hyperlink r:id="rId736" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> PD-L1 </w:t>
       </w:r>
       <w:r>
         <w:t>above 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C885D11" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827" w:history="1">
+      <w:hyperlink r:id="rId737" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16675F1F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA3271">
         <w:t>docetaxel</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16B8EB2D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828" w:history="1">
+      <w:hyperlink r:id="rId738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA3271">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829" w:history="1">
+      <w:hyperlink r:id="rId739" w:history="1">
         <w:r w:rsidRPr="00FA3271">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA3271">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830" w:history="1">
+      <w:hyperlink r:id="rId740" w:history="1">
         <w:r w:rsidRPr="00FA3271">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA3271">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F22D8B1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06DFD2C0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId831" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A4B810" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832" w:history="1">
-        <w:hyperlink r:id="rId833" w:history="1">
+      <w:hyperlink r:id="rId742" w:history="1">
+        <w:hyperlink r:id="rId743" w:history="1">
           <w:r w:rsidRPr="00680F11">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
             <w:t>NICE technology appraisal guidance on dabrafenib</w:t>
           </w:r>
         </w:hyperlink>
         <w:r w:rsidRPr="00680F11">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId834" w:history="1">
+      <w:hyperlink r:id="rId744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A97454">
         <w:t>recommended treatment options are:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71360D02" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="664DAD85" w14:textId="3E003008" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002E0ECE">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835" w:history="1">
+      <w:hyperlink r:id="rId745" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy). </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="15545334" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="15545334" w14:textId="7927A7D5" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00244139">
         <w:t>Non-squamous non-small cell lung cancer, BRAF V600 positive, PD</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00244139">
         <w:noBreakHyphen/>
-        <w:t>L1 50%</w:t>
-[...5 lines deleted...]
-        <w:t>or higher</w:t>
+        <w:t>L1 50% or higher</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F08BD45" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>Initial</w:t>
       </w:r>
       <w:r w:rsidRPr="00D87CE6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D51E691" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836" w:history="1">
+      <w:hyperlink r:id="rId746" w:history="1">
         <w:r w:rsidRPr="00E02BAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A073518" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId837" w:history="1">
+      <w:hyperlink r:id="rId747" w:history="1">
         <w:r w:rsidRPr="00471956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018CD3A2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00AE5B54" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
         <w:rPr>
           <w:rStyle w:val="NICEnormalChar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838" w:history="1">
+      <w:hyperlink r:id="rId748" w:history="1">
         <w:r w:rsidRPr="00471956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003048E5">
         <w:rPr>
           <w:rStyle w:val="NICEnormalChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="129F8F59" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839" w:history="1">
-        <w:hyperlink r:id="rId840" w:history="1">
+      <w:hyperlink r:id="rId749" w:history="1">
+        <w:hyperlink r:id="rId750" w:history="1">
           <w:r w:rsidRPr="00680F11">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
             <w:t>NICE technology appraisal guidance on dabrafenib</w:t>
           </w:r>
         </w:hyperlink>
         <w:r w:rsidRPr="00680F11">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E4B043B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId841" w:history="1">
+      <w:hyperlink r:id="rId751" w:history="1">
         <w:r w:rsidRPr="00E02BAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab and pemetrexed and platinum chemotherapy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009718BC">
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EEE0191" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BBF0DBA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842" w:history="1">
+      <w:hyperlink r:id="rId752" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B7E65F9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843" w:history="1">
+      <w:hyperlink r:id="rId753" w:history="1">
         <w:r w:rsidRPr="00471956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId844" w:history="1">
+      <w:hyperlink r:id="rId754" w:history="1">
         <w:r w:rsidRPr="00471956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009718BC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options (NHS England policy) are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1ACD49" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E423C77" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845" w:history="1">
+      <w:hyperlink r:id="rId755" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E167DFF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00AE5B54" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
         <w:rPr>
           <w:rStyle w:val="NICEnormalChar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>pemetrexed and carboplatin.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FEC4E2C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846" w:history="1">
+      <w:hyperlink r:id="rId756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="777F99BD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847" w:history="1">
+      <w:hyperlink r:id="rId757" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848" w:history="1">
+      <w:hyperlink r:id="rId758" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7539EADB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had treatment with pemetrexed and carboplatin (</w:t>
       </w:r>
       <w:r w:rsidRPr="00F107D1">
         <w:t>NHS England policy)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F3D5DC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="49F3D5DC" w14:textId="2E55580B" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849" w:history="1">
+      <w:hyperlink r:id="rId759" w:history="1">
         <w:r w:rsidRPr="00471956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850" w:history="1">
+      <w:hyperlink r:id="rId760" w:history="1">
         <w:r w:rsidRPr="002E5941">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId851" w:history="1">
+      <w:hyperlink r:id="rId761" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin</w:t>
+      <w:r w:rsidR="00E85C6D">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3271">
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> who have had </w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A602DF8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D03CCA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852" w:history="1">
+      <w:hyperlink r:id="rId762" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DB8E5FA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853" w:history="1">
+      <w:hyperlink r:id="rId763" w:history="1">
         <w:r w:rsidRPr="00680F11">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on dabrafenib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00680F11">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> and trametinib</w:t>
       </w:r>
       <w:r w:rsidRPr="009718BC">
         <w:t xml:space="preserve">, recommended treatment options </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(NHS England policy) </w:t>
       </w:r>
       <w:r w:rsidRPr="009718BC">
         <w:t>are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="795B846E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854" w:history="1">
+      <w:hyperlink r:id="rId764" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46F45D48" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AB6D99" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855" w:history="1">
+      <w:hyperlink r:id="rId765" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76984345" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A59B337" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856" w:history="1">
+      <w:hyperlink r:id="rId766" w:history="1">
         <w:r w:rsidRPr="00680F11">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on dabrafenib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00680F11">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> and trametinib</w:t>
       </w:r>
       <w:r w:rsidRPr="002E5941">
-        <w:t xml:space="preserve"> and who have disease progression after </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">treatment </w:t>
+        <w:t xml:space="preserve"> and who have disease progression after treatment </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in line </w:t>
       </w:r>
       <w:r w:rsidRPr="002E5941">
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId857" w:history="1">
+      <w:hyperlink r:id="rId767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002E5941">
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3D1646" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="388C7EB4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858" w:history="1">
+      <w:hyperlink r:id="rId768" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E5A23A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r w:rsidRPr="002E5941">
         <w:t>For</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> maintenance treatment for people who have had treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId859" w:history="1">
+      <w:hyperlink r:id="rId769" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="048D2E97" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r w:rsidRPr="002E5941">
         <w:t>For</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> maintenance treatment for people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId860" w:history="1">
+      <w:hyperlink r:id="rId770" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861" w:history="1">
+      <w:hyperlink r:id="rId771" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37410E14" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r w:rsidRPr="002E5941">
         <w:t>Pemetrexed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> maintenance is a recommended maintenance treatment option for people who have had treatment with pemetrexed </w:t>
       </w:r>
       <w:r w:rsidRPr="00F107D1">
         <w:t>and carboplatin (NHS England policy</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C5F595" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="55C5F595" w14:textId="1B1F57D8" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862" w:history="1">
-        <w:hyperlink r:id="rId863" w:history="1">
+      <w:hyperlink r:id="rId772" w:history="1">
+        <w:hyperlink r:id="rId773" w:history="1">
           <w:r w:rsidRPr="00680F11">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
             <w:t>NICE technology appraisal guidance on dabrafenib</w:t>
           </w:r>
         </w:hyperlink>
         <w:r w:rsidRPr="00680F11">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> and trametinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864" w:history="1">
+      <w:hyperlink r:id="rId774" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin</w:t>
+      <w:r w:rsidR="009E45B2">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3271">
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> who have had </w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="266B2754" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865" w:history="1">
+      <w:hyperlink r:id="rId775" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D07EF4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866" w:history="1">
+      <w:hyperlink r:id="rId776" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A354BF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867" w:history="1">
+      <w:hyperlink r:id="rId777" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> PD-L1 </w:t>
       </w:r>
       <w:r>
         <w:t>above 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F6F1D6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA3271">
         <w:t>docetaxel</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A87F67" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868" w:history="1">
+      <w:hyperlink r:id="rId778" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2C5209" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For people who have disease progression after follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869" w:history="1">
+      <w:hyperlink r:id="rId779" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA3271">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId870" w:history="1">
+      <w:hyperlink r:id="rId780" w:history="1">
         <w:r w:rsidRPr="00FA3271">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA3271">
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871" w:history="1">
+      <w:hyperlink r:id="rId781" w:history="1">
         <w:r w:rsidRPr="00FA3271">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA3271">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0253DEEB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="669B80F6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872" w:history="1">
+      <w:hyperlink r:id="rId782" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623516AE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="623516AE" w14:textId="1C79B5A3" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00244139">
         <w:t>Non-squamous non-small cell lung cancer, ROS-1 positive</w:t>
       </w:r>
-      <w:r w:rsidRPr="00811CAF">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="29B3FB9C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>Initial recommended treatment options are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C866CF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...7 lines deleted...]
-        <w:r>
+    <w:p w14:paraId="78C866CF" w14:textId="1C617513" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId783" w:history="1">
+        <w:r w:rsidRPr="00090999">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on crizotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">(available through the Cancer Drugs </w:t>
-[...5 lines deleted...]
-        <w:t>) or</w:t>
+        <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B1D1CEB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874" w:history="1">
+      <w:hyperlink r:id="rId784" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on entrectinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66EB37D0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="66EB37D0" w14:textId="61D51A30" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00D87CE6">
         <w:t>For people who</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> have disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId785" w:history="1">
+        <w:r w:rsidRPr="00090999">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on crizotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB3DD6">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876" w:history="1">
+      <w:hyperlink r:id="rId786" w:history="1">
         <w:r w:rsidRPr="00EB3DD6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>entrectinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00377F81">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C91B99" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0634B226" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877" w:history="1">
+      <w:hyperlink r:id="rId787" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EA30F0F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40856F37" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId878" w:history="1">
+      <w:hyperlink r:id="rId788" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB3DD6">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3DD6">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A0876BB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879" w:history="1">
+      <w:hyperlink r:id="rId789" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BFD767" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880" w:history="1">
+      <w:hyperlink r:id="rId790" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881" w:history="1">
+      <w:hyperlink r:id="rId791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B73A60" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had initial treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4731F2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="1B4731F2" w14:textId="7A646656" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId882" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId792" w:history="1">
+        <w:r w:rsidRPr="00090999">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on crizotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB3DD6">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883" w:history="1">
+      <w:hyperlink r:id="rId793" w:history="1">
         <w:r w:rsidRPr="00EB3DD6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>entrectinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and who have disease progression after follow-up treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884" w:history="1">
+      <w:hyperlink r:id="rId794" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin</w:t>
+      <w:r w:rsidR="00A80533">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>after pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t>, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1553C5D1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885" w:history="1">
+      <w:hyperlink r:id="rId795" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49D89F8B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886" w:history="1">
+      <w:hyperlink r:id="rId796" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166D6F51" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887" w:history="1">
+      <w:hyperlink r:id="rId797" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> PD-L1 </w:t>
       </w:r>
       <w:r>
         <w:t>above 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F542567" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A2BDC59" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888" w:history="1">
+      <w:hyperlink r:id="rId798" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008824EE">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB12CF4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889" w:history="1">
+      <w:hyperlink r:id="rId799" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId890" w:history="1">
+      <w:hyperlink r:id="rId800" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891" w:history="1">
+      <w:hyperlink r:id="rId801" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00377F81">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1678B0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1820CEEF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892" w:history="1">
+      <w:hyperlink r:id="rId802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00495594">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAF55E1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893" w:history="1">
+      <w:hyperlink r:id="rId803" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00377F81">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A7E7547" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5006AB24" w14:textId="16D7A65F" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="009C4F0A">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId894" w:history="1">
+      <w:hyperlink r:id="rId804" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0604A15F" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="0604A15F" w14:textId="2523F056" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00244139">
         <w:t>Non-squamous non-small cell lung cancer, EGFR-TK positive</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AAF5B4D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>Initial recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="344E961B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895" w:history="1">
+      <w:hyperlink r:id="rId805" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on afatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E14A79" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId896" w:history="1">
+      <w:hyperlink r:id="rId806" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on dacomitinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EF2D46D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId897" w:history="1">
+      <w:hyperlink r:id="rId807" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on erlotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74CC5CF2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898" w:history="1">
+      <w:hyperlink r:id="rId808" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on gefitinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F1699C9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899" w:history="1">
+      <w:hyperlink r:id="rId809" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on osimertinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0116A730" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="451E15FE" w14:textId="77777777" w:rsidR="00EC6086" w:rsidRDefault="00F03215" w:rsidP="00C86CF4">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6086">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0116A730" w14:textId="0282D069" w:rsidR="00F03215" w:rsidRDefault="00EC6086" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
-        <w:t>platinum doublet chemotherapy.</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId810" w:history="1">
+        <w:r w:rsidRPr="006B1966">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
+        </w:r>
+        <w:r w:rsidR="00EA2D84" w:rsidRPr="006B1966">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>osimertinib with pemetrexed and platinum-based chemotherapy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00EA2D84">
+        <w:t xml:space="preserve"> (for people </w:t>
+      </w:r>
+      <w:r w:rsidR="006B1966">
+        <w:t>with exon 19 deletion or exon 21 substitution)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03215">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D1896E1" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="0042284A" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r w:rsidRPr="0042284A">
         <w:t>For people who have disease progression after initial treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="136129A8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00AE5B54" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
         <w:rPr>
           <w:rStyle w:val="NICEnormalChar"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0042284A">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId900" w:history="1">
+      <w:hyperlink r:id="rId811" w:history="1">
         <w:r w:rsidRPr="0042284A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on afatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00810614">
         <w:rPr>
           <w:rStyle w:val="NICEnormalChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1187D0E6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="0042284A" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r w:rsidRPr="0042284A">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901" w:history="1">
+      <w:hyperlink r:id="rId812" w:history="1">
         <w:r w:rsidRPr="0042284A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on erlotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00810614">
         <w:rPr>
           <w:rStyle w:val="NICEnormalChar"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2265CA3E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who are T970M positive and have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902" w:history="1">
+      <w:hyperlink r:id="rId813" w:history="1">
         <w:r w:rsidRPr="00064DD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on afatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903" w:history="1">
+      <w:hyperlink r:id="rId814" w:history="1">
         <w:r w:rsidRPr="00064DD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>dacomitinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904" w:history="1">
+      <w:hyperlink r:id="rId815" w:history="1">
         <w:r w:rsidRPr="00064DD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>erlotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905" w:history="1">
+      <w:hyperlink r:id="rId816" w:history="1">
         <w:r w:rsidRPr="00064DD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>gefitinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906" w:history="1">
+      <w:hyperlink r:id="rId817" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on osimertinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360C7953" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907" w:history="1">
+      <w:hyperlink r:id="rId818" w:history="1">
         <w:r w:rsidRPr="00064DD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on afatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908" w:history="1">
+      <w:hyperlink r:id="rId819" w:history="1">
         <w:r w:rsidRPr="00064DD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>dacomitinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909" w:history="1">
+      <w:hyperlink r:id="rId820" w:history="1">
         <w:r w:rsidRPr="00064DD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>erlotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId910" w:history="1">
+      <w:hyperlink r:id="rId821" w:history="1">
         <w:r w:rsidRPr="00064DD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>gefitinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911" w:history="1">
+      <w:hyperlink r:id="rId822" w:history="1">
         <w:r w:rsidRPr="00AF0AD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>osimertinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, or after follow-up treatment with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912" w:history="1">
+      <w:hyperlink r:id="rId823" w:history="1">
         <w:r w:rsidRPr="00AF0AD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>osimertinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (for people who are T970M positive), recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="179745F6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2163BBEC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913" w:history="1">
+      <w:hyperlink r:id="rId824" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2D0024" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>pemetrexed and carboplatin or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6B096A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId914" w:history="1">
+      <w:hyperlink r:id="rId825" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54552B61" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915" w:history="1">
+      <w:hyperlink r:id="rId826" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002F2B37">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> recommended</w:t>
       </w:r>
       <w:r w:rsidRPr="002F2B37">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="626E1C73" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35465D6A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916" w:history="1">
+      <w:hyperlink r:id="rId827" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (NHS England policy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="677A8C17" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had follow-up treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917" w:history="1">
+      <w:hyperlink r:id="rId828" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="635D2D5D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For maintenance treatment for people who have had follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918" w:history="1">
+      <w:hyperlink r:id="rId829" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919" w:history="1">
+      <w:hyperlink r:id="rId830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08A22EEB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>Pemetrexed maintenance is a recommended maintenance treatment option for people who have had follow-up treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EE9096" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="50EE9096" w14:textId="78B6D92A" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after follow-up treatment with platinum doublet chemotherapy, the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId920" w:history="1">
+      <w:hyperlink r:id="rId831" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>, pemetrexed and carboplatin</w:t>
+      <w:r w:rsidR="00F7511C">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pemetrexed and carboplatin</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> after pemetrexed maintenance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, or after initial platinum doublet chemotherapy and follow-up treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921" w:history="1">
+      <w:hyperlink r:id="rId832" w:history="1">
         <w:r w:rsidRPr="008824EE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">NICE technology appraisal guidance on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>afatini</w:t>
         </w:r>
         <w:r w:rsidRPr="008824EE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>b</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922" w:history="1">
+      <w:hyperlink r:id="rId833" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>erlotinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002F2B37">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="009B79AD">
+        <w:t>or after</w:t>
+      </w:r>
+      <w:r w:rsidR="00275F48">
+        <w:t xml:space="preserve"> initial treatment with </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E94" w:rsidRPr="001F0E94">
+        <w:t>osimertinib with pemetrexed and platinum-based chemotherapy (for people with exon 19 deletion or exon 21 substitution)</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E94">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r>
         <w:t>recommended treatment options are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2DB291" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923" w:history="1">
+      <w:hyperlink r:id="rId834" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="532849FA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924" w:history="1">
+      <w:hyperlink r:id="rId835" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> to 100%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BAAEBD6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925" w:history="1">
+      <w:hyperlink r:id="rId836" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> PD-L1 </w:t>
       </w:r>
       <w:r>
         <w:t>above 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>%) or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77265FC8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16358334" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926" w:history="1">
+      <w:hyperlink r:id="rId837" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008824EE">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF72BFF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="1DF72BFF" w14:textId="625C4A7F" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00886E87">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927" w:history="1">
+      <w:hyperlink r:id="rId838" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928" w:history="1">
+      <w:hyperlink r:id="rId839" w:history="1">
+        <w:r w:rsidRPr="00AC3536">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00357BC4">
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId840" w:history="1">
+        <w:r w:rsidR="00357BC4" w:rsidRPr="00357BC4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00357BC4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002F2B37">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5FA1C4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25CDA4A9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId841" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00495594">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(NHS England policy)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D661FCA" w14:textId="7A82F391" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00953A84">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00244139">
+        <w:t>Non-squamous non-small cell lung cancer, ALK positive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811CAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DE58C7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Initial recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAB4F4E" w14:textId="3393FE70" w:rsidR="002F2BE7" w:rsidRDefault="007F7551" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId842" w:history="1">
+        <w:r w:rsidR="00FB3DDB" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FB3DDB">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A00C6AC" w14:textId="667BF678" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId843" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on brigatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD2A268" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId844" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on alectinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAD353D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId845" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on ceritinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E04D9D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId846" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on crizotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200E3B75" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1573AB16" w14:textId="5FA72A45" w:rsidR="00F034D1" w:rsidRDefault="005916D8" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people w</w:t>
+      </w:r>
+      <w:r w:rsidR="00790384">
+        <w:t>ho</w:t>
+      </w:r>
+      <w:r w:rsidR="003742AF">
+        <w:t xml:space="preserve"> have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId847" w:history="1">
+        <w:r w:rsidR="003742AF" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A874E8">
+        <w:t>, recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F0C30D" w14:textId="77777777" w:rsidR="00046D13" w:rsidRDefault="00046D13" w:rsidP="00046D13">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4777D2C4" w14:textId="77777777" w:rsidR="00046D13" w:rsidRDefault="00046D13" w:rsidP="00046D13">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId848" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADD8B95" w14:textId="77777777" w:rsidR="00046D13" w:rsidRDefault="00046D13" w:rsidP="00046D13">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pemetrexed and carboplatin or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C1572D" w14:textId="6068259B" w:rsidR="009870D2" w:rsidRDefault="00046D13" w:rsidP="00F925C6">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId849" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0BAC8D" w14:textId="02D3E137" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId850" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on brigatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId851" w:history="1">
+        <w:r w:rsidRPr="004B53A8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>alectinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId852" w:history="1">
+        <w:r w:rsidRPr="004B53A8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ceritinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, the only recommended treatment option is the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId853" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy for follow-up treatment to brigatinib).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E78E24" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId854" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on crizotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0544CAA8" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="004B53A8" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId855" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on brigatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1F3EC3" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId856" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on ceritinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B78D5E" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="004B53A8" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId857" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on crizotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t xml:space="preserve"> and who have </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId858" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on brigatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId859" w:history="1">
+        <w:r w:rsidRPr="00063D4A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ceritinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the only recommended treatment option is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId860" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B71068" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87CE6">
+        <w:t>For people who</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId861" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00457E5C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DFD6E01" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>platinum doublet chemotherapy or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E71D887" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId862" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208CADC7" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pemetrexed and carboplatin or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF37326" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId863" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49955A10" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="005D78C8">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId864" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab and bevacizumab, carboplatin and paclitaxel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C6065F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01ACE8D0" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="005D78C8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616C3499" w14:textId="72EBB559" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="005D78C8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId865" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2AC4E7" w14:textId="17CAEC83" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6D06">
+        <w:t xml:space="preserve">initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId866" w:history="1">
+        <w:r w:rsidR="002B6D06" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B6D06">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">treatment </w:t>
+      </w:r>
+      <w:r w:rsidR="00E203D5">
+        <w:t xml:space="preserve">after disease progression </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId867" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D78C8">
+        <w:t>, f</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ollowed by treatment with platinum doublet chemotherapy, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId868" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D08AEF" w14:textId="0E92E0D1" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For maintenance treatment for people who have had </w:t>
+      </w:r>
+      <w:r w:rsidR="00A34AB3">
+        <w:t xml:space="preserve">initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId869" w:history="1">
+        <w:r w:rsidR="00A34AB3" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE techn</w:t>
+        </w:r>
+        <w:r w:rsidR="00A34AB3" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>o</w:t>
+        </w:r>
+        <w:r w:rsidR="00A34AB3" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>logy appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A34AB3">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">treatment </w:t>
+      </w:r>
+      <w:r w:rsidR="009F2889">
+        <w:t xml:space="preserve">after disease progression </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId870" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D78C8">
+        <w:t>, f</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ollowed by treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId871" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, the only recommended treatment option is the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId872" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed maintenance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396EFBCB" w14:textId="78F58F26" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pemetrexed maintenance is a recommended maintenance treatment option for people who have had </w:t>
+      </w:r>
+      <w:r w:rsidR="00917359">
+        <w:t xml:space="preserve">initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId873" w:history="1">
+        <w:r w:rsidR="00917359" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE tec</w:t>
+        </w:r>
+        <w:r w:rsidR="00917359" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>h</w:t>
+        </w:r>
+        <w:r w:rsidR="00917359" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00917359">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">treatment </w:t>
+      </w:r>
+      <w:r w:rsidR="009F2889">
+        <w:t xml:space="preserve">after disease progression </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId874" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D78C8">
+        <w:t xml:space="preserve"> f</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ollowed by treatment with pemetrexed and carboplatin (NHS England policy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BE7615" w14:textId="2E232DFA" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00EC2504">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had </w:t>
+      </w:r>
+      <w:r w:rsidR="00B86ACB">
+        <w:t xml:space="preserve">initial treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId875" w:history="1">
+        <w:r w:rsidR="00B86ACB" w:rsidRPr="00FB3DDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B86ACB">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">treatment </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC210E">
+        <w:t xml:space="preserve">after disease progression </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId876" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on lorlatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DC210E">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment with platinum doublet chemotherapy,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D78C8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId877" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pemetrexed and cisplatin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00381056">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pemetrexed and carboplatin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>after pemetrexed maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, recommended treatment options are: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C4ED94" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId878" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E02BAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(if PD</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>L1 above 1%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DB1A9C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId879" w:history="1">
+        <w:r w:rsidRPr="00402C99">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (any PD-L1 0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> to 100%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B98B654" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId880" w:history="1">
+        <w:r w:rsidRPr="00402C99">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on nivolumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t xml:space="preserve"> PD-L1 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>above 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402C99">
+        <w:t>%) or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C977E51" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>docetaxel or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD5E669" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId881" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008824EE">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>NHS England policy)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF4FCB9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have disease progression after treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId882" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AC3536">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId883" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929" w:history="1">
+      <w:hyperlink r:id="rId884" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002F2B37">
+      <w:r w:rsidRPr="00C6065F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5FA1C4" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="33900FFD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CDA4A9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
+    <w:p w14:paraId="38C21B07" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId930" w:history="1">
+      <w:hyperlink r:id="rId885" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00495594">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D661FCA" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00953A84">
-[...26 lines deleted...]
-        <w:r>
+    <w:p w14:paraId="0993A547" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have disease progression after initial treatment with platinum doublet chemotherapy, the recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00383E15" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId886" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on crizotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B26255" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF55FA">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId887" w:history="1">
+        <w:r w:rsidRPr="00FF55FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on brigatinib</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E02BAA">
-[...57 lines deleted...]
-      <w:hyperlink r:id="rId934" w:history="1">
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E72FAEC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For people who have had initial treatment with platinum doublet chemotherapy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B53A8">
+        <w:t xml:space="preserve"> and who have </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">disease progression after follow-up treatment in line with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId888" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on crizotinib</w:t>
-        </w:r>
-[...28 lines deleted...]
-          <w:t>NICE technology appraisal guidance on brigatinib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004B53A8">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936" w:history="1">
-[...101 lines deleted...]
-        <w:pStyle w:val="NICEnormal"/>
+      <w:r>
+        <w:t>the recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C10FFBF" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00FF55FA" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">For people who have had initial treatment in line with the </w:t>
-[...16 lines deleted...]
-        <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId889" w:history="1">
+        <w:r w:rsidRPr="00FF55FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on brigatinib</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B53A8">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="004B53A8">
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13303302" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="004B53A8" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1last"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId890" w:history="1">
+        <w:r w:rsidRPr="00FF55FA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on ceritinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B71068" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
-[...243 lines deleted...]
-        <w:t xml:space="preserve"> and who have disease progression after follow-up treatment with platinum doublet chemotherapy,</w:t>
+    <w:p w14:paraId="3B21876D" w14:textId="2599532D" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00EC2504">
+      <w:pPr>
+        <w:pStyle w:val="NICEnormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy followed by treatment in line with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF55FA">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId891" w:history="1">
+        <w:r w:rsidRPr="00FF55FA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on brigatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, or treatment in line with the</w:t>
       </w:r>
       <w:r w:rsidRPr="005D78C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00402C99">
+      <w:hyperlink r:id="rId892" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on crizotinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> followed by the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId893" w:history="1">
+        <w:r w:rsidRPr="00FF55FA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NICE technology appraisal guidance on brigatinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId894" w:history="1">
+        <w:r w:rsidRPr="00FF55FA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ceritinib</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F5414F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">or </w:t>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId959" w:history="1">
+        <w:t>recommended treatment options are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1055472D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletleft1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E02BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if PD</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>L1 above 1%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DB1A9C" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+    <w:p w14:paraId="32985660" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId960" w:history="1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId896" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (any PD-L1 0</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> to 100%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B98B654" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+    <w:p w14:paraId="1936703A" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00402C99" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId961" w:history="1">
+      <w:hyperlink r:id="rId897" w:history="1">
         <w:r w:rsidRPr="00402C99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t xml:space="preserve"> PD-L1 </w:t>
       </w:r>
       <w:r>
         <w:t>above 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402C99">
         <w:t>%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C977E51" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+    <w:p w14:paraId="587C2242" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD5E669" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+    <w:p w14:paraId="2D3B18DE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962" w:history="1">
+      <w:hyperlink r:id="rId898" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008824EE">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AF4FCB9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+    <w:p w14:paraId="4F35BCC9" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after treatment in line with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963" w:history="1">
+      <w:hyperlink r:id="rId899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964" w:history="1">
+      <w:hyperlink r:id="rId900" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC3536">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965" w:history="1">
+      <w:hyperlink r:id="rId901" w:history="1">
         <w:r w:rsidRPr="00AC3536">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C6065F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>recommended treatment options are</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33900FFD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+    <w:p w14:paraId="5B985770" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C21B07" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00E85C68">
+    <w:p w14:paraId="7E5F5D84" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="002F7D1F">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId966" w:history="1">
+      <w:hyperlink r:id="rId902" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on docetaxel and nintedanib</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00495594">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(NHS England policy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3536">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...382 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
     <w:sectPr w:rsidR="00F03215" w:rsidSect="00134096">
-      <w:headerReference w:type="default" r:id="rId984"/>
-      <w:footerReference w:type="default" r:id="rId985"/>
+      <w:footerReference w:type="default" r:id="rId903"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C19145E" w14:textId="77777777" w:rsidR="00953A84" w:rsidRDefault="00953A84">
+    <w:p w14:paraId="37D3E26A" w14:textId="77777777" w:rsidR="001B4C92" w:rsidRDefault="001B4C92">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FC566CA" w14:textId="77777777" w:rsidR="00953A84" w:rsidRDefault="00953A84">
+    <w:p w14:paraId="172502FA" w14:textId="77777777" w:rsidR="001B4C92" w:rsidRDefault="001B4C92">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -21316,57 +19702,57 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="243793C3" w14:textId="38B8B5D0" w:rsidR="005D6F22" w:rsidRPr="00962A8D" w:rsidRDefault="005D6F22" w:rsidP="005802CC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00962A8D">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00962A8D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00962A8D">
       <w:rPr>
@@ -21440,80 +19826,70 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>17</w:t>
     </w:r>
     <w:r w:rsidRPr="00962A8D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B85D32B" w14:textId="77777777" w:rsidR="00953A84" w:rsidRDefault="00953A84">
+    <w:p w14:paraId="3DF14E1A" w14:textId="77777777" w:rsidR="001B4C92" w:rsidRDefault="001B4C92">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F7C1FD3" w14:textId="77777777" w:rsidR="00953A84" w:rsidRDefault="00953A84">
+    <w:p w14:paraId="66F26A6E" w14:textId="77777777" w:rsidR="001B4C92" w:rsidRDefault="001B4C92">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="059D0FAC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1A98B854"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletindent1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -23136,1264 +21512,1528 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="925191537">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1243838341">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="808330347">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1835562153">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1015154410">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="843013993">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00953A84"/>
     <w:rsid w:val="0000153D"/>
+    <w:rsid w:val="0000184F"/>
     <w:rsid w:val="000024D1"/>
+    <w:rsid w:val="000044F4"/>
     <w:rsid w:val="00007E50"/>
     <w:rsid w:val="0001060D"/>
     <w:rsid w:val="00010F3A"/>
     <w:rsid w:val="000119FB"/>
     <w:rsid w:val="0001554C"/>
     <w:rsid w:val="00016366"/>
+    <w:rsid w:val="000171F4"/>
     <w:rsid w:val="00017294"/>
+    <w:rsid w:val="000175E1"/>
+    <w:rsid w:val="0002102C"/>
+    <w:rsid w:val="000225A1"/>
     <w:rsid w:val="0002327E"/>
     <w:rsid w:val="00027B11"/>
     <w:rsid w:val="00030426"/>
+    <w:rsid w:val="000307CC"/>
     <w:rsid w:val="000317E6"/>
     <w:rsid w:val="00033272"/>
     <w:rsid w:val="000351DC"/>
     <w:rsid w:val="00036484"/>
     <w:rsid w:val="0003695D"/>
     <w:rsid w:val="00041B0D"/>
     <w:rsid w:val="000420A6"/>
     <w:rsid w:val="00045FCD"/>
     <w:rsid w:val="0004626A"/>
+    <w:rsid w:val="00046D13"/>
     <w:rsid w:val="00047BA9"/>
+    <w:rsid w:val="00050189"/>
+    <w:rsid w:val="00050530"/>
     <w:rsid w:val="00054463"/>
+    <w:rsid w:val="00062FEF"/>
     <w:rsid w:val="000636A4"/>
     <w:rsid w:val="00064C19"/>
     <w:rsid w:val="0006675A"/>
+    <w:rsid w:val="0006693A"/>
     <w:rsid w:val="00067109"/>
     <w:rsid w:val="000726E0"/>
     <w:rsid w:val="00072A88"/>
     <w:rsid w:val="00073032"/>
     <w:rsid w:val="000736F5"/>
     <w:rsid w:val="00074A0F"/>
     <w:rsid w:val="000827A0"/>
     <w:rsid w:val="00084D64"/>
     <w:rsid w:val="00084FD5"/>
     <w:rsid w:val="000862A9"/>
+    <w:rsid w:val="00090999"/>
     <w:rsid w:val="0009117D"/>
     <w:rsid w:val="000950C5"/>
     <w:rsid w:val="000959BD"/>
     <w:rsid w:val="00095F3C"/>
+    <w:rsid w:val="000A0984"/>
     <w:rsid w:val="000A1EC0"/>
     <w:rsid w:val="000A274C"/>
     <w:rsid w:val="000A2B22"/>
     <w:rsid w:val="000A46DB"/>
     <w:rsid w:val="000A57C5"/>
     <w:rsid w:val="000A66B6"/>
     <w:rsid w:val="000A6DB0"/>
     <w:rsid w:val="000B0920"/>
     <w:rsid w:val="000B1161"/>
     <w:rsid w:val="000B15AE"/>
     <w:rsid w:val="000B259C"/>
     <w:rsid w:val="000B3567"/>
     <w:rsid w:val="000B4BBA"/>
+    <w:rsid w:val="000B6E75"/>
     <w:rsid w:val="000C095F"/>
     <w:rsid w:val="000C32AF"/>
     <w:rsid w:val="000C3984"/>
     <w:rsid w:val="000C3D32"/>
+    <w:rsid w:val="000C63D4"/>
     <w:rsid w:val="000C7B39"/>
+    <w:rsid w:val="000D17FF"/>
+    <w:rsid w:val="000D1F2E"/>
     <w:rsid w:val="000D7702"/>
     <w:rsid w:val="000E19AA"/>
     <w:rsid w:val="000E2412"/>
     <w:rsid w:val="000E3FEA"/>
     <w:rsid w:val="000E5DBA"/>
     <w:rsid w:val="000F34E2"/>
+    <w:rsid w:val="001007D3"/>
     <w:rsid w:val="00101BF5"/>
     <w:rsid w:val="00101F34"/>
     <w:rsid w:val="00106421"/>
     <w:rsid w:val="00112673"/>
     <w:rsid w:val="00112822"/>
     <w:rsid w:val="001202BD"/>
     <w:rsid w:val="0012058E"/>
     <w:rsid w:val="001276B0"/>
     <w:rsid w:val="00127916"/>
     <w:rsid w:val="00131C37"/>
+    <w:rsid w:val="00131C58"/>
     <w:rsid w:val="00133201"/>
     <w:rsid w:val="00133ED4"/>
     <w:rsid w:val="00134096"/>
+    <w:rsid w:val="00137E6A"/>
     <w:rsid w:val="00140385"/>
+    <w:rsid w:val="00141F3D"/>
     <w:rsid w:val="00143D93"/>
     <w:rsid w:val="0014426A"/>
     <w:rsid w:val="00144D68"/>
+    <w:rsid w:val="00145B63"/>
     <w:rsid w:val="00152A8B"/>
+    <w:rsid w:val="00153129"/>
     <w:rsid w:val="00153F34"/>
     <w:rsid w:val="00154560"/>
     <w:rsid w:val="00161AA0"/>
     <w:rsid w:val="00161D4D"/>
+    <w:rsid w:val="0016277E"/>
     <w:rsid w:val="0016456A"/>
     <w:rsid w:val="00165096"/>
     <w:rsid w:val="00171472"/>
     <w:rsid w:val="00173A6A"/>
     <w:rsid w:val="00175121"/>
     <w:rsid w:val="001758C6"/>
     <w:rsid w:val="0018119E"/>
     <w:rsid w:val="001813EB"/>
+    <w:rsid w:val="00181A0C"/>
+    <w:rsid w:val="00183DD7"/>
     <w:rsid w:val="00184241"/>
     <w:rsid w:val="001849C9"/>
     <w:rsid w:val="00190477"/>
     <w:rsid w:val="00191210"/>
+    <w:rsid w:val="00196CFD"/>
     <w:rsid w:val="001A0D59"/>
     <w:rsid w:val="001A2B98"/>
     <w:rsid w:val="001A335D"/>
     <w:rsid w:val="001A352A"/>
     <w:rsid w:val="001A4313"/>
     <w:rsid w:val="001B0506"/>
+    <w:rsid w:val="001B20C9"/>
+    <w:rsid w:val="001B4C92"/>
     <w:rsid w:val="001B6032"/>
     <w:rsid w:val="001B7739"/>
     <w:rsid w:val="001C0D78"/>
     <w:rsid w:val="001C16B0"/>
     <w:rsid w:val="001C4B4B"/>
+    <w:rsid w:val="001C612E"/>
     <w:rsid w:val="001C6C53"/>
+    <w:rsid w:val="001D095F"/>
     <w:rsid w:val="001D0C1B"/>
     <w:rsid w:val="001D1C07"/>
     <w:rsid w:val="001D63A8"/>
+    <w:rsid w:val="001D78E9"/>
     <w:rsid w:val="001E0877"/>
+    <w:rsid w:val="001E0D27"/>
     <w:rsid w:val="001E68EE"/>
+    <w:rsid w:val="001F0E94"/>
     <w:rsid w:val="001F23B8"/>
     <w:rsid w:val="001F4BA7"/>
+    <w:rsid w:val="001F603F"/>
     <w:rsid w:val="001F64EC"/>
     <w:rsid w:val="001F7038"/>
     <w:rsid w:val="001F75F7"/>
     <w:rsid w:val="002015AC"/>
     <w:rsid w:val="00203EF4"/>
     <w:rsid w:val="00210B0B"/>
     <w:rsid w:val="0021429C"/>
     <w:rsid w:val="00216167"/>
+    <w:rsid w:val="00217744"/>
+    <w:rsid w:val="00217BF3"/>
     <w:rsid w:val="00217F97"/>
     <w:rsid w:val="00222723"/>
     <w:rsid w:val="00222D22"/>
     <w:rsid w:val="002243C0"/>
     <w:rsid w:val="002259B1"/>
+    <w:rsid w:val="00232C54"/>
     <w:rsid w:val="0023490C"/>
     <w:rsid w:val="002350E2"/>
     <w:rsid w:val="00235CAB"/>
+    <w:rsid w:val="00235CEC"/>
     <w:rsid w:val="00236958"/>
+    <w:rsid w:val="00244139"/>
     <w:rsid w:val="00245DB6"/>
+    <w:rsid w:val="00247293"/>
+    <w:rsid w:val="00250344"/>
     <w:rsid w:val="002506A9"/>
     <w:rsid w:val="00251EB9"/>
     <w:rsid w:val="00253747"/>
+    <w:rsid w:val="00253B4B"/>
+    <w:rsid w:val="00253E92"/>
     <w:rsid w:val="002558FA"/>
     <w:rsid w:val="00256289"/>
     <w:rsid w:val="002569E3"/>
     <w:rsid w:val="002608BE"/>
     <w:rsid w:val="002616F3"/>
     <w:rsid w:val="00261AFA"/>
     <w:rsid w:val="002636B1"/>
     <w:rsid w:val="0026741B"/>
     <w:rsid w:val="00267E32"/>
     <w:rsid w:val="002702E6"/>
     <w:rsid w:val="00272336"/>
+    <w:rsid w:val="00273576"/>
+    <w:rsid w:val="00275F48"/>
     <w:rsid w:val="00277A90"/>
     <w:rsid w:val="00277C4D"/>
+    <w:rsid w:val="00280B7E"/>
     <w:rsid w:val="00280E0A"/>
+    <w:rsid w:val="00285CF7"/>
     <w:rsid w:val="002867CB"/>
     <w:rsid w:val="002874C9"/>
     <w:rsid w:val="00290132"/>
     <w:rsid w:val="00291AFA"/>
     <w:rsid w:val="0029241B"/>
     <w:rsid w:val="00292C53"/>
     <w:rsid w:val="00293393"/>
     <w:rsid w:val="002936F9"/>
     <w:rsid w:val="002A202B"/>
     <w:rsid w:val="002A229B"/>
     <w:rsid w:val="002A44B5"/>
+    <w:rsid w:val="002A5628"/>
     <w:rsid w:val="002B4C25"/>
+    <w:rsid w:val="002B5CF2"/>
+    <w:rsid w:val="002B6D06"/>
+    <w:rsid w:val="002C1A23"/>
     <w:rsid w:val="002C5540"/>
     <w:rsid w:val="002D07F3"/>
     <w:rsid w:val="002D3864"/>
     <w:rsid w:val="002D6626"/>
     <w:rsid w:val="002D6F93"/>
     <w:rsid w:val="002E0118"/>
     <w:rsid w:val="002E046F"/>
     <w:rsid w:val="002E2DF7"/>
     <w:rsid w:val="002E652A"/>
+    <w:rsid w:val="002F2BE7"/>
     <w:rsid w:val="002F3E5C"/>
     <w:rsid w:val="002F492D"/>
     <w:rsid w:val="00300C7B"/>
     <w:rsid w:val="003045F5"/>
     <w:rsid w:val="003049E2"/>
     <w:rsid w:val="00305720"/>
     <w:rsid w:val="003120FE"/>
+    <w:rsid w:val="0031251A"/>
     <w:rsid w:val="0031648B"/>
     <w:rsid w:val="0031664C"/>
     <w:rsid w:val="003170E9"/>
     <w:rsid w:val="00317A4E"/>
     <w:rsid w:val="00324018"/>
     <w:rsid w:val="003254A2"/>
     <w:rsid w:val="00326BC6"/>
     <w:rsid w:val="00326E2E"/>
     <w:rsid w:val="00332C01"/>
     <w:rsid w:val="003330E6"/>
     <w:rsid w:val="003339C8"/>
     <w:rsid w:val="00334D04"/>
     <w:rsid w:val="0034196D"/>
     <w:rsid w:val="00341AB6"/>
+    <w:rsid w:val="003476D7"/>
     <w:rsid w:val="00347C99"/>
     <w:rsid w:val="00350137"/>
     <w:rsid w:val="00350F50"/>
     <w:rsid w:val="00352ABC"/>
     <w:rsid w:val="00352FDF"/>
     <w:rsid w:val="0035397D"/>
     <w:rsid w:val="00353F67"/>
     <w:rsid w:val="00354AEB"/>
+    <w:rsid w:val="00354C7E"/>
     <w:rsid w:val="0035532A"/>
     <w:rsid w:val="0035604D"/>
     <w:rsid w:val="00356781"/>
     <w:rsid w:val="00356C2D"/>
+    <w:rsid w:val="00357BC4"/>
     <w:rsid w:val="00362226"/>
     <w:rsid w:val="00362851"/>
     <w:rsid w:val="003644E2"/>
     <w:rsid w:val="00364B13"/>
     <w:rsid w:val="00366E02"/>
     <w:rsid w:val="00371E27"/>
     <w:rsid w:val="0037223B"/>
+    <w:rsid w:val="00372488"/>
     <w:rsid w:val="003731BA"/>
+    <w:rsid w:val="003742AF"/>
     <w:rsid w:val="003770AD"/>
     <w:rsid w:val="00380EF3"/>
+    <w:rsid w:val="00381056"/>
     <w:rsid w:val="00381430"/>
+    <w:rsid w:val="00382AF4"/>
     <w:rsid w:val="00383B36"/>
     <w:rsid w:val="003920A8"/>
     <w:rsid w:val="00394403"/>
+    <w:rsid w:val="00395828"/>
     <w:rsid w:val="003967F4"/>
+    <w:rsid w:val="00396A4D"/>
     <w:rsid w:val="00397038"/>
+    <w:rsid w:val="003A0198"/>
     <w:rsid w:val="003A3670"/>
+    <w:rsid w:val="003A67E8"/>
     <w:rsid w:val="003B293F"/>
     <w:rsid w:val="003B3863"/>
     <w:rsid w:val="003B4220"/>
     <w:rsid w:val="003B44DF"/>
     <w:rsid w:val="003B4C3D"/>
     <w:rsid w:val="003B4F27"/>
+    <w:rsid w:val="003B6D42"/>
     <w:rsid w:val="003C01E5"/>
     <w:rsid w:val="003C13C2"/>
     <w:rsid w:val="003C14EE"/>
     <w:rsid w:val="003C36AC"/>
     <w:rsid w:val="003C4AE7"/>
     <w:rsid w:val="003C6D76"/>
     <w:rsid w:val="003C75F0"/>
     <w:rsid w:val="003D078F"/>
     <w:rsid w:val="003D0A19"/>
     <w:rsid w:val="003D33F2"/>
     <w:rsid w:val="003D4264"/>
+    <w:rsid w:val="003D5328"/>
     <w:rsid w:val="003D7593"/>
     <w:rsid w:val="003E3A50"/>
     <w:rsid w:val="003E5199"/>
     <w:rsid w:val="003E676D"/>
     <w:rsid w:val="003E6EE1"/>
     <w:rsid w:val="003E6F81"/>
     <w:rsid w:val="003E7AE3"/>
     <w:rsid w:val="003E7D0E"/>
     <w:rsid w:val="003E7E7F"/>
+    <w:rsid w:val="003F05D7"/>
     <w:rsid w:val="003F113F"/>
     <w:rsid w:val="003F3521"/>
     <w:rsid w:val="003F4193"/>
     <w:rsid w:val="003F4BDF"/>
     <w:rsid w:val="003F5FDF"/>
     <w:rsid w:val="0040057C"/>
     <w:rsid w:val="00401328"/>
     <w:rsid w:val="00401351"/>
     <w:rsid w:val="00402B79"/>
     <w:rsid w:val="004049D1"/>
     <w:rsid w:val="004064DA"/>
     <w:rsid w:val="0040651D"/>
     <w:rsid w:val="00406D9D"/>
     <w:rsid w:val="0041020E"/>
+    <w:rsid w:val="00411209"/>
+    <w:rsid w:val="004122FA"/>
     <w:rsid w:val="00412A44"/>
     <w:rsid w:val="00412CED"/>
     <w:rsid w:val="004148BD"/>
     <w:rsid w:val="00414D67"/>
     <w:rsid w:val="004178F8"/>
+    <w:rsid w:val="00422668"/>
     <w:rsid w:val="00423BC5"/>
     <w:rsid w:val="00424061"/>
     <w:rsid w:val="0042537A"/>
     <w:rsid w:val="00426488"/>
     <w:rsid w:val="00426FAE"/>
     <w:rsid w:val="004330E5"/>
     <w:rsid w:val="004331E2"/>
     <w:rsid w:val="00435031"/>
     <w:rsid w:val="004353CD"/>
     <w:rsid w:val="00435963"/>
     <w:rsid w:val="00436B47"/>
+    <w:rsid w:val="00437B11"/>
     <w:rsid w:val="004409F6"/>
     <w:rsid w:val="004424EF"/>
     <w:rsid w:val="0044288E"/>
     <w:rsid w:val="00443F88"/>
+    <w:rsid w:val="00445C98"/>
+    <w:rsid w:val="00447EA1"/>
     <w:rsid w:val="0045111B"/>
     <w:rsid w:val="004519B2"/>
+    <w:rsid w:val="00452610"/>
+    <w:rsid w:val="00452821"/>
     <w:rsid w:val="004530A6"/>
     <w:rsid w:val="0045328D"/>
     <w:rsid w:val="004548E4"/>
     <w:rsid w:val="00454916"/>
+    <w:rsid w:val="0046163E"/>
     <w:rsid w:val="00461997"/>
+    <w:rsid w:val="00461EDF"/>
     <w:rsid w:val="00462E65"/>
     <w:rsid w:val="004642AE"/>
+    <w:rsid w:val="0046712A"/>
     <w:rsid w:val="00471158"/>
     <w:rsid w:val="0047418A"/>
     <w:rsid w:val="00474C77"/>
     <w:rsid w:val="00475062"/>
     <w:rsid w:val="004758F3"/>
+    <w:rsid w:val="00476FEC"/>
     <w:rsid w:val="00477981"/>
     <w:rsid w:val="00480AEE"/>
     <w:rsid w:val="004820E9"/>
     <w:rsid w:val="0048361F"/>
     <w:rsid w:val="0048474E"/>
     <w:rsid w:val="00484EA3"/>
+    <w:rsid w:val="004871CB"/>
     <w:rsid w:val="004878DF"/>
     <w:rsid w:val="00490265"/>
+    <w:rsid w:val="004920EF"/>
+    <w:rsid w:val="004921BC"/>
+    <w:rsid w:val="00492D43"/>
     <w:rsid w:val="004A08A8"/>
     <w:rsid w:val="004A09CE"/>
     <w:rsid w:val="004A0E75"/>
     <w:rsid w:val="004A1FCD"/>
+    <w:rsid w:val="004A2DA5"/>
     <w:rsid w:val="004B1B27"/>
     <w:rsid w:val="004B3CE4"/>
     <w:rsid w:val="004B3E72"/>
     <w:rsid w:val="004B514C"/>
     <w:rsid w:val="004B61E0"/>
     <w:rsid w:val="004B651A"/>
     <w:rsid w:val="004B79CE"/>
     <w:rsid w:val="004C06C9"/>
     <w:rsid w:val="004C7A67"/>
     <w:rsid w:val="004D153E"/>
     <w:rsid w:val="004D1728"/>
+    <w:rsid w:val="004D1DDF"/>
     <w:rsid w:val="004D4580"/>
     <w:rsid w:val="004D5B49"/>
     <w:rsid w:val="004E1163"/>
     <w:rsid w:val="004E5FF9"/>
     <w:rsid w:val="004E6974"/>
     <w:rsid w:val="004E79B1"/>
     <w:rsid w:val="004F13B9"/>
     <w:rsid w:val="004F243A"/>
     <w:rsid w:val="004F6E55"/>
+    <w:rsid w:val="004F6F58"/>
     <w:rsid w:val="005042FE"/>
     <w:rsid w:val="00510358"/>
+    <w:rsid w:val="005105AF"/>
+    <w:rsid w:val="00510D93"/>
+    <w:rsid w:val="0051234B"/>
     <w:rsid w:val="00512703"/>
+    <w:rsid w:val="00513063"/>
     <w:rsid w:val="00515AA1"/>
     <w:rsid w:val="00516EB9"/>
     <w:rsid w:val="00517676"/>
     <w:rsid w:val="00517BCD"/>
     <w:rsid w:val="00521B60"/>
     <w:rsid w:val="005233CA"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="005266A7"/>
     <w:rsid w:val="00526C07"/>
     <w:rsid w:val="00530CA9"/>
     <w:rsid w:val="00532B81"/>
     <w:rsid w:val="0053387C"/>
     <w:rsid w:val="00533F69"/>
     <w:rsid w:val="005340EE"/>
     <w:rsid w:val="00534602"/>
     <w:rsid w:val="005360C5"/>
     <w:rsid w:val="0054053F"/>
     <w:rsid w:val="00540644"/>
     <w:rsid w:val="00540DCC"/>
     <w:rsid w:val="005422D9"/>
     <w:rsid w:val="005424CE"/>
     <w:rsid w:val="00543AC0"/>
     <w:rsid w:val="00544ECD"/>
     <w:rsid w:val="005459B8"/>
     <w:rsid w:val="00550D56"/>
+    <w:rsid w:val="005520D3"/>
     <w:rsid w:val="00553267"/>
     <w:rsid w:val="005557E8"/>
     <w:rsid w:val="00555F65"/>
     <w:rsid w:val="00556D56"/>
     <w:rsid w:val="00564179"/>
     <w:rsid w:val="0057294A"/>
     <w:rsid w:val="00575D50"/>
     <w:rsid w:val="00576869"/>
     <w:rsid w:val="005802CC"/>
     <w:rsid w:val="00582100"/>
     <w:rsid w:val="00583653"/>
     <w:rsid w:val="005860F4"/>
     <w:rsid w:val="00590784"/>
+    <w:rsid w:val="005916D8"/>
     <w:rsid w:val="00591E70"/>
     <w:rsid w:val="00593724"/>
     <w:rsid w:val="00595C03"/>
     <w:rsid w:val="005A285E"/>
     <w:rsid w:val="005A3CB3"/>
     <w:rsid w:val="005A598A"/>
     <w:rsid w:val="005A742B"/>
     <w:rsid w:val="005B0500"/>
     <w:rsid w:val="005B2BC2"/>
     <w:rsid w:val="005B4880"/>
     <w:rsid w:val="005C051F"/>
     <w:rsid w:val="005C0871"/>
     <w:rsid w:val="005C6AA0"/>
     <w:rsid w:val="005C762E"/>
     <w:rsid w:val="005D098C"/>
     <w:rsid w:val="005D1819"/>
     <w:rsid w:val="005D20DC"/>
+    <w:rsid w:val="005D2E3D"/>
     <w:rsid w:val="005D3FDC"/>
     <w:rsid w:val="005D64D3"/>
     <w:rsid w:val="005D6F22"/>
     <w:rsid w:val="005D72B8"/>
     <w:rsid w:val="005E0793"/>
+    <w:rsid w:val="005E2879"/>
     <w:rsid w:val="005E37E8"/>
+    <w:rsid w:val="005E45DF"/>
     <w:rsid w:val="005E5DE2"/>
     <w:rsid w:val="005E5EEB"/>
     <w:rsid w:val="005E6254"/>
     <w:rsid w:val="005E76DC"/>
     <w:rsid w:val="005F08D5"/>
     <w:rsid w:val="005F21CB"/>
     <w:rsid w:val="005F3E95"/>
     <w:rsid w:val="005F4348"/>
     <w:rsid w:val="005F4538"/>
     <w:rsid w:val="005F4581"/>
     <w:rsid w:val="005F7E57"/>
+    <w:rsid w:val="005F7F78"/>
     <w:rsid w:val="0060007E"/>
     <w:rsid w:val="00602C6D"/>
     <w:rsid w:val="00603E56"/>
     <w:rsid w:val="006046CC"/>
     <w:rsid w:val="0060573D"/>
     <w:rsid w:val="0060662A"/>
     <w:rsid w:val="006126C4"/>
     <w:rsid w:val="00614BDA"/>
+    <w:rsid w:val="00616E0C"/>
+    <w:rsid w:val="006171AC"/>
     <w:rsid w:val="00620A91"/>
+    <w:rsid w:val="00620CB9"/>
     <w:rsid w:val="0062212B"/>
     <w:rsid w:val="00624201"/>
     <w:rsid w:val="006267D8"/>
     <w:rsid w:val="0062722E"/>
     <w:rsid w:val="006303EF"/>
     <w:rsid w:val="006331B4"/>
     <w:rsid w:val="00633BD0"/>
     <w:rsid w:val="00633FF3"/>
     <w:rsid w:val="006343F3"/>
     <w:rsid w:val="00634D26"/>
     <w:rsid w:val="0063584B"/>
     <w:rsid w:val="006379B3"/>
     <w:rsid w:val="006417DB"/>
     <w:rsid w:val="0064220E"/>
     <w:rsid w:val="00642906"/>
     <w:rsid w:val="00645980"/>
     <w:rsid w:val="0064713E"/>
     <w:rsid w:val="00647361"/>
     <w:rsid w:val="00647EA7"/>
+    <w:rsid w:val="00650009"/>
     <w:rsid w:val="00650535"/>
     <w:rsid w:val="00655B30"/>
     <w:rsid w:val="006570D6"/>
     <w:rsid w:val="006603E1"/>
     <w:rsid w:val="00663C6A"/>
+    <w:rsid w:val="00663D2D"/>
     <w:rsid w:val="00664225"/>
     <w:rsid w:val="00666D6A"/>
     <w:rsid w:val="0067361E"/>
     <w:rsid w:val="00674418"/>
+    <w:rsid w:val="00677757"/>
     <w:rsid w:val="00680490"/>
     <w:rsid w:val="00680D18"/>
     <w:rsid w:val="00680DF4"/>
+    <w:rsid w:val="0068166A"/>
     <w:rsid w:val="00683798"/>
     <w:rsid w:val="0068591A"/>
     <w:rsid w:val="00693F78"/>
+    <w:rsid w:val="00694402"/>
     <w:rsid w:val="006945D5"/>
     <w:rsid w:val="006975BA"/>
     <w:rsid w:val="006A140B"/>
     <w:rsid w:val="006A41E3"/>
     <w:rsid w:val="006A721F"/>
     <w:rsid w:val="006A7595"/>
     <w:rsid w:val="006B04AD"/>
     <w:rsid w:val="006B0969"/>
+    <w:rsid w:val="006B1966"/>
     <w:rsid w:val="006B2ACC"/>
     <w:rsid w:val="006B36B6"/>
     <w:rsid w:val="006B423C"/>
     <w:rsid w:val="006B45E7"/>
     <w:rsid w:val="006B50F5"/>
     <w:rsid w:val="006B6673"/>
     <w:rsid w:val="006B7728"/>
+    <w:rsid w:val="006B7D46"/>
     <w:rsid w:val="006B7D74"/>
+    <w:rsid w:val="006C3AC2"/>
     <w:rsid w:val="006D0696"/>
     <w:rsid w:val="006D163C"/>
     <w:rsid w:val="006D292D"/>
     <w:rsid w:val="006D4B6B"/>
+    <w:rsid w:val="006D4BFB"/>
     <w:rsid w:val="006D581D"/>
     <w:rsid w:val="006D68C1"/>
     <w:rsid w:val="006D73F1"/>
     <w:rsid w:val="006E2F96"/>
     <w:rsid w:val="006E345E"/>
     <w:rsid w:val="006E3BE5"/>
     <w:rsid w:val="006E3C7F"/>
     <w:rsid w:val="006E4A1D"/>
     <w:rsid w:val="006E4ACF"/>
     <w:rsid w:val="006E4F8D"/>
     <w:rsid w:val="006E5B3E"/>
     <w:rsid w:val="006F2903"/>
     <w:rsid w:val="006F381A"/>
     <w:rsid w:val="006F3CA2"/>
     <w:rsid w:val="006F4B71"/>
     <w:rsid w:val="00701F44"/>
+    <w:rsid w:val="00702E4D"/>
     <w:rsid w:val="0070618B"/>
     <w:rsid w:val="00706503"/>
     <w:rsid w:val="0070746D"/>
     <w:rsid w:val="0071084A"/>
     <w:rsid w:val="007145CF"/>
     <w:rsid w:val="00717BB2"/>
     <w:rsid w:val="00720267"/>
     <w:rsid w:val="007221B5"/>
     <w:rsid w:val="0072240F"/>
     <w:rsid w:val="00724F82"/>
+    <w:rsid w:val="00725B31"/>
     <w:rsid w:val="00726BE5"/>
     <w:rsid w:val="00730026"/>
     <w:rsid w:val="0073145E"/>
     <w:rsid w:val="0073156C"/>
     <w:rsid w:val="00732519"/>
+    <w:rsid w:val="007332E7"/>
     <w:rsid w:val="007403C3"/>
     <w:rsid w:val="00740B78"/>
     <w:rsid w:val="007430BA"/>
     <w:rsid w:val="0074541A"/>
+    <w:rsid w:val="007476A4"/>
     <w:rsid w:val="00750E17"/>
+    <w:rsid w:val="00753F91"/>
     <w:rsid w:val="00754165"/>
     <w:rsid w:val="007542F7"/>
     <w:rsid w:val="0075486E"/>
     <w:rsid w:val="00754EC8"/>
     <w:rsid w:val="007569A4"/>
     <w:rsid w:val="007625F1"/>
     <w:rsid w:val="00762622"/>
+    <w:rsid w:val="00762FD0"/>
     <w:rsid w:val="007706BF"/>
     <w:rsid w:val="00771638"/>
     <w:rsid w:val="007716CD"/>
     <w:rsid w:val="0077225C"/>
     <w:rsid w:val="00773272"/>
     <w:rsid w:val="00773799"/>
+    <w:rsid w:val="007738F7"/>
     <w:rsid w:val="00774AE9"/>
+    <w:rsid w:val="007778D5"/>
     <w:rsid w:val="00777BE7"/>
     <w:rsid w:val="00781FDD"/>
     <w:rsid w:val="00783F4D"/>
     <w:rsid w:val="00784FCD"/>
     <w:rsid w:val="007867B1"/>
     <w:rsid w:val="00786B85"/>
+    <w:rsid w:val="00790384"/>
+    <w:rsid w:val="0079126A"/>
+    <w:rsid w:val="0079621B"/>
     <w:rsid w:val="0079770C"/>
     <w:rsid w:val="007A142B"/>
     <w:rsid w:val="007A15E8"/>
     <w:rsid w:val="007A174B"/>
+    <w:rsid w:val="007A3B03"/>
     <w:rsid w:val="007A3BBC"/>
     <w:rsid w:val="007A3EF7"/>
     <w:rsid w:val="007A4EEE"/>
     <w:rsid w:val="007A58A2"/>
     <w:rsid w:val="007B26F0"/>
     <w:rsid w:val="007B2BED"/>
     <w:rsid w:val="007B445A"/>
     <w:rsid w:val="007B5A80"/>
+    <w:rsid w:val="007B77F1"/>
     <w:rsid w:val="007C0925"/>
     <w:rsid w:val="007C19D1"/>
     <w:rsid w:val="007C2F4B"/>
     <w:rsid w:val="007C3206"/>
+    <w:rsid w:val="007C4A89"/>
     <w:rsid w:val="007C50F4"/>
     <w:rsid w:val="007C554A"/>
     <w:rsid w:val="007C59D7"/>
     <w:rsid w:val="007C612E"/>
     <w:rsid w:val="007C72B8"/>
     <w:rsid w:val="007D07C0"/>
     <w:rsid w:val="007D217B"/>
+    <w:rsid w:val="007D27D9"/>
     <w:rsid w:val="007D6B90"/>
     <w:rsid w:val="007D6D95"/>
+    <w:rsid w:val="007D7B50"/>
     <w:rsid w:val="007E0515"/>
     <w:rsid w:val="007E314D"/>
     <w:rsid w:val="007E3D83"/>
     <w:rsid w:val="007E42ED"/>
     <w:rsid w:val="007E45B4"/>
+    <w:rsid w:val="007E4BCC"/>
     <w:rsid w:val="007F519B"/>
     <w:rsid w:val="007F5325"/>
+    <w:rsid w:val="007F7551"/>
     <w:rsid w:val="008000DF"/>
     <w:rsid w:val="00802664"/>
     <w:rsid w:val="008029D0"/>
     <w:rsid w:val="008035E5"/>
     <w:rsid w:val="00804D17"/>
     <w:rsid w:val="0080613A"/>
     <w:rsid w:val="00806174"/>
     <w:rsid w:val="008061CB"/>
     <w:rsid w:val="00807F0E"/>
     <w:rsid w:val="00810825"/>
     <w:rsid w:val="00810893"/>
     <w:rsid w:val="00811CAF"/>
     <w:rsid w:val="00813411"/>
     <w:rsid w:val="00817F75"/>
     <w:rsid w:val="0082002D"/>
     <w:rsid w:val="008245D1"/>
     <w:rsid w:val="008249C9"/>
+    <w:rsid w:val="00825ED4"/>
     <w:rsid w:val="00831C0F"/>
+    <w:rsid w:val="00832BD8"/>
+    <w:rsid w:val="00837FD4"/>
+    <w:rsid w:val="00844DDD"/>
     <w:rsid w:val="00844F2B"/>
     <w:rsid w:val="00845979"/>
+    <w:rsid w:val="0084632D"/>
+    <w:rsid w:val="00846F5F"/>
     <w:rsid w:val="0084785E"/>
     <w:rsid w:val="008504BF"/>
     <w:rsid w:val="008505C3"/>
     <w:rsid w:val="00850FC8"/>
     <w:rsid w:val="00853D8B"/>
     <w:rsid w:val="00853DE3"/>
     <w:rsid w:val="00853E1B"/>
     <w:rsid w:val="0085403A"/>
     <w:rsid w:val="008558CD"/>
+    <w:rsid w:val="008560F9"/>
     <w:rsid w:val="00856FC1"/>
     <w:rsid w:val="008578C5"/>
     <w:rsid w:val="00857B62"/>
     <w:rsid w:val="00857F3C"/>
     <w:rsid w:val="00860716"/>
+    <w:rsid w:val="008610CC"/>
     <w:rsid w:val="008613C9"/>
+    <w:rsid w:val="00862B45"/>
     <w:rsid w:val="00862C0C"/>
     <w:rsid w:val="0086338B"/>
+    <w:rsid w:val="00863E0F"/>
     <w:rsid w:val="00864514"/>
     <w:rsid w:val="00865D5F"/>
     <w:rsid w:val="008662B8"/>
     <w:rsid w:val="00866E66"/>
     <w:rsid w:val="00870D96"/>
     <w:rsid w:val="00873584"/>
     <w:rsid w:val="008741B6"/>
     <w:rsid w:val="00875232"/>
     <w:rsid w:val="00876CC3"/>
     <w:rsid w:val="008770C0"/>
     <w:rsid w:val="00877355"/>
     <w:rsid w:val="00880F45"/>
     <w:rsid w:val="008837EC"/>
     <w:rsid w:val="008851CD"/>
+    <w:rsid w:val="00886E87"/>
     <w:rsid w:val="00886FC3"/>
     <w:rsid w:val="00887851"/>
     <w:rsid w:val="00887B67"/>
     <w:rsid w:val="00890C9E"/>
+    <w:rsid w:val="00891519"/>
     <w:rsid w:val="008920E4"/>
     <w:rsid w:val="008926A6"/>
     <w:rsid w:val="008939BE"/>
+    <w:rsid w:val="00894341"/>
     <w:rsid w:val="00895835"/>
     <w:rsid w:val="008A134B"/>
     <w:rsid w:val="008A1639"/>
     <w:rsid w:val="008A5B8C"/>
     <w:rsid w:val="008B19C3"/>
     <w:rsid w:val="008B38A6"/>
     <w:rsid w:val="008B3A00"/>
+    <w:rsid w:val="008B3EBE"/>
+    <w:rsid w:val="008B437E"/>
     <w:rsid w:val="008B794E"/>
     <w:rsid w:val="008C019D"/>
     <w:rsid w:val="008C0809"/>
     <w:rsid w:val="008C1393"/>
     <w:rsid w:val="008C2097"/>
     <w:rsid w:val="008C27E9"/>
     <w:rsid w:val="008C7367"/>
     <w:rsid w:val="008D6069"/>
     <w:rsid w:val="008D6085"/>
+    <w:rsid w:val="008D6771"/>
     <w:rsid w:val="008D7677"/>
+    <w:rsid w:val="008E0DEF"/>
     <w:rsid w:val="008E3463"/>
+    <w:rsid w:val="008E368B"/>
     <w:rsid w:val="008E54DE"/>
     <w:rsid w:val="008E5BAC"/>
     <w:rsid w:val="008E6648"/>
     <w:rsid w:val="008E7585"/>
     <w:rsid w:val="008E78DB"/>
     <w:rsid w:val="008F14ED"/>
     <w:rsid w:val="008F4469"/>
     <w:rsid w:val="008F4C70"/>
+    <w:rsid w:val="008F4D2B"/>
     <w:rsid w:val="008F5624"/>
     <w:rsid w:val="009000BE"/>
     <w:rsid w:val="00900688"/>
     <w:rsid w:val="0090160D"/>
     <w:rsid w:val="0090260F"/>
     <w:rsid w:val="00903E75"/>
     <w:rsid w:val="00904DC0"/>
+    <w:rsid w:val="00910BD0"/>
     <w:rsid w:val="009138FB"/>
     <w:rsid w:val="00914922"/>
     <w:rsid w:val="00916D46"/>
+    <w:rsid w:val="00917359"/>
     <w:rsid w:val="00917684"/>
     <w:rsid w:val="00921F26"/>
     <w:rsid w:val="00922C0E"/>
     <w:rsid w:val="00924DDF"/>
     <w:rsid w:val="00926AB3"/>
     <w:rsid w:val="00927E6E"/>
     <w:rsid w:val="009346BF"/>
     <w:rsid w:val="00936E05"/>
     <w:rsid w:val="009407F0"/>
     <w:rsid w:val="00940FFE"/>
     <w:rsid w:val="00941B0D"/>
     <w:rsid w:val="00941F29"/>
+    <w:rsid w:val="0094334D"/>
     <w:rsid w:val="0094366C"/>
+    <w:rsid w:val="009446C4"/>
     <w:rsid w:val="009447CD"/>
     <w:rsid w:val="009460D1"/>
     <w:rsid w:val="00947B37"/>
     <w:rsid w:val="00947C60"/>
     <w:rsid w:val="00952D7E"/>
     <w:rsid w:val="00953A84"/>
     <w:rsid w:val="00953ADF"/>
     <w:rsid w:val="00955767"/>
     <w:rsid w:val="00956DBA"/>
     <w:rsid w:val="00962A55"/>
     <w:rsid w:val="00962A8D"/>
     <w:rsid w:val="00963553"/>
+    <w:rsid w:val="00965AB6"/>
     <w:rsid w:val="00966183"/>
     <w:rsid w:val="00967205"/>
     <w:rsid w:val="00967F76"/>
     <w:rsid w:val="0097105D"/>
     <w:rsid w:val="009716E8"/>
     <w:rsid w:val="00971F8B"/>
     <w:rsid w:val="00972C02"/>
     <w:rsid w:val="009732EC"/>
     <w:rsid w:val="00973808"/>
     <w:rsid w:val="009743B3"/>
     <w:rsid w:val="00974B3C"/>
     <w:rsid w:val="00974BD3"/>
     <w:rsid w:val="00980F10"/>
     <w:rsid w:val="009817CB"/>
+    <w:rsid w:val="009865C4"/>
     <w:rsid w:val="009865CF"/>
     <w:rsid w:val="00986F7F"/>
     <w:rsid w:val="00986FC8"/>
+    <w:rsid w:val="009870D2"/>
     <w:rsid w:val="00990CE2"/>
     <w:rsid w:val="00990F1B"/>
     <w:rsid w:val="009920C7"/>
     <w:rsid w:val="009927DF"/>
     <w:rsid w:val="009931DE"/>
     <w:rsid w:val="00993E23"/>
     <w:rsid w:val="00994A72"/>
     <w:rsid w:val="00994FE0"/>
     <w:rsid w:val="009A6993"/>
     <w:rsid w:val="009B0F8D"/>
     <w:rsid w:val="009B2476"/>
     <w:rsid w:val="009B3E33"/>
     <w:rsid w:val="009B4474"/>
     <w:rsid w:val="009B621A"/>
+    <w:rsid w:val="009B79AD"/>
     <w:rsid w:val="009C1B0D"/>
     <w:rsid w:val="009C28B3"/>
     <w:rsid w:val="009C2F8E"/>
     <w:rsid w:val="009C45D9"/>
     <w:rsid w:val="009C5BE3"/>
+    <w:rsid w:val="009C7C7F"/>
+    <w:rsid w:val="009C7FDB"/>
     <w:rsid w:val="009D0C5F"/>
     <w:rsid w:val="009D0F41"/>
+    <w:rsid w:val="009D71E7"/>
     <w:rsid w:val="009E3B59"/>
     <w:rsid w:val="009E41B1"/>
+    <w:rsid w:val="009E45B2"/>
     <w:rsid w:val="009E5966"/>
     <w:rsid w:val="009F06EE"/>
+    <w:rsid w:val="009F0E57"/>
     <w:rsid w:val="009F1C30"/>
+    <w:rsid w:val="009F2889"/>
     <w:rsid w:val="009F3BCA"/>
     <w:rsid w:val="009F5EFA"/>
+    <w:rsid w:val="009F6087"/>
     <w:rsid w:val="009F6D53"/>
     <w:rsid w:val="00A022E0"/>
+    <w:rsid w:val="00A03A39"/>
+    <w:rsid w:val="00A04ED6"/>
     <w:rsid w:val="00A053C6"/>
     <w:rsid w:val="00A0595C"/>
     <w:rsid w:val="00A06657"/>
     <w:rsid w:val="00A069AF"/>
     <w:rsid w:val="00A07A76"/>
     <w:rsid w:val="00A10D15"/>
+    <w:rsid w:val="00A11225"/>
     <w:rsid w:val="00A11818"/>
     <w:rsid w:val="00A12CDE"/>
     <w:rsid w:val="00A12E8B"/>
     <w:rsid w:val="00A154BC"/>
+    <w:rsid w:val="00A17F54"/>
     <w:rsid w:val="00A21926"/>
     <w:rsid w:val="00A32553"/>
     <w:rsid w:val="00A32925"/>
     <w:rsid w:val="00A3424D"/>
+    <w:rsid w:val="00A34AB3"/>
     <w:rsid w:val="00A365BC"/>
     <w:rsid w:val="00A378C9"/>
     <w:rsid w:val="00A37E9D"/>
     <w:rsid w:val="00A40D4A"/>
     <w:rsid w:val="00A40DCE"/>
     <w:rsid w:val="00A42891"/>
     <w:rsid w:val="00A43B7D"/>
     <w:rsid w:val="00A43E89"/>
     <w:rsid w:val="00A469F3"/>
     <w:rsid w:val="00A505EB"/>
     <w:rsid w:val="00A52234"/>
+    <w:rsid w:val="00A61B72"/>
     <w:rsid w:val="00A62C93"/>
     <w:rsid w:val="00A63695"/>
     <w:rsid w:val="00A650FF"/>
+    <w:rsid w:val="00A7039B"/>
     <w:rsid w:val="00A716B4"/>
+    <w:rsid w:val="00A7333D"/>
     <w:rsid w:val="00A73E89"/>
+    <w:rsid w:val="00A74106"/>
     <w:rsid w:val="00A744E6"/>
     <w:rsid w:val="00A74930"/>
     <w:rsid w:val="00A75338"/>
     <w:rsid w:val="00A75FCD"/>
     <w:rsid w:val="00A76279"/>
+    <w:rsid w:val="00A773AF"/>
+    <w:rsid w:val="00A80533"/>
     <w:rsid w:val="00A826BC"/>
     <w:rsid w:val="00A82AA9"/>
     <w:rsid w:val="00A8322C"/>
     <w:rsid w:val="00A84090"/>
+    <w:rsid w:val="00A844F2"/>
     <w:rsid w:val="00A860B4"/>
     <w:rsid w:val="00A86A5C"/>
     <w:rsid w:val="00A86D3D"/>
+    <w:rsid w:val="00A874E8"/>
     <w:rsid w:val="00A87987"/>
+    <w:rsid w:val="00A905FC"/>
     <w:rsid w:val="00A9131B"/>
     <w:rsid w:val="00A9154E"/>
     <w:rsid w:val="00A92573"/>
     <w:rsid w:val="00A94533"/>
     <w:rsid w:val="00A9535D"/>
+    <w:rsid w:val="00A96862"/>
     <w:rsid w:val="00A97277"/>
     <w:rsid w:val="00A97F3B"/>
     <w:rsid w:val="00AA4286"/>
     <w:rsid w:val="00AA51CB"/>
     <w:rsid w:val="00AA755A"/>
     <w:rsid w:val="00AA77BC"/>
     <w:rsid w:val="00AB0026"/>
     <w:rsid w:val="00AB0F71"/>
     <w:rsid w:val="00AB127B"/>
     <w:rsid w:val="00AB2948"/>
     <w:rsid w:val="00AB39FA"/>
     <w:rsid w:val="00AB4E8C"/>
     <w:rsid w:val="00AB50BC"/>
     <w:rsid w:val="00AB75D0"/>
     <w:rsid w:val="00AC3081"/>
     <w:rsid w:val="00AC3EB5"/>
     <w:rsid w:val="00AC59F5"/>
+    <w:rsid w:val="00AC6FF1"/>
     <w:rsid w:val="00AC7EAC"/>
     <w:rsid w:val="00AD6933"/>
     <w:rsid w:val="00AD6B7B"/>
     <w:rsid w:val="00AD7E54"/>
     <w:rsid w:val="00AE4195"/>
     <w:rsid w:val="00AE496C"/>
     <w:rsid w:val="00AE5B54"/>
     <w:rsid w:val="00AE5F48"/>
+    <w:rsid w:val="00AE6AB5"/>
     <w:rsid w:val="00AF1899"/>
     <w:rsid w:val="00AF7D05"/>
     <w:rsid w:val="00B027FF"/>
     <w:rsid w:val="00B03BF6"/>
+    <w:rsid w:val="00B061EF"/>
     <w:rsid w:val="00B063D0"/>
     <w:rsid w:val="00B06E4E"/>
     <w:rsid w:val="00B11710"/>
     <w:rsid w:val="00B15897"/>
     <w:rsid w:val="00B16CD6"/>
     <w:rsid w:val="00B23005"/>
+    <w:rsid w:val="00B23A71"/>
+    <w:rsid w:val="00B245F4"/>
     <w:rsid w:val="00B24618"/>
     <w:rsid w:val="00B27117"/>
     <w:rsid w:val="00B3012A"/>
     <w:rsid w:val="00B30811"/>
     <w:rsid w:val="00B317A1"/>
     <w:rsid w:val="00B31EF2"/>
+    <w:rsid w:val="00B35037"/>
+    <w:rsid w:val="00B37904"/>
     <w:rsid w:val="00B410B9"/>
     <w:rsid w:val="00B43465"/>
     <w:rsid w:val="00B451EF"/>
+    <w:rsid w:val="00B4772A"/>
     <w:rsid w:val="00B47A48"/>
     <w:rsid w:val="00B5077D"/>
+    <w:rsid w:val="00B5119B"/>
     <w:rsid w:val="00B51999"/>
+    <w:rsid w:val="00B52173"/>
     <w:rsid w:val="00B5299F"/>
     <w:rsid w:val="00B5328E"/>
+    <w:rsid w:val="00B57581"/>
     <w:rsid w:val="00B60D70"/>
     <w:rsid w:val="00B6199A"/>
+    <w:rsid w:val="00B61CD7"/>
     <w:rsid w:val="00B626BC"/>
     <w:rsid w:val="00B64939"/>
     <w:rsid w:val="00B65FCA"/>
     <w:rsid w:val="00B67029"/>
     <w:rsid w:val="00B671BA"/>
     <w:rsid w:val="00B67739"/>
     <w:rsid w:val="00B70FC6"/>
+    <w:rsid w:val="00B71E3A"/>
     <w:rsid w:val="00B72EB9"/>
     <w:rsid w:val="00B74C95"/>
     <w:rsid w:val="00B774DA"/>
     <w:rsid w:val="00B80553"/>
     <w:rsid w:val="00B844A5"/>
+    <w:rsid w:val="00B84A23"/>
+    <w:rsid w:val="00B86ACB"/>
     <w:rsid w:val="00B874CF"/>
+    <w:rsid w:val="00B92C58"/>
     <w:rsid w:val="00B95F5F"/>
     <w:rsid w:val="00BA0AA0"/>
+    <w:rsid w:val="00BA242F"/>
     <w:rsid w:val="00BA4831"/>
     <w:rsid w:val="00BA6681"/>
     <w:rsid w:val="00BA7409"/>
     <w:rsid w:val="00BB047B"/>
+    <w:rsid w:val="00BB07E0"/>
+    <w:rsid w:val="00BB2794"/>
     <w:rsid w:val="00BB390A"/>
     <w:rsid w:val="00BB597D"/>
     <w:rsid w:val="00BB6398"/>
     <w:rsid w:val="00BB66C4"/>
     <w:rsid w:val="00BC01F1"/>
     <w:rsid w:val="00BC0E86"/>
     <w:rsid w:val="00BC39E5"/>
+    <w:rsid w:val="00BC7586"/>
     <w:rsid w:val="00BD0372"/>
     <w:rsid w:val="00BD06B8"/>
     <w:rsid w:val="00BD1F89"/>
     <w:rsid w:val="00BD392F"/>
     <w:rsid w:val="00BD5B7C"/>
     <w:rsid w:val="00BD7ADC"/>
     <w:rsid w:val="00BD7FA8"/>
     <w:rsid w:val="00BE0CA4"/>
     <w:rsid w:val="00BE168F"/>
     <w:rsid w:val="00BE1F91"/>
+    <w:rsid w:val="00BE2A45"/>
     <w:rsid w:val="00BE3744"/>
     <w:rsid w:val="00BE3E58"/>
     <w:rsid w:val="00BF0017"/>
+    <w:rsid w:val="00BF1B86"/>
     <w:rsid w:val="00BF2AFC"/>
     <w:rsid w:val="00BF3971"/>
+    <w:rsid w:val="00BF574D"/>
     <w:rsid w:val="00BF7683"/>
     <w:rsid w:val="00C066FA"/>
     <w:rsid w:val="00C11046"/>
     <w:rsid w:val="00C12C62"/>
     <w:rsid w:val="00C139CA"/>
     <w:rsid w:val="00C14294"/>
     <w:rsid w:val="00C15F3A"/>
     <w:rsid w:val="00C16711"/>
     <w:rsid w:val="00C17271"/>
     <w:rsid w:val="00C1798F"/>
+    <w:rsid w:val="00C20838"/>
     <w:rsid w:val="00C22949"/>
     <w:rsid w:val="00C31C9B"/>
     <w:rsid w:val="00C31FE9"/>
     <w:rsid w:val="00C467A7"/>
+    <w:rsid w:val="00C4749A"/>
     <w:rsid w:val="00C50A80"/>
     <w:rsid w:val="00C51429"/>
     <w:rsid w:val="00C52F38"/>
+    <w:rsid w:val="00C5300B"/>
     <w:rsid w:val="00C5516E"/>
+    <w:rsid w:val="00C5711F"/>
     <w:rsid w:val="00C57222"/>
     <w:rsid w:val="00C6218E"/>
     <w:rsid w:val="00C64132"/>
     <w:rsid w:val="00C64ACB"/>
     <w:rsid w:val="00C65706"/>
+    <w:rsid w:val="00C66178"/>
+    <w:rsid w:val="00C70885"/>
     <w:rsid w:val="00C71425"/>
     <w:rsid w:val="00C716FA"/>
     <w:rsid w:val="00C71EB1"/>
     <w:rsid w:val="00C726C4"/>
     <w:rsid w:val="00C7457F"/>
+    <w:rsid w:val="00C74B70"/>
     <w:rsid w:val="00C75114"/>
     <w:rsid w:val="00C75BF6"/>
     <w:rsid w:val="00C80B03"/>
+    <w:rsid w:val="00C80FDA"/>
+    <w:rsid w:val="00C81DF1"/>
+    <w:rsid w:val="00C82191"/>
     <w:rsid w:val="00C82999"/>
+    <w:rsid w:val="00C86CF4"/>
     <w:rsid w:val="00C9082D"/>
     <w:rsid w:val="00C90A52"/>
+    <w:rsid w:val="00C9108C"/>
     <w:rsid w:val="00C94317"/>
     <w:rsid w:val="00C970FF"/>
     <w:rsid w:val="00CA08CC"/>
     <w:rsid w:val="00CA0DBC"/>
     <w:rsid w:val="00CA10D9"/>
     <w:rsid w:val="00CA17C7"/>
     <w:rsid w:val="00CA3397"/>
     <w:rsid w:val="00CA466D"/>
     <w:rsid w:val="00CA55E5"/>
     <w:rsid w:val="00CA5E08"/>
     <w:rsid w:val="00CA6233"/>
+    <w:rsid w:val="00CB16D9"/>
     <w:rsid w:val="00CB2D09"/>
     <w:rsid w:val="00CB5FC3"/>
     <w:rsid w:val="00CB71FB"/>
     <w:rsid w:val="00CB746A"/>
     <w:rsid w:val="00CC29AE"/>
     <w:rsid w:val="00CC3F16"/>
+    <w:rsid w:val="00CC6AC6"/>
     <w:rsid w:val="00CC6B7C"/>
     <w:rsid w:val="00CC7DAE"/>
     <w:rsid w:val="00CD0585"/>
     <w:rsid w:val="00CD29B1"/>
     <w:rsid w:val="00CD2F88"/>
     <w:rsid w:val="00CD32E8"/>
     <w:rsid w:val="00CD492A"/>
     <w:rsid w:val="00CD4960"/>
     <w:rsid w:val="00CD62E8"/>
     <w:rsid w:val="00CE1545"/>
+    <w:rsid w:val="00CE17C3"/>
     <w:rsid w:val="00CE279D"/>
+    <w:rsid w:val="00CE5281"/>
     <w:rsid w:val="00CE5BC8"/>
     <w:rsid w:val="00CE725A"/>
     <w:rsid w:val="00CF1A69"/>
     <w:rsid w:val="00CF5127"/>
+    <w:rsid w:val="00CF5AF1"/>
     <w:rsid w:val="00D00F2D"/>
     <w:rsid w:val="00D01F71"/>
     <w:rsid w:val="00D02BF3"/>
     <w:rsid w:val="00D031F0"/>
     <w:rsid w:val="00D0414B"/>
     <w:rsid w:val="00D0527A"/>
     <w:rsid w:val="00D06762"/>
     <w:rsid w:val="00D077BD"/>
     <w:rsid w:val="00D07E7B"/>
     <w:rsid w:val="00D1018D"/>
     <w:rsid w:val="00D10A8F"/>
     <w:rsid w:val="00D11988"/>
     <w:rsid w:val="00D12158"/>
     <w:rsid w:val="00D127E9"/>
+    <w:rsid w:val="00D133E1"/>
     <w:rsid w:val="00D138BF"/>
     <w:rsid w:val="00D14B57"/>
+    <w:rsid w:val="00D1632A"/>
     <w:rsid w:val="00D16649"/>
     <w:rsid w:val="00D17D42"/>
     <w:rsid w:val="00D2046F"/>
+    <w:rsid w:val="00D2128D"/>
     <w:rsid w:val="00D21F3F"/>
     <w:rsid w:val="00D231A2"/>
     <w:rsid w:val="00D26D97"/>
     <w:rsid w:val="00D27D2D"/>
     <w:rsid w:val="00D30A14"/>
+    <w:rsid w:val="00D31663"/>
+    <w:rsid w:val="00D31B38"/>
     <w:rsid w:val="00D32214"/>
     <w:rsid w:val="00D32BB4"/>
+    <w:rsid w:val="00D3398F"/>
     <w:rsid w:val="00D34F69"/>
     <w:rsid w:val="00D35B00"/>
     <w:rsid w:val="00D3612A"/>
     <w:rsid w:val="00D37703"/>
     <w:rsid w:val="00D37F25"/>
     <w:rsid w:val="00D4441B"/>
     <w:rsid w:val="00D446A6"/>
     <w:rsid w:val="00D45600"/>
+    <w:rsid w:val="00D47053"/>
     <w:rsid w:val="00D4717B"/>
+    <w:rsid w:val="00D4798B"/>
     <w:rsid w:val="00D50891"/>
+    <w:rsid w:val="00D536CE"/>
+    <w:rsid w:val="00D55301"/>
     <w:rsid w:val="00D560E8"/>
     <w:rsid w:val="00D56293"/>
     <w:rsid w:val="00D5664D"/>
     <w:rsid w:val="00D60FDB"/>
     <w:rsid w:val="00D61FBE"/>
     <w:rsid w:val="00D6408A"/>
     <w:rsid w:val="00D64477"/>
     <w:rsid w:val="00D646DF"/>
     <w:rsid w:val="00D64A1B"/>
     <w:rsid w:val="00D64D6D"/>
     <w:rsid w:val="00D66553"/>
     <w:rsid w:val="00D72153"/>
     <w:rsid w:val="00D721C7"/>
+    <w:rsid w:val="00D72B3D"/>
     <w:rsid w:val="00D72FF1"/>
     <w:rsid w:val="00D755AA"/>
+    <w:rsid w:val="00D75E00"/>
     <w:rsid w:val="00D778AB"/>
+    <w:rsid w:val="00D85468"/>
     <w:rsid w:val="00D92687"/>
     <w:rsid w:val="00D944D8"/>
     <w:rsid w:val="00D977E2"/>
+    <w:rsid w:val="00DA060A"/>
     <w:rsid w:val="00DA17D2"/>
+    <w:rsid w:val="00DA7D48"/>
     <w:rsid w:val="00DB067D"/>
     <w:rsid w:val="00DB0701"/>
     <w:rsid w:val="00DB0715"/>
     <w:rsid w:val="00DB097D"/>
     <w:rsid w:val="00DB0A11"/>
     <w:rsid w:val="00DB2411"/>
     <w:rsid w:val="00DB286D"/>
+    <w:rsid w:val="00DB2A2C"/>
     <w:rsid w:val="00DB584D"/>
     <w:rsid w:val="00DB6D1B"/>
     <w:rsid w:val="00DC0120"/>
+    <w:rsid w:val="00DC210E"/>
     <w:rsid w:val="00DC50CF"/>
     <w:rsid w:val="00DC5186"/>
     <w:rsid w:val="00DC6D59"/>
     <w:rsid w:val="00DC6DBE"/>
     <w:rsid w:val="00DD2F27"/>
     <w:rsid w:val="00DD34A8"/>
     <w:rsid w:val="00DD3721"/>
+    <w:rsid w:val="00DD607B"/>
     <w:rsid w:val="00DD7098"/>
     <w:rsid w:val="00DE0ACD"/>
     <w:rsid w:val="00DE0E51"/>
     <w:rsid w:val="00DE2731"/>
+    <w:rsid w:val="00DE2D5E"/>
     <w:rsid w:val="00DE43A2"/>
     <w:rsid w:val="00DE643F"/>
     <w:rsid w:val="00DE7167"/>
     <w:rsid w:val="00DF0BAE"/>
     <w:rsid w:val="00DF0F6B"/>
     <w:rsid w:val="00DF374E"/>
     <w:rsid w:val="00DF559C"/>
     <w:rsid w:val="00E003D1"/>
     <w:rsid w:val="00E01052"/>
     <w:rsid w:val="00E0289B"/>
     <w:rsid w:val="00E02F6B"/>
     <w:rsid w:val="00E03BD3"/>
+    <w:rsid w:val="00E0402B"/>
     <w:rsid w:val="00E04D56"/>
     <w:rsid w:val="00E05F81"/>
     <w:rsid w:val="00E06D09"/>
     <w:rsid w:val="00E104EE"/>
     <w:rsid w:val="00E1151A"/>
     <w:rsid w:val="00E1377D"/>
     <w:rsid w:val="00E142D9"/>
     <w:rsid w:val="00E149F5"/>
     <w:rsid w:val="00E15550"/>
     <w:rsid w:val="00E161F0"/>
+    <w:rsid w:val="00E203D5"/>
+    <w:rsid w:val="00E251DE"/>
+    <w:rsid w:val="00E255D6"/>
     <w:rsid w:val="00E30A64"/>
     <w:rsid w:val="00E3313E"/>
     <w:rsid w:val="00E34582"/>
+    <w:rsid w:val="00E40287"/>
     <w:rsid w:val="00E406A2"/>
     <w:rsid w:val="00E412C1"/>
     <w:rsid w:val="00E41DAE"/>
     <w:rsid w:val="00E422D9"/>
     <w:rsid w:val="00E43F38"/>
     <w:rsid w:val="00E45C78"/>
     <w:rsid w:val="00E4622C"/>
     <w:rsid w:val="00E46571"/>
     <w:rsid w:val="00E47427"/>
+    <w:rsid w:val="00E47AF5"/>
     <w:rsid w:val="00E500B5"/>
     <w:rsid w:val="00E51FFB"/>
     <w:rsid w:val="00E53E3A"/>
     <w:rsid w:val="00E54EE9"/>
     <w:rsid w:val="00E54F37"/>
     <w:rsid w:val="00E55142"/>
     <w:rsid w:val="00E576AB"/>
     <w:rsid w:val="00E57DE6"/>
+    <w:rsid w:val="00E63150"/>
     <w:rsid w:val="00E65E6A"/>
     <w:rsid w:val="00E66100"/>
     <w:rsid w:val="00E665E3"/>
     <w:rsid w:val="00E66C3D"/>
     <w:rsid w:val="00E7313F"/>
+    <w:rsid w:val="00E757B7"/>
     <w:rsid w:val="00E80B57"/>
     <w:rsid w:val="00E8177F"/>
     <w:rsid w:val="00E81896"/>
+    <w:rsid w:val="00E82B97"/>
     <w:rsid w:val="00E82B99"/>
     <w:rsid w:val="00E85A7B"/>
+    <w:rsid w:val="00E85C6D"/>
     <w:rsid w:val="00E96BE1"/>
     <w:rsid w:val="00EA0019"/>
     <w:rsid w:val="00EA0F59"/>
     <w:rsid w:val="00EA1E49"/>
+    <w:rsid w:val="00EA2D84"/>
     <w:rsid w:val="00EA374A"/>
     <w:rsid w:val="00EA3847"/>
     <w:rsid w:val="00EA49A5"/>
     <w:rsid w:val="00EA4B4A"/>
     <w:rsid w:val="00EB563D"/>
     <w:rsid w:val="00EB732A"/>
+    <w:rsid w:val="00EB781B"/>
     <w:rsid w:val="00EB7EF4"/>
     <w:rsid w:val="00EC5801"/>
+    <w:rsid w:val="00EC6086"/>
     <w:rsid w:val="00EC77A4"/>
     <w:rsid w:val="00ED0BE3"/>
     <w:rsid w:val="00ED0D8F"/>
     <w:rsid w:val="00ED1C0C"/>
+    <w:rsid w:val="00ED1DCC"/>
+    <w:rsid w:val="00ED2E37"/>
     <w:rsid w:val="00ED3DDE"/>
     <w:rsid w:val="00ED4CC4"/>
     <w:rsid w:val="00EE044F"/>
     <w:rsid w:val="00EE2B43"/>
     <w:rsid w:val="00EE2C6F"/>
     <w:rsid w:val="00EE66C2"/>
     <w:rsid w:val="00EF409C"/>
     <w:rsid w:val="00EF5478"/>
     <w:rsid w:val="00EF5B99"/>
     <w:rsid w:val="00EF6AA4"/>
     <w:rsid w:val="00F03215"/>
+    <w:rsid w:val="00F034D1"/>
     <w:rsid w:val="00F060A3"/>
+    <w:rsid w:val="00F13990"/>
     <w:rsid w:val="00F17720"/>
     <w:rsid w:val="00F214CF"/>
     <w:rsid w:val="00F248DB"/>
     <w:rsid w:val="00F26A9F"/>
     <w:rsid w:val="00F26E68"/>
     <w:rsid w:val="00F2723B"/>
     <w:rsid w:val="00F278DD"/>
     <w:rsid w:val="00F3008B"/>
+    <w:rsid w:val="00F319AC"/>
     <w:rsid w:val="00F32EFB"/>
     <w:rsid w:val="00F33F03"/>
     <w:rsid w:val="00F3412A"/>
     <w:rsid w:val="00F34A70"/>
     <w:rsid w:val="00F41664"/>
     <w:rsid w:val="00F41933"/>
     <w:rsid w:val="00F44506"/>
     <w:rsid w:val="00F447F0"/>
     <w:rsid w:val="00F44FA3"/>
+    <w:rsid w:val="00F45658"/>
     <w:rsid w:val="00F45E30"/>
     <w:rsid w:val="00F50314"/>
+    <w:rsid w:val="00F52EB8"/>
     <w:rsid w:val="00F53C76"/>
     <w:rsid w:val="00F54592"/>
     <w:rsid w:val="00F56A4B"/>
     <w:rsid w:val="00F608C5"/>
     <w:rsid w:val="00F63930"/>
     <w:rsid w:val="00F64953"/>
     <w:rsid w:val="00F64D9C"/>
     <w:rsid w:val="00F661EC"/>
     <w:rsid w:val="00F71113"/>
     <w:rsid w:val="00F7304F"/>
     <w:rsid w:val="00F738ED"/>
     <w:rsid w:val="00F73FB5"/>
     <w:rsid w:val="00F74138"/>
+    <w:rsid w:val="00F74A2E"/>
+    <w:rsid w:val="00F7511C"/>
     <w:rsid w:val="00F7608F"/>
     <w:rsid w:val="00F77F6B"/>
     <w:rsid w:val="00F81185"/>
     <w:rsid w:val="00F8126F"/>
     <w:rsid w:val="00F81F40"/>
+    <w:rsid w:val="00F841C3"/>
     <w:rsid w:val="00F84B28"/>
     <w:rsid w:val="00F8578D"/>
     <w:rsid w:val="00F86980"/>
+    <w:rsid w:val="00F925C6"/>
+    <w:rsid w:val="00F928AF"/>
     <w:rsid w:val="00F9390B"/>
     <w:rsid w:val="00F94051"/>
     <w:rsid w:val="00F94FE3"/>
     <w:rsid w:val="00F9635E"/>
     <w:rsid w:val="00F96EED"/>
     <w:rsid w:val="00F97423"/>
+    <w:rsid w:val="00F97862"/>
     <w:rsid w:val="00F97AFA"/>
     <w:rsid w:val="00FA190C"/>
     <w:rsid w:val="00FA1CB4"/>
     <w:rsid w:val="00FA2204"/>
     <w:rsid w:val="00FA5674"/>
     <w:rsid w:val="00FA588D"/>
     <w:rsid w:val="00FA6E92"/>
     <w:rsid w:val="00FA6FB5"/>
     <w:rsid w:val="00FB370B"/>
     <w:rsid w:val="00FB3840"/>
+    <w:rsid w:val="00FB3DDB"/>
     <w:rsid w:val="00FB7808"/>
     <w:rsid w:val="00FC283E"/>
     <w:rsid w:val="00FC4ABA"/>
     <w:rsid w:val="00FC7FA3"/>
     <w:rsid w:val="00FD0E0B"/>
     <w:rsid w:val="00FD168F"/>
     <w:rsid w:val="00FD3B72"/>
+    <w:rsid w:val="00FD6A16"/>
     <w:rsid w:val="00FE1639"/>
     <w:rsid w:val="00FE5997"/>
     <w:rsid w:val="00FE6AEA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1504C35F"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -24867,51 +23507,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007625F1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NICEnormal">
     <w:name w:val="NICE normal"/>
@@ -25825,55 +24464,67 @@
     <w:qFormat/>
     <w:rsid w:val="004B3E72"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberedlistbullets">
     <w:name w:val="Numbered list bullets"/>
     <w:basedOn w:val="Bulletleft2"/>
     <w:qFormat/>
     <w:rsid w:val="00AB0F71"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="851"/>
       </w:tabs>
       <w:ind w:left="851" w:hanging="283"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00D72B3D"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="15625207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="82991908">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -26471,51 +25122,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2074307575">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA595" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA536" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA422" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA529" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta395" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA670" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA529" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA406" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA258" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta395" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA670" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta670" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA653" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta571" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA406" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA643" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA395" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA595" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta571" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA374" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA571" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA653" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA192" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA406" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA422" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA192" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA529" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta855" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA571" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA258" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA422" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA654" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA374" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta644" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA500" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA500" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA654" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA258" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta630" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA500" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA643" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/indevelopment/gid-ta11012" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA595" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta670" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA192" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta760" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA536" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA643" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/TA1103" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA571" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/TA1103" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA643" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA258" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta571" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA258" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/TA1103" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA643" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/TA1103" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA422" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA406" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA406" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA1021" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA595" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA653" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA422" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA1021" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA500" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta855" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta395" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA192" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA670" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA374" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA406" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA653" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA500" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta670" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA595" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA395" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta571" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA192" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta670" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA643" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA536" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA654" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/TA1103" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA310" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA654" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA374" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA536" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA571" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/TA1103" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA422" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA258" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta395" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA500" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA1021" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA670" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA192" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA181" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA628" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta531" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA584" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA595" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta402" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta655" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta713" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta1042" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta781" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta428" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta190" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta181" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/TA911" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta770" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta520" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta683" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta705" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta898" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta347" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ta789" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/TA1060" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -26777,78 +25428,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B871F352-D4CB-4036-82C5-98B8F8783B4F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>73</Pages>
-[...1 lines deleted...]
-  <Characters>156470</Characters>
+  <Pages>66</Pages>
+  <Words>15141</Words>
+  <Characters>141960</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1303</Lines>
-  <Paragraphs>345</Paragraphs>
+  <Lines>2897</Lines>
+  <Paragraphs>1402</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>NG122 Fully accessible summary of lung cancer treatment pathways</vt:lpstr>
+      <vt:lpstr>NG122 Lung cancer: Fully accessible summary of lung cancer treatment pathways</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>172787</CharactersWithSpaces>
+  <CharactersWithSpaces>155699</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>3473533</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>378</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.nice.org.uk/Guidance/CGXXX/Evidence</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5570591</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -26907,59 +25558,62 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Lyn.Knott@nice.org.uk</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>NG122 Lung cancer: Fully accessible summary of lung cancer treatment pathways 08/03/2024</dc:title>
+  <dc:title>NG122 Lung cancer: Fully accessible summary of lung cancer treatment pathways</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SetDate">
-    <vt:lpwstr>2023-02-22T13:03:12Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-06T12:51:40Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
     <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
-    <vt:lpwstr>7ec78c3a-23b4-44e7-80d6-51760516cd69</vt:lpwstr>
+    <vt:lpwstr>8bdbf168-5b17-488c-b567-86b27e60398c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>