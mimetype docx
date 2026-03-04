--- v0 (2025-12-05)
+++ v1 (2026-03-04)
@@ -3,403 +3,378 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2C70CF38" w14:textId="1F7FDA90" w:rsidR="00C7457F" w:rsidRPr="00953A84" w:rsidRDefault="00953A84" w:rsidP="00C7457F">
-[...6 lines deleted...]
-        <w:t>Systemic anti-cancer therapy for advanced non-small-cell lung cancer</w:t>
+    <w:p w14:paraId="3575376E" w14:textId="3D5CB757" w:rsidR="00F773CD" w:rsidRPr="00F773CD" w:rsidRDefault="00F773CD" w:rsidP="00F773CD">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk139621703"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk139621728"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc48807344"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk45809807"/>
+      <w:r w:rsidRPr="00F773CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Systemic anti-cancer therapy for advanced non-small-cell lung cancer: accessible summary</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="01E037CA" w14:textId="22BC9AED" w:rsidR="00590784" w:rsidRPr="00811CAF" w:rsidRDefault="00953A84" w:rsidP="00953A84">
+    <w:p w14:paraId="2021F39F" w14:textId="09E8724A" w:rsidR="00F03215" w:rsidRPr="00811CAF" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Squamous non-small cell lung cancer, no targetable mutations, PD</w:t>
       </w:r>
-      <w:r w:rsidR="00E34582">
+      <w:r>
         <w:noBreakHyphen/>
+        <w:t>L1 below 50%</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="00590784" w:rsidRPr="00811CAF">
+      <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="7C4FAD5F" w14:textId="77777777" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="518BDCEC" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initial recommended treatment options are: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17BB1232" w14:textId="77777777" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="7DA7327B" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t>platinum doublet chemotherapy or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB5C53A" w14:textId="77777777" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="12489657" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5C43B3" w14:textId="77777777" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="05BC529D" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have disease progression after initial treatment with platinum doublet chemotherapy, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="549DE6CB" w14:textId="5C2CAE93" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="24B9FDB2" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk101968042"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk101968042"/>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48ABDF80" w14:textId="0ED1A286" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="0E465309" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (any PD-L1 0</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> to 100%) or</w:t>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A9FE9B" w14:textId="4DE57D50" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="3AEC2AAE" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (any PD-L1 0</w:t>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%)</w:t>
       </w:r>
-      <w:r w:rsidR="008D3582">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08993044" w14:textId="77777777" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="112E27B6" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t>docetaxel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77DD5DC4" w14:textId="0391CE51" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="32B62412" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk104197140"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk104197140"/>
       <w:r>
         <w:t xml:space="preserve">For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t>, the only recommended treatment option</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="026329D5" w14:textId="03501AF7" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="10928DCD" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t>For people who have had initial treatment with platinum doublet chemotherapy and who have disease progression after treatment with docetaxel, recommended treatment options are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31488D26" w14:textId="6EF39E58" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="61569AFB" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (if PD-L1 above 1%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475BAA32" w14:textId="61716F5C" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="52848126" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on atezolizumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (any PD-L1 0</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> to 100%) or</w:t>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%) or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229D2445" w14:textId="621C96E9" w:rsidR="00AB0F71" w:rsidRDefault="00AB0F71" w:rsidP="00AB0F71">
+    <w:p w14:paraId="405B7335" w14:textId="77777777" w:rsidR="00F03215" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="Bulletleft1last"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on nivolumab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (any PD-L1 0</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> to 100%).</w:t>
+        <w:t xml:space="preserve"> (any PD-L1 0% to 100%).</w:t>
       </w:r>
       <w:r w:rsidRPr="00811CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189CABED" w14:textId="35F420FF" w:rsidR="00A505EB" w:rsidRPr="00A505EB" w:rsidRDefault="00AB0F71" w:rsidP="00A505EB">
+    <w:p w14:paraId="0F5FA162" w14:textId="77777777" w:rsidR="00F03215" w:rsidRPr="00A505EB" w:rsidRDefault="00F03215" w:rsidP="00F03215">
       <w:pPr>
         <w:pStyle w:val="NICEnormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For people who have disease progression after initial treatment in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="007542F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NICE technology appraisal guidance on pembrolizumab with carboplatin and paclitaxel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t>, the only recommended treatment option</w:t>
+        <w:t>, the only recommended treatment option is docetaxel.</w:t>
       </w:r>
-      <w:r w:rsidR="008D3582">
-[...4 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="00A505EB" w:rsidRPr="00A505EB" w:rsidSect="008D3582">
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:sectPr w:rsidR="00F03215" w:rsidRPr="00A505EB" w:rsidSect="00134096">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C19145E" w14:textId="77777777" w:rsidR="00953A84" w:rsidRDefault="00953A84">
+    <w:p w14:paraId="37D3E26A" w14:textId="77777777" w:rsidR="001B4C92" w:rsidRDefault="001B4C92">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FC566CA" w14:textId="77777777" w:rsidR="00953A84" w:rsidRDefault="00953A84">
+    <w:p w14:paraId="172502FA" w14:textId="77777777" w:rsidR="001B4C92" w:rsidRDefault="001B4C92">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -410,57 +385,57 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="243793C3" w14:textId="38B8B5D0" w:rsidR="005D6F22" w:rsidRPr="00962A8D" w:rsidRDefault="005D6F22" w:rsidP="005802CC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00962A8D">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00962A8D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00962A8D">
       <w:rPr>
@@ -534,111 +509,71 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>17</w:t>
     </w:r>
     <w:r w:rsidRPr="00962A8D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B85D32B" w14:textId="77777777" w:rsidR="00953A84" w:rsidRDefault="00953A84">
+    <w:p w14:paraId="3DF14E1A" w14:textId="77777777" w:rsidR="001B4C92" w:rsidRDefault="001B4C92">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F7C1FD3" w14:textId="77777777" w:rsidR="00953A84" w:rsidRDefault="00953A84">
+    <w:p w14:paraId="66F26A6E" w14:textId="77777777" w:rsidR="001B4C92" w:rsidRDefault="001B4C92">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF83"/>
-[...38 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="059D0FAC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1A98B854"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletindent1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -737,164 +672,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="8204"/>
         </w:tabs>
         <w:ind w:left="4748" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9284"/>
         </w:tabs>
         <w:ind w:left="5324" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B377270"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2B6892E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletleft2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -993,137 +815,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3164"/>
         </w:tabs>
         <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3524"/>
         </w:tabs>
         <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15017405"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6E0EA720"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletleft1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -1222,51 +958,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3164"/>
         </w:tabs>
         <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3524"/>
         </w:tabs>
         <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B8D3711"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12EE7D60"/>
     <w:lvl w:ilvl="0" w:tplc="C6A8CC88">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletleft1last"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -1365,51 +1101,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22C22BA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="427869B0"/>
     <w:lvl w:ilvl="0" w:tplc="08CE03E4">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletindent1last"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1509,1106 +1245,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...1054 lines deleted...]
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="441B7135"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C5F83842"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletindent2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -2706,164 +1387,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="8204"/>
         </w:tabs>
         <w:ind w:left="4748" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9284"/>
         </w:tabs>
         <w:ind w:left="5324" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="470E2489"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CF7423B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletindent2last"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -2963,51 +1531,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="8204"/>
         </w:tabs>
         <w:ind w:left="4748" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9284"/>
         </w:tabs>
         <w:ind w:left="5324" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="543841DF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001D"/>
     <w:name w:val="numberedheadings2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
@@ -3077,277 +1645,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61CD535E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2C3AFD52"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberedheading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="1134"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberedheading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -3447,51 +1789,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="1134"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="1134"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65D90110"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3141BBA"/>
     <w:lvl w:ilvl="0" w:tplc="0DA2811C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Tablebullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3561,51 +1903,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66C20063"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="043E412C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3704,407 +2046,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3164"/>
         </w:tabs>
         <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3524"/>
         </w:tabs>
         <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-[...355 lines deleted...]
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E770260"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001D"/>
     <w:name w:val="numberedheadings3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
@@ -4175,1440 +2161,1573 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1030103777">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1316959065">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="54016429">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="96415787">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="925191537">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1243838341">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="808330347">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1835562153">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1316959065">
-[...20 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="1835562153">
+  <w:num w:numId="9" w16cid:durableId="1015154410">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="65078543">
-[...71 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="822162386">
+  <w:num w:numId="10" w16cid:durableId="843013993">
     <w:abstractNumId w:val="9"/>
-  </w:num>
-[...136 lines deleted...]
-    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:hideGrammaticalErrors/>
-[...1 lines deleted...]
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:proofState w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00953A84"/>
     <w:rsid w:val="0000153D"/>
+    <w:rsid w:val="0000184F"/>
     <w:rsid w:val="000024D1"/>
+    <w:rsid w:val="000044F4"/>
     <w:rsid w:val="00007E50"/>
     <w:rsid w:val="0001060D"/>
     <w:rsid w:val="00010F3A"/>
     <w:rsid w:val="000119FB"/>
     <w:rsid w:val="0001554C"/>
     <w:rsid w:val="00016366"/>
+    <w:rsid w:val="000171F4"/>
     <w:rsid w:val="00017294"/>
+    <w:rsid w:val="000175E1"/>
+    <w:rsid w:val="0002102C"/>
+    <w:rsid w:val="000225A1"/>
     <w:rsid w:val="0002327E"/>
     <w:rsid w:val="00027B11"/>
     <w:rsid w:val="00030426"/>
+    <w:rsid w:val="000307CC"/>
     <w:rsid w:val="000317E6"/>
     <w:rsid w:val="00033272"/>
     <w:rsid w:val="000351DC"/>
     <w:rsid w:val="00036484"/>
     <w:rsid w:val="0003695D"/>
     <w:rsid w:val="00041B0D"/>
     <w:rsid w:val="000420A6"/>
     <w:rsid w:val="00045FCD"/>
     <w:rsid w:val="0004626A"/>
+    <w:rsid w:val="00046D13"/>
     <w:rsid w:val="00047BA9"/>
+    <w:rsid w:val="00050189"/>
+    <w:rsid w:val="00050530"/>
     <w:rsid w:val="00054463"/>
+    <w:rsid w:val="00062FEF"/>
     <w:rsid w:val="000636A4"/>
     <w:rsid w:val="00064C19"/>
     <w:rsid w:val="0006675A"/>
+    <w:rsid w:val="0006693A"/>
     <w:rsid w:val="00067109"/>
     <w:rsid w:val="000726E0"/>
     <w:rsid w:val="00072A88"/>
     <w:rsid w:val="00073032"/>
     <w:rsid w:val="000736F5"/>
+    <w:rsid w:val="00074A0F"/>
     <w:rsid w:val="000827A0"/>
+    <w:rsid w:val="00084D64"/>
     <w:rsid w:val="00084FD5"/>
     <w:rsid w:val="000862A9"/>
+    <w:rsid w:val="00090999"/>
     <w:rsid w:val="0009117D"/>
     <w:rsid w:val="000950C5"/>
     <w:rsid w:val="000959BD"/>
     <w:rsid w:val="00095F3C"/>
+    <w:rsid w:val="000A0984"/>
     <w:rsid w:val="000A1EC0"/>
     <w:rsid w:val="000A274C"/>
     <w:rsid w:val="000A2B22"/>
     <w:rsid w:val="000A46DB"/>
     <w:rsid w:val="000A57C5"/>
     <w:rsid w:val="000A66B6"/>
     <w:rsid w:val="000A6DB0"/>
     <w:rsid w:val="000B0920"/>
     <w:rsid w:val="000B1161"/>
     <w:rsid w:val="000B15AE"/>
     <w:rsid w:val="000B259C"/>
     <w:rsid w:val="000B3567"/>
     <w:rsid w:val="000B4BBA"/>
+    <w:rsid w:val="000B6E75"/>
     <w:rsid w:val="000C095F"/>
+    <w:rsid w:val="000C0F47"/>
     <w:rsid w:val="000C32AF"/>
     <w:rsid w:val="000C3984"/>
     <w:rsid w:val="000C3D32"/>
+    <w:rsid w:val="000C63D4"/>
     <w:rsid w:val="000C7B39"/>
+    <w:rsid w:val="000D17FF"/>
+    <w:rsid w:val="000D1F2E"/>
     <w:rsid w:val="000D7702"/>
     <w:rsid w:val="000E19AA"/>
     <w:rsid w:val="000E2412"/>
     <w:rsid w:val="000E3FEA"/>
     <w:rsid w:val="000E5DBA"/>
     <w:rsid w:val="000F34E2"/>
+    <w:rsid w:val="001007D3"/>
     <w:rsid w:val="00101BF5"/>
     <w:rsid w:val="00101F34"/>
     <w:rsid w:val="00106421"/>
     <w:rsid w:val="00112673"/>
     <w:rsid w:val="00112822"/>
     <w:rsid w:val="001202BD"/>
     <w:rsid w:val="0012058E"/>
     <w:rsid w:val="001276B0"/>
     <w:rsid w:val="00127916"/>
     <w:rsid w:val="00131C37"/>
+    <w:rsid w:val="00131C58"/>
     <w:rsid w:val="00133201"/>
     <w:rsid w:val="00133ED4"/>
+    <w:rsid w:val="00134096"/>
+    <w:rsid w:val="00137E6A"/>
     <w:rsid w:val="00140385"/>
+    <w:rsid w:val="00141F3D"/>
     <w:rsid w:val="00143D93"/>
     <w:rsid w:val="0014426A"/>
     <w:rsid w:val="00144D68"/>
+    <w:rsid w:val="00145B63"/>
     <w:rsid w:val="00152A8B"/>
+    <w:rsid w:val="00153129"/>
     <w:rsid w:val="00153F34"/>
     <w:rsid w:val="00154560"/>
     <w:rsid w:val="00161AA0"/>
     <w:rsid w:val="00161D4D"/>
+    <w:rsid w:val="0016277E"/>
     <w:rsid w:val="0016456A"/>
     <w:rsid w:val="00165096"/>
     <w:rsid w:val="00171472"/>
+    <w:rsid w:val="00173A6A"/>
+    <w:rsid w:val="00175121"/>
     <w:rsid w:val="001758C6"/>
     <w:rsid w:val="0018119E"/>
     <w:rsid w:val="001813EB"/>
+    <w:rsid w:val="00181A0C"/>
+    <w:rsid w:val="00183DD7"/>
     <w:rsid w:val="00184241"/>
     <w:rsid w:val="001849C9"/>
     <w:rsid w:val="00190477"/>
     <w:rsid w:val="00191210"/>
+    <w:rsid w:val="00196CFD"/>
     <w:rsid w:val="001A0D59"/>
     <w:rsid w:val="001A2B98"/>
     <w:rsid w:val="001A335D"/>
+    <w:rsid w:val="001A352A"/>
     <w:rsid w:val="001A4313"/>
+    <w:rsid w:val="001B041B"/>
     <w:rsid w:val="001B0506"/>
+    <w:rsid w:val="001B20C9"/>
+    <w:rsid w:val="001B4C92"/>
     <w:rsid w:val="001B6032"/>
     <w:rsid w:val="001B7739"/>
     <w:rsid w:val="001C0D78"/>
     <w:rsid w:val="001C16B0"/>
     <w:rsid w:val="001C4B4B"/>
+    <w:rsid w:val="001C612E"/>
     <w:rsid w:val="001C6C53"/>
+    <w:rsid w:val="001D095F"/>
     <w:rsid w:val="001D0C1B"/>
     <w:rsid w:val="001D1C07"/>
     <w:rsid w:val="001D63A8"/>
+    <w:rsid w:val="001D78E9"/>
     <w:rsid w:val="001E0877"/>
+    <w:rsid w:val="001E0D27"/>
     <w:rsid w:val="001E68EE"/>
+    <w:rsid w:val="001F0E94"/>
     <w:rsid w:val="001F23B8"/>
+    <w:rsid w:val="001F4BA7"/>
+    <w:rsid w:val="001F603F"/>
     <w:rsid w:val="001F64EC"/>
     <w:rsid w:val="001F7038"/>
     <w:rsid w:val="001F75F7"/>
     <w:rsid w:val="002015AC"/>
     <w:rsid w:val="00203EF4"/>
     <w:rsid w:val="00210B0B"/>
     <w:rsid w:val="0021429C"/>
     <w:rsid w:val="00216167"/>
+    <w:rsid w:val="00217744"/>
+    <w:rsid w:val="00217BF3"/>
     <w:rsid w:val="00217F97"/>
     <w:rsid w:val="00222723"/>
     <w:rsid w:val="00222D22"/>
     <w:rsid w:val="002243C0"/>
     <w:rsid w:val="002259B1"/>
+    <w:rsid w:val="00232C54"/>
     <w:rsid w:val="0023490C"/>
     <w:rsid w:val="002350E2"/>
     <w:rsid w:val="00235CAB"/>
+    <w:rsid w:val="00235CEC"/>
+    <w:rsid w:val="00236958"/>
+    <w:rsid w:val="00244139"/>
     <w:rsid w:val="00245DB6"/>
+    <w:rsid w:val="00247293"/>
+    <w:rsid w:val="00250344"/>
     <w:rsid w:val="002506A9"/>
     <w:rsid w:val="00251EB9"/>
     <w:rsid w:val="00253747"/>
+    <w:rsid w:val="00253B4B"/>
+    <w:rsid w:val="00253E92"/>
     <w:rsid w:val="002558FA"/>
+    <w:rsid w:val="00256289"/>
     <w:rsid w:val="002569E3"/>
     <w:rsid w:val="002608BE"/>
     <w:rsid w:val="002616F3"/>
     <w:rsid w:val="00261AFA"/>
     <w:rsid w:val="002636B1"/>
     <w:rsid w:val="0026741B"/>
     <w:rsid w:val="00267E32"/>
     <w:rsid w:val="002702E6"/>
     <w:rsid w:val="00272336"/>
+    <w:rsid w:val="00273576"/>
+    <w:rsid w:val="00275F48"/>
     <w:rsid w:val="00277A90"/>
     <w:rsid w:val="00277C4D"/>
+    <w:rsid w:val="00280B7E"/>
     <w:rsid w:val="00280E0A"/>
+    <w:rsid w:val="00285CF7"/>
     <w:rsid w:val="002867CB"/>
     <w:rsid w:val="002874C9"/>
     <w:rsid w:val="00290132"/>
     <w:rsid w:val="00291AFA"/>
+    <w:rsid w:val="0029241B"/>
     <w:rsid w:val="00292C53"/>
     <w:rsid w:val="00293393"/>
     <w:rsid w:val="002936F9"/>
     <w:rsid w:val="002A202B"/>
     <w:rsid w:val="002A229B"/>
     <w:rsid w:val="002A44B5"/>
+    <w:rsid w:val="002A5628"/>
     <w:rsid w:val="002B4C25"/>
+    <w:rsid w:val="002B5CF2"/>
+    <w:rsid w:val="002B6D06"/>
+    <w:rsid w:val="002C1A23"/>
     <w:rsid w:val="002C5540"/>
     <w:rsid w:val="002D07F3"/>
     <w:rsid w:val="002D3864"/>
     <w:rsid w:val="002D6626"/>
     <w:rsid w:val="002D6F93"/>
     <w:rsid w:val="002E0118"/>
     <w:rsid w:val="002E046F"/>
     <w:rsid w:val="002E2DF7"/>
     <w:rsid w:val="002E652A"/>
+    <w:rsid w:val="002F2BE7"/>
     <w:rsid w:val="002F3E5C"/>
     <w:rsid w:val="002F492D"/>
     <w:rsid w:val="00300C7B"/>
     <w:rsid w:val="003045F5"/>
     <w:rsid w:val="003049E2"/>
     <w:rsid w:val="00305720"/>
     <w:rsid w:val="003120FE"/>
+    <w:rsid w:val="0031251A"/>
+    <w:rsid w:val="0031648B"/>
     <w:rsid w:val="0031664C"/>
     <w:rsid w:val="003170E9"/>
     <w:rsid w:val="00317A4E"/>
     <w:rsid w:val="00324018"/>
     <w:rsid w:val="003254A2"/>
     <w:rsid w:val="00326BC6"/>
     <w:rsid w:val="00326E2E"/>
     <w:rsid w:val="00332C01"/>
     <w:rsid w:val="003330E6"/>
     <w:rsid w:val="003339C8"/>
     <w:rsid w:val="00334D04"/>
     <w:rsid w:val="0034196D"/>
     <w:rsid w:val="00341AB6"/>
+    <w:rsid w:val="003476D7"/>
     <w:rsid w:val="00347C99"/>
     <w:rsid w:val="00350137"/>
     <w:rsid w:val="00350F50"/>
     <w:rsid w:val="00352ABC"/>
     <w:rsid w:val="00352FDF"/>
     <w:rsid w:val="0035397D"/>
     <w:rsid w:val="00353F67"/>
     <w:rsid w:val="00354AEB"/>
+    <w:rsid w:val="00354C7E"/>
     <w:rsid w:val="0035532A"/>
     <w:rsid w:val="0035604D"/>
     <w:rsid w:val="00356781"/>
     <w:rsid w:val="00356C2D"/>
+    <w:rsid w:val="00357BC4"/>
     <w:rsid w:val="00362226"/>
     <w:rsid w:val="00362851"/>
+    <w:rsid w:val="00362AC8"/>
     <w:rsid w:val="003644E2"/>
     <w:rsid w:val="00364B13"/>
     <w:rsid w:val="00366E02"/>
     <w:rsid w:val="00371E27"/>
     <w:rsid w:val="0037223B"/>
+    <w:rsid w:val="00372488"/>
     <w:rsid w:val="003731BA"/>
+    <w:rsid w:val="003742AF"/>
     <w:rsid w:val="003770AD"/>
     <w:rsid w:val="00380EF3"/>
+    <w:rsid w:val="00381056"/>
     <w:rsid w:val="00381430"/>
+    <w:rsid w:val="00382AF4"/>
     <w:rsid w:val="00383B36"/>
     <w:rsid w:val="003920A8"/>
     <w:rsid w:val="00394403"/>
+    <w:rsid w:val="00395828"/>
     <w:rsid w:val="003967F4"/>
+    <w:rsid w:val="00396A4D"/>
     <w:rsid w:val="00397038"/>
+    <w:rsid w:val="003A0198"/>
     <w:rsid w:val="003A3670"/>
+    <w:rsid w:val="003A67E8"/>
     <w:rsid w:val="003B293F"/>
     <w:rsid w:val="003B3863"/>
     <w:rsid w:val="003B4220"/>
     <w:rsid w:val="003B44DF"/>
     <w:rsid w:val="003B4C3D"/>
     <w:rsid w:val="003B4F27"/>
+    <w:rsid w:val="003B6D42"/>
     <w:rsid w:val="003C01E5"/>
+    <w:rsid w:val="003C13C2"/>
+    <w:rsid w:val="003C14EE"/>
     <w:rsid w:val="003C36AC"/>
     <w:rsid w:val="003C4AE7"/>
     <w:rsid w:val="003C6D76"/>
     <w:rsid w:val="003C75F0"/>
     <w:rsid w:val="003D078F"/>
     <w:rsid w:val="003D0A19"/>
     <w:rsid w:val="003D33F2"/>
     <w:rsid w:val="003D4264"/>
+    <w:rsid w:val="003D5328"/>
     <w:rsid w:val="003D7593"/>
     <w:rsid w:val="003E3A50"/>
     <w:rsid w:val="003E5199"/>
     <w:rsid w:val="003E676D"/>
     <w:rsid w:val="003E6EE1"/>
     <w:rsid w:val="003E6F81"/>
     <w:rsid w:val="003E7AE3"/>
     <w:rsid w:val="003E7D0E"/>
+    <w:rsid w:val="003E7E7F"/>
+    <w:rsid w:val="003F05D7"/>
     <w:rsid w:val="003F113F"/>
     <w:rsid w:val="003F3521"/>
     <w:rsid w:val="003F4193"/>
     <w:rsid w:val="003F4BDF"/>
     <w:rsid w:val="003F5FDF"/>
     <w:rsid w:val="0040057C"/>
     <w:rsid w:val="00401328"/>
     <w:rsid w:val="00401351"/>
     <w:rsid w:val="00402B79"/>
     <w:rsid w:val="004049D1"/>
     <w:rsid w:val="004064DA"/>
     <w:rsid w:val="0040651D"/>
     <w:rsid w:val="00406D9D"/>
     <w:rsid w:val="0041020E"/>
+    <w:rsid w:val="00411209"/>
+    <w:rsid w:val="004122FA"/>
     <w:rsid w:val="00412A44"/>
     <w:rsid w:val="00412CED"/>
     <w:rsid w:val="004148BD"/>
     <w:rsid w:val="00414D67"/>
     <w:rsid w:val="004178F8"/>
+    <w:rsid w:val="00422668"/>
     <w:rsid w:val="00423BC5"/>
     <w:rsid w:val="00424061"/>
     <w:rsid w:val="0042537A"/>
     <w:rsid w:val="00426488"/>
     <w:rsid w:val="00426FAE"/>
     <w:rsid w:val="004330E5"/>
     <w:rsid w:val="004331E2"/>
     <w:rsid w:val="00435031"/>
     <w:rsid w:val="004353CD"/>
     <w:rsid w:val="00435963"/>
     <w:rsid w:val="00436B47"/>
+    <w:rsid w:val="00437B11"/>
     <w:rsid w:val="004409F6"/>
     <w:rsid w:val="004424EF"/>
     <w:rsid w:val="0044288E"/>
     <w:rsid w:val="00443F88"/>
+    <w:rsid w:val="00445C98"/>
+    <w:rsid w:val="00447EA1"/>
     <w:rsid w:val="0045111B"/>
     <w:rsid w:val="004519B2"/>
+    <w:rsid w:val="00452610"/>
+    <w:rsid w:val="00452821"/>
     <w:rsid w:val="004530A6"/>
     <w:rsid w:val="0045328D"/>
     <w:rsid w:val="004548E4"/>
     <w:rsid w:val="00454916"/>
+    <w:rsid w:val="0046163E"/>
     <w:rsid w:val="00461997"/>
+    <w:rsid w:val="00461EDF"/>
     <w:rsid w:val="00462E65"/>
     <w:rsid w:val="004642AE"/>
+    <w:rsid w:val="0046712A"/>
     <w:rsid w:val="00471158"/>
     <w:rsid w:val="0047418A"/>
     <w:rsid w:val="00474C77"/>
     <w:rsid w:val="00475062"/>
     <w:rsid w:val="004758F3"/>
+    <w:rsid w:val="00476FEC"/>
     <w:rsid w:val="00477981"/>
     <w:rsid w:val="00480AEE"/>
     <w:rsid w:val="004820E9"/>
     <w:rsid w:val="0048361F"/>
     <w:rsid w:val="0048474E"/>
     <w:rsid w:val="00484EA3"/>
+    <w:rsid w:val="004871CB"/>
     <w:rsid w:val="004878DF"/>
     <w:rsid w:val="00490265"/>
+    <w:rsid w:val="004920EF"/>
+    <w:rsid w:val="004921BC"/>
+    <w:rsid w:val="00492D43"/>
     <w:rsid w:val="004A08A8"/>
     <w:rsid w:val="004A09CE"/>
     <w:rsid w:val="004A0E75"/>
     <w:rsid w:val="004A1FCD"/>
+    <w:rsid w:val="004A2DA5"/>
     <w:rsid w:val="004B1B27"/>
     <w:rsid w:val="004B3CE4"/>
     <w:rsid w:val="004B3E72"/>
     <w:rsid w:val="004B514C"/>
     <w:rsid w:val="004B61E0"/>
     <w:rsid w:val="004B651A"/>
+    <w:rsid w:val="004B79CE"/>
     <w:rsid w:val="004C06C9"/>
     <w:rsid w:val="004C7A67"/>
     <w:rsid w:val="004D153E"/>
     <w:rsid w:val="004D1728"/>
+    <w:rsid w:val="004D1DDF"/>
     <w:rsid w:val="004D4580"/>
     <w:rsid w:val="004D5B49"/>
+    <w:rsid w:val="004E1163"/>
     <w:rsid w:val="004E5FF9"/>
     <w:rsid w:val="004E6974"/>
     <w:rsid w:val="004E79B1"/>
     <w:rsid w:val="004F13B9"/>
     <w:rsid w:val="004F243A"/>
     <w:rsid w:val="004F6E55"/>
+    <w:rsid w:val="004F6F58"/>
     <w:rsid w:val="005042FE"/>
     <w:rsid w:val="00510358"/>
+    <w:rsid w:val="005105AF"/>
+    <w:rsid w:val="00510D93"/>
+    <w:rsid w:val="0051234B"/>
     <w:rsid w:val="00512703"/>
+    <w:rsid w:val="00513063"/>
     <w:rsid w:val="00515AA1"/>
     <w:rsid w:val="00516EB9"/>
+    <w:rsid w:val="00517676"/>
     <w:rsid w:val="00517BCD"/>
     <w:rsid w:val="00521B60"/>
     <w:rsid w:val="005233CA"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="005266A7"/>
     <w:rsid w:val="00526C07"/>
+    <w:rsid w:val="00530CA9"/>
     <w:rsid w:val="00532B81"/>
     <w:rsid w:val="0053387C"/>
     <w:rsid w:val="00533F69"/>
     <w:rsid w:val="005340EE"/>
     <w:rsid w:val="00534602"/>
     <w:rsid w:val="005360C5"/>
     <w:rsid w:val="0054053F"/>
     <w:rsid w:val="00540644"/>
     <w:rsid w:val="00540DCC"/>
     <w:rsid w:val="005422D9"/>
     <w:rsid w:val="005424CE"/>
     <w:rsid w:val="00543AC0"/>
     <w:rsid w:val="00544ECD"/>
     <w:rsid w:val="005459B8"/>
     <w:rsid w:val="00550D56"/>
+    <w:rsid w:val="005520D3"/>
     <w:rsid w:val="00553267"/>
     <w:rsid w:val="005557E8"/>
     <w:rsid w:val="00555F65"/>
     <w:rsid w:val="00556D56"/>
     <w:rsid w:val="00564179"/>
     <w:rsid w:val="0057294A"/>
     <w:rsid w:val="00575D50"/>
+    <w:rsid w:val="00576869"/>
     <w:rsid w:val="005802CC"/>
     <w:rsid w:val="00582100"/>
     <w:rsid w:val="00583653"/>
     <w:rsid w:val="005860F4"/>
     <w:rsid w:val="00590784"/>
+    <w:rsid w:val="005916D8"/>
     <w:rsid w:val="00591E70"/>
     <w:rsid w:val="00593724"/>
     <w:rsid w:val="00595C03"/>
     <w:rsid w:val="005A285E"/>
     <w:rsid w:val="005A3CB3"/>
     <w:rsid w:val="005A598A"/>
     <w:rsid w:val="005A742B"/>
     <w:rsid w:val="005B0500"/>
     <w:rsid w:val="005B2BC2"/>
+    <w:rsid w:val="005B4880"/>
+    <w:rsid w:val="005B682C"/>
     <w:rsid w:val="005C051F"/>
     <w:rsid w:val="005C0871"/>
     <w:rsid w:val="005C6AA0"/>
     <w:rsid w:val="005C762E"/>
     <w:rsid w:val="005D098C"/>
     <w:rsid w:val="005D1819"/>
     <w:rsid w:val="005D20DC"/>
+    <w:rsid w:val="005D2E3D"/>
     <w:rsid w:val="005D3FDC"/>
     <w:rsid w:val="005D64D3"/>
     <w:rsid w:val="005D6F22"/>
     <w:rsid w:val="005D72B8"/>
     <w:rsid w:val="005E0793"/>
+    <w:rsid w:val="005E2879"/>
     <w:rsid w:val="005E37E8"/>
+    <w:rsid w:val="005E45DF"/>
     <w:rsid w:val="005E5DE2"/>
     <w:rsid w:val="005E5EEB"/>
     <w:rsid w:val="005E6254"/>
     <w:rsid w:val="005E76DC"/>
     <w:rsid w:val="005F08D5"/>
     <w:rsid w:val="005F21CB"/>
     <w:rsid w:val="005F3E95"/>
+    <w:rsid w:val="005F4348"/>
     <w:rsid w:val="005F4538"/>
     <w:rsid w:val="005F4581"/>
     <w:rsid w:val="005F7E57"/>
+    <w:rsid w:val="005F7F78"/>
     <w:rsid w:val="0060007E"/>
     <w:rsid w:val="00602C6D"/>
     <w:rsid w:val="00603E56"/>
+    <w:rsid w:val="006046CC"/>
     <w:rsid w:val="0060573D"/>
     <w:rsid w:val="0060662A"/>
     <w:rsid w:val="006126C4"/>
     <w:rsid w:val="00614BDA"/>
+    <w:rsid w:val="00616E0C"/>
+    <w:rsid w:val="006171AC"/>
+    <w:rsid w:val="00620A91"/>
+    <w:rsid w:val="00620CB9"/>
     <w:rsid w:val="0062212B"/>
     <w:rsid w:val="00624201"/>
+    <w:rsid w:val="006267D8"/>
     <w:rsid w:val="0062722E"/>
     <w:rsid w:val="006303EF"/>
     <w:rsid w:val="006331B4"/>
     <w:rsid w:val="00633BD0"/>
     <w:rsid w:val="00633FF3"/>
     <w:rsid w:val="006343F3"/>
     <w:rsid w:val="00634D26"/>
     <w:rsid w:val="0063584B"/>
     <w:rsid w:val="006379B3"/>
     <w:rsid w:val="006417DB"/>
     <w:rsid w:val="0064220E"/>
     <w:rsid w:val="00642906"/>
     <w:rsid w:val="00645980"/>
     <w:rsid w:val="0064713E"/>
     <w:rsid w:val="00647361"/>
     <w:rsid w:val="00647EA7"/>
+    <w:rsid w:val="00650009"/>
     <w:rsid w:val="00650535"/>
     <w:rsid w:val="00655B30"/>
     <w:rsid w:val="006570D6"/>
     <w:rsid w:val="006603E1"/>
     <w:rsid w:val="00663C6A"/>
+    <w:rsid w:val="00663D2D"/>
     <w:rsid w:val="00664225"/>
     <w:rsid w:val="00666D6A"/>
+    <w:rsid w:val="0067361E"/>
+    <w:rsid w:val="00674418"/>
+    <w:rsid w:val="0067670B"/>
+    <w:rsid w:val="00677757"/>
     <w:rsid w:val="00680490"/>
     <w:rsid w:val="00680D18"/>
     <w:rsid w:val="00680DF4"/>
+    <w:rsid w:val="0068166A"/>
     <w:rsid w:val="00683798"/>
     <w:rsid w:val="0068591A"/>
     <w:rsid w:val="00693F78"/>
+    <w:rsid w:val="00694402"/>
     <w:rsid w:val="006945D5"/>
     <w:rsid w:val="006975BA"/>
     <w:rsid w:val="006A140B"/>
     <w:rsid w:val="006A41E3"/>
     <w:rsid w:val="006A721F"/>
     <w:rsid w:val="006A7595"/>
     <w:rsid w:val="006B04AD"/>
     <w:rsid w:val="006B0969"/>
+    <w:rsid w:val="006B1966"/>
     <w:rsid w:val="006B2ACC"/>
     <w:rsid w:val="006B36B6"/>
     <w:rsid w:val="006B423C"/>
+    <w:rsid w:val="006B45E7"/>
     <w:rsid w:val="006B50F5"/>
     <w:rsid w:val="006B6673"/>
     <w:rsid w:val="006B7728"/>
+    <w:rsid w:val="006B7D46"/>
     <w:rsid w:val="006B7D74"/>
+    <w:rsid w:val="006C3AC2"/>
     <w:rsid w:val="006D0696"/>
     <w:rsid w:val="006D163C"/>
     <w:rsid w:val="006D292D"/>
     <w:rsid w:val="006D4B6B"/>
+    <w:rsid w:val="006D4BFB"/>
     <w:rsid w:val="006D581D"/>
     <w:rsid w:val="006D68C1"/>
     <w:rsid w:val="006D73F1"/>
     <w:rsid w:val="006E2F96"/>
     <w:rsid w:val="006E345E"/>
     <w:rsid w:val="006E3BE5"/>
     <w:rsid w:val="006E3C7F"/>
     <w:rsid w:val="006E4A1D"/>
     <w:rsid w:val="006E4ACF"/>
     <w:rsid w:val="006E4F8D"/>
     <w:rsid w:val="006E5B3E"/>
     <w:rsid w:val="006F2903"/>
     <w:rsid w:val="006F381A"/>
     <w:rsid w:val="006F3CA2"/>
     <w:rsid w:val="006F4B71"/>
     <w:rsid w:val="00701F44"/>
+    <w:rsid w:val="00702E4D"/>
     <w:rsid w:val="0070618B"/>
     <w:rsid w:val="00706503"/>
     <w:rsid w:val="0070746D"/>
+    <w:rsid w:val="0071084A"/>
     <w:rsid w:val="007145CF"/>
     <w:rsid w:val="00717BB2"/>
     <w:rsid w:val="00720267"/>
     <w:rsid w:val="007221B5"/>
     <w:rsid w:val="0072240F"/>
     <w:rsid w:val="00724F82"/>
+    <w:rsid w:val="00725B31"/>
     <w:rsid w:val="00726BE5"/>
     <w:rsid w:val="00730026"/>
+    <w:rsid w:val="0073145E"/>
     <w:rsid w:val="0073156C"/>
     <w:rsid w:val="00732519"/>
+    <w:rsid w:val="007332E7"/>
     <w:rsid w:val="007403C3"/>
     <w:rsid w:val="00740B78"/>
     <w:rsid w:val="007430BA"/>
     <w:rsid w:val="0074541A"/>
+    <w:rsid w:val="007476A4"/>
     <w:rsid w:val="00750E17"/>
+    <w:rsid w:val="00753F91"/>
     <w:rsid w:val="00754165"/>
     <w:rsid w:val="007542F7"/>
+    <w:rsid w:val="0075486E"/>
     <w:rsid w:val="00754EC8"/>
     <w:rsid w:val="007569A4"/>
     <w:rsid w:val="007625F1"/>
     <w:rsid w:val="00762622"/>
+    <w:rsid w:val="00762FD0"/>
     <w:rsid w:val="007706BF"/>
     <w:rsid w:val="00771638"/>
     <w:rsid w:val="007716CD"/>
     <w:rsid w:val="0077225C"/>
     <w:rsid w:val="00773272"/>
     <w:rsid w:val="00773799"/>
+    <w:rsid w:val="007738F7"/>
     <w:rsid w:val="00774AE9"/>
+    <w:rsid w:val="007778D5"/>
     <w:rsid w:val="00777BE7"/>
     <w:rsid w:val="00781FDD"/>
     <w:rsid w:val="00783F4D"/>
     <w:rsid w:val="00784FCD"/>
     <w:rsid w:val="007867B1"/>
     <w:rsid w:val="00786B85"/>
+    <w:rsid w:val="00790384"/>
+    <w:rsid w:val="0079126A"/>
+    <w:rsid w:val="0079621B"/>
     <w:rsid w:val="0079770C"/>
+    <w:rsid w:val="007A142B"/>
     <w:rsid w:val="007A15E8"/>
     <w:rsid w:val="007A174B"/>
+    <w:rsid w:val="007A3B03"/>
     <w:rsid w:val="007A3BBC"/>
     <w:rsid w:val="007A3EF7"/>
     <w:rsid w:val="007A4EEE"/>
     <w:rsid w:val="007A58A2"/>
     <w:rsid w:val="007B26F0"/>
     <w:rsid w:val="007B2BED"/>
     <w:rsid w:val="007B445A"/>
     <w:rsid w:val="007B5A80"/>
+    <w:rsid w:val="007B77F1"/>
     <w:rsid w:val="007C0925"/>
     <w:rsid w:val="007C19D1"/>
     <w:rsid w:val="007C2F4B"/>
     <w:rsid w:val="007C3206"/>
+    <w:rsid w:val="007C4A89"/>
     <w:rsid w:val="007C50F4"/>
     <w:rsid w:val="007C554A"/>
     <w:rsid w:val="007C59D7"/>
     <w:rsid w:val="007C612E"/>
     <w:rsid w:val="007C72B8"/>
     <w:rsid w:val="007D07C0"/>
     <w:rsid w:val="007D217B"/>
+    <w:rsid w:val="007D27D9"/>
     <w:rsid w:val="007D6B90"/>
     <w:rsid w:val="007D6D95"/>
+    <w:rsid w:val="007D7B50"/>
     <w:rsid w:val="007E0515"/>
+    <w:rsid w:val="007E314D"/>
     <w:rsid w:val="007E3D83"/>
     <w:rsid w:val="007E42ED"/>
     <w:rsid w:val="007E45B4"/>
+    <w:rsid w:val="007E4BCC"/>
+    <w:rsid w:val="007F519B"/>
     <w:rsid w:val="007F5325"/>
+    <w:rsid w:val="007F7551"/>
+    <w:rsid w:val="008000DF"/>
     <w:rsid w:val="00802664"/>
     <w:rsid w:val="008029D0"/>
     <w:rsid w:val="008035E5"/>
     <w:rsid w:val="00804D17"/>
     <w:rsid w:val="0080613A"/>
     <w:rsid w:val="00806174"/>
     <w:rsid w:val="008061CB"/>
     <w:rsid w:val="00807F0E"/>
     <w:rsid w:val="00810825"/>
     <w:rsid w:val="00810893"/>
     <w:rsid w:val="00811CAF"/>
     <w:rsid w:val="00813411"/>
     <w:rsid w:val="00817F75"/>
     <w:rsid w:val="0082002D"/>
     <w:rsid w:val="008245D1"/>
     <w:rsid w:val="008249C9"/>
+    <w:rsid w:val="00825ED4"/>
     <w:rsid w:val="00831C0F"/>
+    <w:rsid w:val="00832BD8"/>
+    <w:rsid w:val="00837FD4"/>
+    <w:rsid w:val="00844DDD"/>
     <w:rsid w:val="00844F2B"/>
     <w:rsid w:val="00845979"/>
+    <w:rsid w:val="0084632D"/>
+    <w:rsid w:val="00846F5F"/>
     <w:rsid w:val="0084785E"/>
     <w:rsid w:val="008504BF"/>
     <w:rsid w:val="008505C3"/>
     <w:rsid w:val="00850FC8"/>
     <w:rsid w:val="00853D8B"/>
     <w:rsid w:val="00853DE3"/>
     <w:rsid w:val="00853E1B"/>
     <w:rsid w:val="0085403A"/>
     <w:rsid w:val="008558CD"/>
+    <w:rsid w:val="008560F9"/>
     <w:rsid w:val="00856FC1"/>
     <w:rsid w:val="008578C5"/>
     <w:rsid w:val="00857B62"/>
     <w:rsid w:val="00857F3C"/>
     <w:rsid w:val="00860716"/>
+    <w:rsid w:val="008610CC"/>
+    <w:rsid w:val="008613C9"/>
+    <w:rsid w:val="00862B45"/>
     <w:rsid w:val="00862C0C"/>
     <w:rsid w:val="0086338B"/>
+    <w:rsid w:val="00863E0F"/>
     <w:rsid w:val="00864514"/>
     <w:rsid w:val="00865D5F"/>
     <w:rsid w:val="008662B8"/>
     <w:rsid w:val="00866E66"/>
     <w:rsid w:val="00870D96"/>
     <w:rsid w:val="00873584"/>
     <w:rsid w:val="008741B6"/>
     <w:rsid w:val="00875232"/>
     <w:rsid w:val="00876CC3"/>
+    <w:rsid w:val="008770C0"/>
     <w:rsid w:val="00877355"/>
     <w:rsid w:val="00880F45"/>
+    <w:rsid w:val="008837EC"/>
     <w:rsid w:val="008851CD"/>
+    <w:rsid w:val="00886E87"/>
     <w:rsid w:val="00886FC3"/>
+    <w:rsid w:val="00887851"/>
     <w:rsid w:val="00887B67"/>
     <w:rsid w:val="00890C9E"/>
+    <w:rsid w:val="00891519"/>
     <w:rsid w:val="008920E4"/>
     <w:rsid w:val="008926A6"/>
     <w:rsid w:val="008939BE"/>
+    <w:rsid w:val="00894341"/>
     <w:rsid w:val="00895835"/>
     <w:rsid w:val="008A134B"/>
     <w:rsid w:val="008A1639"/>
     <w:rsid w:val="008A5B8C"/>
     <w:rsid w:val="008B19C3"/>
     <w:rsid w:val="008B38A6"/>
     <w:rsid w:val="008B3A00"/>
+    <w:rsid w:val="008B3EBE"/>
+    <w:rsid w:val="008B437E"/>
     <w:rsid w:val="008B794E"/>
     <w:rsid w:val="008C019D"/>
     <w:rsid w:val="008C0809"/>
     <w:rsid w:val="008C1393"/>
     <w:rsid w:val="008C2097"/>
     <w:rsid w:val="008C27E9"/>
     <w:rsid w:val="008C7367"/>
-    <w:rsid w:val="008D3582"/>
     <w:rsid w:val="008D6069"/>
     <w:rsid w:val="008D6085"/>
+    <w:rsid w:val="008D6771"/>
     <w:rsid w:val="008D7677"/>
+    <w:rsid w:val="008E0DEF"/>
     <w:rsid w:val="008E3463"/>
+    <w:rsid w:val="008E368B"/>
     <w:rsid w:val="008E54DE"/>
     <w:rsid w:val="008E5BAC"/>
     <w:rsid w:val="008E6648"/>
     <w:rsid w:val="008E7585"/>
     <w:rsid w:val="008E78DB"/>
     <w:rsid w:val="008F14ED"/>
+    <w:rsid w:val="008F4469"/>
     <w:rsid w:val="008F4C70"/>
+    <w:rsid w:val="008F4D2B"/>
     <w:rsid w:val="008F5624"/>
     <w:rsid w:val="009000BE"/>
     <w:rsid w:val="00900688"/>
+    <w:rsid w:val="0090160D"/>
     <w:rsid w:val="0090260F"/>
     <w:rsid w:val="00903E75"/>
     <w:rsid w:val="00904DC0"/>
+    <w:rsid w:val="00910BD0"/>
     <w:rsid w:val="009138FB"/>
     <w:rsid w:val="00914922"/>
     <w:rsid w:val="00916D46"/>
+    <w:rsid w:val="00917359"/>
     <w:rsid w:val="00917684"/>
     <w:rsid w:val="00921F26"/>
+    <w:rsid w:val="00922C0E"/>
     <w:rsid w:val="00924DDF"/>
     <w:rsid w:val="00926AB3"/>
     <w:rsid w:val="00927E6E"/>
+    <w:rsid w:val="009346BF"/>
     <w:rsid w:val="00936E05"/>
     <w:rsid w:val="009407F0"/>
     <w:rsid w:val="00940FFE"/>
     <w:rsid w:val="00941B0D"/>
     <w:rsid w:val="00941F29"/>
+    <w:rsid w:val="0094334D"/>
     <w:rsid w:val="0094366C"/>
+    <w:rsid w:val="009446C4"/>
     <w:rsid w:val="009447CD"/>
     <w:rsid w:val="009460D1"/>
     <w:rsid w:val="00947B37"/>
     <w:rsid w:val="00947C60"/>
     <w:rsid w:val="00952D7E"/>
     <w:rsid w:val="00953A84"/>
     <w:rsid w:val="00953ADF"/>
     <w:rsid w:val="00955767"/>
     <w:rsid w:val="00956DBA"/>
+    <w:rsid w:val="00962A55"/>
     <w:rsid w:val="00962A8D"/>
     <w:rsid w:val="00963553"/>
+    <w:rsid w:val="00965AB6"/>
     <w:rsid w:val="00966183"/>
     <w:rsid w:val="00967205"/>
     <w:rsid w:val="00967F76"/>
     <w:rsid w:val="0097105D"/>
     <w:rsid w:val="009716E8"/>
     <w:rsid w:val="00971F8B"/>
     <w:rsid w:val="00972C02"/>
     <w:rsid w:val="009732EC"/>
     <w:rsid w:val="00973808"/>
     <w:rsid w:val="009743B3"/>
     <w:rsid w:val="00974B3C"/>
     <w:rsid w:val="00974BD3"/>
     <w:rsid w:val="00980F10"/>
     <w:rsid w:val="009817CB"/>
+    <w:rsid w:val="009865C4"/>
     <w:rsid w:val="009865CF"/>
     <w:rsid w:val="00986F7F"/>
     <w:rsid w:val="00986FC8"/>
+    <w:rsid w:val="009870D2"/>
     <w:rsid w:val="00990CE2"/>
     <w:rsid w:val="00990F1B"/>
     <w:rsid w:val="009920C7"/>
     <w:rsid w:val="009927DF"/>
     <w:rsid w:val="009931DE"/>
     <w:rsid w:val="00993E23"/>
     <w:rsid w:val="00994A72"/>
     <w:rsid w:val="00994FE0"/>
     <w:rsid w:val="009A6993"/>
+    <w:rsid w:val="009B0F8D"/>
     <w:rsid w:val="009B2476"/>
     <w:rsid w:val="009B3E33"/>
     <w:rsid w:val="009B4474"/>
     <w:rsid w:val="009B621A"/>
+    <w:rsid w:val="009B79AD"/>
     <w:rsid w:val="009C1B0D"/>
     <w:rsid w:val="009C28B3"/>
     <w:rsid w:val="009C2F8E"/>
     <w:rsid w:val="009C45D9"/>
     <w:rsid w:val="009C5BE3"/>
+    <w:rsid w:val="009C7C7F"/>
+    <w:rsid w:val="009C7FDB"/>
     <w:rsid w:val="009D0C5F"/>
     <w:rsid w:val="009D0F41"/>
+    <w:rsid w:val="009D71E7"/>
     <w:rsid w:val="009E3B59"/>
     <w:rsid w:val="009E41B1"/>
+    <w:rsid w:val="009E45B2"/>
     <w:rsid w:val="009E5966"/>
     <w:rsid w:val="009F06EE"/>
+    <w:rsid w:val="009F0E57"/>
     <w:rsid w:val="009F1C30"/>
+    <w:rsid w:val="009F2889"/>
     <w:rsid w:val="009F3BCA"/>
     <w:rsid w:val="009F5EFA"/>
+    <w:rsid w:val="009F6087"/>
     <w:rsid w:val="009F6D53"/>
     <w:rsid w:val="00A022E0"/>
+    <w:rsid w:val="00A03A39"/>
+    <w:rsid w:val="00A04ED6"/>
     <w:rsid w:val="00A053C6"/>
     <w:rsid w:val="00A0595C"/>
     <w:rsid w:val="00A06657"/>
     <w:rsid w:val="00A069AF"/>
+    <w:rsid w:val="00A07A76"/>
     <w:rsid w:val="00A10D15"/>
+    <w:rsid w:val="00A11225"/>
     <w:rsid w:val="00A11818"/>
     <w:rsid w:val="00A12CDE"/>
     <w:rsid w:val="00A12E8B"/>
     <w:rsid w:val="00A154BC"/>
+    <w:rsid w:val="00A17F54"/>
     <w:rsid w:val="00A21926"/>
     <w:rsid w:val="00A32553"/>
     <w:rsid w:val="00A32925"/>
     <w:rsid w:val="00A3424D"/>
+    <w:rsid w:val="00A34AB3"/>
     <w:rsid w:val="00A365BC"/>
     <w:rsid w:val="00A378C9"/>
     <w:rsid w:val="00A37E9D"/>
     <w:rsid w:val="00A40D4A"/>
     <w:rsid w:val="00A40DCE"/>
     <w:rsid w:val="00A42891"/>
     <w:rsid w:val="00A43B7D"/>
     <w:rsid w:val="00A43E89"/>
     <w:rsid w:val="00A469F3"/>
     <w:rsid w:val="00A505EB"/>
     <w:rsid w:val="00A52234"/>
+    <w:rsid w:val="00A61B72"/>
     <w:rsid w:val="00A62C93"/>
     <w:rsid w:val="00A63695"/>
     <w:rsid w:val="00A650FF"/>
+    <w:rsid w:val="00A7039B"/>
     <w:rsid w:val="00A716B4"/>
+    <w:rsid w:val="00A7333D"/>
     <w:rsid w:val="00A73E89"/>
+    <w:rsid w:val="00A74106"/>
     <w:rsid w:val="00A744E6"/>
     <w:rsid w:val="00A74930"/>
     <w:rsid w:val="00A75338"/>
     <w:rsid w:val="00A75FCD"/>
     <w:rsid w:val="00A76279"/>
+    <w:rsid w:val="00A773AF"/>
+    <w:rsid w:val="00A80533"/>
     <w:rsid w:val="00A826BC"/>
     <w:rsid w:val="00A82AA9"/>
     <w:rsid w:val="00A8322C"/>
     <w:rsid w:val="00A84090"/>
+    <w:rsid w:val="00A844F2"/>
     <w:rsid w:val="00A860B4"/>
     <w:rsid w:val="00A86A5C"/>
     <w:rsid w:val="00A86D3D"/>
+    <w:rsid w:val="00A874E8"/>
     <w:rsid w:val="00A87987"/>
+    <w:rsid w:val="00A9015F"/>
+    <w:rsid w:val="00A905FC"/>
     <w:rsid w:val="00A9131B"/>
     <w:rsid w:val="00A9154E"/>
     <w:rsid w:val="00A92573"/>
     <w:rsid w:val="00A94533"/>
     <w:rsid w:val="00A9535D"/>
+    <w:rsid w:val="00A96862"/>
     <w:rsid w:val="00A97277"/>
     <w:rsid w:val="00A97F3B"/>
     <w:rsid w:val="00AA4286"/>
     <w:rsid w:val="00AA51CB"/>
     <w:rsid w:val="00AA755A"/>
     <w:rsid w:val="00AA77BC"/>
     <w:rsid w:val="00AB0026"/>
     <w:rsid w:val="00AB0F71"/>
     <w:rsid w:val="00AB127B"/>
     <w:rsid w:val="00AB2948"/>
     <w:rsid w:val="00AB39FA"/>
     <w:rsid w:val="00AB4E8C"/>
     <w:rsid w:val="00AB50BC"/>
     <w:rsid w:val="00AB75D0"/>
     <w:rsid w:val="00AC3081"/>
     <w:rsid w:val="00AC3EB5"/>
     <w:rsid w:val="00AC59F5"/>
+    <w:rsid w:val="00AC6FF1"/>
     <w:rsid w:val="00AC7EAC"/>
     <w:rsid w:val="00AD6933"/>
     <w:rsid w:val="00AD6B7B"/>
     <w:rsid w:val="00AD7E54"/>
     <w:rsid w:val="00AE4195"/>
     <w:rsid w:val="00AE496C"/>
+    <w:rsid w:val="00AE5B54"/>
     <w:rsid w:val="00AE5F48"/>
+    <w:rsid w:val="00AE6AB5"/>
     <w:rsid w:val="00AF1899"/>
     <w:rsid w:val="00AF7D05"/>
     <w:rsid w:val="00B027FF"/>
     <w:rsid w:val="00B03BF6"/>
+    <w:rsid w:val="00B061EF"/>
     <w:rsid w:val="00B063D0"/>
     <w:rsid w:val="00B06E4E"/>
     <w:rsid w:val="00B11710"/>
     <w:rsid w:val="00B15897"/>
     <w:rsid w:val="00B16CD6"/>
+    <w:rsid w:val="00B23005"/>
+    <w:rsid w:val="00B23A71"/>
+    <w:rsid w:val="00B245F4"/>
     <w:rsid w:val="00B24618"/>
+    <w:rsid w:val="00B27117"/>
     <w:rsid w:val="00B3012A"/>
     <w:rsid w:val="00B30811"/>
     <w:rsid w:val="00B317A1"/>
     <w:rsid w:val="00B31EF2"/>
+    <w:rsid w:val="00B35037"/>
+    <w:rsid w:val="00B37904"/>
+    <w:rsid w:val="00B410B9"/>
+    <w:rsid w:val="00B43465"/>
     <w:rsid w:val="00B451EF"/>
+    <w:rsid w:val="00B4772A"/>
     <w:rsid w:val="00B47A48"/>
     <w:rsid w:val="00B5077D"/>
+    <w:rsid w:val="00B5119B"/>
     <w:rsid w:val="00B51999"/>
+    <w:rsid w:val="00B52173"/>
     <w:rsid w:val="00B5299F"/>
     <w:rsid w:val="00B5328E"/>
+    <w:rsid w:val="00B57581"/>
     <w:rsid w:val="00B60D70"/>
     <w:rsid w:val="00B6199A"/>
+    <w:rsid w:val="00B61CD7"/>
     <w:rsid w:val="00B626BC"/>
     <w:rsid w:val="00B64939"/>
     <w:rsid w:val="00B65FCA"/>
     <w:rsid w:val="00B67029"/>
     <w:rsid w:val="00B671BA"/>
     <w:rsid w:val="00B67739"/>
     <w:rsid w:val="00B70FC6"/>
+    <w:rsid w:val="00B71E3A"/>
     <w:rsid w:val="00B72EB9"/>
     <w:rsid w:val="00B74C95"/>
     <w:rsid w:val="00B774DA"/>
     <w:rsid w:val="00B80553"/>
     <w:rsid w:val="00B844A5"/>
+    <w:rsid w:val="00B84A23"/>
+    <w:rsid w:val="00B86ACB"/>
     <w:rsid w:val="00B874CF"/>
+    <w:rsid w:val="00B92C58"/>
     <w:rsid w:val="00B95F5F"/>
     <w:rsid w:val="00BA0AA0"/>
+    <w:rsid w:val="00BA242F"/>
     <w:rsid w:val="00BA4831"/>
     <w:rsid w:val="00BA6681"/>
     <w:rsid w:val="00BA7409"/>
     <w:rsid w:val="00BB047B"/>
+    <w:rsid w:val="00BB07E0"/>
+    <w:rsid w:val="00BB2794"/>
     <w:rsid w:val="00BB390A"/>
     <w:rsid w:val="00BB597D"/>
     <w:rsid w:val="00BB6398"/>
     <w:rsid w:val="00BB66C4"/>
     <w:rsid w:val="00BC01F1"/>
     <w:rsid w:val="00BC0E86"/>
     <w:rsid w:val="00BC39E5"/>
+    <w:rsid w:val="00BC7586"/>
     <w:rsid w:val="00BD0372"/>
     <w:rsid w:val="00BD06B8"/>
+    <w:rsid w:val="00BD09FF"/>
     <w:rsid w:val="00BD1F89"/>
     <w:rsid w:val="00BD392F"/>
     <w:rsid w:val="00BD5B7C"/>
+    <w:rsid w:val="00BD7ADC"/>
+    <w:rsid w:val="00BD7FA8"/>
     <w:rsid w:val="00BE0CA4"/>
     <w:rsid w:val="00BE168F"/>
     <w:rsid w:val="00BE1F91"/>
+    <w:rsid w:val="00BE2A45"/>
     <w:rsid w:val="00BE3744"/>
     <w:rsid w:val="00BE3E58"/>
     <w:rsid w:val="00BF0017"/>
+    <w:rsid w:val="00BF1B86"/>
     <w:rsid w:val="00BF2AFC"/>
     <w:rsid w:val="00BF3971"/>
+    <w:rsid w:val="00BF574D"/>
+    <w:rsid w:val="00BF7683"/>
     <w:rsid w:val="00C066FA"/>
     <w:rsid w:val="00C11046"/>
     <w:rsid w:val="00C12C62"/>
     <w:rsid w:val="00C139CA"/>
     <w:rsid w:val="00C14294"/>
     <w:rsid w:val="00C15F3A"/>
     <w:rsid w:val="00C16711"/>
     <w:rsid w:val="00C17271"/>
     <w:rsid w:val="00C1798F"/>
+    <w:rsid w:val="00C20838"/>
     <w:rsid w:val="00C22949"/>
+    <w:rsid w:val="00C277BA"/>
     <w:rsid w:val="00C31C9B"/>
     <w:rsid w:val="00C31FE9"/>
     <w:rsid w:val="00C467A7"/>
+    <w:rsid w:val="00C4749A"/>
     <w:rsid w:val="00C50A80"/>
     <w:rsid w:val="00C51429"/>
     <w:rsid w:val="00C52F38"/>
+    <w:rsid w:val="00C5300B"/>
     <w:rsid w:val="00C5516E"/>
+    <w:rsid w:val="00C5711F"/>
     <w:rsid w:val="00C57222"/>
+    <w:rsid w:val="00C6218E"/>
     <w:rsid w:val="00C64132"/>
     <w:rsid w:val="00C64ACB"/>
     <w:rsid w:val="00C65706"/>
+    <w:rsid w:val="00C66178"/>
+    <w:rsid w:val="00C70885"/>
     <w:rsid w:val="00C71425"/>
     <w:rsid w:val="00C716FA"/>
     <w:rsid w:val="00C71EB1"/>
     <w:rsid w:val="00C726C4"/>
     <w:rsid w:val="00C7457F"/>
+    <w:rsid w:val="00C74B70"/>
     <w:rsid w:val="00C75114"/>
     <w:rsid w:val="00C75BF6"/>
+    <w:rsid w:val="00C80B03"/>
+    <w:rsid w:val="00C80FDA"/>
+    <w:rsid w:val="00C81DF1"/>
+    <w:rsid w:val="00C82191"/>
     <w:rsid w:val="00C82999"/>
+    <w:rsid w:val="00C86CF4"/>
     <w:rsid w:val="00C9082D"/>
     <w:rsid w:val="00C90A52"/>
+    <w:rsid w:val="00C9108C"/>
     <w:rsid w:val="00C94317"/>
     <w:rsid w:val="00C970FF"/>
     <w:rsid w:val="00CA08CC"/>
     <w:rsid w:val="00CA0DBC"/>
     <w:rsid w:val="00CA10D9"/>
     <w:rsid w:val="00CA17C7"/>
     <w:rsid w:val="00CA3397"/>
     <w:rsid w:val="00CA466D"/>
     <w:rsid w:val="00CA55E5"/>
     <w:rsid w:val="00CA5E08"/>
     <w:rsid w:val="00CA6233"/>
+    <w:rsid w:val="00CB11FC"/>
+    <w:rsid w:val="00CB16D9"/>
     <w:rsid w:val="00CB2D09"/>
     <w:rsid w:val="00CB5FC3"/>
     <w:rsid w:val="00CB71FB"/>
     <w:rsid w:val="00CB746A"/>
     <w:rsid w:val="00CC29AE"/>
     <w:rsid w:val="00CC3F16"/>
+    <w:rsid w:val="00CC6AC6"/>
     <w:rsid w:val="00CC6B7C"/>
     <w:rsid w:val="00CC7DAE"/>
     <w:rsid w:val="00CD0585"/>
     <w:rsid w:val="00CD29B1"/>
     <w:rsid w:val="00CD2F88"/>
     <w:rsid w:val="00CD32E8"/>
     <w:rsid w:val="00CD492A"/>
     <w:rsid w:val="00CD4960"/>
     <w:rsid w:val="00CD62E8"/>
     <w:rsid w:val="00CE1545"/>
+    <w:rsid w:val="00CE17C3"/>
     <w:rsid w:val="00CE279D"/>
+    <w:rsid w:val="00CE5281"/>
     <w:rsid w:val="00CE5BC8"/>
     <w:rsid w:val="00CE725A"/>
     <w:rsid w:val="00CF1A69"/>
     <w:rsid w:val="00CF5127"/>
+    <w:rsid w:val="00CF5AF1"/>
     <w:rsid w:val="00D00F2D"/>
     <w:rsid w:val="00D01F71"/>
     <w:rsid w:val="00D02BF3"/>
     <w:rsid w:val="00D031F0"/>
     <w:rsid w:val="00D0414B"/>
     <w:rsid w:val="00D0527A"/>
     <w:rsid w:val="00D06762"/>
     <w:rsid w:val="00D077BD"/>
     <w:rsid w:val="00D07E7B"/>
     <w:rsid w:val="00D1018D"/>
     <w:rsid w:val="00D10A8F"/>
+    <w:rsid w:val="00D11988"/>
     <w:rsid w:val="00D12158"/>
     <w:rsid w:val="00D127E9"/>
+    <w:rsid w:val="00D133E1"/>
     <w:rsid w:val="00D138BF"/>
     <w:rsid w:val="00D14B57"/>
+    <w:rsid w:val="00D1632A"/>
     <w:rsid w:val="00D16649"/>
     <w:rsid w:val="00D17D42"/>
     <w:rsid w:val="00D2046F"/>
+    <w:rsid w:val="00D2128D"/>
     <w:rsid w:val="00D21F3F"/>
     <w:rsid w:val="00D231A2"/>
     <w:rsid w:val="00D26D97"/>
     <w:rsid w:val="00D27D2D"/>
     <w:rsid w:val="00D30A14"/>
+    <w:rsid w:val="00D31663"/>
+    <w:rsid w:val="00D31B38"/>
     <w:rsid w:val="00D32214"/>
     <w:rsid w:val="00D32BB4"/>
+    <w:rsid w:val="00D3398F"/>
     <w:rsid w:val="00D34F69"/>
     <w:rsid w:val="00D35B00"/>
     <w:rsid w:val="00D3612A"/>
     <w:rsid w:val="00D37703"/>
     <w:rsid w:val="00D37F25"/>
     <w:rsid w:val="00D4441B"/>
     <w:rsid w:val="00D446A6"/>
     <w:rsid w:val="00D45600"/>
+    <w:rsid w:val="00D47053"/>
     <w:rsid w:val="00D4717B"/>
+    <w:rsid w:val="00D4798B"/>
     <w:rsid w:val="00D50891"/>
+    <w:rsid w:val="00D536CE"/>
+    <w:rsid w:val="00D55301"/>
     <w:rsid w:val="00D560E8"/>
     <w:rsid w:val="00D56293"/>
     <w:rsid w:val="00D5664D"/>
     <w:rsid w:val="00D60FDB"/>
     <w:rsid w:val="00D61FBE"/>
     <w:rsid w:val="00D6408A"/>
     <w:rsid w:val="00D64477"/>
+    <w:rsid w:val="00D646DF"/>
     <w:rsid w:val="00D64A1B"/>
     <w:rsid w:val="00D64D6D"/>
     <w:rsid w:val="00D66553"/>
     <w:rsid w:val="00D72153"/>
     <w:rsid w:val="00D721C7"/>
+    <w:rsid w:val="00D72B3D"/>
     <w:rsid w:val="00D72FF1"/>
     <w:rsid w:val="00D755AA"/>
+    <w:rsid w:val="00D75E00"/>
     <w:rsid w:val="00D778AB"/>
+    <w:rsid w:val="00D85468"/>
     <w:rsid w:val="00D92687"/>
     <w:rsid w:val="00D944D8"/>
     <w:rsid w:val="00D977E2"/>
+    <w:rsid w:val="00DA060A"/>
     <w:rsid w:val="00DA17D2"/>
+    <w:rsid w:val="00DA7D48"/>
+    <w:rsid w:val="00DB067D"/>
     <w:rsid w:val="00DB0701"/>
     <w:rsid w:val="00DB0715"/>
     <w:rsid w:val="00DB097D"/>
+    <w:rsid w:val="00DB0A11"/>
     <w:rsid w:val="00DB2411"/>
     <w:rsid w:val="00DB286D"/>
+    <w:rsid w:val="00DB2A2C"/>
     <w:rsid w:val="00DB584D"/>
     <w:rsid w:val="00DB6D1B"/>
     <w:rsid w:val="00DC0120"/>
+    <w:rsid w:val="00DC210E"/>
     <w:rsid w:val="00DC50CF"/>
     <w:rsid w:val="00DC5186"/>
     <w:rsid w:val="00DC6D59"/>
     <w:rsid w:val="00DC6DBE"/>
     <w:rsid w:val="00DD2F27"/>
     <w:rsid w:val="00DD34A8"/>
     <w:rsid w:val="00DD3721"/>
+    <w:rsid w:val="00DD607B"/>
     <w:rsid w:val="00DD7098"/>
     <w:rsid w:val="00DE0ACD"/>
     <w:rsid w:val="00DE0E51"/>
     <w:rsid w:val="00DE2731"/>
+    <w:rsid w:val="00DE2D5E"/>
+    <w:rsid w:val="00DE43A2"/>
     <w:rsid w:val="00DE643F"/>
     <w:rsid w:val="00DE7167"/>
     <w:rsid w:val="00DF0BAE"/>
+    <w:rsid w:val="00DF0F6B"/>
     <w:rsid w:val="00DF374E"/>
     <w:rsid w:val="00DF559C"/>
     <w:rsid w:val="00E003D1"/>
     <w:rsid w:val="00E01052"/>
     <w:rsid w:val="00E0289B"/>
     <w:rsid w:val="00E02F6B"/>
     <w:rsid w:val="00E03BD3"/>
+    <w:rsid w:val="00E0402B"/>
     <w:rsid w:val="00E04D56"/>
     <w:rsid w:val="00E05F81"/>
     <w:rsid w:val="00E06D09"/>
     <w:rsid w:val="00E104EE"/>
     <w:rsid w:val="00E1151A"/>
     <w:rsid w:val="00E1377D"/>
     <w:rsid w:val="00E142D9"/>
     <w:rsid w:val="00E149F5"/>
     <w:rsid w:val="00E15550"/>
     <w:rsid w:val="00E161F0"/>
+    <w:rsid w:val="00E203D5"/>
+    <w:rsid w:val="00E251DE"/>
+    <w:rsid w:val="00E255D6"/>
     <w:rsid w:val="00E30A64"/>
     <w:rsid w:val="00E3313E"/>
     <w:rsid w:val="00E34582"/>
+    <w:rsid w:val="00E40287"/>
     <w:rsid w:val="00E406A2"/>
     <w:rsid w:val="00E412C1"/>
     <w:rsid w:val="00E41DAE"/>
     <w:rsid w:val="00E422D9"/>
+    <w:rsid w:val="00E43F38"/>
     <w:rsid w:val="00E45C78"/>
     <w:rsid w:val="00E4622C"/>
     <w:rsid w:val="00E46571"/>
     <w:rsid w:val="00E47427"/>
+    <w:rsid w:val="00E47AF5"/>
+    <w:rsid w:val="00E500B5"/>
     <w:rsid w:val="00E51FFB"/>
     <w:rsid w:val="00E53E3A"/>
     <w:rsid w:val="00E54EE9"/>
     <w:rsid w:val="00E54F37"/>
     <w:rsid w:val="00E55142"/>
     <w:rsid w:val="00E576AB"/>
+    <w:rsid w:val="00E57DE6"/>
+    <w:rsid w:val="00E63150"/>
     <w:rsid w:val="00E65E6A"/>
     <w:rsid w:val="00E66100"/>
     <w:rsid w:val="00E665E3"/>
     <w:rsid w:val="00E66C3D"/>
     <w:rsid w:val="00E7313F"/>
+    <w:rsid w:val="00E757B7"/>
     <w:rsid w:val="00E80B57"/>
     <w:rsid w:val="00E8177F"/>
+    <w:rsid w:val="00E81896"/>
+    <w:rsid w:val="00E82B97"/>
+    <w:rsid w:val="00E82B99"/>
     <w:rsid w:val="00E85A7B"/>
-    <w:rsid w:val="00E94C8C"/>
+    <w:rsid w:val="00E85C6D"/>
+    <w:rsid w:val="00E962AE"/>
     <w:rsid w:val="00E96BE1"/>
     <w:rsid w:val="00EA0019"/>
     <w:rsid w:val="00EA0F59"/>
     <w:rsid w:val="00EA1E49"/>
+    <w:rsid w:val="00EA2D84"/>
     <w:rsid w:val="00EA374A"/>
     <w:rsid w:val="00EA3847"/>
     <w:rsid w:val="00EA49A5"/>
     <w:rsid w:val="00EA4B4A"/>
     <w:rsid w:val="00EB563D"/>
     <w:rsid w:val="00EB732A"/>
+    <w:rsid w:val="00EB781B"/>
     <w:rsid w:val="00EB7EF4"/>
     <w:rsid w:val="00EC5801"/>
+    <w:rsid w:val="00EC6086"/>
     <w:rsid w:val="00EC77A4"/>
     <w:rsid w:val="00ED0BE3"/>
     <w:rsid w:val="00ED0D8F"/>
     <w:rsid w:val="00ED1C0C"/>
+    <w:rsid w:val="00ED1DCC"/>
+    <w:rsid w:val="00ED2E37"/>
     <w:rsid w:val="00ED3DDE"/>
     <w:rsid w:val="00ED4CC4"/>
     <w:rsid w:val="00EE044F"/>
     <w:rsid w:val="00EE2B43"/>
+    <w:rsid w:val="00EE2C6F"/>
     <w:rsid w:val="00EE66C2"/>
     <w:rsid w:val="00EF409C"/>
     <w:rsid w:val="00EF5478"/>
     <w:rsid w:val="00EF5B99"/>
     <w:rsid w:val="00EF6AA4"/>
+    <w:rsid w:val="00F03215"/>
+    <w:rsid w:val="00F034D1"/>
     <w:rsid w:val="00F060A3"/>
+    <w:rsid w:val="00F13990"/>
     <w:rsid w:val="00F17720"/>
     <w:rsid w:val="00F214CF"/>
     <w:rsid w:val="00F248DB"/>
     <w:rsid w:val="00F26A9F"/>
     <w:rsid w:val="00F26E68"/>
     <w:rsid w:val="00F2723B"/>
     <w:rsid w:val="00F278DD"/>
     <w:rsid w:val="00F3008B"/>
+    <w:rsid w:val="00F319AC"/>
     <w:rsid w:val="00F32EFB"/>
     <w:rsid w:val="00F33F03"/>
     <w:rsid w:val="00F3412A"/>
     <w:rsid w:val="00F34A70"/>
     <w:rsid w:val="00F41664"/>
     <w:rsid w:val="00F41933"/>
+    <w:rsid w:val="00F44506"/>
     <w:rsid w:val="00F447F0"/>
     <w:rsid w:val="00F44FA3"/>
+    <w:rsid w:val="00F45658"/>
     <w:rsid w:val="00F45E30"/>
     <w:rsid w:val="00F50314"/>
+    <w:rsid w:val="00F52EB8"/>
     <w:rsid w:val="00F53C76"/>
     <w:rsid w:val="00F54592"/>
     <w:rsid w:val="00F56A4B"/>
     <w:rsid w:val="00F608C5"/>
     <w:rsid w:val="00F63930"/>
     <w:rsid w:val="00F64953"/>
     <w:rsid w:val="00F64D9C"/>
     <w:rsid w:val="00F661EC"/>
     <w:rsid w:val="00F71113"/>
     <w:rsid w:val="00F7304F"/>
     <w:rsid w:val="00F738ED"/>
     <w:rsid w:val="00F73FB5"/>
     <w:rsid w:val="00F74138"/>
+    <w:rsid w:val="00F74A2E"/>
+    <w:rsid w:val="00F7511C"/>
     <w:rsid w:val="00F7608F"/>
+    <w:rsid w:val="00F773CD"/>
     <w:rsid w:val="00F77F6B"/>
     <w:rsid w:val="00F81185"/>
     <w:rsid w:val="00F8126F"/>
     <w:rsid w:val="00F81F40"/>
+    <w:rsid w:val="00F841C3"/>
     <w:rsid w:val="00F84B28"/>
     <w:rsid w:val="00F8578D"/>
     <w:rsid w:val="00F86980"/>
+    <w:rsid w:val="00F925C6"/>
+    <w:rsid w:val="00F928AF"/>
     <w:rsid w:val="00F9390B"/>
     <w:rsid w:val="00F94051"/>
     <w:rsid w:val="00F94FE3"/>
     <w:rsid w:val="00F9635E"/>
     <w:rsid w:val="00F96EED"/>
     <w:rsid w:val="00F97423"/>
+    <w:rsid w:val="00F97862"/>
     <w:rsid w:val="00F97AFA"/>
     <w:rsid w:val="00FA190C"/>
     <w:rsid w:val="00FA1CB4"/>
     <w:rsid w:val="00FA2204"/>
     <w:rsid w:val="00FA5674"/>
     <w:rsid w:val="00FA588D"/>
     <w:rsid w:val="00FA6E92"/>
     <w:rsid w:val="00FA6FB5"/>
     <w:rsid w:val="00FB370B"/>
     <w:rsid w:val="00FB3840"/>
+    <w:rsid w:val="00FB3DDB"/>
     <w:rsid w:val="00FB7808"/>
+    <w:rsid w:val="00FC283E"/>
     <w:rsid w:val="00FC4ABA"/>
     <w:rsid w:val="00FC7FA3"/>
     <w:rsid w:val="00FD0E0B"/>
     <w:rsid w:val="00FD168F"/>
     <w:rsid w:val="00FD3B72"/>
+    <w:rsid w:val="00FD6A16"/>
+    <w:rsid w:val="00FE1639"/>
     <w:rsid w:val="00FE5997"/>
     <w:rsid w:val="00FE6AEA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1504C35F"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5949,51 +4068,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:locked="0" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:locked="0" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006A7595"/>
+    <w:rsid w:val="00AE5B54"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="NICEnormal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="007A4EEE"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120" w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
@@ -6251,136 +4370,136 @@
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title2">
     <w:name w:val="Title 2"/>
     <w:basedOn w:val="Title"/>
     <w:qFormat/>
     <w:rsid w:val="005C762E"/>
     <w:rPr>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberedheading1">
     <w:name w:val="Numbered heading 1"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="NICEnormal"/>
     <w:link w:val="Numberedheading1CharChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F26E68"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="26"/>
+        <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Numberedheading1CharChar">
     <w:name w:val="Numbered heading 1 Char Char"/>
     <w:link w:val="Numberedheading1"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C51429"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberedheading2">
     <w:name w:val="Numbered heading 2"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="NICEnormal"/>
     <w:link w:val="Numberedheading2Char"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00553267"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="9"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1985"/>
         <w:tab w:val="num" w:pos="1134"/>
       </w:tabs>
       <w:ind w:left="1134"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Numberedheading2Char">
     <w:name w:val="Numbered heading 2 Char"/>
     <w:link w:val="Numberedheading2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00553267"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00300C7B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00300C7B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberedlevel3text">
     <w:name w:val="Numbered level 3 text"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:rsid w:val="00EC77A4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletindent2">
     <w:name w:val="Bullet indent 2"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:rsid w:val="00D3612A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="1702" w:hanging="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletleft1">
     <w:name w:val="Bullet left 1"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:qFormat/>
     <w:rsid w:val="00D37F25"/>
@@ -6400,51 +4519,51 @@
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="568" w:hanging="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletleft3">
     <w:name w:val="Bullet left 3"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:rsid w:val="008505C3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletindent1">
     <w:name w:val="Bullet indent 1"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:rsid w:val="00F26E68"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletindent3">
     <w:name w:val="Bullet indent 3"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:rsid w:val="00D3612A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletleft1last">
     <w:name w:val="Bullet left 1 last"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:link w:val="Bulletleft1lastChar"/>
     <w:qFormat/>
     <w:rsid w:val="00953ADF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
@@ -6484,51 +4603,51 @@
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="007B26F0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:before="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:rsid w:val="00A86D3D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletindent1last">
     <w:name w:val="Bullet indent 1 last"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:next w:val="NICEnormal"/>
     <w:rsid w:val="00F26E68"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="8"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NICEnormalindented">
     <w:name w:val="NICE normal indented"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:rsid w:val="00BD0372"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1134"/>
       </w:tabs>
       <w:ind w:left="1134"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletext">
     <w:name w:val="Table text"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:rsid w:val="008B794E"/>
     <w:pPr>
       <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
@@ -6822,51 +4941,51 @@
     <w:name w:val="Comment text italic"/>
     <w:basedOn w:val="CommentText"/>
     <w:qFormat/>
     <w:rsid w:val="00414D67"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Recommendationnotupdated">
     <w:name w:val="Recommendation not updated"/>
     <w:basedOn w:val="Numberedlevel3text"/>
     <w:qFormat/>
     <w:rsid w:val="00292C53"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberedlevel4text">
     <w:name w:val="Numbered level 4 text"/>
     <w:basedOn w:val="NICEnormal"/>
     <w:qFormat/>
     <w:rsid w:val="00412CED"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Recommendationlevel4notupdated">
     <w:name w:val="Recommendation level 4 not updated"/>
     <w:basedOn w:val="Numberedlevel4text"/>
     <w:qFormat/>
     <w:rsid w:val="00C31FE9"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title1">
     <w:name w:val="Title 1"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009F06EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
@@ -7020,75 +5139,87 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A0D59"/>
     <w:pPr>
       <w:spacing w:after="360"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebullet">
     <w:name w:val="Table bullet"/>
     <w:basedOn w:val="Tabletext"/>
     <w:qFormat/>
     <w:rsid w:val="004B3E72"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="38"/>
+        <w:numId w:val="10"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberedlistbullets">
     <w:name w:val="Numbered list bullets"/>
     <w:basedOn w:val="Bulletleft2"/>
     <w:qFormat/>
     <w:rsid w:val="00AB0F71"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="851"/>
       </w:tabs>
       <w:ind w:left="851" w:hanging="283"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00D72B3D"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="15625207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="82991908">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7992,63 +6123,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B871F352-D4CB-4036-82C5-98B8F8783B4F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>224</Words>
-  <Characters>1975</Characters>
+  <Words>226</Words>
+  <Characters>1993</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>NG122 Lung cancer: Fully accessible summary of lung cancer treatment pathways</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2195</CharactersWithSpaces>
+  <CharactersWithSpaces>2200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>3473533</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>378</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.nice.org.uk/Guidance/CGXXX/Evidence</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5570591</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -8107,59 +6253,62 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Lyn.Knott@nice.org.uk</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>NG122 Squamous non-small cell lung cancer, no targetable mutations, PD L1 below 50%</dc:title>
+  <dc:title>NG122 Lung cancer: Fully accessible summary of lung cancer treatment pathways</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SetDate">
-    <vt:lpwstr>2023-07-19T15:50:49Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-06T13:49:34Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
     <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
-    <vt:lpwstr>3557f80e-6f09-4c47-9205-e9bea8ac9b85</vt:lpwstr>
+    <vt:lpwstr>84ee18cb-dc5d-4471-9c60-e5d9573684af</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>