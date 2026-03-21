--- v0 (2025-12-05)
+++ v1 (2026-03-21)
@@ -1,68 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A2B8DC5B-2530-4E6A-AFA0-63663A0EA44B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
+  <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA54A3D9-6F00-4A0B-9523-6B5897532B85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="23880" yWindow="-120" windowWidth="21840" windowHeight="13140" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3855" yWindow="3855" windowWidth="21600" windowHeight="11295" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover page" sheetId="27" r:id="rId1"/>
     <sheet name="Introduction" sheetId="23" r:id="rId2"/>
     <sheet name="Data sheet" sheetId="24" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="_1_Outcome" localSheetId="0">#REF!</definedName>
     <definedName name="_1_Outcome">#REF!</definedName>
     <definedName name="_1_Process" localSheetId="0">#REF!</definedName>
     <definedName name="_1_Process">#REF!</definedName>
     <definedName name="_1_Structure">#REF!</definedName>
     <definedName name="_10_Outcome">#REF!</definedName>
     <definedName name="_10_Process">#REF!</definedName>
     <definedName name="_10_Structure">#REF!</definedName>
     <definedName name="_2_Outcome">#REF!</definedName>
     <definedName name="_2_Process">#REF!</definedName>
     <definedName name="_2_Structure">#REF!</definedName>
     <definedName name="_3_Outcome">#REF!</definedName>
     <definedName name="_3_Process">#REF!</definedName>
     <definedName name="_3_Structure">#REF!</definedName>
     <definedName name="_4_Outcome">#REF!</definedName>
@@ -223,54 +215,50 @@
     <definedName name="QS_82">#REF!</definedName>
     <definedName name="QS_83">#REF!</definedName>
     <definedName name="QS_84">#REF!</definedName>
     <definedName name="QS_85">#REF!</definedName>
     <definedName name="QS_86">#REF!</definedName>
     <definedName name="QS_87">#REF!</definedName>
     <definedName name="QS_88">#REF!</definedName>
     <definedName name="QS_89">#REF!</definedName>
     <definedName name="QS_9">#REF!</definedName>
     <definedName name="QS_90">#REF!</definedName>
     <definedName name="QS_91">#REF!</definedName>
     <definedName name="QS_92">#REF!</definedName>
     <definedName name="QS_93">#REF!</definedName>
     <definedName name="QS_94">#REF!</definedName>
     <definedName name="QS_95">#REF!</definedName>
     <definedName name="QS_96">#REF!</definedName>
     <definedName name="QS_97">#REF!</definedName>
     <definedName name="QS_98">#REF!</definedName>
     <definedName name="QS_99">#REF!</definedName>
     <definedName name="QS16A">#REF!</definedName>
     <definedName name="Sex">'[1]Data collection'!$D$6:$D$45</definedName>
     <definedName name="STANDARD_TITLES" localSheetId="0">#REF!</definedName>
     <definedName name="STANDARD_TITLES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
-  <customWorkbookViews>
-[...2 lines deleted...]
-  </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F4" i="24" l="1"/>
   <c r="F3" i="24"/>
   <c r="F5" i="24" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -473,53 +461,50 @@
   <si>
     <t>Dosing regimen for oral aminosalicylates</t>
   </si>
   <si>
     <t>1.4.5</t>
   </si>
   <si>
     <t>1.4.6</t>
   </si>
   <si>
     <t>1.5  Pregnant women</t>
   </si>
   <si>
     <t>1.5.1</t>
   </si>
   <si>
     <t>Monitoring bone health</t>
   </si>
   <si>
     <t>Adults</t>
   </si>
   <si>
     <t>Children and young people</t>
   </si>
   <si>
-    <t>1.6   Monitoring</t>
-[...1 lines deleted...]
-  <si>
     <t>1.6.1</t>
   </si>
   <si>
     <t>1.6.2</t>
   </si>
   <si>
     <t>Monitoring growth and pubertal development in children and young people</t>
   </si>
   <si>
     <t>1.6.3</t>
   </si>
   <si>
     <t>1.6.4</t>
   </si>
   <si>
     <t>1.6.5</t>
   </si>
   <si>
     <t>1.6.6</t>
   </si>
   <si>
     <t>1.6.7</t>
   </si>
   <si>
     <t xml:space="preserve">Discuss the possible nature, frequency and severity of side effects of drug treatment for ulcerative colitis with the person, and their family members or carers (as appropriate). Refer to the NICE guideline on medicines adherence. </t>
@@ -758,122 +743,86 @@
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 •	has not developed pubertal features appropriate for their age. </t>
     </r>
   </si>
   <si>
     <t>Treating mild-to-moderate ulcerative colitis with conventional treatment</t>
   </si>
   <si>
     <t>Treating moderately to severely active ulcerative colitis</t>
   </si>
   <si>
     <t xml:space="preserve">See the MHRA’s safety advice on Janus kinase (JAK) inhibitors (April 2023). See terms used in this guideline for a description and examples of JAK inhibitors. </t>
   </si>
   <si>
     <t>For people who cannot tolerate aminosalicylates, consider a time-limited course of an oral corticosteroid.</t>
   </si>
   <si>
     <t>Some of the treatment options in recommendations 1.2.15 to 1.2.17 may also be available to children and young people with moderately to severely active ulcerative colitis under the NHS England commissioning medicines for children in specialised services policy.</t>
   </si>
   <si>
-    <t>Etrasimod is recommended as an option in NICE technology appraisal guidance for treating moderately to severely active ulcerative colitis in young people aged 16 and 17 years when the condition has inadequately responded or lost response to conventional or biological treatment, or when such treatment cannot be tolerated. For full details, see the guidance on etrasimod (TA956, 2024)</t>
-[...1 lines deleted...]
-  <si>
     <t>Reviewing treatment</t>
   </si>
   <si>
     <t>Treating acute severe ulcerative colitis</t>
   </si>
   <si>
     <t>1.2.24</t>
   </si>
   <si>
     <t>1.2.25</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Infliximab is recommended as an option in NICE technology appraisal guidance for treating acute exacerbations of severely active ulcerative colitis only in people in whom ciclosporin is contraindicated or clinically inappropriate, based on a careful assessment of the risks and benefits of treatment in the individual. For full details, see the guidance on infliximab (TA163, 2008). </t>
   </si>
   <si>
     <t>1.2.26</t>
   </si>
   <si>
     <t>1.2.27</t>
   </si>
   <si>
     <t>These recommendations apply to anyone with ulcerative colitis considering elective surgery. The principles can also be applied to people requiring emergency surgery.</t>
   </si>
   <si>
     <t xml:space="preserve">Ensure that there are documented local safety monitoring policies and procedures (including audit) for adults, children and young people receiving treatment that needs monitoring. Nominate a member of staff to act on abnormal results and communicate with GPs and people with ulcerative colitis and their family members or carers (as appropriate). </t>
   </si>
   <si>
     <t>1.6.8</t>
   </si>
   <si>
     <t xml:space="preserve">To induce remission in people with a mild-to-moderate first presentation or inflammatory exacerbation of proctitis, offer a topical aminosalicylate as first-line treatment. 
 In May 2019, this was an off-label use of some topical aminosalicylates for children and young people. See NICE’s information on prescribing medicines. </t>
   </si>
   <si>
     <t xml:space="preserve">If remission is not achieved within 4 weeks, consider adding an oral aminosalicylate. 
 In May 2019, this was an off-label use of some oral aminosalicylates for children and young people. See NICE’s information on prescribing medicines. </t>
   </si>
   <si>
     <t xml:space="preserve">If people with ulcerative colitis and their clinicians consider there to be a range of suitable medicines, after discussing the advantages and disadvantages of all the options, the least expensive should be used. Administration costs, dosages, price per dose and commercial arrangements should all be taken into account. </t>
-  </si>
-[...28 lines deleted...]
-    <t>Infliximab is recommended as an option in NICE technology appraisal guidance for treating severely active ulcerative colitis in children and young people aged 6 to 17 years when the condition has inadequately responded to conventional treatment, or when such treatment cannot be tolerated or it is contraindicated. For full details, see the guidance on infliximab (TA329, 2015).</t>
   </si>
   <si>
     <t xml:space="preserve">Medicines listed in recommendations 1.2.15 to 1.2.19 should be given until they stop working or surgery is needed. People should be reassessed at least every 12 months to decide whether treatment should continue. For details, see the relevant NICE technology appraisal guidance. </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Consider intravenous ciclosporin or surgery for people:
 •	who cannot tolerate or who decline intravenous corticosteroids </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>or</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
@@ -1093,145 +1042,185 @@
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 •	assess the likelihood that the person will need surgery (see the recommendation on assess and document in the section on assessing likelihood of needing surgery). </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">To maintain remission after a single episode of acute severe ulcerative colitis:
 •	consider oral azathioprine or oral mercaptopurine
 •	consider oral aminosalicylates if azathioprine and/or mercaptopurine are contraindicated or the person cannot tolerate them. 
 In May 2019, this was an off-label use of some brands of azathioprine and mercaptopurine. See NICE’s information on prescribing medicines. </t>
   </si>
   <si>
     <t>Baseline assessment tool for ulcerative colitis: management  (NICE guideline NG130)</t>
   </si>
   <si>
     <t>This baseline assessment tool can be used to evaluate whether practice is in line with the recommendations in Ulcerative colitis: management. It can also help to plan activity to meet the recommendations.</t>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">It should be used in conjunction with </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="12"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>ulcerative colitis: management</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (NICE guideline NG130).</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">For recommendations on assessing the risk of fragility fracture in adults, see the NICE guideline on osteoporosis: assessing the risk of fragility fracture. </t>
+  </si>
+  <si>
+    <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>National Institute for Health and Care Excellence
 3rd floor, 3 Piccadilly Place, Manchester, M1 3BN; www.nice.org.uk
 Copyright</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t>© NICE 2025. All rights reserved.</t>
+      <t>© NICE 2026. All rights reserved.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>Subject to Notice of rights</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
-    <r>
-[...22 lines deleted...]
-    <t xml:space="preserve">For recommendations on assessing the risk of fragility fracture in adults, see the NICE guideline on osteoporosis: assessing the risk of fragility fracture. </t>
+    <t xml:space="preserve">For medicines recommended as options for treating moderately to severely active ulcerative colitis in adults when conventional treatment has failed or cannot be tolerated, see NICE’s technology appraisal guidance on: 
+•	etrasimod (TA956, March 2024) 
+•	upadacitinib (TA856, January 2023) 
+•	filgotinib (TA792, June 2022) 
+•	tofacitinib (TA547, November 2018) 
+•	vedolizumab (TA342, June 2015) 
+•	infliximab (TA329, February 2015) 
+•	adalimumab (TA329, February 2015)
+•	golimumab (TA329, February 2015). </t>
+  </si>
+  <si>
+    <t>For medicines recommended as options for treating moderately to severely active ulcerative colitis in adults if a TNF-alpha inhibitor is unsuitable, has failed or cannot be tolerated, see NICE’s technology appraisal guidance on:
+• guselkumab (TA1094, August 2025) 
+•	risankizumab (TA998, August 2024)
+•	mirikizumab (TA925, October 2023) 
+•	ozanimod (TA828, October 2022)
+•	ustekinumab (TA633, June 2020)
+•	vedolizumab (TA342, June 2015).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	For medicines recommended as options for treating moderately to severely active ulcerative colitis in adults if previous biological treatment has failed or cannot be tolerated, see NICE’s technology appraisal guidance on:
+•	etrasimod (TA956, March 2024) 
+•	upadacitinib (TA856, January 2023) 
+•	ozanimod (TA828, October 2022) 
+•	filgotinib (TA792, June 2022) 
+•	tofacitinib (TA547, November 2018)</t>
+  </si>
+  <si>
+    <t>Etrasimod is recommended as an option for treating moderately to severely active ulcerative colitis in young people aged 16 and 17 years when the condition has inadequately responded or lost response to conventional or biological treatment, or when such treatment cannot be tolerated. For full details, see guidance on etrasimod (TA956, 2024) NICE's technology appraisal guidance on etrasimod (TA956, 2024). </t>
+  </si>
+  <si>
+    <t>Infliximab is recommended as an option for treating severely active ulcerative colitis in children and young people aged 6 to 17 years when the condition has inadequately responded to conventional treatment, or when such treatment cannot be tolerated or it is contraindicated. For full details, see guidance on infliximab (TA329, 2015)NICE’s technology appraisal guidance on infliximab (TA329, 2015). </t>
+  </si>
+  <si>
+    <t>Infliximab is recommended as an option for treating acute exacerbations of severely active ulcerative colitis only in people in whom ciclosporin is contraindicated or clinically inappropriate, based on a careful assessment of the risks and benefits of treatment in the individual. For full details, see NICE’s technology appraisal guidance on infliximab (TA163, 2008). </t>
+  </si>
+  <si>
+    <t>1.6  Monitoring</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="165" formatCode="&quot;£&quot;#,##0"/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1576,51 +1565,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="74">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -1741,101 +1730,98 @@
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{3AF87536-951A-49CA-ADAC-4A59370C2D5C}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FF233746"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Rectangle 7">
           <a:extLst>
@@ -2365,143 +2351,141 @@
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/terms-and-conditions" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ng130" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/ng130/resources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0381D1E9-220F-4727-AE5D-AE0BF6A63922}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G20"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.7109375" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.42578125" style="40" customWidth="1"/>
     <col min="2" max="6" width="11.7109375" style="40"/>
     <col min="7" max="7" width="6.5703125" style="40" customWidth="1"/>
     <col min="8" max="16384" width="11.7109375" style="40"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A1" s="37"/>
       <c r="B1" s="38"/>
       <c r="C1" s="38"/>
       <c r="D1" s="38"/>
       <c r="E1" s="38"/>
       <c r="F1" s="38"/>
       <c r="G1" s="39"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.2">
       <c r="G2" s="41"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.2">
       <c r="G3" s="41"/>
     </row>
     <row r="4" spans="1:7" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G4" s="41"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
       <c r="G5" s="41"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
       <c r="G6" s="41"/>
     </row>
     <row r="7" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G7" s="41"/>
     </row>
     <row r="8" spans="1:7" ht="30" x14ac:dyDescent="0.2">
       <c r="A8" s="42"/>
       <c r="B8" s="42"/>
       <c r="C8" s="42"/>
       <c r="D8" s="42"/>
       <c r="E8" s="42"/>
       <c r="F8" s="42"/>
       <c r="G8" s="41"/>
     </row>
     <row r="9" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="64" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="B9" s="64"/>
       <c r="C9" s="64"/>
       <c r="D9" s="64"/>
       <c r="E9" s="64"/>
       <c r="F9" s="64"/>
       <c r="G9" s="41"/>
     </row>
     <row r="10" spans="1:7" ht="30" x14ac:dyDescent="0.2">
       <c r="A10" s="65" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B10" s="66"/>
       <c r="C10" s="66"/>
       <c r="D10" s="66"/>
       <c r="E10" s="66"/>
       <c r="F10" s="66"/>
       <c r="G10" s="41"/>
     </row>
     <row r="11" spans="1:7" ht="30" x14ac:dyDescent="0.2">
       <c r="A11" s="44" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="B11" s="43"/>
       <c r="C11" s="43"/>
       <c r="D11" s="43"/>
       <c r="E11" s="43"/>
       <c r="F11" s="43"/>
       <c r="G11" s="45"/>
     </row>
     <row r="12" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="46"/>
       <c r="B12" s="46"/>
       <c r="C12" s="46"/>
       <c r="D12" s="46"/>
       <c r="E12" s="46"/>
       <c r="F12" s="46"/>
       <c r="G12" s="45"/>
     </row>
     <row r="13" spans="1:7" ht="27" x14ac:dyDescent="0.2">
       <c r="A13" s="47" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="B13" s="48"/>
       <c r="C13" s="48"/>
       <c r="D13" s="48"/>
       <c r="E13" s="48"/>
       <c r="F13" s="48"/>
       <c r="G13" s="49"/>
     </row>
     <row r="14" spans="1:7" ht="27" x14ac:dyDescent="0.2">
       <c r="A14" s="50"/>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="50"/>
       <c r="F14" s="50"/>
       <c r="G14" s="49"/>
     </row>
     <row r="15" spans="1:7" ht="27" x14ac:dyDescent="0.2">
       <c r="A15" s="50"/>
       <c r="B15" s="50"/>
       <c r="C15" s="50"/>
       <c r="D15" s="50"/>
       <c r="E15" s="50"/>
       <c r="F15" s="50"/>
       <c r="G15" s="49"/>
@@ -2526,216 +2510,214 @@
       <c r="G19" s="41"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="52"/>
       <c r="B20" s="52"/>
       <c r="C20" s="52"/>
       <c r="D20" s="52"/>
       <c r="E20" s="52"/>
       <c r="F20" s="52"/>
       <c r="G20" s="53"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFA2BDC1"/>
   </sheetPr>
   <dimension ref="A1:D19"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="95.42578125" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="45" x14ac:dyDescent="0.3">
       <c r="A1" s="14" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" s="11"/>
     </row>
     <row r="3" spans="1:4" ht="45" x14ac:dyDescent="0.2">
       <c r="A3" s="54" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="B3" s="55"/>
     </row>
     <row r="4" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="56"/>
       <c r="B4" s="55"/>
     </row>
     <row r="5" spans="1:4" s="63" customFormat="1" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="61" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="62"/>
     </row>
     <row r="6" spans="1:4" ht="30" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B6" s="55"/>
     </row>
-    <row r="7" spans="1:4" s="70" customFormat="1" ht="51.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="68" t="s">
+    <row r="7" spans="1:4" s="69" customFormat="1" ht="51.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="67" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="69"/>
+      <c r="B7" s="68"/>
     </row>
     <row r="8" spans="1:4" ht="35.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="71" t="s">
-        <v>146</v>
+      <c r="A8" s="70" t="s">
+        <v>139</v>
       </c>
       <c r="B8" s="55"/>
     </row>
     <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A9" s="59"/>
       <c r="B9" s="55"/>
       <c r="D9" s="10"/>
     </row>
     <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A10" s="57"/>
       <c r="B10" s="55"/>
     </row>
     <row r="11" spans="1:4" ht="60" x14ac:dyDescent="0.2">
       <c r="A11" s="56" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="55"/>
     </row>
     <row r="12" spans="1:4" ht="27.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="56" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="55"/>
     </row>
     <row r="13" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="57" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="B13" s="55"/>
     </row>
     <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A14" s="57"/>
       <c r="B14" s="55"/>
     </row>
     <row r="15" spans="1:4" ht="30" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="B15" s="55"/>
     </row>
     <row r="16" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A16" s="55"/>
       <c r="B16" s="55"/>
     </row>
     <row r="17" spans="1:2" ht="105" x14ac:dyDescent="0.2">
       <c r="A17" s="60" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B17" s="55"/>
     </row>
     <row r="18" spans="1:2" ht="15" x14ac:dyDescent="0.2">
       <c r="A18" s="55"/>
       <c r="B18" s="55"/>
     </row>
     <row r="19" spans="1:2" ht="15" x14ac:dyDescent="0.2">
       <c r="A19" s="55"/>
       <c r="B19" s="55"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A9" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Yes,Partially,No"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A15" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A6" r:id="rId2" display="It should be used in conjunction with Ulcerative colitis: management  (NICE clinical guideline NG130)." xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="A17" r:id="rId3" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet16">
     <tabColor rgb="FF233746"/>
   </sheetPr>
   <dimension ref="A1:K91"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A83" sqref="A83"/>
+      <selection pane="bottomLeft" sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="55" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" style="2" customWidth="1"/>
     <col min="4" max="4" width="18.42578125" style="2" customWidth="1"/>
     <col min="5" max="5" width="55" style="2" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" style="2" customWidth="1"/>
     <col min="7" max="7" width="55" style="2" customWidth="1"/>
     <col min="8" max="8" width="24.140625" style="2" customWidth="1"/>
     <col min="9" max="9" width="18.42578125" style="2" customWidth="1"/>
     <col min="10" max="10" width="12.42578125" style="2" customWidth="1"/>
     <col min="11" max="11" width="22" style="2" customWidth="1"/>
     <col min="12" max="12" width="49.42578125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="72" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="73"/>
+      <c r="A1" s="71" t="s">
+        <v>149</v>
+      </c>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
+      <c r="F1" s="72"/>
+      <c r="G1" s="72"/>
+      <c r="H1" s="72"/>
+      <c r="I1" s="72"/>
+      <c r="J1" s="72"/>
+      <c r="K1" s="72"/>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.2">
       <c r="C3" s="3"/>
       <c r="E3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="5">
         <f>COUNTIF(D8:D91,"Yes")</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.2">
       <c r="C4" s="3"/>
       <c r="E4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="5">
         <f>COUNTIF(F8:F91,"Yes")</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.2">
       <c r="C5" s="7"/>
       <c r="E5" s="6" t="s">
         <v>4</v>
@@ -2775,1898 +2757,1566 @@
       </c>
       <c r="J7" s="15" t="s">
         <v>14</v>
       </c>
       <c r="K7" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:11" s="13" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A8" s="28" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="17"/>
       <c r="C8" s="17"/>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="17"/>
       <c r="I8" s="18"/>
       <c r="J8" s="18"/>
       <c r="K8" s="19"/>
     </row>
     <row r="9" spans="1:11" s="9" customFormat="1" ht="135" x14ac:dyDescent="0.2">
       <c r="A9" s="20" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="21">
         <v>2013</v>
       </c>
       <c r="D9" s="21"/>
       <c r="E9" s="21"/>
       <c r="F9" s="21"/>
       <c r="G9" s="21"/>
       <c r="H9" s="21"/>
       <c r="I9" s="21"/>
       <c r="J9" s="22"/>
       <c r="K9" s="21"/>
     </row>
     <row r="10" spans="1:11" s="9" customFormat="1" ht="75" x14ac:dyDescent="0.2">
       <c r="A10" s="23" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B10" s="21" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="21">
         <v>2013</v>
       </c>
       <c r="D10" s="21"/>
       <c r="E10" s="21"/>
       <c r="F10" s="21"/>
       <c r="G10" s="21"/>
       <c r="H10" s="21"/>
       <c r="I10" s="21"/>
       <c r="J10" s="22"/>
       <c r="K10" s="21"/>
     </row>
     <row r="11" spans="1:11" s="9" customFormat="1" ht="135" x14ac:dyDescent="0.2">
       <c r="A11" s="23" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="21">
         <v>2013</v>
       </c>
       <c r="D11" s="21"/>
       <c r="E11" s="21"/>
       <c r="F11" s="21"/>
       <c r="G11" s="21"/>
       <c r="H11" s="21"/>
       <c r="I11" s="21"/>
       <c r="J11" s="22"/>
       <c r="K11" s="21"/>
     </row>
-    <row r="12" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A12" s="16" t="s">
+    <row r="12" spans="1:11" s="9" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="28" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="25"/>
       <c r="J12" s="25"/>
       <c r="K12" s="26"/>
     </row>
     <row r="13" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A13" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B13" s="24"/>
       <c r="C13" s="24"/>
       <c r="D13" s="24"/>
       <c r="E13" s="24"/>
       <c r="F13" s="24"/>
       <c r="G13" s="24"/>
       <c r="H13" s="24"/>
       <c r="I13" s="25"/>
       <c r="J13" s="25"/>
       <c r="K13" s="26"/>
     </row>
     <row r="14" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A14" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="25"/>
       <c r="J14" s="25"/>
       <c r="K14" s="26"/>
     </row>
     <row r="15" spans="1:11" s="9" customFormat="1" ht="135" x14ac:dyDescent="0.2">
       <c r="A15" s="23" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B15" s="21" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C15" s="21">
         <v>2019</v>
       </c>
       <c r="D15" s="21"/>
       <c r="E15" s="21"/>
       <c r="F15" s="21"/>
       <c r="G15" s="21"/>
       <c r="H15" s="21"/>
       <c r="I15" s="21"/>
       <c r="J15" s="22"/>
       <c r="K15" s="21"/>
     </row>
     <row r="16" spans="1:11" s="9" customFormat="1" ht="90" x14ac:dyDescent="0.2">
       <c r="A16" s="23" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B16" s="21" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C16" s="21">
         <v>2019</v>
       </c>
       <c r="D16" s="21"/>
       <c r="E16" s="21"/>
       <c r="F16" s="21"/>
       <c r="G16" s="21"/>
       <c r="H16" s="21"/>
       <c r="I16" s="21"/>
       <c r="J16" s="22"/>
       <c r="K16" s="21"/>
     </row>
     <row r="17" spans="1:11" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A17" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B17" s="21" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C17" s="21">
         <v>2019</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="21"/>
       <c r="F17" s="21"/>
       <c r="G17" s="21"/>
       <c r="H17" s="21"/>
       <c r="I17" s="21"/>
       <c r="J17" s="22"/>
       <c r="K17" s="21"/>
     </row>
     <row r="18" spans="1:11" s="9" customFormat="1" ht="105" x14ac:dyDescent="0.2">
       <c r="A18" s="23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B18" s="21" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C18" s="21">
         <v>2019</v>
       </c>
       <c r="D18" s="21"/>
       <c r="E18" s="21"/>
       <c r="F18" s="21"/>
       <c r="G18" s="21"/>
       <c r="H18" s="21"/>
       <c r="I18" s="21"/>
       <c r="J18" s="22"/>
       <c r="K18" s="21"/>
     </row>
     <row r="19" spans="1:11" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A19" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B19" s="21" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C19" s="21">
         <v>2019</v>
       </c>
       <c r="D19" s="21"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
       <c r="H19" s="21"/>
       <c r="I19" s="21"/>
       <c r="J19" s="22"/>
       <c r="K19" s="21"/>
     </row>
     <row r="20" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A20" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="25"/>
       <c r="J20" s="25"/>
       <c r="K20" s="26"/>
     </row>
     <row r="21" spans="1:11" s="9" customFormat="1" ht="77.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="23" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B21" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="21">
         <v>2019</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="21"/>
       <c r="F21" s="21"/>
       <c r="G21" s="27"/>
       <c r="H21" s="21"/>
       <c r="I21" s="21"/>
       <c r="J21" s="22"/>
       <c r="K21" s="21"/>
     </row>
     <row r="22" spans="1:11" s="9" customFormat="1" ht="90" x14ac:dyDescent="0.2">
       <c r="A22" s="23" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B22" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="21">
         <v>2019</v>
       </c>
       <c r="D22" s="21"/>
       <c r="E22" s="21"/>
       <c r="F22" s="21"/>
       <c r="G22" s="21"/>
       <c r="H22" s="21"/>
       <c r="I22" s="21"/>
       <c r="J22" s="22"/>
       <c r="K22" s="21"/>
     </row>
     <row r="23" spans="1:11" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A23" s="23" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B23" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="21">
         <v>2019</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="21"/>
       <c r="F23" s="21"/>
       <c r="G23" s="21"/>
       <c r="H23" s="21"/>
       <c r="I23" s="21"/>
       <c r="J23" s="22"/>
       <c r="K23" s="21"/>
     </row>
     <row r="24" spans="1:11" s="9" customFormat="1" ht="105" x14ac:dyDescent="0.2">
       <c r="A24" s="23" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B24" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="21">
         <v>2019</v>
       </c>
       <c r="D24" s="21"/>
       <c r="E24" s="21"/>
       <c r="F24" s="21"/>
       <c r="G24" s="21"/>
       <c r="H24" s="21"/>
       <c r="I24" s="21"/>
       <c r="J24" s="22"/>
       <c r="K24" s="21"/>
     </row>
     <row r="25" spans="1:11" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A25" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B25" s="21" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="21">
         <v>2019</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="21"/>
       <c r="F25" s="21"/>
       <c r="G25" s="21"/>
       <c r="H25" s="21"/>
       <c r="I25" s="21"/>
       <c r="J25" s="22"/>
       <c r="K25" s="21"/>
     </row>
     <row r="26" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A26" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="25"/>
       <c r="J26" s="25"/>
       <c r="K26" s="26"/>
     </row>
     <row r="27" spans="1:11" s="9" customFormat="1" ht="75" x14ac:dyDescent="0.2">
       <c r="A27" s="23" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B27" s="21" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="21">
         <v>2019</v>
       </c>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
       <c r="F27" s="21"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="21"/>
       <c r="J27" s="22"/>
       <c r="K27" s="21"/>
     </row>
     <row r="28" spans="1:11" s="9" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A28" s="23" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B28" s="21" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="21">
         <v>2019</v>
       </c>
       <c r="D28" s="21"/>
       <c r="E28" s="21"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="H28" s="21"/>
       <c r="I28" s="21"/>
       <c r="J28" s="22"/>
       <c r="K28" s="21"/>
     </row>
     <row r="29" spans="1:11" s="9" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="23" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B29" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="21">
         <v>2019</v>
       </c>
       <c r="D29" s="21"/>
       <c r="E29" s="21"/>
       <c r="F29" s="21"/>
       <c r="G29" s="21"/>
       <c r="H29" s="21"/>
       <c r="I29" s="21"/>
       <c r="J29" s="22"/>
       <c r="K29" s="21"/>
     </row>
     <row r="30" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A30" s="16" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="25"/>
       <c r="J30" s="25"/>
       <c r="K30" s="26"/>
     </row>
     <row r="31" spans="1:11" s="32" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A31" s="33" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B31" s="29"/>
       <c r="C31" s="29"/>
       <c r="D31" s="29"/>
       <c r="E31" s="29"/>
       <c r="F31" s="29"/>
       <c r="G31" s="29"/>
       <c r="H31" s="29"/>
       <c r="I31" s="30"/>
       <c r="J31" s="30"/>
       <c r="K31" s="31"/>
     </row>
     <row r="32" spans="1:11" s="9" customFormat="1" ht="105" x14ac:dyDescent="0.2">
       <c r="A32" s="23" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B32" s="21" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="21">
         <v>2025</v>
       </c>
       <c r="D32" s="21"/>
       <c r="E32" s="21"/>
       <c r="F32" s="21"/>
       <c r="G32" s="21"/>
       <c r="H32" s="21"/>
       <c r="I32" s="21"/>
       <c r="J32" s="22"/>
       <c r="K32" s="21"/>
     </row>
     <row r="33" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A33" s="16" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="24"/>
       <c r="C33" s="24"/>
       <c r="D33" s="24"/>
       <c r="E33" s="24"/>
       <c r="F33" s="24"/>
       <c r="G33" s="24"/>
       <c r="H33" s="24"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="26"/>
     </row>
-    <row r="34" spans="1:11" s="9" customFormat="1" ht="195" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:11" s="9" customFormat="1" ht="183.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="23" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="B34" s="21" t="s">
         <v>36</v>
       </c>
       <c r="C34" s="21"/>
       <c r="D34" s="21"/>
       <c r="E34" s="21"/>
       <c r="F34" s="21"/>
       <c r="G34" s="21"/>
       <c r="H34" s="21"/>
       <c r="I34" s="21"/>
       <c r="J34" s="22"/>
       <c r="K34" s="21"/>
     </row>
-    <row r="35" spans="1:11" s="9" customFormat="1" ht="150" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:11" s="9" customFormat="1" ht="165" x14ac:dyDescent="0.2">
       <c r="A35" s="23" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="B35" s="21" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="21"/>
       <c r="D35" s="21"/>
       <c r="E35" s="21"/>
       <c r="F35" s="21"/>
       <c r="G35" s="21"/>
       <c r="H35" s="21"/>
       <c r="I35" s="21"/>
       <c r="J35" s="22"/>
       <c r="K35" s="21"/>
     </row>
-    <row r="36" spans="1:11" s="9" customFormat="1" ht="150" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:11" s="9" customFormat="1" ht="138.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="B36" s="21" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="21"/>
       <c r="D36" s="21"/>
       <c r="E36" s="21"/>
       <c r="F36" s="21"/>
       <c r="G36" s="21"/>
       <c r="H36" s="21"/>
       <c r="I36" s="21"/>
       <c r="J36" s="22"/>
       <c r="K36" s="21"/>
     </row>
     <row r="37" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A37" s="16" t="s">
         <v>72</v>
       </c>
       <c r="B37" s="24"/>
       <c r="C37" s="24"/>
       <c r="D37" s="24"/>
       <c r="E37" s="24"/>
       <c r="F37" s="24"/>
       <c r="G37" s="24"/>
       <c r="H37" s="24"/>
       <c r="I37" s="25"/>
       <c r="J37" s="25"/>
       <c r="K37" s="26"/>
     </row>
     <row r="38" spans="1:11" s="32" customFormat="1" ht="90" x14ac:dyDescent="0.2">
       <c r="A38" s="34" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B38" s="35"/>
       <c r="D38" s="35"/>
       <c r="E38" s="35"/>
       <c r="F38" s="35"/>
       <c r="G38" s="35"/>
       <c r="H38" s="35"/>
       <c r="I38" s="35"/>
       <c r="J38" s="36"/>
       <c r="K38" s="35"/>
     </row>
     <row r="39" spans="1:11" s="9" customFormat="1" ht="135" x14ac:dyDescent="0.2">
       <c r="A39" s="23" t="s">
-        <v>120</v>
+        <v>157</v>
       </c>
       <c r="B39" s="21" t="s">
         <v>41</v>
       </c>
       <c r="C39" s="21"/>
       <c r="D39" s="21"/>
       <c r="E39" s="21"/>
       <c r="F39" s="21"/>
       <c r="G39" s="21"/>
       <c r="H39" s="21"/>
       <c r="I39" s="21"/>
       <c r="J39" s="22"/>
       <c r="K39" s="21"/>
     </row>
-    <row r="40" spans="1:11" s="9" customFormat="1" ht="120" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:11" s="9" customFormat="1" ht="135" x14ac:dyDescent="0.2">
       <c r="A40" s="23" t="s">
-        <v>137</v>
+        <v>158</v>
       </c>
       <c r="B40" s="21" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C40" s="21"/>
       <c r="D40" s="21"/>
       <c r="E40" s="21"/>
       <c r="F40" s="21"/>
       <c r="G40" s="21"/>
       <c r="H40" s="21"/>
       <c r="I40" s="21"/>
       <c r="J40" s="22"/>
       <c r="K40" s="21"/>
     </row>
     <row r="41" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A41" s="16" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B41" s="24"/>
       <c r="C41" s="24"/>
       <c r="D41" s="24"/>
       <c r="E41" s="24"/>
       <c r="F41" s="24"/>
       <c r="G41" s="24"/>
       <c r="H41" s="24"/>
       <c r="I41" s="25"/>
       <c r="J41" s="25"/>
       <c r="K41" s="26"/>
     </row>
     <row r="42" spans="1:11" s="9" customFormat="1" ht="90" x14ac:dyDescent="0.2">
       <c r="A42" s="23" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B42" s="21" t="s">
         <v>44</v>
       </c>
       <c r="C42" s="21">
         <v>2025</v>
       </c>
       <c r="D42" s="21"/>
       <c r="E42" s="21"/>
       <c r="F42" s="21"/>
       <c r="G42" s="21"/>
       <c r="H42" s="21"/>
       <c r="I42" s="21"/>
       <c r="J42" s="22"/>
       <c r="K42" s="21"/>
     </row>
     <row r="43" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A43" s="16" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B43" s="24"/>
       <c r="C43" s="24"/>
       <c r="D43" s="24"/>
       <c r="E43" s="24"/>
       <c r="F43" s="24"/>
       <c r="G43" s="24"/>
       <c r="H43" s="24"/>
       <c r="I43" s="25"/>
       <c r="J43" s="25"/>
       <c r="K43" s="26"/>
     </row>
     <row r="44" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A44" s="16" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="24"/>
       <c r="C44" s="24"/>
       <c r="D44" s="24"/>
       <c r="E44" s="24"/>
       <c r="F44" s="24"/>
       <c r="G44" s="24"/>
       <c r="H44" s="24"/>
       <c r="I44" s="25"/>
       <c r="J44" s="25"/>
       <c r="K44" s="26"/>
     </row>
-    <row r="45" spans="1:11" s="9" customFormat="1" ht="195" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:11" s="9" customFormat="1" ht="167.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="23" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="B45" s="21" t="s">
         <v>45</v>
       </c>
       <c r="C45" s="21">
         <v>2013</v>
       </c>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="21"/>
       <c r="H45" s="21"/>
       <c r="I45" s="21"/>
       <c r="J45" s="22"/>
       <c r="K45" s="21"/>
     </row>
     <row r="46" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A46" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="24"/>
       <c r="C46" s="24"/>
       <c r="D46" s="24"/>
       <c r="E46" s="24"/>
       <c r="F46" s="24"/>
       <c r="G46" s="24"/>
       <c r="H46" s="24"/>
       <c r="I46" s="25"/>
       <c r="J46" s="25"/>
       <c r="K46" s="26"/>
     </row>
-    <row r="47" spans="1:11" s="9" customFormat="1" ht="150.94999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:11" s="9" customFormat="1" ht="125.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="23" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="B47" s="21" t="s">
         <v>46</v>
       </c>
       <c r="C47" s="21">
         <v>2013</v>
       </c>
       <c r="D47" s="21"/>
       <c r="E47" s="21"/>
       <c r="F47" s="21"/>
       <c r="G47" s="21"/>
       <c r="H47" s="21"/>
       <c r="I47" s="21"/>
       <c r="J47" s="22"/>
       <c r="K47" s="21"/>
     </row>
-    <row r="48" spans="1:11" s="9" customFormat="1" ht="188.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:11" s="9" customFormat="1" ht="153.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="23" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="B48" s="21" t="s">
         <v>47</v>
       </c>
       <c r="C48" s="21">
         <v>2013</v>
       </c>
       <c r="D48" s="21"/>
       <c r="E48" s="21"/>
       <c r="F48" s="21"/>
       <c r="G48" s="21"/>
       <c r="H48" s="21"/>
       <c r="I48" s="21"/>
       <c r="J48" s="22"/>
       <c r="K48" s="21"/>
     </row>
     <row r="49" spans="1:11" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A49" s="16" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="17"/>
       <c r="C49" s="17"/>
       <c r="D49" s="17"/>
       <c r="E49" s="17"/>
       <c r="F49" s="17"/>
       <c r="G49" s="17"/>
       <c r="H49" s="17"/>
       <c r="I49" s="18"/>
       <c r="J49" s="18"/>
       <c r="K49" s="19"/>
     </row>
-    <row r="50" spans="1:11" s="9" customFormat="1" ht="195" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:11" s="9" customFormat="1" ht="168.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="23" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="B50" s="21" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C50" s="21">
         <v>2013</v>
       </c>
       <c r="D50" s="21"/>
       <c r="E50" s="21"/>
       <c r="F50" s="21"/>
       <c r="G50" s="21"/>
       <c r="H50" s="21"/>
       <c r="I50" s="21"/>
       <c r="J50" s="22"/>
       <c r="K50" s="21"/>
     </row>
     <row r="51" spans="1:11" s="9" customFormat="1" ht="120" x14ac:dyDescent="0.2">
       <c r="A51" s="23" t="s">
-        <v>125</v>
+        <v>159</v>
       </c>
       <c r="B51" s="21" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C51" s="21">
         <v>2008</v>
       </c>
       <c r="D51" s="21"/>
       <c r="E51" s="21"/>
       <c r="F51" s="21"/>
       <c r="G51" s="21"/>
       <c r="H51" s="21"/>
       <c r="I51" s="21"/>
       <c r="J51" s="22"/>
       <c r="K51" s="21"/>
     </row>
     <row r="52" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A52" s="16" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="24"/>
       <c r="C52" s="24"/>
       <c r="D52" s="24"/>
       <c r="E52" s="24"/>
       <c r="F52" s="24"/>
       <c r="G52" s="24"/>
       <c r="H52" s="24"/>
       <c r="I52" s="25"/>
       <c r="J52" s="25"/>
       <c r="K52" s="26"/>
     </row>
     <row r="53" spans="1:11" s="9" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A53" s="23" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B53" s="21" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C53" s="21">
         <v>2013</v>
       </c>
       <c r="D53" s="21"/>
       <c r="E53" s="21"/>
       <c r="F53" s="21"/>
       <c r="G53" s="21"/>
       <c r="H53" s="21"/>
       <c r="I53" s="21"/>
       <c r="J53" s="22"/>
       <c r="K53" s="21"/>
     </row>
     <row r="54" spans="1:11" s="9" customFormat="1" ht="165" x14ac:dyDescent="0.2">
       <c r="A54" s="23" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B54" s="21" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C54" s="21">
         <v>2013</v>
       </c>
       <c r="D54" s="21"/>
       <c r="E54" s="21"/>
       <c r="F54" s="21"/>
       <c r="G54" s="21"/>
       <c r="H54" s="21"/>
       <c r="I54" s="21"/>
       <c r="J54" s="22"/>
       <c r="K54" s="21"/>
     </row>
-    <row r="55" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A55" s="16" t="s">
+    <row r="55" spans="1:11" s="9" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A55" s="28" t="s">
         <v>49</v>
       </c>
       <c r="B55" s="24"/>
       <c r="C55" s="24"/>
       <c r="D55" s="24"/>
       <c r="E55" s="24"/>
       <c r="F55" s="24"/>
       <c r="G55" s="24"/>
       <c r="H55" s="24"/>
       <c r="I55" s="25"/>
       <c r="J55" s="25"/>
       <c r="K55" s="26"/>
     </row>
     <row r="56" spans="1:11" s="32" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="67" t="s">
-        <v>128</v>
+      <c r="A56" s="34" t="s">
+        <v>125</v>
       </c>
       <c r="B56" s="29"/>
       <c r="C56" s="29"/>
       <c r="D56" s="29"/>
       <c r="E56" s="29"/>
       <c r="F56" s="29"/>
       <c r="G56" s="29"/>
       <c r="H56" s="29"/>
       <c r="I56" s="30"/>
       <c r="J56" s="30"/>
       <c r="K56" s="31"/>
     </row>
     <row r="57" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A57" s="16" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="24"/>
       <c r="C57" s="24"/>
       <c r="D57" s="24"/>
       <c r="E57" s="24"/>
       <c r="F57" s="24"/>
       <c r="G57" s="24"/>
       <c r="H57" s="24"/>
       <c r="I57" s="25"/>
       <c r="J57" s="25"/>
       <c r="K57" s="26"/>
     </row>
-    <row r="58" spans="1:11" s="9" customFormat="1" ht="153" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:11" s="9" customFormat="1" ht="123.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="23" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B58" s="21" t="s">
         <v>50</v>
       </c>
       <c r="C58" s="21">
         <v>2013</v>
       </c>
       <c r="D58" s="21"/>
       <c r="E58" s="21"/>
       <c r="F58" s="21"/>
       <c r="G58" s="21"/>
       <c r="H58" s="21"/>
       <c r="I58" s="21"/>
       <c r="J58" s="22"/>
       <c r="K58" s="21"/>
     </row>
-    <row r="59" spans="1:11" s="9" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:11" s="9" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A59" s="23" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B59" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C59" s="21">
         <v>2013</v>
       </c>
       <c r="D59" s="21"/>
       <c r="E59" s="21"/>
       <c r="F59" s="21"/>
       <c r="G59" s="21"/>
       <c r="H59" s="21"/>
       <c r="I59" s="21"/>
       <c r="J59" s="22"/>
       <c r="K59" s="21"/>
     </row>
     <row r="60" spans="1:11" s="9" customFormat="1" ht="90" x14ac:dyDescent="0.2">
       <c r="A60" s="23" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B60" s="21" t="s">
         <v>52</v>
       </c>
       <c r="C60" s="21">
         <v>2013</v>
       </c>
       <c r="D60" s="21"/>
       <c r="E60" s="21"/>
       <c r="F60" s="21"/>
       <c r="G60" s="21"/>
       <c r="H60" s="21"/>
       <c r="I60" s="21"/>
       <c r="J60" s="22"/>
       <c r="K60" s="21"/>
     </row>
-    <row r="61" spans="1:11" s="9" customFormat="1" ht="210.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:11" s="9" customFormat="1" ht="180" x14ac:dyDescent="0.2">
       <c r="A61" s="23" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B61" s="21" t="s">
         <v>53</v>
       </c>
       <c r="C61" s="21">
         <v>2013</v>
       </c>
       <c r="D61" s="21"/>
       <c r="E61" s="21"/>
       <c r="F61" s="21"/>
       <c r="G61" s="21"/>
       <c r="H61" s="21"/>
       <c r="I61" s="21"/>
       <c r="J61" s="22"/>
       <c r="K61" s="21"/>
     </row>
-    <row r="62" spans="1:11" s="9" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:11" s="9" customFormat="1" ht="78" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="23" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B62" s="21" t="s">
         <v>56</v>
       </c>
       <c r="C62" s="21">
         <v>2013</v>
       </c>
       <c r="D62" s="21"/>
       <c r="E62" s="21"/>
       <c r="F62" s="21"/>
       <c r="G62" s="21"/>
       <c r="H62" s="21"/>
       <c r="I62" s="21"/>
       <c r="J62" s="22"/>
       <c r="K62" s="21"/>
     </row>
     <row r="63" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A63" s="16" t="s">
         <v>54</v>
       </c>
       <c r="B63" s="24"/>
       <c r="C63" s="24"/>
       <c r="D63" s="24"/>
       <c r="E63" s="24"/>
       <c r="F63" s="24"/>
       <c r="G63" s="24"/>
       <c r="H63" s="24"/>
       <c r="I63" s="25"/>
       <c r="J63" s="25"/>
       <c r="K63" s="26"/>
     </row>
-    <row r="64" spans="1:11" s="9" customFormat="1" ht="206.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:11" s="9" customFormat="1" ht="170.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="23" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B64" s="21" t="s">
         <v>55</v>
       </c>
       <c r="C64" s="21">
         <v>2013</v>
       </c>
       <c r="D64" s="21"/>
       <c r="E64" s="21"/>
       <c r="F64" s="21"/>
       <c r="G64" s="21"/>
       <c r="H64" s="21"/>
       <c r="I64" s="21"/>
       <c r="J64" s="22"/>
       <c r="K64" s="21"/>
     </row>
-    <row r="65" spans="1:11" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A65" s="16" t="s">
+    <row r="65" spans="1:11" s="13" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A65" s="28" t="s">
         <v>58</v>
       </c>
       <c r="B65" s="17"/>
       <c r="C65" s="17"/>
       <c r="D65" s="17"/>
       <c r="E65" s="17"/>
       <c r="F65" s="17"/>
       <c r="G65" s="17"/>
       <c r="H65" s="17"/>
       <c r="I65" s="18"/>
       <c r="J65" s="18"/>
       <c r="K65" s="19"/>
     </row>
     <row r="66" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A66" s="16" t="s">
         <v>57</v>
       </c>
       <c r="B66" s="24"/>
       <c r="C66" s="24"/>
       <c r="D66" s="24"/>
       <c r="E66" s="24"/>
       <c r="F66" s="24"/>
       <c r="G66" s="24"/>
       <c r="H66" s="24"/>
       <c r="I66" s="25"/>
       <c r="J66" s="25"/>
       <c r="K66" s="26"/>
     </row>
-    <row r="67" spans="1:11" s="9" customFormat="1" ht="262.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:11" s="9" customFormat="1" ht="213.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="23" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B67" s="21" t="s">
         <v>59</v>
       </c>
       <c r="C67" s="21">
         <v>2013</v>
       </c>
       <c r="D67" s="21"/>
       <c r="E67" s="21"/>
       <c r="F67" s="21"/>
       <c r="G67" s="21"/>
       <c r="H67" s="21"/>
       <c r="I67" s="21"/>
       <c r="J67" s="22"/>
       <c r="K67" s="21"/>
     </row>
     <row r="68" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A68" s="16" t="s">
         <v>60</v>
       </c>
       <c r="B68" s="24"/>
       <c r="C68" s="24"/>
       <c r="D68" s="24"/>
       <c r="E68" s="24"/>
       <c r="F68" s="24"/>
       <c r="G68" s="24"/>
       <c r="H68" s="24"/>
       <c r="I68" s="25"/>
       <c r="J68" s="25"/>
       <c r="K68" s="26"/>
     </row>
     <row r="69" spans="1:11" s="9" customFormat="1" ht="120" x14ac:dyDescent="0.2">
       <c r="A69" s="23" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B69" s="21" t="s">
         <v>61</v>
       </c>
       <c r="C69" s="21">
         <v>2013</v>
       </c>
       <c r="D69" s="21"/>
       <c r="E69" s="21"/>
       <c r="F69" s="21"/>
       <c r="G69" s="21"/>
       <c r="H69" s="21"/>
       <c r="I69" s="21"/>
       <c r="J69" s="22"/>
       <c r="K69" s="21"/>
     </row>
     <row r="70" spans="1:11" s="9" customFormat="1" ht="195" x14ac:dyDescent="0.2">
       <c r="A70" s="23" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="B70" s="21" t="s">
         <v>62</v>
       </c>
       <c r="C70" s="21">
         <v>2013</v>
       </c>
       <c r="D70" s="21"/>
       <c r="E70" s="21"/>
       <c r="F70" s="21"/>
       <c r="G70" s="21"/>
       <c r="H70" s="21"/>
       <c r="I70" s="21"/>
       <c r="J70" s="22"/>
       <c r="K70" s="21"/>
     </row>
     <row r="71" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A71" s="16" t="s">
         <v>64</v>
       </c>
       <c r="B71" s="24"/>
       <c r="C71" s="24"/>
       <c r="D71" s="24"/>
       <c r="E71" s="24"/>
       <c r="F71" s="24"/>
       <c r="G71" s="24"/>
       <c r="H71" s="24"/>
       <c r="I71" s="25"/>
       <c r="J71" s="25"/>
       <c r="K71" s="26"/>
     </row>
     <row r="72" spans="1:11" s="9" customFormat="1" ht="150" x14ac:dyDescent="0.2">
       <c r="A72" s="23" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="B72" s="21" t="s">
         <v>63</v>
       </c>
       <c r="C72" s="21">
         <v>2013</v>
       </c>
       <c r="D72" s="21"/>
       <c r="E72" s="21"/>
       <c r="F72" s="21"/>
       <c r="G72" s="21"/>
       <c r="H72" s="21"/>
       <c r="I72" s="21"/>
       <c r="J72" s="22"/>
       <c r="K72" s="21"/>
     </row>
     <row r="73" spans="1:11" s="9" customFormat="1" ht="150" x14ac:dyDescent="0.2">
       <c r="A73" s="23" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="B73" s="21" t="s">
         <v>66</v>
       </c>
       <c r="C73" s="21">
         <v>2013</v>
       </c>
       <c r="D73" s="21"/>
       <c r="E73" s="21"/>
       <c r="F73" s="21"/>
       <c r="G73" s="21"/>
       <c r="H73" s="21"/>
       <c r="I73" s="21"/>
       <c r="J73" s="22"/>
       <c r="K73" s="21"/>
     </row>
     <row r="74" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A74" s="16" t="s">
         <v>65</v>
       </c>
       <c r="B74" s="24"/>
       <c r="C74" s="24"/>
       <c r="D74" s="24"/>
       <c r="E74" s="24"/>
       <c r="F74" s="24"/>
       <c r="G74" s="24"/>
       <c r="H74" s="24"/>
       <c r="I74" s="25"/>
       <c r="J74" s="25"/>
       <c r="K74" s="26"/>
     </row>
     <row r="75" spans="1:11" s="9" customFormat="1" ht="150" x14ac:dyDescent="0.2">
       <c r="A75" s="23" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="B75" s="21" t="s">
         <v>67</v>
       </c>
       <c r="C75" s="21">
         <v>2013</v>
       </c>
       <c r="D75" s="21"/>
       <c r="E75" s="21"/>
       <c r="F75" s="21"/>
       <c r="G75" s="21"/>
       <c r="H75" s="21"/>
       <c r="I75" s="21"/>
       <c r="J75" s="22"/>
       <c r="K75" s="21"/>
     </row>
-    <row r="76" spans="1:11" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A76" s="16" t="s">
+    <row r="76" spans="1:11" s="13" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A76" s="28" t="s">
         <v>68</v>
       </c>
       <c r="B76" s="17"/>
       <c r="C76" s="17"/>
       <c r="D76" s="17"/>
       <c r="E76" s="17"/>
       <c r="F76" s="17"/>
       <c r="G76" s="17"/>
       <c r="H76" s="17"/>
       <c r="I76" s="18"/>
       <c r="J76" s="18"/>
       <c r="K76" s="19"/>
     </row>
     <row r="77" spans="1:11" s="9" customFormat="1" ht="180" x14ac:dyDescent="0.2">
       <c r="A77" s="23" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B77" s="21" t="s">
         <v>69</v>
       </c>
       <c r="C77" s="21">
         <v>2013</v>
       </c>
       <c r="D77" s="21"/>
       <c r="E77" s="21"/>
       <c r="F77" s="21"/>
       <c r="G77" s="21"/>
       <c r="H77" s="21"/>
       <c r="I77" s="21"/>
       <c r="J77" s="22"/>
       <c r="K77" s="21"/>
     </row>
-    <row r="78" spans="1:11" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>73</v>
+    <row r="78" spans="1:11" s="13" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A78" s="28" t="s">
+        <v>160</v>
       </c>
       <c r="B78" s="17"/>
       <c r="C78" s="17"/>
       <c r="D78" s="17"/>
       <c r="E78" s="17"/>
       <c r="F78" s="17"/>
       <c r="G78" s="17"/>
       <c r="H78" s="17"/>
       <c r="I78" s="18"/>
       <c r="J78" s="18"/>
       <c r="K78" s="19"/>
     </row>
     <row r="79" spans="1:11" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A79" s="16" t="s">
         <v>42</v>
       </c>
       <c r="B79" s="17"/>
       <c r="C79" s="17"/>
       <c r="D79" s="17"/>
       <c r="E79" s="17"/>
       <c r="F79" s="17"/>
       <c r="G79" s="17"/>
       <c r="H79" s="17"/>
       <c r="I79" s="18"/>
       <c r="J79" s="18"/>
       <c r="K79" s="19"/>
     </row>
     <row r="80" spans="1:11" s="9" customFormat="1" ht="120" x14ac:dyDescent="0.2">
       <c r="A80" s="23" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B80" s="21" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C80" s="21">
         <v>2013</v>
       </c>
       <c r="D80" s="21"/>
       <c r="E80" s="21"/>
       <c r="F80" s="21"/>
       <c r="G80" s="21"/>
       <c r="H80" s="21"/>
       <c r="I80" s="21"/>
       <c r="J80" s="22"/>
       <c r="K80" s="21"/>
     </row>
     <row r="81" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A81" s="16" t="s">
         <v>70</v>
       </c>
       <c r="B81" s="24"/>
       <c r="C81" s="24"/>
       <c r="D81" s="24"/>
       <c r="E81" s="24"/>
       <c r="F81" s="24"/>
       <c r="G81" s="24"/>
       <c r="H81" s="24"/>
       <c r="I81" s="25"/>
       <c r="J81" s="25"/>
       <c r="K81" s="26"/>
     </row>
     <row r="82" spans="1:11" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A82" s="16" t="s">
         <v>71</v>
       </c>
       <c r="B82" s="17"/>
       <c r="C82" s="17"/>
       <c r="D82" s="17"/>
       <c r="E82" s="17"/>
       <c r="F82" s="17"/>
       <c r="G82" s="17"/>
       <c r="H82" s="17"/>
       <c r="I82" s="18"/>
       <c r="J82" s="18"/>
       <c r="K82" s="19"/>
     </row>
     <row r="83" spans="1:11" s="9" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A83" s="23" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B83" s="21" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C83" s="21">
         <v>2013</v>
       </c>
       <c r="D83" s="21"/>
       <c r="E83" s="21"/>
       <c r="F83" s="21"/>
       <c r="G83" s="21"/>
       <c r="H83" s="21"/>
       <c r="I83" s="21"/>
       <c r="J83" s="22"/>
       <c r="K83" s="21"/>
     </row>
     <row r="84" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A84" s="16" t="s">
         <v>72</v>
       </c>
       <c r="B84" s="24"/>
       <c r="C84" s="24"/>
       <c r="D84" s="24"/>
       <c r="E84" s="24"/>
       <c r="F84" s="24"/>
       <c r="G84" s="24"/>
       <c r="H84" s="24"/>
       <c r="I84" s="25"/>
       <c r="J84" s="25"/>
       <c r="K84" s="26"/>
     </row>
-    <row r="85" spans="1:11" s="9" customFormat="1" ht="113.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:11" s="9" customFormat="1" ht="96" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="23" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B85" s="21" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C85" s="21">
         <v>2013</v>
       </c>
       <c r="D85" s="21"/>
       <c r="E85" s="21"/>
       <c r="F85" s="21"/>
       <c r="G85" s="21"/>
       <c r="H85" s="21"/>
       <c r="I85" s="21"/>
       <c r="J85" s="22"/>
       <c r="K85" s="21"/>
     </row>
     <row r="86" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A86" s="16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B86" s="24"/>
       <c r="C86" s="24"/>
       <c r="D86" s="24"/>
       <c r="E86" s="24"/>
       <c r="F86" s="24"/>
       <c r="G86" s="24"/>
       <c r="H86" s="24"/>
       <c r="I86" s="25"/>
       <c r="J86" s="25"/>
       <c r="K86" s="26"/>
     </row>
-    <row r="87" spans="1:11" s="9" customFormat="1" ht="228.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:11" s="9" customFormat="1" ht="184.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="23" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B87" s="21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C87" s="21">
         <v>2013</v>
       </c>
       <c r="D87" s="21"/>
       <c r="E87" s="21"/>
       <c r="F87" s="21"/>
       <c r="G87" s="21"/>
       <c r="H87" s="21"/>
       <c r="I87" s="21"/>
       <c r="J87" s="22"/>
       <c r="K87" s="21"/>
     </row>
     <row r="88" spans="1:11" s="9" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A88" s="23" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B88" s="21" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C88" s="21">
         <v>2013</v>
       </c>
       <c r="D88" s="21"/>
       <c r="E88" s="21"/>
       <c r="F88" s="21"/>
       <c r="G88" s="21"/>
       <c r="H88" s="21"/>
       <c r="I88" s="21"/>
       <c r="J88" s="22"/>
       <c r="K88" s="21"/>
     </row>
-    <row r="89" spans="1:11" s="9" customFormat="1" ht="135.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:11" s="9" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="23" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B89" s="21" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C89" s="21">
         <v>2013</v>
       </c>
       <c r="D89" s="21"/>
       <c r="E89" s="21"/>
       <c r="F89" s="21"/>
       <c r="G89" s="21"/>
       <c r="H89" s="21"/>
       <c r="I89" s="21"/>
       <c r="J89" s="22"/>
       <c r="K89" s="21"/>
     </row>
     <row r="90" spans="1:11" s="9" customFormat="1" ht="225" x14ac:dyDescent="0.2">
       <c r="A90" s="23" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B90" s="21" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C90" s="21">
         <v>2013</v>
       </c>
       <c r="D90" s="21"/>
       <c r="E90" s="21"/>
       <c r="F90" s="21"/>
       <c r="G90" s="21"/>
       <c r="H90" s="21"/>
       <c r="I90" s="21"/>
       <c r="J90" s="22"/>
       <c r="K90" s="21"/>
     </row>
     <row r="91" spans="1:11" s="9" customFormat="1" ht="105" x14ac:dyDescent="0.2">
       <c r="A91" s="23" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B91" s="21" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C91" s="21">
         <v>2013</v>
       </c>
       <c r="D91" s="21"/>
       <c r="E91" s="21"/>
       <c r="F91" s="21"/>
       <c r="G91" s="21"/>
       <c r="H91" s="21"/>
       <c r="I91" s="21"/>
       <c r="J91" s="22"/>
       <c r="K91" s="21"/>
     </row>
   </sheetData>
   <autoFilter ref="A7:K91" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <phoneticPr fontId="22" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H8:H91" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D8:D91 F8:F91" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>"Yes,No,Partial"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="81" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;P</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="5" max="90" man="1"/>
   </colBreaks>
 </worksheet>
-</file>
-[...321 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Cover page</vt:lpstr>
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Data sheet</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk2163407</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Toc356303515</vt:lpstr>
       <vt:lpstr>'Cover page'!Print_Area</vt:lpstr>
       <vt:lpstr>'Data sheet'!Print_Area</vt:lpstr>
       <vt:lpstr>Introduction!Print_Area</vt:lpstr>
       <vt:lpstr>'Data sheet'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>NICE</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ssutcliffe</dc:creator>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:title>NG130 baseline tool 03/18/2026</dc:title>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SetDate">
-    <vt:lpwstr>2025-02-12T14:34:05Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-20T14:29:54Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
     <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
-    <vt:lpwstr>2d3688c6-c05e-459c-a2c5-4565dd92d360</vt:lpwstr>
+    <vt:lpwstr>d35828fb-962d-46c7-b953-e1192b54d48c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-[...9 lines deleted...]
-    <vt:lpwstr/>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>