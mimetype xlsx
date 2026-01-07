--- v0 (2025-12-05)
+++ v1 (2026-01-07)
@@ -11,53 +11,53 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C96B29B1-5BE8-4C86-96C4-549F21A83755}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4DF1D8FE-E14F-446E-A431-8ABA27EA41A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover page" sheetId="30" r:id="rId1"/>
     <sheet name="Introduction" sheetId="23" r:id="rId2"/>
     <sheet name="Data sheet" sheetId="24" r:id="rId3"/>
     <sheet name="Table 1" sheetId="32" r:id="rId4"/>
     <sheet name="Table 2" sheetId="31" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="_1_Outcome" localSheetId="3">#REF!</definedName>
     <definedName name="_1_Outcome" localSheetId="4">#REF!</definedName>
     <definedName name="_1_Outcome">#REF!</definedName>
     <definedName name="_1_Process" localSheetId="3">#REF!</definedName>
     <definedName name="_1_Process" localSheetId="4">#REF!</definedName>
     <definedName name="_1_Process">#REF!</definedName>
     <definedName name="_1_Structure">#REF!</definedName>
     <definedName name="_10_Outcome">#REF!</definedName>
     <definedName name="_10_Process">#REF!</definedName>
     <definedName name="_10_Structure">#REF!</definedName>
     <definedName name="_2_Outcome">#REF!</definedName>
@@ -1138,53 +1138,51 @@
 •	the potential benefits, risks, side effects and implications of treatments, for example, possible effects on bowel and sexual function (see also recommendation 1.6.2 in the section on management of low anterior resection syndrome), quality of life and independence.</t>
   </si>
   <si>
     <t>Consider robotic surgery only within established programmes that have appropriate audited outcomes.</t>
   </si>
   <si>
     <t>For medicines not recommended in NICE technology appraisal guidance for previously treated metastatic colorectal cancer, see the guidance on:
 •	aflibercept in combination with irinotecan and fluorouracil-based therapy after oxaliplatin-based chemotherapy (TA307, 2014)
 •	cetuximab monotherapy or combination chemotherapy, bevacizumab in combination with non-oxaliplatin chemotherapy and panitumumab monotherapy after first-line chemotherapy (TA242, 2012).</t>
   </si>
   <si>
     <t>Help people prepare for discharge after treatment for colorectal cancer by giving them advice on:
 •	adapting physical activity to maintain their quality of life
 •	diet, including advice on foods that can cause or contribute to bowel problems such as diarrhoea, flatulence, incontinence and difficulty in emptying the bowels
 •	stopping smoking (see the NICE guideline on tobacco: preventing uptake, promoting quitting and treating dependence)
 •	how long their recovery might take 
 •	how, when and where to seek help if side effects become problematic.</t>
   </si>
   <si>
     <t xml:space="preserve"> -</t>
   </si>
   <si>
     <t>Neurotrophic tyrosine receptor kinase (NTRK) fusion-positive solid tumours</t>
   </si>
   <si>
-    <t>For NTRK inhibitors recommended as options in NICE technology appraisal guidance through the Cancer Drugs Fund for treating locally advanced or metastatic NTRK fusion-positive solid tumours when there are no other satisfactory treatment options, see the guidance on:
-[...1 lines deleted...]
-•	larotrectinib (TA630, May 2020)</t>
+    <t>Larotrectinib is recommended as an option in NICE technology appraisal guidance through the Cancer Drugs Fund for treating locally advanced or metastatic NTRK fusion-positive solid tumours when there are no other satisfactory treatment options. For full details, see the guidance on larotrectinib (TA630, May 2020).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Lato"/>
@@ -1736,51 +1734,51 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="114">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="4" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="4" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="4" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="4" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
@@ -2022,50 +2020,59 @@
     <xf numFmtId="164" fontId="14" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{D69433BD-ADEF-4569-B775-EAF8AA7DBA70}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FF233746"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -3812,59 +3819,59 @@
       <c r="E53" s="101"/>
       <c r="F53" s="101"/>
       <c r="G53" s="101"/>
       <c r="H53" s="101"/>
       <c r="I53" s="102"/>
       <c r="J53" s="101"/>
     </row>
     <row r="54" spans="1:10" s="28" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A54" s="110" t="s">
         <v>177</v>
       </c>
       <c r="B54" s="97"/>
       <c r="C54" s="97"/>
       <c r="D54" s="97"/>
       <c r="E54" s="97"/>
       <c r="F54" s="97"/>
       <c r="G54" s="97"/>
       <c r="H54" s="98"/>
       <c r="I54" s="98"/>
       <c r="J54" s="99"/>
     </row>
     <row r="55" spans="1:10" s="28" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A55" s="78" t="s">
         <v>149</v>
       </c>
-      <c r="B55" s="42"/>
-[...7 lines deleted...]
-      <c r="J55" s="43"/>
+      <c r="B55" s="111"/>
+      <c r="C55" s="112"/>
+      <c r="D55" s="112"/>
+      <c r="E55" s="112"/>
+      <c r="F55" s="112"/>
+      <c r="G55" s="112"/>
+      <c r="H55" s="112"/>
+      <c r="I55" s="113"/>
+      <c r="J55" s="112"/>
     </row>
     <row r="56" spans="1:10" s="28" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A56" s="41" t="s">
         <v>178</v>
       </c>
       <c r="B56" s="42" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="43"/>
       <c r="D56" s="43"/>
       <c r="E56" s="43"/>
       <c r="F56" s="43"/>
       <c r="G56" s="43"/>
       <c r="H56" s="43"/>
       <c r="I56" s="44"/>
       <c r="J56" s="43"/>
     </row>
     <row r="57" spans="1:10" s="28" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A57" s="46" t="s">
         <v>150</v>
       </c>
       <c r="B57" s="38"/>
       <c r="C57" s="38"/>
       <c r="D57" s="38"/>
       <c r="E57" s="38"/>
@@ -4036,59 +4043,59 @@
       <c r="E68" s="43"/>
       <c r="F68" s="43"/>
       <c r="G68" s="43"/>
       <c r="H68" s="43"/>
       <c r="I68" s="44"/>
       <c r="J68" s="43"/>
     </row>
     <row r="69" spans="1:10" s="28" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A69" s="37" t="s">
         <v>165</v>
       </c>
       <c r="B69" s="38"/>
       <c r="C69" s="38"/>
       <c r="D69" s="38"/>
       <c r="E69" s="38"/>
       <c r="F69" s="38"/>
       <c r="G69" s="38"/>
       <c r="H69" s="39"/>
       <c r="I69" s="39"/>
       <c r="J69" s="40"/>
     </row>
     <row r="70" spans="1:10" s="28" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A70" s="78" t="s">
         <v>166</v>
       </c>
-      <c r="B70" s="42"/>
-[...7 lines deleted...]
-      <c r="J70" s="43"/>
+      <c r="B70" s="111"/>
+      <c r="C70" s="112"/>
+      <c r="D70" s="112"/>
+      <c r="E70" s="112"/>
+      <c r="F70" s="112"/>
+      <c r="G70" s="112"/>
+      <c r="H70" s="112"/>
+      <c r="I70" s="113"/>
+      <c r="J70" s="112"/>
     </row>
     <row r="71" spans="1:10" s="28" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A71" s="37" t="s">
         <v>161</v>
       </c>
       <c r="B71" s="38"/>
       <c r="C71" s="38"/>
       <c r="D71" s="38"/>
       <c r="E71" s="38"/>
       <c r="F71" s="38"/>
       <c r="G71" s="38"/>
       <c r="H71" s="39"/>
       <c r="I71" s="39"/>
       <c r="J71" s="40"/>
     </row>
     <row r="72" spans="1:10" s="28" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A72" s="41" t="s">
         <v>198</v>
       </c>
       <c r="B72" s="42" t="s">
         <v>67</v>
       </c>
       <c r="C72" s="43"/>
       <c r="D72" s="43"/>
       <c r="E72" s="43"/>
@@ -4182,51 +4189,51 @@
         <v>170</v>
       </c>
       <c r="C78" s="43"/>
       <c r="D78" s="43"/>
       <c r="E78" s="43"/>
       <c r="F78" s="43"/>
       <c r="G78" s="43"/>
       <c r="H78" s="43"/>
       <c r="I78" s="44"/>
       <c r="J78" s="43"/>
     </row>
     <row r="79" spans="1:10" s="28" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A79" s="37" t="s">
         <v>210</v>
       </c>
       <c r="B79" s="38"/>
       <c r="C79" s="38"/>
       <c r="D79" s="38"/>
       <c r="E79" s="38"/>
       <c r="F79" s="38"/>
       <c r="G79" s="38"/>
       <c r="H79" s="39"/>
       <c r="I79" s="39"/>
       <c r="J79" s="40"/>
     </row>
-    <row r="80" spans="1:10" s="28" customFormat="1" ht="148.80000000000001" x14ac:dyDescent="0.45">
+    <row r="80" spans="1:10" s="28" customFormat="1" ht="117.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A80" s="41" t="s">
         <v>211</v>
       </c>
       <c r="B80" s="42" t="s">
         <v>171</v>
       </c>
       <c r="C80" s="43"/>
       <c r="D80" s="43"/>
       <c r="E80" s="43"/>
       <c r="F80" s="43"/>
       <c r="G80" s="43"/>
       <c r="H80" s="43"/>
       <c r="I80" s="44"/>
       <c r="J80" s="43"/>
     </row>
     <row r="81" spans="1:10" s="28" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A81" s="37" t="s">
         <v>202</v>
       </c>
       <c r="B81" s="38"/>
       <c r="C81" s="38"/>
       <c r="D81" s="38"/>
       <c r="E81" s="38"/>
       <c r="F81" s="38"/>
       <c r="G81" s="38"/>
@@ -4524,51 +4531,51 @@
     </row>
     <row r="101" spans="1:10" s="54" customFormat="1" ht="16.2" x14ac:dyDescent="0.4">
       <c r="A101" s="51"/>
       <c r="B101" s="52"/>
       <c r="C101" s="52"/>
       <c r="D101" s="52"/>
       <c r="E101" s="52"/>
       <c r="F101" s="52"/>
       <c r="G101" s="52"/>
       <c r="H101" s="52"/>
       <c r="I101" s="53"/>
       <c r="J101" s="52"/>
     </row>
   </sheetData>
   <autoFilter ref="A9:J100" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="31" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G45:G51 G10:G43 G53:G101" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C45:C51 E45:E51 C10:C43 E10:E43 E53:E101 C53:C101" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>"Yes,No,Partial"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="44" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="44" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Lato,Regular"&amp;12&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="4" max="99" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9FEC094-EE99-45BF-BB15-CDACEFCDA92E}">
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.33203125" defaultRowHeight="16.8" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="4" width="39.6640625" style="56" customWidth="1"/>
     <col min="5" max="16384" width="11.33203125" style="56"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A1" s="55" t="s">
         <v>184</v>
       </c>
@@ -4850,75 +4857,75 @@
     </row>
     <row r="5" spans="1:3" s="58" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A5" s="28" t="s">
         <v>132</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </geb11f8ce9d940728585fae6d5409a45>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c122098d4e003b4384c4da8d0c27443">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d886e9f0196ab673da6bef6c2dfa2844" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c37bd64d371b53378ab3c7d697853b0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a27c068249a90173a5e7c41d8f53cde5" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -5115,93 +5122,77 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23B45718-44FC-4F5D-B97C-1400508A532F}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73A24C3E-C487-45C6-810F-C748FDF3D2C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D6F6215-4817-4B19-89CE-623248A89A24}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23B45718-44FC-4F5D-B97C-1400508A532F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55B46797-17CF-4BF7-A933-C4C8DDC66087}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">