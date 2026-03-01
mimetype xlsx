--- v0 (2025-12-08)
+++ v1 (2026-03-01)
@@ -10,55 +10,55 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E7928AF-07E1-44CC-B225-38970C85992B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED931117-EC43-4DE4-91B5-417BFA8EBCF2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="23880" yWindow="-120" windowWidth="21840" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover page" sheetId="9" r:id="rId1"/>
     <sheet name="Introduction" sheetId="1" r:id="rId2"/>
     <sheet name="Data sheet" sheetId="2" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="_1_Outcome">#REF!</definedName>
     <definedName name="_1_Process">#REF!</definedName>
     <definedName name="_1_Structure">#REF!</definedName>
     <definedName name="_10_Outcome">#REF!</definedName>
     <definedName name="_10_Process">#REF!</definedName>
     <definedName name="_10_Structure">#REF!</definedName>
     <definedName name="_2_Outcome">#REF!</definedName>
     <definedName name="_2_Process">#REF!</definedName>
     <definedName name="_2_Structure">#REF!</definedName>
     <definedName name="_3_Outcome">#REF!</definedName>
     <definedName name="_3_Process">#REF!</definedName>
     <definedName name="_3_Structure">#REF!</definedName>
     <definedName name="_4_Outcome">#REF!</definedName>
     <definedName name="_4_Process">#REF!</definedName>
     <definedName name="_4_Structure">#REF!</definedName>
@@ -2092,435 +2092,435 @@
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 •	personal and/or family history of autoimmune disease.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Tell adults with type 1 diabetes their HbA1c results after each measurement and have their most recent result available at consultations. Follow the principles on communication in NICE’s guideline on patient experience in adult NHS services. </t>
   </si>
   <si>
     <t>In adults with type 1 diabetes aim for blood pressure targets as follows:
 •	For adults with a urine albumin:creatinine ratio (ACR) less than 70 mg/mmol, aim for a clinic systolic blood pressure less than 140 mmHg (target range 120 to 139 mmHg) and a clinic diastolic blood pressure less than 90 mmHg.
 •	For adults with an ACR of 70 mg/mmol or more, aim for a clinic systolic blood pressure less than 130 mmHg (target range 120 to 129 mmHg) and a clinic diastolic blood pressure less than 80 mmHg. 
 •	In adults aged 80 or more, whatever the ACR, aim for a clinic systolic blood pressure less than 150 mmHg and a clinic diastolic blood pressure less than 90 mmHg. 
 Use clinical judgement for adults with frailty, target organ damage (damage to organs because of diabetes, for example, to nerves or eyes) or multimorbidity. See NICE’s guidelines on multimorbidity.</t>
   </si>
   <si>
+    <t>1.7.22</t>
+  </si>
+  <si>
+    <t>Insulin injection delivery</t>
+  </si>
+  <si>
+    <t>1.7.19</t>
+  </si>
+  <si>
+    <t>For adults with type 1 diabetes who inject insulin, provide their preferred insulin injection delivery device (this often means using one or more types of insulin injection pen).</t>
+  </si>
+  <si>
+    <t>For adults with type 1 diabetes and special visual or psychological needs, provide injection devices or needle‑free systems that they can use independently for accurate dosing.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Offer needles of different lengths to adults with type 1 diabetes who are having problems such as pain, local skin reactions and injection site leakages. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">After taking clinical factors into account, choose needles with the lowest acquisition cost to use with pre‑filled and reusable insulin pen injectors. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advise adults with type 1 diabetes to rotate insulin injection sites and avoid repeated injections at the same point within sites. </t>
+  </si>
+  <si>
+    <t>Provide adults with type 1 diabetes with:
+•	suitable containers for collecting used needles and other sharps
+•	a way to safely get rid of these containers. 
+See also the section on safe use and disposal of sharps in NICE’s guideline on healthcare-associated infections: prevention and control in primary and community care.</t>
+  </si>
+  <si>
+    <t>1.7.20</t>
+  </si>
+  <si>
+    <t>1.7.21</t>
+  </si>
+  <si>
+    <t>1.7.23</t>
+  </si>
+  <si>
+    <t>1.7.24</t>
+  </si>
+  <si>
+    <t>1.7.25</t>
+  </si>
+  <si>
+    <t>Hybrid closed loop systems are recommended as an option in NICE technology appraisal guidance for managing blood glucose levels in type 1 diabetes for adults who have an HbA1c of 58 mmol/mol (7.5%) or more, or have disabling hypoglycaemia, despite best possible management with at least 1 of the following: continuous subcutaneous insulin infusion, real-time continuous glucose monitoring, or intermittently scanned continuous glucose monitoring. For full details and information about an NHS England implementation plan, see the guidance on hybrid closed loop systems (TA943, 2023).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Continuous subcutaneous insulin infusion (insulin pump) therapy is recommended as an option in NICE technology appraisal guidance for treating some adults with type 1 diabetes. For full details, see the guidance on continuous subcutaneous insulin infusion (TA151, 2008). </t>
+  </si>
+  <si>
+    <t>1.7.26</t>
+  </si>
+  <si>
+    <t>1.8 Referral for islet or pancreas transplantation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.9  Hypoglycaemia awareness and management </t>
+  </si>
+  <si>
+    <t>1.9.3</t>
+  </si>
+  <si>
+    <t>1.9.4</t>
+  </si>
+  <si>
+    <t>1.9.5</t>
+  </si>
+  <si>
+    <t>1.9.6</t>
+  </si>
+  <si>
+    <t>1.9.7</t>
+  </si>
+  <si>
+    <t>1.9.8</t>
+  </si>
+  <si>
+    <t>1.9.9</t>
+  </si>
+  <si>
+    <t>1.9.10</t>
+  </si>
+  <si>
+    <t>1.9.11</t>
+  </si>
+  <si>
+    <t>1.9.12</t>
+  </si>
+  <si>
+    <t>1.9.13</t>
+  </si>
+  <si>
+    <t>1.9.14</t>
+  </si>
+  <si>
+    <t>1.9.15</t>
+  </si>
+  <si>
+    <t>1.9.16</t>
+  </si>
+  <si>
+    <t>1.10  Ketone monitoring and managing diabetic ketoacidosis</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">In adults with type 1 diabetes presenting to emergency services, consider capillary blood ketone testing if:
+•	diabetic ketoacidosis (DKA) is suspected </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+•	the person has uncontrolled diabetes during an illness, and urine ketone testing is positive. </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Professionals managing DKA in adults should have adequate and up-to-date training, and be familiar with all aspects of DKA management that are associated with mortality and morbidity. These topics should include:
+•	fluid balance
+•	acidosis
+•	cerebral oedema
+•	electrolyte imbalance
+•	that DKA can affect the results of standard diagnostic tests (white cell count, body temperature, ECG)
+•	respiratory distress syndrome
+•	cardiac abnormalities
+•	precipitating causes
+•	infection management, including opportunistic infections
+•	gastroparesis
+•	use of high dependency and intensive care units
+•	recommendations 1.10.5 to 1.10.12 in this guideline.
+Management of DKA in adults should be in line with local clinical governance. </t>
+  </si>
+  <si>
+    <t>1.11 Associated illness</t>
+  </si>
+  <si>
+    <t>1.12 Control of cardiovascular risk</t>
+  </si>
+  <si>
+    <t>1.12.3</t>
+  </si>
+  <si>
+    <t>1.12.4</t>
+  </si>
+  <si>
+    <t>1.12.5</t>
+  </si>
+  <si>
+    <t>1.12.6</t>
+  </si>
+  <si>
+    <t>1.12.7</t>
+  </si>
+  <si>
+    <t>1.12.8</t>
+  </si>
+  <si>
+    <t>1.12.9</t>
+  </si>
+  <si>
+    <t>1.12.10</t>
+  </si>
+  <si>
+    <t>1.12.11</t>
+  </si>
+  <si>
+    <t>1.12.12</t>
+  </si>
+  <si>
+    <t>1.13 Caring for adults with type 1 diabetes in hospital</t>
+  </si>
+  <si>
+    <t>1.14  Managing complications</t>
+  </si>
+  <si>
+    <t>For guidance on managing and monitoring diabetic retinopathy in people under the care of hospital eye services, see NICE’s guideline on diabetic retinopathy.</t>
+  </si>
+  <si>
+    <t>1.14.11</t>
+  </si>
+  <si>
+    <t>1.14.12</t>
+  </si>
+  <si>
+    <t>1.14.13</t>
+  </si>
+  <si>
+    <t>1.14.14</t>
+  </si>
+  <si>
+    <t>1.14.15</t>
+  </si>
+  <si>
+    <t>1.14.16</t>
+  </si>
+  <si>
+    <t>1.14.17</t>
+  </si>
+  <si>
+    <t>1.14.18</t>
+  </si>
+  <si>
+    <t>1.14.19</t>
+  </si>
+  <si>
+    <t>1.14.20</t>
+  </si>
+  <si>
+    <t>1.14.21</t>
+  </si>
+  <si>
+    <t>1.14.22</t>
+  </si>
+  <si>
+    <t>1.14.23</t>
+  </si>
+  <si>
+    <t>1.14.24</t>
+  </si>
+  <si>
+    <t>1.14.25</t>
+  </si>
+  <si>
+    <t>Maintain the person’s blood pressure (see recommendation 1.12.8 for blood pressure targets) by adding other anti-hypertensive drugs if necessary.</t>
+  </si>
+  <si>
+    <t>1.14.26</t>
+  </si>
+  <si>
+    <t>1.14.27</t>
+  </si>
+  <si>
+    <t>1.14.28</t>
+  </si>
+  <si>
+    <t>1.14.29</t>
+  </si>
+  <si>
+    <t>1.14.30</t>
+  </si>
+  <si>
+    <t>1.14.31</t>
+  </si>
+  <si>
+    <t>1.14.32</t>
+  </si>
+  <si>
+    <t>1.14.33</t>
+  </si>
+  <si>
+    <t>1.14.34</t>
+  </si>
+  <si>
+    <t>1.14.35</t>
+  </si>
+  <si>
+    <t>1.14.36</t>
+  </si>
+  <si>
+    <t>1.14.37</t>
+  </si>
+  <si>
+    <t>1.14.38</t>
+  </si>
+  <si>
+    <t>1.14.39</t>
+  </si>
+  <si>
+    <t>1.14.40</t>
+  </si>
+  <si>
+    <t>1.14.41</t>
+  </si>
+  <si>
+    <t>1.14.42</t>
+  </si>
+  <si>
+    <t>1.14.43</t>
+  </si>
+  <si>
+    <t>1.14.44</t>
+  </si>
+  <si>
+    <t>•	Clinical factors that may make devices easier or harder to use
+•	Frequency of sensor replacement
+•	Sensitivities to the device, for example local skin reactions
+•	Body image concerns</t>
+  </si>
+  <si>
+    <t>Levemir insulin (insulin detemir), in both its Penfill and Flexpen presentations, is to be discontinued, with an anticipated supply end date of December 2026. A Medicine Supply Notification (MSN/2025/036U) has been issued about the discontinuation. For information on alternative basal insulins, see the Association of British Clinical Diabetologists and the Primary Care Diabetes &amp; Obesity Society guidance on discontinuation of Levemir (insulin detemir). NICE is assessing the impact of the discontinuation of insulin detemir on recommendations in this guideline.</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>National Institute for Health and Care Excellence
-Level 1A, City Tower, Piccadilly Plaza, Manchester M1 4BT; www.nice.org.uk
+3rd floor, 3 Piccadilly Place, Manchester, M1 3BN; www.nice.org.uk
 Copyright</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t>© NICE 2024. All rights reserved.</t>
+      <t>© NICE 2026. All rights reserved.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>Subject to Notice of rights</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
-  <si>
-[...304 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2689,96 +2689,102 @@
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF222222"/>
+      <name val="Lato"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA2BDC1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF15434A"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF18646E"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2882,66 +2888,80 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="9">
+  <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="6" borderId="9">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="1"/>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="1"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0">
+      <alignment vertical="top"/>
+    </xf>
   </cellStyleXfs>
   <cellXfs count="81">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -3072,97 +3092,98 @@
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="9" xfId="6" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="9" xfId="6" applyFill="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="9" xfId="6" quotePrefix="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="0" xfId="6" applyFill="1" applyBorder="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="4" xfId="6" applyFill="1" applyBorder="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="2" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="12" xfId="6" applyFill="1" applyBorder="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="2" xfId="6" applyFill="1" applyBorder="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="7" borderId="13" xfId="6" applyFill="1" applyBorder="1">
+      <alignment vertical="top"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="9">
+  <cellStyles count="10">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink 2 2" xfId="4" xr:uid="{D58DA762-2A9D-44EE-8629-6CF5F397EA39}"/>
     <cellStyle name="Hyperlink 3" xfId="5" xr:uid="{BA6C586C-35C3-4498-A169-D5B46CDDFE65}"/>
     <cellStyle name="Hyperlink 4" xfId="3" xr:uid="{517F0EC8-CD7C-4B08-BC75-90DCC72068D6}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
+    <cellStyle name="Normal 2" xfId="9" xr:uid="{D140BBA0-CB41-4982-BE19-49A4D744088F}"/>
     <cellStyle name="Notes and additional information" xfId="6" xr:uid="{E90AD471-09C4-4C77-8A50-A8FCE3DE0D34}"/>
     <cellStyle name="Section heading" xfId="7" xr:uid="{8DA9A4BD-6AFA-4667-881D-64B6B61A7AB2}"/>
     <cellStyle name="Section sub-heading" xfId="8" xr:uid="{04CFD840-1257-46C5-A73E-651FD8EF5FCC}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
@@ -3686,5319 +3707,5319 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ng17" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/terms-and-conditions" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/ng17/resources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{70A62DB1-1EE9-4212-BE24-3103DFEEC4F2}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.25" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.6640625" style="8" customWidth="1"/>
-    <col min="2" max="6" width="9.21875" style="8"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.21875" style="8"/>
+    <col min="2" max="6" width="9.25" style="8"/>
+    <col min="7" max="7" width="5.08203125" style="8" customWidth="1"/>
+    <col min="8" max="16384" width="9.25" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="18"/>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="17"/>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G2" s="7"/>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G3" s="7"/>
     </row>
-    <row r="4" spans="1:7" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:7" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G4" s="7"/>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G5" s="7"/>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G6" s="7"/>
     </row>
-    <row r="7" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G7" s="7"/>
     </row>
-    <row r="8" spans="1:7" ht="30" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="15"/>
       <c r="B8" s="15"/>
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
       <c r="E8" s="15"/>
       <c r="F8" s="15"/>
       <c r="G8" s="7"/>
     </row>
-    <row r="9" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="36" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="36"/>
       <c r="C9" s="36"/>
       <c r="D9" s="36"/>
       <c r="E9" s="36"/>
       <c r="F9" s="36"/>
       <c r="G9" s="7"/>
     </row>
-    <row r="10" spans="1:7" ht="30" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="47" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="19"/>
       <c r="C10" s="19"/>
       <c r="D10" s="19"/>
       <c r="E10" s="19"/>
       <c r="F10" s="19"/>
       <c r="G10" s="7"/>
     </row>
-    <row r="11" spans="1:7" ht="30" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="47" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="19"/>
       <c r="C11" s="19"/>
       <c r="D11" s="19"/>
       <c r="E11" s="19"/>
       <c r="F11" s="19"/>
       <c r="G11" s="14"/>
     </row>
-    <row r="12" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="16"/>
       <c r="B12" s="16"/>
       <c r="C12" s="16"/>
       <c r="D12" s="16"/>
       <c r="E12" s="16"/>
       <c r="F12" s="16"/>
       <c r="G12" s="14"/>
     </row>
-    <row r="13" spans="1:7" ht="33.200000000000003" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:7" ht="33.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="35"/>
       <c r="B13" s="35"/>
       <c r="C13" s="35"/>
       <c r="D13" s="35"/>
       <c r="E13" s="35"/>
       <c r="F13" s="35"/>
       <c r="G13" s="13"/>
     </row>
-    <row r="14" spans="1:7" ht="27" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A14" s="37" t="s">
         <v>422</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="11"/>
       <c r="D14" s="11"/>
       <c r="E14" s="11"/>
       <c r="F14" s="11"/>
       <c r="G14" s="10"/>
     </row>
-    <row r="15" spans="1:7" ht="27" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A15" s="37" t="s">
         <v>423</v>
       </c>
       <c r="B15" s="11"/>
       <c r="C15" s="11"/>
       <c r="D15" s="11"/>
       <c r="E15" s="11"/>
       <c r="F15" s="11"/>
       <c r="G15" s="10"/>
     </row>
-    <row r="16" spans="1:7" ht="27" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A16" s="12"/>
       <c r="B16" s="12"/>
       <c r="C16" s="12"/>
       <c r="D16" s="12"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="10"/>
     </row>
-    <row r="17" spans="1:7" ht="27" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A17" s="12"/>
       <c r="B17" s="12"/>
       <c r="C17" s="12"/>
       <c r="D17" s="12"/>
       <c r="E17" s="12"/>
       <c r="F17" s="12"/>
       <c r="G17" s="10"/>
     </row>
-    <row r="18" spans="1:7" ht="27" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:7" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A18" s="12"/>
       <c r="B18" s="12"/>
       <c r="C18" s="12"/>
       <c r="D18" s="12"/>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="10"/>
     </row>
-    <row r="19" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="9"/>
       <c r="G19" s="7"/>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G20" s="7"/>
     </row>
-    <row r="21" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G21" s="7"/>
     </row>
-    <row r="22" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="6"/>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
       <c r="F22" s="6"/>
       <c r="G22" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="74" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:A14"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="95.33203125" style="2" customWidth="1"/>
-    <col min="2" max="16384" width="8.77734375" style="2"/>
+    <col min="2" max="16384" width="8.75" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:1" ht="55.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="53.65" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:1" ht="53.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="26" t="s">
         <v>362</v>
       </c>
     </row>
-    <row r="3" spans="1:1" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:1" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="4" spans="1:1" ht="15" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="20"/>
     </row>
-    <row r="5" spans="1:1" ht="39.200000000000003" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:1" ht="39.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="66" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="6" spans="1:1" ht="15" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="20" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:1" ht="15" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="20"/>
     </row>
-    <row r="8" spans="1:1" ht="15" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="27" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="28"/>
     </row>
-    <row r="10" spans="1:1" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:1" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="29" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="11" spans="1:1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="29" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="1:1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:1" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="20" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="13" spans="1:1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="38" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="14" spans="1:1" ht="113.65" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:1" ht="113.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="30" t="s">
-        <v>428</v>
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A9" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Yes,Partially,No"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A13" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A14" r:id="rId2" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="A5" r:id="rId3" xr:uid="{58F3159D-ECC3-40F8-B848-A5EE3673E725}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K274"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.25" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="72.109375" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="55.109375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="72.08203125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="12.75" style="3" customWidth="1"/>
+    <col min="3" max="3" width="20.25" style="3" customWidth="1"/>
+    <col min="4" max="4" width="20.4140625" style="3" customWidth="1"/>
+    <col min="5" max="5" width="55.08203125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="21.25" style="3" customWidth="1"/>
+    <col min="7" max="7" width="55.08203125" style="3" customWidth="1"/>
     <col min="8" max="8" width="24.33203125" style="3" customWidth="1"/>
     <col min="9" max="9" width="18.33203125" style="3" customWidth="1"/>
-    <col min="10" max="10" width="11.77734375" style="3" customWidth="1"/>
-    <col min="11" max="11" width="22.109375" style="3" customWidth="1"/>
+    <col min="10" max="10" width="11.75" style="3" customWidth="1"/>
+    <col min="11" max="11" width="22.08203125" style="3" customWidth="1"/>
     <col min="12" max="12" width="49.33203125" style="2" customWidth="1"/>
-    <col min="13" max="16384" width="9.21875" style="2"/>
+    <col min="13" max="16384" width="9.25" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="33" t="str">
         <f>Introduction!A1</f>
         <v>Baseline assessment tool for type 1 diabetes in adults: diagnosis and management (NICE guideline NG17)</v>
       </c>
       <c r="B1" s="34"/>
       <c r="C1" s="34"/>
       <c r="D1" s="34"/>
       <c r="E1" s="34"/>
       <c r="F1" s="34"/>
       <c r="G1" s="34"/>
       <c r="H1" s="34"/>
       <c r="I1" s="34"/>
       <c r="J1" s="34"/>
       <c r="K1" s="34"/>
     </row>
-    <row r="3" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="43" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="39" cm="1">
-        <f t="array" ref="B3">SUMPRODUCT(COUNTIF(D11:D274,{"Yes","Partial"}))</f>
+        <f t="array" ref="B3">SUMPRODUCT(COUNTIF(D10:D274,{"Yes","Partial"}))</f>
         <v>0</v>
       </c>
       <c r="C3" s="21"/>
       <c r="D3" s="20"/>
       <c r="G3" s="20"/>
       <c r="H3" s="20"/>
       <c r="I3" s="20"/>
       <c r="J3" s="20"/>
       <c r="K3" s="20"/>
     </row>
-    <row r="4" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="39">
-        <f>COUNTIF(F11:F274,"Yes")</f>
+        <f>COUNTIF(F10:F274,"Yes")</f>
         <v>0</v>
       </c>
       <c r="C4" s="21"/>
       <c r="D4" s="20"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="20"/>
       <c r="H4" s="20"/>
       <c r="I4" s="20"/>
       <c r="J4" s="20"/>
       <c r="K4" s="20"/>
     </row>
-    <row r="5" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="15.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="45" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="40">
-        <f>COUNTIF(F11:F274,"Partial")</f>
+        <f>COUNTIF(F10:F274,"Partial")</f>
         <v>0</v>
       </c>
       <c r="C5" s="21"/>
       <c r="D5" s="20"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="20"/>
       <c r="H5" s="20"/>
       <c r="I5" s="20"/>
       <c r="J5" s="20"/>
       <c r="K5" s="20"/>
     </row>
-    <row r="6" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="46" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="41" t="str">
         <f>IF(ISERROR(B4/B3),"",B4/B3)</f>
         <v/>
       </c>
       <c r="C6" s="21"/>
       <c r="D6" s="20"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="20"/>
       <c r="H6" s="20"/>
       <c r="I6" s="20"/>
       <c r="J6" s="20"/>
       <c r="K6" s="20"/>
     </row>
-    <row r="7" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="43" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="42" t="str">
         <f>IF(ISERROR(B5/B3),"",B5/B3)</f>
         <v/>
       </c>
       <c r="C7" s="22"/>
       <c r="D7" s="20"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="20"/>
       <c r="H7" s="20"/>
       <c r="I7" s="20"/>
       <c r="J7" s="20"/>
       <c r="K7" s="20"/>
     </row>
-    <row r="8" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="20"/>
       <c r="B8" s="20"/>
       <c r="C8" s="20"/>
       <c r="D8" s="20"/>
       <c r="E8" s="20"/>
       <c r="F8" s="20"/>
       <c r="G8" s="20"/>
       <c r="H8" s="20"/>
       <c r="I8" s="20"/>
       <c r="J8" s="20"/>
       <c r="K8" s="20"/>
     </row>
-    <row r="9" spans="1:11" s="32" customFormat="1" ht="49.5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:11" s="32" customFormat="1" ht="50.4" x14ac:dyDescent="0.3">
       <c r="A9" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="31" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="31" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="31" t="s">
         <v>0</v>
       </c>
       <c r="G9" s="31" t="s">
         <v>1</v>
       </c>
       <c r="H9" s="31" t="s">
         <v>10</v>
       </c>
       <c r="I9" s="31" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="31" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="31" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="10" spans="1:11" s="32" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="A11" s="71" t="s">
+    <row r="10" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A10" s="70" t="s">
         <v>421</v>
       </c>
-      <c r="B11" s="70"/>
-[...11 lines deleted...]
-      <c r="A12" s="52" t="s">
+      <c r="B10" s="69"/>
+      <c r="C10" s="69"/>
+      <c r="D10" s="69"/>
+      <c r="E10" s="69"/>
+      <c r="F10" s="69"/>
+      <c r="G10" s="69"/>
+      <c r="H10" s="69"/>
+      <c r="I10" s="69"/>
+      <c r="J10" s="69"/>
+      <c r="K10" s="69"/>
+    </row>
+    <row r="11" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A11" s="52" t="s">
         <v>25</v>
       </c>
-      <c r="B12" s="53"/>
-[...11 lines deleted...]
-      <c r="A13" s="58" t="s">
+      <c r="B11" s="53"/>
+      <c r="C11" s="52"/>
+      <c r="D11" s="52"/>
+      <c r="E11" s="52"/>
+      <c r="F11" s="52"/>
+      <c r="G11" s="52"/>
+      <c r="H11" s="52"/>
+      <c r="I11" s="52"/>
+      <c r="J11" s="52"/>
+      <c r="K11" s="52"/>
+    </row>
+    <row r="12" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="58" t="s">
         <v>364</v>
       </c>
-      <c r="B13" s="58"/>
-[...10 lines deleted...]
-    <row r="14" spans="1:11" s="4" customFormat="1" ht="122.25" x14ac:dyDescent="0.2">
+      <c r="B12" s="58"/>
+      <c r="C12" s="58"/>
+      <c r="D12" s="58"/>
+      <c r="E12" s="58"/>
+      <c r="F12" s="58"/>
+      <c r="G12" s="58"/>
+      <c r="H12" s="58"/>
+      <c r="I12" s="58"/>
+      <c r="J12" s="58"/>
+      <c r="K12" s="58"/>
+    </row>
+    <row r="13" spans="1:11" s="4" customFormat="1" ht="121.8" x14ac:dyDescent="0.25">
+      <c r="A13" s="62" t="s">
+        <v>425</v>
+      </c>
+      <c r="B13" s="54" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="55" t="s">
+        <v>365</v>
+      </c>
+      <c r="D13" s="56"/>
+      <c r="E13" s="56"/>
+      <c r="F13" s="56"/>
+      <c r="G13" s="56"/>
+      <c r="H13" s="56"/>
+      <c r="I13" s="56"/>
+      <c r="J13" s="57"/>
+      <c r="K13" s="56"/>
+    </row>
+    <row r="14" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="62" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>366</v>
+      </c>
+      <c r="B14" s="48" t="s">
+        <v>28</v>
       </c>
       <c r="C14" s="55" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D14" s="56"/>
       <c r="E14" s="56"/>
       <c r="F14" s="56"/>
       <c r="G14" s="56"/>
       <c r="H14" s="56"/>
       <c r="I14" s="56"/>
       <c r="J14" s="57"/>
       <c r="K14" s="56"/>
     </row>
-    <row r="15" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A15" s="62" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B15" s="48" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C15" s="55" t="s">
         <v>367</v>
       </c>
       <c r="D15" s="56"/>
       <c r="E15" s="56"/>
       <c r="F15" s="56"/>
       <c r="G15" s="56"/>
       <c r="H15" s="56"/>
       <c r="I15" s="56"/>
       <c r="J15" s="57"/>
       <c r="K15" s="56"/>
     </row>
-    <row r="16" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A16" s="62" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B16" s="48" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C16" s="55" t="s">
         <v>367</v>
       </c>
       <c r="D16" s="56"/>
       <c r="E16" s="56"/>
       <c r="F16" s="56"/>
       <c r="G16" s="56"/>
       <c r="H16" s="56"/>
       <c r="I16" s="56"/>
       <c r="J16" s="57"/>
       <c r="K16" s="56"/>
     </row>
-    <row r="17" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="62" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>370</v>
+      </c>
+      <c r="B17" s="54" t="s">
+        <v>31</v>
       </c>
       <c r="C17" s="55" t="s">
         <v>367</v>
       </c>
       <c r="D17" s="56"/>
       <c r="E17" s="56"/>
       <c r="F17" s="56"/>
       <c r="G17" s="56"/>
       <c r="H17" s="56"/>
       <c r="I17" s="56"/>
       <c r="J17" s="57"/>
       <c r="K17" s="56"/>
     </row>
-    <row r="18" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A18" s="62" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B18" s="54" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C18" s="55" t="s">
         <v>367</v>
       </c>
       <c r="D18" s="56"/>
       <c r="E18" s="56"/>
       <c r="F18" s="56"/>
       <c r="G18" s="56"/>
       <c r="H18" s="56"/>
       <c r="I18" s="56"/>
       <c r="J18" s="57"/>
       <c r="K18" s="56"/>
     </row>
-    <row r="19" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C19" s="55" t="s">
+    <row r="19" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="58" t="s">
+        <v>372</v>
+      </c>
+      <c r="B19" s="58"/>
+      <c r="C19" s="58"/>
+      <c r="D19" s="58"/>
+      <c r="E19" s="58"/>
+      <c r="F19" s="58"/>
+      <c r="G19" s="58"/>
+      <c r="H19" s="58"/>
+      <c r="I19" s="58"/>
+      <c r="J19" s="58"/>
+      <c r="K19" s="58"/>
+    </row>
+    <row r="20" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="62" t="s">
+        <v>373</v>
+      </c>
+      <c r="B20" s="54" t="s">
+        <v>35</v>
+      </c>
+      <c r="C20" s="55" t="s">
         <v>367</v>
       </c>
-      <c r="D19" s="56"/>
-[...23 lines deleted...]
-    <row r="21" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="D20" s="56"/>
+      <c r="E20" s="56"/>
+      <c r="F20" s="56"/>
+      <c r="G20" s="56"/>
+      <c r="H20" s="56"/>
+      <c r="I20" s="56"/>
+      <c r="J20" s="57"/>
+      <c r="K20" s="56"/>
+    </row>
+    <row r="21" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="62" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B21" s="54" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C21" s="55" t="s">
         <v>367</v>
       </c>
       <c r="D21" s="56"/>
       <c r="E21" s="56"/>
       <c r="F21" s="56"/>
       <c r="G21" s="56"/>
       <c r="H21" s="56"/>
       <c r="I21" s="56"/>
       <c r="J21" s="57"/>
       <c r="K21" s="56"/>
     </row>
-    <row r="22" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A22" s="62" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B22" s="54" t="s">
-        <v>37</v>
+        <v>223</v>
       </c>
       <c r="C22" s="55" t="s">
         <v>367</v>
       </c>
       <c r="D22" s="56"/>
       <c r="E22" s="56"/>
       <c r="F22" s="56"/>
       <c r="G22" s="56"/>
       <c r="H22" s="56"/>
       <c r="I22" s="56"/>
       <c r="J22" s="57"/>
       <c r="K22" s="56"/>
     </row>
-    <row r="23" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A24" s="58" t="s">
+    <row r="23" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="58" t="s">
         <v>32</v>
       </c>
-      <c r="B24" s="58"/>
-[...11 lines deleted...]
-      <c r="A25" s="74" t="s">
+      <c r="B23" s="58"/>
+      <c r="C23" s="58"/>
+      <c r="D23" s="58"/>
+      <c r="E23" s="58"/>
+      <c r="F23" s="58"/>
+      <c r="G23" s="58"/>
+      <c r="H23" s="58"/>
+      <c r="I23" s="58"/>
+      <c r="J23" s="58"/>
+      <c r="K23" s="58"/>
+    </row>
+    <row r="24" spans="1:11" s="4" customFormat="1" ht="240" x14ac:dyDescent="0.25">
+      <c r="A24" s="73" t="s">
         <v>248</v>
       </c>
+      <c r="B24" s="51" t="s">
+        <v>376</v>
+      </c>
+      <c r="C24" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="D24" s="59"/>
+      <c r="E24" s="59"/>
+      <c r="F24" s="59"/>
+      <c r="G24" s="59"/>
+      <c r="H24" s="59"/>
+      <c r="I24" s="59"/>
+      <c r="J24" s="60"/>
+      <c r="K24" s="59"/>
+    </row>
+    <row r="25" spans="1:11" s="4" customFormat="1" ht="270" x14ac:dyDescent="0.25">
+      <c r="A25" s="50" t="s">
+        <v>249</v>
+      </c>
       <c r="B25" s="51" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>377</v>
+      </c>
+      <c r="C25" s="55" t="s">
+        <v>213</v>
       </c>
       <c r="D25" s="59"/>
       <c r="E25" s="59"/>
       <c r="F25" s="59"/>
       <c r="G25" s="59"/>
       <c r="H25" s="59"/>
       <c r="I25" s="59"/>
       <c r="J25" s="60"/>
-      <c r="K25" s="59"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:11" s="4" customFormat="1" ht="270" x14ac:dyDescent="0.2">
+      <c r="K25" s="51"/>
+    </row>
+    <row r="26" spans="1:11" s="4" customFormat="1" ht="210" x14ac:dyDescent="0.25">
       <c r="A26" s="50" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B26" s="51" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C26" s="55" t="s">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="D26" s="59"/>
       <c r="E26" s="59"/>
       <c r="F26" s="59"/>
       <c r="G26" s="59"/>
       <c r="H26" s="59"/>
       <c r="I26" s="59"/>
       <c r="J26" s="60"/>
       <c r="K26" s="51"/>
     </row>
-    <row r="27" spans="1:11" s="4" customFormat="1" ht="240" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>250</v>
+    <row r="27" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="25" t="s">
+        <v>224</v>
       </c>
       <c r="B27" s="51" t="s">
-        <v>378</v>
-[...17 lines deleted...]
-      <c r="B28" s="51" t="s">
         <v>379</v>
       </c>
-      <c r="C28" s="49" t="s">
+      <c r="C27" s="49" t="s">
         <v>34</v>
       </c>
-      <c r="D28" s="23"/>
-[...9 lines deleted...]
-      <c r="A29" s="52" t="s">
+      <c r="D27" s="23"/>
+      <c r="E27" s="23"/>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="23"/>
+      <c r="I27" s="23"/>
+      <c r="J27" s="24"/>
+      <c r="K27" s="23"/>
+    </row>
+    <row r="28" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A28" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="53"/>
-[...10 lines deleted...]
-    <row r="30" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="B28" s="53"/>
+      <c r="C28" s="52"/>
+      <c r="D28" s="52"/>
+      <c r="E28" s="52"/>
+      <c r="F28" s="52"/>
+      <c r="G28" s="52"/>
+      <c r="H28" s="52"/>
+      <c r="I28" s="52"/>
+      <c r="J28" s="52"/>
+      <c r="K28" s="52"/>
+    </row>
+    <row r="29" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A29" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="48" t="s">
+        <v>40</v>
+      </c>
+      <c r="C29" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="D29" s="23"/>
+      <c r="E29" s="23"/>
+      <c r="F29" s="23"/>
+      <c r="G29" s="23"/>
+      <c r="H29" s="23"/>
+      <c r="I29" s="23"/>
+      <c r="J29" s="24"/>
+      <c r="K29" s="23"/>
+    </row>
+    <row r="30" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A30" s="25" t="s">
-        <v>39</v>
+        <v>252</v>
       </c>
       <c r="B30" s="48" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C30" s="49" t="s">
-        <v>41</v>
+        <v>251</v>
       </c>
       <c r="D30" s="23"/>
       <c r="E30" s="23"/>
       <c r="F30" s="23"/>
       <c r="G30" s="23"/>
       <c r="H30" s="23"/>
       <c r="I30" s="23"/>
       <c r="J30" s="24"/>
       <c r="K30" s="23"/>
     </row>
-    <row r="31" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A31" s="25" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B31" s="48" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C31" s="49" t="s">
-        <v>251</v>
+        <v>34</v>
       </c>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="23"/>
       <c r="I31" s="23"/>
       <c r="J31" s="24"/>
       <c r="K31" s="23"/>
     </row>
-    <row r="32" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A32" s="25" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B32" s="48" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C32" s="49" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="D32" s="23"/>
       <c r="E32" s="23"/>
       <c r="F32" s="23"/>
       <c r="G32" s="23"/>
       <c r="H32" s="23"/>
       <c r="I32" s="23"/>
       <c r="J32" s="24"/>
       <c r="K32" s="23"/>
     </row>
-    <row r="33" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A33" s="25" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B33" s="48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C33" s="49" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="23"/>
       <c r="I33" s="23"/>
       <c r="J33" s="24"/>
       <c r="K33" s="23"/>
     </row>
-    <row r="34" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:11" s="4" customFormat="1" ht="225" x14ac:dyDescent="0.25">
       <c r="A34" s="25" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B34" s="48" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C34" s="49" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D34" s="23"/>
       <c r="E34" s="23"/>
       <c r="F34" s="23"/>
       <c r="G34" s="23"/>
       <c r="H34" s="23"/>
       <c r="I34" s="23"/>
       <c r="J34" s="24"/>
       <c r="K34" s="23"/>
     </row>
-    <row r="35" spans="1:11" s="4" customFormat="1" ht="240" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A35" s="25" t="s">
-        <v>256</v>
+        <v>413</v>
       </c>
       <c r="B35" s="48" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C35" s="49" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="23"/>
       <c r="I35" s="23"/>
       <c r="J35" s="24"/>
       <c r="K35" s="23"/>
     </row>
-    <row r="36" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="25" t="s">
-        <v>413</v>
+        <v>360</v>
       </c>
       <c r="B36" s="48" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C36" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D36" s="23"/>
       <c r="E36" s="23"/>
       <c r="F36" s="23"/>
       <c r="G36" s="23"/>
       <c r="H36" s="23"/>
       <c r="I36" s="23"/>
       <c r="J36" s="24"/>
       <c r="K36" s="23"/>
     </row>
-    <row r="37" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A38" s="52" t="s">
+    <row r="37" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A37" s="52" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="53"/>
-[...10 lines deleted...]
-    <row r="39" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="B37" s="53"/>
+      <c r="C37" s="52"/>
+      <c r="D37" s="52"/>
+      <c r="E37" s="52"/>
+      <c r="F37" s="52"/>
+      <c r="G37" s="52"/>
+      <c r="H37" s="52"/>
+      <c r="I37" s="52"/>
+      <c r="J37" s="52"/>
+      <c r="K37" s="52"/>
+    </row>
+    <row r="38" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A38" s="25" t="s">
+        <v>225</v>
+      </c>
+      <c r="B38" s="48" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="D38" s="23"/>
+      <c r="E38" s="23"/>
+      <c r="F38" s="23"/>
+      <c r="G38" s="23"/>
+      <c r="H38" s="23"/>
+      <c r="I38" s="23"/>
+      <c r="J38" s="24"/>
+      <c r="K38" s="23"/>
+    </row>
+    <row r="39" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A39" s="25" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B39" s="48" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C39" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="23"/>
       <c r="E39" s="23"/>
       <c r="F39" s="23"/>
       <c r="G39" s="23"/>
       <c r="H39" s="23"/>
       <c r="I39" s="23"/>
       <c r="J39" s="24"/>
       <c r="K39" s="23"/>
     </row>
-    <row r="40" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="25" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B40" s="48" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C40" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D40" s="23"/>
       <c r="E40" s="23"/>
       <c r="F40" s="23"/>
       <c r="G40" s="23"/>
       <c r="H40" s="23"/>
       <c r="I40" s="23"/>
       <c r="J40" s="24"/>
       <c r="K40" s="23"/>
     </row>
-    <row r="41" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:11" s="4" customFormat="1" ht="195" x14ac:dyDescent="0.25">
       <c r="A41" s="25" t="s">
-        <v>227</v>
+        <v>257</v>
       </c>
       <c r="B41" s="48" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C41" s="49" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="D41" s="23"/>
       <c r="E41" s="23"/>
       <c r="F41" s="23"/>
       <c r="G41" s="23"/>
       <c r="H41" s="23"/>
       <c r="I41" s="23"/>
       <c r="J41" s="24"/>
       <c r="K41" s="23"/>
     </row>
-    <row r="42" spans="1:11" s="4" customFormat="1" ht="210" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="25" t="s">
-        <v>257</v>
+        <v>55</v>
       </c>
       <c r="B42" s="48" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C42" s="49" t="s">
         <v>27</v>
       </c>
       <c r="D42" s="23"/>
       <c r="E42" s="23"/>
       <c r="F42" s="23"/>
       <c r="G42" s="23"/>
       <c r="H42" s="23"/>
       <c r="I42" s="23"/>
       <c r="J42" s="24"/>
       <c r="K42" s="23"/>
     </row>
-    <row r="43" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A43" s="25" t="s">
-        <v>55</v>
+        <v>258</v>
       </c>
       <c r="B43" s="48" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C43" s="49" t="s">
         <v>27</v>
       </c>
       <c r="D43" s="23"/>
       <c r="E43" s="23"/>
       <c r="F43" s="23"/>
       <c r="G43" s="23"/>
       <c r="H43" s="23"/>
       <c r="I43" s="23"/>
       <c r="J43" s="24"/>
       <c r="K43" s="23"/>
     </row>
-    <row r="44" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A44" s="25" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B44" s="48" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C44" s="49" t="s">
         <v>27</v>
       </c>
       <c r="D44" s="23"/>
       <c r="E44" s="23"/>
       <c r="F44" s="23"/>
       <c r="G44" s="23"/>
       <c r="H44" s="23"/>
       <c r="I44" s="23"/>
       <c r="J44" s="24"/>
       <c r="K44" s="23"/>
     </row>
-    <row r="45" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="25" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B45" s="48" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C45" s="49" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="23"/>
       <c r="H45" s="23"/>
       <c r="I45" s="23"/>
       <c r="J45" s="24"/>
       <c r="K45" s="23"/>
     </row>
-    <row r="46" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A47" s="52" t="s">
+    <row r="46" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A46" s="52" t="s">
         <v>61</v>
       </c>
-      <c r="B47" s="53"/>
-[...11 lines deleted...]
-      <c r="A48" s="58" t="s">
+      <c r="B46" s="53"/>
+      <c r="C46" s="52"/>
+      <c r="D46" s="52"/>
+      <c r="E46" s="52"/>
+      <c r="F46" s="52"/>
+      <c r="G46" s="52"/>
+      <c r="H46" s="52"/>
+      <c r="I46" s="52"/>
+      <c r="J46" s="52"/>
+      <c r="K46" s="52"/>
+    </row>
+    <row r="47" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="58" t="s">
         <v>62</v>
       </c>
-      <c r="B48" s="58"/>
-[...10 lines deleted...]
-    <row r="49" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+      <c r="B47" s="58"/>
+      <c r="C47" s="58"/>
+      <c r="D47" s="58"/>
+      <c r="E47" s="58"/>
+      <c r="F47" s="58"/>
+      <c r="G47" s="58"/>
+      <c r="H47" s="58"/>
+      <c r="I47" s="58"/>
+      <c r="J47" s="58"/>
+      <c r="K47" s="58"/>
+    </row>
+    <row r="48" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="25" t="s">
+        <v>261</v>
+      </c>
+      <c r="B48" s="48" t="s">
+        <v>63</v>
+      </c>
+      <c r="C48" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="D48" s="23"/>
+      <c r="E48" s="23"/>
+      <c r="F48" s="23"/>
+      <c r="G48" s="23"/>
+      <c r="H48" s="23"/>
+      <c r="I48" s="23"/>
+      <c r="J48" s="24"/>
+      <c r="K48" s="23"/>
+    </row>
+    <row r="49" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A49" s="25" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B49" s="48" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C49" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D49" s="23"/>
       <c r="E49" s="23"/>
       <c r="F49" s="23"/>
       <c r="G49" s="23"/>
       <c r="H49" s="23"/>
       <c r="I49" s="23"/>
       <c r="J49" s="24"/>
       <c r="K49" s="23"/>
     </row>
-    <row r="50" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C50" s="49" t="s">
+    <row r="50" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A50" s="58" t="s">
+        <v>66</v>
+      </c>
+      <c r="B50" s="58"/>
+      <c r="C50" s="58"/>
+      <c r="D50" s="58"/>
+      <c r="E50" s="58"/>
+      <c r="F50" s="58"/>
+      <c r="G50" s="58"/>
+      <c r="H50" s="58"/>
+      <c r="I50" s="58"/>
+      <c r="J50" s="58"/>
+      <c r="K50" s="58"/>
+    </row>
+    <row r="51" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A51" s="25" t="s">
+        <v>67</v>
+      </c>
+      <c r="B51" s="48" t="s">
+        <v>68</v>
+      </c>
+      <c r="C51" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="D50" s="23"/>
-[...30 lines deleted...]
-      <c r="C52" s="49" t="s">
+      <c r="D51" s="23"/>
+      <c r="E51" s="23"/>
+      <c r="F51" s="23"/>
+      <c r="G51" s="23"/>
+      <c r="H51" s="23"/>
+      <c r="I51" s="23"/>
+      <c r="J51" s="24"/>
+      <c r="K51" s="23"/>
+    </row>
+    <row r="52" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A52" s="58" t="s">
+        <v>69</v>
+      </c>
+      <c r="B52" s="58"/>
+      <c r="C52" s="58"/>
+      <c r="D52" s="58"/>
+      <c r="E52" s="58"/>
+      <c r="F52" s="58"/>
+      <c r="G52" s="58"/>
+      <c r="H52" s="58"/>
+      <c r="I52" s="58"/>
+      <c r="J52" s="58"/>
+      <c r="K52" s="58"/>
+    </row>
+    <row r="53" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="25" t="s">
+        <v>263</v>
+      </c>
+      <c r="B53" s="48" t="s">
+        <v>70</v>
+      </c>
+      <c r="C53" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="D52" s="23"/>
-[...23 lines deleted...]
-    <row r="54" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="D53" s="23"/>
+      <c r="E53" s="23"/>
+      <c r="F53" s="23"/>
+      <c r="G53" s="23"/>
+      <c r="H53" s="23"/>
+      <c r="I53" s="23"/>
+      <c r="J53" s="24"/>
+      <c r="K53" s="23"/>
+    </row>
+    <row r="54" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="25" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B54" s="48" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C54" s="49" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="D54" s="23"/>
       <c r="E54" s="23"/>
       <c r="F54" s="23"/>
       <c r="G54" s="23"/>
       <c r="H54" s="23"/>
       <c r="I54" s="23"/>
       <c r="J54" s="24"/>
       <c r="K54" s="23"/>
     </row>
-    <row r="55" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A55" s="25" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B55" s="48" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C55" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D55" s="23"/>
       <c r="E55" s="23"/>
       <c r="F55" s="23"/>
       <c r="G55" s="23"/>
       <c r="H55" s="23"/>
       <c r="I55" s="23"/>
       <c r="J55" s="24"/>
       <c r="K55" s="23"/>
     </row>
-    <row r="56" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A56" s="25" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B56" s="48" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C56" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D56" s="23"/>
       <c r="E56" s="23"/>
       <c r="F56" s="23"/>
       <c r="G56" s="23"/>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="24"/>
       <c r="K56" s="23"/>
     </row>
-    <row r="57" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A57" s="25" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B57" s="48" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C57" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D57" s="23"/>
       <c r="E57" s="23"/>
       <c r="F57" s="23"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="24"/>
       <c r="K57" s="23"/>
     </row>
-    <row r="58" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A58" s="25" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B58" s="48" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C58" s="49" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D58" s="23"/>
       <c r="E58" s="23"/>
       <c r="F58" s="23"/>
       <c r="G58" s="23"/>
       <c r="H58" s="23"/>
       <c r="I58" s="23"/>
       <c r="J58" s="24"/>
       <c r="K58" s="23"/>
     </row>
-    <row r="59" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A59" s="25" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B59" s="48" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C59" s="49" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D59" s="23"/>
       <c r="E59" s="23"/>
       <c r="F59" s="23"/>
       <c r="G59" s="23"/>
       <c r="H59" s="23"/>
       <c r="I59" s="23"/>
       <c r="J59" s="24"/>
       <c r="K59" s="23"/>
     </row>
-    <row r="60" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A60" s="25" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B60" s="48" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C60" s="49" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D60" s="23"/>
       <c r="E60" s="23"/>
       <c r="F60" s="23"/>
       <c r="G60" s="23"/>
       <c r="H60" s="23"/>
       <c r="I60" s="23"/>
       <c r="J60" s="24"/>
       <c r="K60" s="23"/>
     </row>
-    <row r="61" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A61" s="25" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B61" s="48" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C61" s="49" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D61" s="23"/>
       <c r="E61" s="23"/>
       <c r="F61" s="23"/>
       <c r="G61" s="23"/>
       <c r="H61" s="23"/>
       <c r="I61" s="23"/>
       <c r="J61" s="24"/>
       <c r="K61" s="23"/>
     </row>
-    <row r="62" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:11" s="4" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="A62" s="25" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B62" s="48" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C62" s="49" t="s">
-        <v>45</v>
+        <v>214</v>
       </c>
       <c r="D62" s="23"/>
       <c r="E62" s="23"/>
       <c r="F62" s="23"/>
       <c r="G62" s="23"/>
       <c r="H62" s="23"/>
       <c r="I62" s="23"/>
       <c r="J62" s="24"/>
       <c r="K62" s="23"/>
     </row>
-    <row r="63" spans="1:11" s="4" customFormat="1" ht="105" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:11" s="4" customFormat="1" ht="240" x14ac:dyDescent="0.25">
       <c r="A63" s="25" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B63" s="48" t="s">
-        <v>79</v>
+        <v>273</v>
       </c>
       <c r="C63" s="49" t="s">
-        <v>214</v>
+        <v>45</v>
       </c>
       <c r="D63" s="23"/>
       <c r="E63" s="23"/>
       <c r="F63" s="23"/>
       <c r="G63" s="23"/>
       <c r="H63" s="23"/>
       <c r="I63" s="23"/>
       <c r="J63" s="24"/>
       <c r="K63" s="23"/>
     </row>
-    <row r="64" spans="1:11" s="4" customFormat="1" ht="240" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A65" s="52" t="s">
+    <row r="64" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A64" s="52" t="s">
         <v>80</v>
       </c>
-      <c r="B65" s="53"/>
-[...10 lines deleted...]
-    <row r="66" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="B64" s="53"/>
+      <c r="C64" s="52"/>
+      <c r="D64" s="52"/>
+      <c r="E64" s="52"/>
+      <c r="F64" s="52"/>
+      <c r="G64" s="52"/>
+      <c r="H64" s="52"/>
+      <c r="I64" s="52"/>
+      <c r="J64" s="52"/>
+      <c r="K64" s="52"/>
+    </row>
+    <row r="65" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A65" s="25" t="s">
+        <v>275</v>
+      </c>
+      <c r="B65" s="48" t="s">
+        <v>81</v>
+      </c>
+      <c r="C65" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="D65" s="23"/>
+      <c r="E65" s="23"/>
+      <c r="F65" s="23"/>
+      <c r="G65" s="23"/>
+      <c r="H65" s="23"/>
+      <c r="I65" s="23"/>
+      <c r="J65" s="24"/>
+      <c r="K65" s="23"/>
+    </row>
+    <row r="66" spans="1:11" s="4" customFormat="1" ht="180" x14ac:dyDescent="0.25">
       <c r="A66" s="25" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B66" s="48" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C66" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D66" s="23"/>
       <c r="E66" s="23"/>
       <c r="F66" s="23"/>
       <c r="G66" s="23"/>
       <c r="H66" s="23"/>
       <c r="I66" s="23"/>
       <c r="J66" s="24"/>
       <c r="K66" s="23"/>
     </row>
-    <row r="67" spans="1:11" s="4" customFormat="1" ht="180" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A68" s="52" t="s">
+    <row r="67" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A67" s="52" t="s">
         <v>83</v>
       </c>
-      <c r="B68" s="53"/>
-[...10 lines deleted...]
-    <row r="69" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="B67" s="53"/>
+      <c r="C67" s="52"/>
+      <c r="D67" s="52"/>
+      <c r="E67" s="52"/>
+      <c r="F67" s="52"/>
+      <c r="G67" s="52"/>
+      <c r="H67" s="52"/>
+      <c r="I67" s="52"/>
+      <c r="J67" s="52"/>
+      <c r="K67" s="52"/>
+    </row>
+    <row r="68" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A68" s="58" t="s">
+        <v>84</v>
+      </c>
+      <c r="B68" s="58"/>
+      <c r="C68" s="58"/>
+      <c r="D68" s="58"/>
+      <c r="E68" s="58"/>
+      <c r="F68" s="58"/>
+      <c r="G68" s="58"/>
+      <c r="H68" s="58"/>
+      <c r="I68" s="58"/>
+      <c r="J68" s="58"/>
+      <c r="K68" s="58"/>
+    </row>
+    <row r="69" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A69" s="58" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B69" s="58"/>
       <c r="C69" s="58"/>
       <c r="D69" s="58"/>
       <c r="E69" s="58"/>
       <c r="F69" s="58"/>
       <c r="G69" s="58"/>
       <c r="H69" s="58"/>
       <c r="I69" s="58"/>
       <c r="J69" s="58"/>
       <c r="K69" s="58"/>
     </row>
-    <row r="70" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-    <row r="71" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A70" s="25" t="s">
+        <v>86</v>
+      </c>
+      <c r="B70" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="C70" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="D70" s="23"/>
+      <c r="E70" s="23"/>
+      <c r="F70" s="23"/>
+      <c r="G70" s="23"/>
+      <c r="H70" s="23"/>
+      <c r="I70" s="23"/>
+      <c r="J70" s="24"/>
+      <c r="K70" s="23"/>
+    </row>
+    <row r="71" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A71" s="25" t="s">
-        <v>86</v>
+        <v>277</v>
       </c>
       <c r="B71" s="48" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C71" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D71" s="23"/>
       <c r="E71" s="23"/>
       <c r="F71" s="23"/>
       <c r="G71" s="23"/>
       <c r="H71" s="23"/>
       <c r="I71" s="23"/>
       <c r="J71" s="24"/>
       <c r="K71" s="23"/>
     </row>
-    <row r="72" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A72" s="25" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B72" s="48" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C72" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D72" s="23"/>
       <c r="E72" s="23"/>
       <c r="F72" s="23"/>
       <c r="G72" s="23"/>
       <c r="H72" s="23"/>
       <c r="I72" s="23"/>
       <c r="J72" s="24"/>
       <c r="K72" s="23"/>
     </row>
-    <row r="73" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A73" s="25" t="s">
-        <v>278</v>
+        <v>426</v>
       </c>
       <c r="B73" s="48" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C73" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D73" s="23"/>
       <c r="E73" s="23"/>
       <c r="F73" s="23"/>
       <c r="G73" s="23"/>
       <c r="H73" s="23"/>
       <c r="I73" s="23"/>
       <c r="J73" s="24"/>
       <c r="K73" s="23"/>
     </row>
-    <row r="74" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A74" s="25" t="s">
-        <v>426</v>
+        <v>91</v>
       </c>
       <c r="B74" s="48" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C74" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D74" s="23"/>
       <c r="E74" s="23"/>
       <c r="F74" s="23"/>
       <c r="G74" s="23"/>
       <c r="H74" s="23"/>
       <c r="I74" s="23"/>
       <c r="J74" s="24"/>
       <c r="K74" s="23"/>
     </row>
-    <row r="75" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A76" s="58" t="s">
+    <row r="75" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A75" s="58" t="s">
         <v>93</v>
       </c>
-      <c r="B76" s="58"/>
-[...10 lines deleted...]
-    <row r="77" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="B75" s="58"/>
+      <c r="C75" s="58"/>
+      <c r="D75" s="58"/>
+      <c r="E75" s="58"/>
+      <c r="F75" s="58"/>
+      <c r="G75" s="58"/>
+      <c r="H75" s="58"/>
+      <c r="I75" s="58"/>
+      <c r="J75" s="58"/>
+      <c r="K75" s="58"/>
+    </row>
+    <row r="76" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="B76" s="48" t="s">
+        <v>95</v>
+      </c>
+      <c r="C76" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="D76" s="23"/>
+      <c r="E76" s="23"/>
+      <c r="F76" s="23"/>
+      <c r="G76" s="23"/>
+      <c r="H76" s="23"/>
+      <c r="I76" s="23"/>
+      <c r="J76" s="24"/>
+      <c r="K76" s="23"/>
+    </row>
+    <row r="77" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A77" s="25" t="s">
-        <v>94</v>
+        <v>279</v>
       </c>
       <c r="B77" s="48" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C77" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D77" s="23"/>
       <c r="E77" s="23"/>
       <c r="F77" s="23"/>
       <c r="G77" s="23"/>
       <c r="H77" s="23"/>
       <c r="I77" s="23"/>
       <c r="J77" s="24"/>
       <c r="K77" s="23"/>
     </row>
-    <row r="78" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A78" s="25" t="s">
-        <v>279</v>
+        <v>97</v>
       </c>
       <c r="B78" s="48" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C78" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D78" s="23"/>
       <c r="E78" s="23"/>
       <c r="F78" s="23"/>
       <c r="G78" s="23"/>
       <c r="H78" s="23"/>
       <c r="I78" s="23"/>
       <c r="J78" s="24"/>
       <c r="K78" s="23"/>
     </row>
-    <row r="79" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A79" s="25" t="s">
-        <v>97</v>
+        <v>228</v>
       </c>
       <c r="B79" s="48" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C79" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D79" s="23"/>
       <c r="E79" s="23"/>
       <c r="F79" s="23"/>
       <c r="G79" s="23"/>
       <c r="H79" s="23"/>
       <c r="I79" s="23"/>
       <c r="J79" s="24"/>
       <c r="K79" s="23"/>
     </row>
-    <row r="80" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A81" s="58" t="s">
+    <row r="80" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A80" s="58" t="s">
         <v>118</v>
       </c>
-      <c r="B81" s="58"/>
-[...11 lines deleted...]
-      <c r="A82" s="25" t="s">
+      <c r="B80" s="58"/>
+      <c r="C80" s="58"/>
+      <c r="D80" s="58"/>
+      <c r="E80" s="58"/>
+      <c r="F80" s="58"/>
+      <c r="G80" s="58"/>
+      <c r="H80" s="58"/>
+      <c r="I80" s="58"/>
+      <c r="J80" s="58"/>
+      <c r="K80" s="58"/>
+    </row>
+    <row r="81" spans="1:11" s="4" customFormat="1" ht="78.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="25" t="s">
         <v>381</v>
       </c>
+      <c r="B81" s="48" t="s">
+        <v>101</v>
+      </c>
+      <c r="C81" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="D81" s="23"/>
+      <c r="E81" s="23"/>
+      <c r="F81" s="23"/>
+      <c r="G81" s="23"/>
+      <c r="H81" s="23"/>
+      <c r="I81" s="23"/>
+      <c r="J81" s="24"/>
+      <c r="K81" s="23"/>
+    </row>
+    <row r="82" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A82" s="67" t="s">
+        <v>382</v>
+      </c>
       <c r="B82" s="48" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C82" s="49" t="s">
         <v>380</v>
       </c>
       <c r="D82" s="23"/>
       <c r="E82" s="23"/>
       <c r="F82" s="23"/>
       <c r="G82" s="23"/>
       <c r="H82" s="23"/>
       <c r="I82" s="23"/>
       <c r="J82" s="24"/>
       <c r="K82" s="23"/>
     </row>
-    <row r="83" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A84" s="69" t="s">
+    <row r="83" spans="1:11" s="4" customFormat="1" ht="390" x14ac:dyDescent="0.25">
+      <c r="A83" s="68" t="s">
         <v>383</v>
       </c>
-      <c r="B84" s="77"/>
-[...26 lines deleted...]
-      <c r="A86" s="75" t="s">
+      <c r="B83" s="76"/>
+      <c r="C83" s="78"/>
+      <c r="D83" s="69"/>
+      <c r="E83" s="69"/>
+      <c r="F83" s="69"/>
+      <c r="G83" s="69"/>
+      <c r="H83" s="69"/>
+      <c r="I83" s="69"/>
+      <c r="J83" s="69"/>
+      <c r="K83" s="69"/>
+    </row>
+    <row r="84" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A84" s="77" t="s">
+        <v>514</v>
+      </c>
+      <c r="B84" s="80"/>
+      <c r="C84" s="75"/>
+      <c r="D84" s="79"/>
+      <c r="E84" s="79"/>
+      <c r="F84" s="79"/>
+      <c r="G84" s="79"/>
+      <c r="H84" s="79"/>
+      <c r="I84" s="79"/>
+      <c r="J84" s="79"/>
+      <c r="K84" s="79"/>
+    </row>
+    <row r="85" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A85" s="74" t="s">
         <v>384</v>
       </c>
-      <c r="B86" s="54" t="s">
+      <c r="B85" s="54" t="s">
         <v>103</v>
       </c>
-      <c r="C86" s="55" t="s">
+      <c r="C85" s="55" t="s">
         <v>365</v>
       </c>
-      <c r="D86" s="56"/>
-[...8 lines deleted...]
-    <row r="87" spans="1:11" s="4" customFormat="1" ht="135" x14ac:dyDescent="0.2">
+      <c r="D85" s="56"/>
+      <c r="E85" s="56"/>
+      <c r="F85" s="56"/>
+      <c r="G85" s="56"/>
+      <c r="H85" s="56"/>
+      <c r="I85" s="56"/>
+      <c r="J85" s="57"/>
+      <c r="K85" s="56"/>
+    </row>
+    <row r="86" spans="1:11" s="4" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A86" s="67" t="s">
+        <v>385</v>
+      </c>
+      <c r="B86" s="48" t="s">
+        <v>106</v>
+      </c>
+      <c r="C86" s="49" t="s">
+        <v>367</v>
+      </c>
+      <c r="D86" s="23"/>
+      <c r="E86" s="23"/>
+      <c r="F86" s="23"/>
+      <c r="G86" s="23"/>
+      <c r="H86" s="23"/>
+      <c r="I86" s="23"/>
+      <c r="J86" s="24"/>
+      <c r="K86" s="23"/>
+    </row>
+    <row r="87" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A87" s="67" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B87" s="48" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C87" s="49" t="s">
         <v>367</v>
       </c>
       <c r="D87" s="23"/>
       <c r="E87" s="23"/>
       <c r="F87" s="23"/>
       <c r="G87" s="23"/>
       <c r="H87" s="23"/>
       <c r="I87" s="23"/>
       <c r="J87" s="24"/>
       <c r="K87" s="23"/>
     </row>
-    <row r="88" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A88" s="67" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B88" s="48" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C88" s="49" t="s">
         <v>367</v>
       </c>
       <c r="D88" s="23"/>
       <c r="E88" s="23"/>
       <c r="F88" s="23"/>
       <c r="G88" s="23"/>
       <c r="H88" s="23"/>
       <c r="I88" s="23"/>
       <c r="J88" s="24"/>
       <c r="K88" s="23"/>
     </row>
-    <row r="89" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A89" s="67" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B89" s="48" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C89" s="49" t="s">
         <v>367</v>
       </c>
       <c r="D89" s="23"/>
       <c r="E89" s="23"/>
       <c r="F89" s="23"/>
       <c r="G89" s="23"/>
       <c r="H89" s="23"/>
       <c r="I89" s="23"/>
       <c r="J89" s="24"/>
       <c r="K89" s="23"/>
     </row>
-    <row r="90" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A90" s="67" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="B90" s="48" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C90" s="49" t="s">
         <v>367</v>
       </c>
       <c r="D90" s="23"/>
       <c r="E90" s="23"/>
       <c r="F90" s="23"/>
       <c r="G90" s="23"/>
       <c r="H90" s="23"/>
       <c r="I90" s="23"/>
       <c r="J90" s="24"/>
       <c r="K90" s="23"/>
     </row>
-    <row r="91" spans="1:11" s="4" customFormat="1" ht="105" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A91" s="67" t="s">
-        <v>402</v>
+        <v>389</v>
       </c>
       <c r="B91" s="48" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C91" s="49" t="s">
         <v>367</v>
       </c>
       <c r="D91" s="23"/>
       <c r="E91" s="23"/>
       <c r="F91" s="23"/>
       <c r="G91" s="23"/>
       <c r="H91" s="23"/>
       <c r="I91" s="23"/>
       <c r="J91" s="24"/>
       <c r="K91" s="23"/>
     </row>
-    <row r="92" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-    <row r="93" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A92" s="58" t="s">
+        <v>390</v>
+      </c>
+      <c r="B92" s="58"/>
+      <c r="C92" s="58"/>
+      <c r="D92" s="58"/>
+      <c r="E92" s="58"/>
+      <c r="F92" s="58"/>
+      <c r="G92" s="58"/>
+      <c r="H92" s="58"/>
+      <c r="I92" s="58"/>
+      <c r="J92" s="58"/>
+      <c r="K92" s="58"/>
+    </row>
+    <row r="93" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A93" s="58" t="s">
-        <v>390</v>
+        <v>100</v>
       </c>
       <c r="B93" s="58"/>
       <c r="C93" s="58"/>
       <c r="D93" s="58"/>
       <c r="E93" s="58"/>
       <c r="F93" s="58"/>
       <c r="G93" s="58"/>
       <c r="H93" s="58"/>
       <c r="I93" s="58"/>
       <c r="J93" s="58"/>
       <c r="K93" s="58"/>
     </row>
-    <row r="94" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-    <row r="95" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A94" s="25" t="s">
+        <v>392</v>
+      </c>
+      <c r="B94" s="48" t="s">
+        <v>114</v>
+      </c>
+      <c r="C94" s="49" t="s">
+        <v>391</v>
+      </c>
+      <c r="D94" s="23"/>
+      <c r="E94" s="23"/>
+      <c r="F94" s="23"/>
+      <c r="G94" s="23"/>
+      <c r="H94" s="23"/>
+      <c r="I94" s="23"/>
+      <c r="J94" s="24"/>
+      <c r="K94" s="23"/>
+    </row>
+    <row r="95" spans="1:11" s="4" customFormat="1" ht="195" x14ac:dyDescent="0.25">
       <c r="A95" s="25" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B95" s="48" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C95" s="49" t="s">
         <v>391</v>
       </c>
       <c r="D95" s="23"/>
       <c r="E95" s="23"/>
       <c r="F95" s="23"/>
       <c r="G95" s="23"/>
       <c r="H95" s="23"/>
       <c r="I95" s="23"/>
       <c r="J95" s="24"/>
       <c r="K95" s="23"/>
     </row>
-    <row r="96" spans="1:11" s="4" customFormat="1" ht="210" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>393</v>
+    <row r="96" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A96" s="61" t="s">
+        <v>394</v>
       </c>
       <c r="B96" s="48" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C96" s="49" t="s">
         <v>391</v>
       </c>
       <c r="D96" s="23"/>
       <c r="E96" s="23"/>
       <c r="F96" s="23"/>
       <c r="G96" s="23"/>
       <c r="H96" s="23"/>
       <c r="I96" s="23"/>
       <c r="J96" s="24"/>
       <c r="K96" s="23"/>
     </row>
-    <row r="97" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A98" s="58" t="s">
+    <row r="97" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A97" s="58" t="s">
         <v>104</v>
       </c>
-      <c r="B98" s="58"/>
-[...10 lines deleted...]
-    <row r="99" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+      <c r="B97" s="58"/>
+      <c r="C97" s="58"/>
+      <c r="D97" s="58"/>
+      <c r="E97" s="58"/>
+      <c r="F97" s="58"/>
+      <c r="G97" s="58"/>
+      <c r="H97" s="58"/>
+      <c r="I97" s="58"/>
+      <c r="J97" s="58"/>
+      <c r="K97" s="58"/>
+    </row>
+    <row r="98" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A98" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B98" s="48" t="s">
+        <v>120</v>
+      </c>
+      <c r="C98" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="D98" s="23"/>
+      <c r="E98" s="23"/>
+      <c r="F98" s="23"/>
+      <c r="G98" s="23"/>
+      <c r="H98" s="23"/>
+      <c r="I98" s="23"/>
+      <c r="J98" s="24"/>
+      <c r="K98" s="23"/>
+    </row>
+    <row r="99" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A99" s="25" t="s">
-        <v>105</v>
+        <v>280</v>
       </c>
       <c r="B99" s="48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C99" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D99" s="23"/>
       <c r="E99" s="23"/>
       <c r="F99" s="23"/>
       <c r="G99" s="23"/>
       <c r="H99" s="23"/>
       <c r="I99" s="23"/>
       <c r="J99" s="24"/>
       <c r="K99" s="23"/>
     </row>
-    <row r="100" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A100" s="25" t="s">
-        <v>280</v>
+        <v>395</v>
       </c>
       <c r="B100" s="48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C100" s="49" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="D100" s="23"/>
       <c r="E100" s="23"/>
       <c r="F100" s="23"/>
       <c r="G100" s="23"/>
       <c r="H100" s="23"/>
       <c r="I100" s="23"/>
       <c r="J100" s="24"/>
       <c r="K100" s="23"/>
     </row>
-    <row r="101" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C101" s="49" t="s">
+    <row r="101" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A101" s="58" t="s">
+        <v>109</v>
+      </c>
+      <c r="B101" s="58"/>
+      <c r="C101" s="58"/>
+      <c r="D101" s="58"/>
+      <c r="E101" s="58"/>
+      <c r="F101" s="58"/>
+      <c r="G101" s="58"/>
+      <c r="H101" s="58"/>
+      <c r="I101" s="58"/>
+      <c r="J101" s="58"/>
+      <c r="K101" s="58"/>
+    </row>
+    <row r="102" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A102" s="25" t="s">
+        <v>229</v>
+      </c>
+      <c r="B102" s="48" t="s">
+        <v>396</v>
+      </c>
+      <c r="C102" s="49" t="s">
+        <v>60</v>
+      </c>
+      <c r="D102" s="23"/>
+      <c r="E102" s="23"/>
+      <c r="F102" s="23"/>
+      <c r="G102" s="23"/>
+      <c r="H102" s="23"/>
+      <c r="I102" s="23"/>
+      <c r="J102" s="24"/>
+      <c r="K102" s="23"/>
+    </row>
+    <row r="103" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A103" s="25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B103" s="48" t="s">
+        <v>397</v>
+      </c>
+      <c r="C103" s="49" t="s">
         <v>64</v>
-      </c>
-[...32 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D103" s="23"/>
       <c r="E103" s="23"/>
       <c r="F103" s="23"/>
       <c r="G103" s="23"/>
       <c r="H103" s="23"/>
       <c r="I103" s="23"/>
       <c r="J103" s="24"/>
       <c r="K103" s="23"/>
     </row>
-    <row r="104" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A104" s="25" t="s">
-        <v>111</v>
+        <v>230</v>
       </c>
       <c r="B104" s="48" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C104" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D104" s="23"/>
       <c r="E104" s="23"/>
       <c r="F104" s="23"/>
       <c r="G104" s="23"/>
       <c r="H104" s="23"/>
       <c r="I104" s="23"/>
       <c r="J104" s="24"/>
       <c r="K104" s="23"/>
     </row>
-    <row r="105" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A105" s="25" t="s">
-        <v>230</v>
+        <v>400</v>
       </c>
       <c r="B105" s="48" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C105" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D105" s="23"/>
       <c r="E105" s="23"/>
       <c r="F105" s="23"/>
       <c r="G105" s="23"/>
       <c r="H105" s="23"/>
       <c r="I105" s="23"/>
       <c r="J105" s="24"/>
       <c r="K105" s="23"/>
     </row>
-    <row r="106" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C106" s="49" t="s">
+    <row r="106" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A106" s="58" t="s">
+        <v>115</v>
+      </c>
+      <c r="B106" s="58"/>
+      <c r="C106" s="58"/>
+      <c r="D106" s="58"/>
+      <c r="E106" s="58"/>
+      <c r="F106" s="58"/>
+      <c r="G106" s="58"/>
+      <c r="H106" s="58"/>
+      <c r="I106" s="58"/>
+      <c r="J106" s="58"/>
+      <c r="K106" s="58"/>
+    </row>
+    <row r="107" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A107" s="25" t="s">
+        <v>116</v>
+      </c>
+      <c r="B107" s="48" t="s">
+        <v>401</v>
+      </c>
+      <c r="C107" s="49" t="s">
+        <v>60</v>
+      </c>
+      <c r="D107" s="23"/>
+      <c r="E107" s="23"/>
+      <c r="F107" s="23"/>
+      <c r="G107" s="23"/>
+      <c r="H107" s="23"/>
+      <c r="I107" s="23"/>
+      <c r="J107" s="24"/>
+      <c r="K107" s="23"/>
+    </row>
+    <row r="108" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A108" s="52" t="s">
+        <v>123</v>
+      </c>
+      <c r="B108" s="53"/>
+      <c r="C108" s="52"/>
+      <c r="D108" s="52"/>
+      <c r="E108" s="52"/>
+      <c r="F108" s="52"/>
+      <c r="G108" s="52"/>
+      <c r="H108" s="52"/>
+      <c r="I108" s="52"/>
+      <c r="J108" s="52"/>
+      <c r="K108" s="52"/>
+    </row>
+    <row r="109" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A109" s="58" t="s">
+        <v>124</v>
+      </c>
+      <c r="B109" s="58"/>
+      <c r="C109" s="58"/>
+      <c r="D109" s="58"/>
+      <c r="E109" s="58"/>
+      <c r="F109" s="58"/>
+      <c r="G109" s="58"/>
+      <c r="H109" s="58"/>
+      <c r="I109" s="58"/>
+      <c r="J109" s="58"/>
+      <c r="K109" s="58"/>
+    </row>
+    <row r="110" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A110" s="25" t="s">
+        <v>231</v>
+      </c>
+      <c r="B110" s="48" t="s">
+        <v>125</v>
+      </c>
+      <c r="C110" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="D106" s="23"/>
-[...72 lines deleted...]
-    <row r="111" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+      <c r="D110" s="23"/>
+      <c r="E110" s="23"/>
+      <c r="F110" s="23"/>
+      <c r="G110" s="23"/>
+      <c r="H110" s="23"/>
+      <c r="I110" s="23"/>
+      <c r="J110" s="24"/>
+      <c r="K110" s="23"/>
+    </row>
+    <row r="111" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A111" s="25" t="s">
-        <v>231</v>
+        <v>126</v>
       </c>
       <c r="B111" s="48" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C111" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D111" s="23"/>
       <c r="E111" s="23"/>
       <c r="F111" s="23"/>
       <c r="G111" s="23"/>
       <c r="H111" s="23"/>
       <c r="I111" s="23"/>
       <c r="J111" s="24"/>
       <c r="K111" s="23"/>
     </row>
-    <row r="112" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A113" s="58" t="s">
+    <row r="112" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A112" s="58" t="s">
         <v>128</v>
       </c>
-      <c r="B113" s="58"/>
-[...10 lines deleted...]
-    <row r="114" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="B112" s="58"/>
+      <c r="C112" s="58"/>
+      <c r="D112" s="58"/>
+      <c r="E112" s="58"/>
+      <c r="F112" s="58"/>
+      <c r="G112" s="58"/>
+      <c r="H112" s="58"/>
+      <c r="I112" s="58"/>
+      <c r="J112" s="58"/>
+      <c r="K112" s="58"/>
+    </row>
+    <row r="113" spans="1:11" s="4" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A113" s="68" t="s">
+        <v>515</v>
+      </c>
+      <c r="B113" s="76"/>
+      <c r="C113" s="78"/>
+      <c r="D113" s="69"/>
+      <c r="E113" s="69"/>
+      <c r="F113" s="69"/>
+      <c r="G113" s="69"/>
+      <c r="H113" s="69"/>
+      <c r="I113" s="69"/>
+      <c r="J113" s="69"/>
+      <c r="K113" s="69"/>
+    </row>
+    <row r="114" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A114" s="25" t="s">
         <v>216</v>
       </c>
       <c r="B114" s="48" t="s">
         <v>129</v>
       </c>
       <c r="C114" s="49" t="s">
         <v>215</v>
       </c>
       <c r="D114" s="23"/>
       <c r="E114" s="23"/>
       <c r="F114" s="23"/>
       <c r="G114" s="23"/>
       <c r="H114" s="23"/>
       <c r="I114" s="23"/>
       <c r="J114" s="24"/>
       <c r="K114" s="23"/>
     </row>
-    <row r="115" spans="1:11" s="4" customFormat="1" ht="210" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:11" s="4" customFormat="1" ht="210" x14ac:dyDescent="0.25">
       <c r="A115" s="25" t="s">
         <v>281</v>
       </c>
       <c r="B115" s="48" t="s">
         <v>130</v>
       </c>
       <c r="C115" s="49" t="s">
         <v>215</v>
       </c>
       <c r="D115" s="23"/>
       <c r="E115" s="23"/>
       <c r="F115" s="23"/>
       <c r="G115" s="23"/>
       <c r="H115" s="23"/>
       <c r="I115" s="23"/>
       <c r="J115" s="24"/>
       <c r="K115" s="23"/>
     </row>
-    <row r="116" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A116" s="25" t="s">
         <v>282</v>
       </c>
       <c r="B116" s="48" t="s">
         <v>131</v>
       </c>
       <c r="C116" s="49" t="s">
         <v>215</v>
       </c>
       <c r="D116" s="23"/>
       <c r="E116" s="23"/>
       <c r="F116" s="23"/>
       <c r="G116" s="23"/>
       <c r="H116" s="23"/>
       <c r="I116" s="23"/>
       <c r="J116" s="24"/>
       <c r="K116" s="23"/>
     </row>
-    <row r="117" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A117" s="25" t="s">
         <v>283</v>
       </c>
       <c r="B117" s="48" t="s">
         <v>132</v>
       </c>
       <c r="C117" s="49" t="s">
         <v>285</v>
       </c>
       <c r="D117" s="23"/>
       <c r="E117" s="23"/>
       <c r="F117" s="23"/>
       <c r="G117" s="23"/>
       <c r="H117" s="23"/>
       <c r="I117" s="23"/>
       <c r="J117" s="24"/>
       <c r="K117" s="23"/>
     </row>
-    <row r="118" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A118" s="25" t="s">
         <v>284</v>
       </c>
       <c r="B118" s="48" t="s">
         <v>134</v>
       </c>
       <c r="C118" s="49" t="s">
         <v>285</v>
       </c>
       <c r="D118" s="23"/>
       <c r="E118" s="23"/>
       <c r="F118" s="23"/>
       <c r="G118" s="23"/>
       <c r="H118" s="23"/>
       <c r="I118" s="23"/>
       <c r="J118" s="24"/>
       <c r="K118" s="23"/>
     </row>
-    <row r="119" spans="1:11" s="4" customFormat="1" ht="120" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:11" s="4" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A119" s="25" t="s">
         <v>286</v>
       </c>
       <c r="B119" s="48" t="s">
         <v>136</v>
       </c>
       <c r="C119" s="49" t="s">
         <v>285</v>
       </c>
       <c r="D119" s="23"/>
       <c r="E119" s="23"/>
       <c r="F119" s="23"/>
       <c r="G119" s="23"/>
       <c r="H119" s="23"/>
       <c r="I119" s="23"/>
       <c r="J119" s="24"/>
       <c r="K119" s="23"/>
     </row>
-    <row r="120" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A120" s="25" t="s">
         <v>287</v>
       </c>
       <c r="B120" s="48" t="s">
         <v>138</v>
       </c>
       <c r="C120" s="49" t="s">
         <v>285</v>
       </c>
       <c r="D120" s="23"/>
       <c r="E120" s="23"/>
       <c r="F120" s="23"/>
       <c r="G120" s="23"/>
       <c r="H120" s="23"/>
       <c r="I120" s="23"/>
       <c r="J120" s="24"/>
       <c r="K120" s="23"/>
     </row>
-    <row r="121" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A121" s="58" t="s">
         <v>133</v>
       </c>
       <c r="B121" s="58"/>
       <c r="C121" s="58"/>
       <c r="D121" s="58"/>
       <c r="E121" s="58"/>
       <c r="F121" s="58"/>
       <c r="G121" s="58"/>
       <c r="H121" s="58"/>
       <c r="I121" s="58"/>
       <c r="J121" s="58"/>
       <c r="K121" s="58"/>
     </row>
-    <row r="122" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A122" s="25" t="s">
         <v>232</v>
       </c>
-      <c r="B122" s="72" t="s">
+      <c r="B122" s="71" t="s">
         <v>140</v>
       </c>
       <c r="C122" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D122" s="23"/>
       <c r="E122" s="23"/>
       <c r="F122" s="23"/>
       <c r="G122" s="23"/>
       <c r="H122" s="23"/>
       <c r="I122" s="23"/>
       <c r="J122" s="24"/>
       <c r="K122" s="23"/>
     </row>
-    <row r="123" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A123" s="25" t="s">
         <v>135</v>
       </c>
-      <c r="B123" s="72" t="s">
+      <c r="B123" s="71" t="s">
         <v>142</v>
       </c>
       <c r="C123" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D123" s="23"/>
       <c r="E123" s="23"/>
       <c r="F123" s="23"/>
       <c r="G123" s="23"/>
       <c r="H123" s="23"/>
       <c r="I123" s="23"/>
       <c r="J123" s="24"/>
       <c r="K123" s="23"/>
     </row>
-    <row r="124" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A124" s="25" t="s">
         <v>137</v>
       </c>
-      <c r="B124" s="72" t="s">
+      <c r="B124" s="71" t="s">
         <v>144</v>
       </c>
       <c r="C124" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D124" s="23"/>
       <c r="E124" s="23"/>
       <c r="F124" s="23"/>
       <c r="G124" s="23"/>
       <c r="H124" s="23"/>
       <c r="I124" s="23"/>
       <c r="J124" s="24"/>
       <c r="K124" s="23"/>
     </row>
-    <row r="125" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A125" s="58" t="s">
         <v>139</v>
       </c>
       <c r="B125" s="58"/>
       <c r="C125" s="58"/>
       <c r="D125" s="58"/>
       <c r="E125" s="58"/>
       <c r="F125" s="58"/>
       <c r="G125" s="58"/>
       <c r="H125" s="58"/>
       <c r="I125" s="58"/>
       <c r="J125" s="58"/>
       <c r="K125" s="58"/>
     </row>
-    <row r="126" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A126" s="25" t="s">
         <v>233</v>
       </c>
-      <c r="B126" s="72" t="s">
+      <c r="B126" s="71" t="s">
         <v>145</v>
       </c>
       <c r="C126" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D126" s="23"/>
       <c r="E126" s="23"/>
       <c r="F126" s="23"/>
       <c r="G126" s="23"/>
       <c r="H126" s="23"/>
       <c r="I126" s="23"/>
       <c r="J126" s="24"/>
       <c r="K126" s="23"/>
     </row>
-    <row r="127" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A127" s="25" t="s">
         <v>141</v>
       </c>
-      <c r="B127" s="72" t="s">
+      <c r="B127" s="71" t="s">
         <v>147</v>
       </c>
       <c r="C127" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D127" s="23"/>
       <c r="E127" s="23"/>
       <c r="F127" s="23"/>
       <c r="G127" s="23"/>
       <c r="H127" s="23"/>
       <c r="I127" s="23"/>
       <c r="J127" s="24"/>
       <c r="K127" s="23"/>
     </row>
-    <row r="128" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A128" s="58" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B128" s="58"/>
       <c r="C128" s="58"/>
       <c r="D128" s="58"/>
       <c r="E128" s="58"/>
       <c r="F128" s="58"/>
       <c r="G128" s="58"/>
       <c r="H128" s="58"/>
       <c r="I128" s="58"/>
       <c r="J128" s="58"/>
       <c r="K128" s="58"/>
     </row>
-    <row r="129" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A129" s="61" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="B129" s="72" t="s">
+        <v>431</v>
+      </c>
+      <c r="B129" s="71" t="s">
         <v>217</v>
       </c>
       <c r="C129" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D129" s="23"/>
       <c r="E129" s="23"/>
       <c r="F129" s="23"/>
       <c r="G129" s="23"/>
       <c r="H129" s="23"/>
       <c r="I129" s="23"/>
       <c r="J129" s="24"/>
       <c r="K129" s="23"/>
     </row>
-    <row r="130" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A130" s="61" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="B130" s="72" t="s">
+        <v>432</v>
+      </c>
+      <c r="B130" s="71" t="s">
         <v>218</v>
       </c>
       <c r="C130" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D130" s="23"/>
       <c r="E130" s="23"/>
       <c r="F130" s="23"/>
       <c r="G130" s="23"/>
       <c r="H130" s="23"/>
       <c r="I130" s="23"/>
       <c r="J130" s="24"/>
       <c r="K130" s="23"/>
     </row>
-    <row r="131" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A131" s="61" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="B131" s="72" t="s">
+        <v>433</v>
+      </c>
+      <c r="B131" s="71" t="s">
         <v>219</v>
       </c>
       <c r="C131" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D131" s="23"/>
       <c r="E131" s="23"/>
       <c r="F131" s="23"/>
       <c r="G131" s="23"/>
       <c r="H131" s="23"/>
       <c r="I131" s="23"/>
       <c r="J131" s="24"/>
       <c r="K131" s="23"/>
     </row>
-    <row r="132" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="132" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A132" s="61" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="B132" s="72" t="s">
+        <v>434</v>
+      </c>
+      <c r="B132" s="71" t="s">
         <v>220</v>
       </c>
       <c r="C132" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D132" s="23"/>
       <c r="E132" s="23"/>
       <c r="F132" s="23"/>
       <c r="G132" s="23"/>
       <c r="H132" s="23"/>
       <c r="I132" s="23"/>
       <c r="J132" s="24"/>
       <c r="K132" s="23"/>
     </row>
-    <row r="133" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="133" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A133" s="61" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>431</v>
+        <v>435</v>
+      </c>
+      <c r="B133" s="71" t="s">
+        <v>430</v>
       </c>
       <c r="C133" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D133" s="23"/>
       <c r="E133" s="23"/>
       <c r="F133" s="23"/>
       <c r="G133" s="23"/>
       <c r="H133" s="23"/>
       <c r="I133" s="23"/>
       <c r="J133" s="24"/>
       <c r="K133" s="23"/>
     </row>
-    <row r="134" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A134" s="61" t="s">
+        <v>436</v>
+      </c>
+      <c r="B134" s="71" t="s">
         <v>437</v>
       </c>
-      <c r="B134" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C134" s="73" t="s">
+      <c r="C134" s="72" t="s">
         <v>36</v>
       </c>
       <c r="D134" s="23"/>
       <c r="E134" s="23"/>
       <c r="F134" s="23"/>
       <c r="G134" s="23"/>
       <c r="H134" s="23"/>
       <c r="I134" s="23"/>
       <c r="J134" s="24"/>
       <c r="K134" s="23"/>
     </row>
-    <row r="135" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A135" s="61" t="s">
         <v>234</v>
       </c>
-      <c r="B135" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C135" s="73" t="s">
+      <c r="B135" s="71" t="s">
+        <v>438</v>
+      </c>
+      <c r="C135" s="72" t="s">
         <v>36</v>
       </c>
       <c r="D135" s="23"/>
       <c r="E135" s="23"/>
       <c r="F135" s="23"/>
       <c r="G135" s="23"/>
       <c r="H135" s="23"/>
       <c r="I135" s="23"/>
       <c r="J135" s="24"/>
       <c r="K135" s="23"/>
     </row>
-    <row r="136" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A136" s="58" t="s">
         <v>143</v>
       </c>
       <c r="B136" s="58"/>
       <c r="C136" s="58"/>
       <c r="D136" s="58"/>
       <c r="E136" s="58"/>
       <c r="F136" s="58"/>
       <c r="G136" s="58"/>
       <c r="H136" s="58"/>
       <c r="I136" s="58"/>
       <c r="J136" s="58"/>
       <c r="K136" s="58"/>
     </row>
-    <row r="137" spans="1:11" s="4" customFormat="1" ht="150" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:11" s="4" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A137" s="25" t="s">
         <v>288</v>
       </c>
-      <c r="B137" s="72" t="s">
-        <v>429</v>
+      <c r="B137" s="71" t="s">
+        <v>428</v>
       </c>
       <c r="C137" s="49" t="s">
         <v>60</v>
       </c>
       <c r="D137" s="23"/>
       <c r="E137" s="23"/>
       <c r="F137" s="23"/>
       <c r="G137" s="23"/>
       <c r="H137" s="23"/>
       <c r="I137" s="23"/>
       <c r="J137" s="24"/>
       <c r="K137" s="23"/>
     </row>
-    <row r="138" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A138" s="25" t="s">
         <v>289</v>
       </c>
-      <c r="B138" s="72" t="s">
-        <v>440</v>
+      <c r="B138" s="71" t="s">
+        <v>439</v>
       </c>
       <c r="C138" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D138" s="23"/>
       <c r="E138" s="23"/>
       <c r="F138" s="23"/>
       <c r="G138" s="23"/>
       <c r="H138" s="23"/>
       <c r="I138" s="23"/>
       <c r="J138" s="24"/>
       <c r="K138" s="23"/>
     </row>
-    <row r="139" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A139" s="61" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>441</v>
+        <v>443</v>
+      </c>
+      <c r="B139" s="71" t="s">
+        <v>440</v>
       </c>
       <c r="C139" s="49" t="s">
         <v>27</v>
       </c>
       <c r="D139" s="23"/>
       <c r="E139" s="23"/>
       <c r="F139" s="23"/>
       <c r="G139" s="23"/>
       <c r="H139" s="23"/>
       <c r="I139" s="23"/>
       <c r="J139" s="24"/>
       <c r="K139" s="23"/>
     </row>
-    <row r="140" spans="1:11" s="4" customFormat="1" ht="105" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:11" s="4" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="A140" s="61" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="B140" s="72" t="s">
         <v>442</v>
       </c>
-      <c r="C140" s="73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B140" s="71" t="s">
+        <v>441</v>
+      </c>
+      <c r="C140" s="72"/>
       <c r="D140" s="23"/>
       <c r="E140" s="23"/>
       <c r="F140" s="23"/>
       <c r="G140" s="23"/>
       <c r="H140" s="23"/>
       <c r="I140" s="23"/>
       <c r="J140" s="24"/>
       <c r="K140" s="23"/>
     </row>
-    <row r="141" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A141" s="58" t="s">
         <v>146</v>
       </c>
       <c r="B141" s="58"/>
       <c r="C141" s="58"/>
       <c r="D141" s="58"/>
       <c r="E141" s="58"/>
       <c r="F141" s="58"/>
       <c r="G141" s="58"/>
       <c r="H141" s="58"/>
       <c r="I141" s="58"/>
       <c r="J141" s="58"/>
       <c r="K141" s="58"/>
     </row>
-    <row r="142" spans="1:11" s="4" customFormat="1" ht="122.25" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:11" s="4" customFormat="1" ht="106.8" x14ac:dyDescent="0.25">
       <c r="A142" s="61" t="s">
         <v>403</v>
       </c>
-      <c r="B142" s="72" t="s">
-        <v>446</v>
+      <c r="B142" s="71" t="s">
+        <v>444</v>
       </c>
       <c r="C142" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D142" s="23"/>
       <c r="E142" s="23"/>
       <c r="F142" s="23"/>
       <c r="G142" s="23"/>
       <c r="H142" s="23"/>
       <c r="I142" s="23"/>
       <c r="J142" s="24"/>
       <c r="K142" s="23"/>
     </row>
-    <row r="143" spans="1:11" s="4" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A143" s="52" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="B143" s="53"/>
       <c r="C143" s="52"/>
       <c r="D143" s="52"/>
       <c r="E143" s="52"/>
       <c r="F143" s="52"/>
       <c r="G143" s="52"/>
       <c r="H143" s="52"/>
       <c r="I143" s="52"/>
       <c r="J143" s="52"/>
       <c r="K143" s="52"/>
     </row>
-    <row r="144" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A144" s="25" t="s">
         <v>290</v>
       </c>
-      <c r="B144" s="72" t="s">
+      <c r="B144" s="71" t="s">
         <v>148</v>
       </c>
       <c r="C144" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D144" s="23"/>
       <c r="E144" s="23"/>
       <c r="F144" s="23"/>
       <c r="G144" s="23"/>
       <c r="H144" s="23"/>
       <c r="I144" s="23"/>
       <c r="J144" s="24"/>
       <c r="K144" s="23"/>
     </row>
-    <row r="145" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A145" s="25" t="s">
         <v>235</v>
       </c>
-      <c r="B145" s="72" t="s">
+      <c r="B145" s="71" t="s">
         <v>149</v>
       </c>
       <c r="C145" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D145" s="23"/>
       <c r="E145" s="23"/>
       <c r="F145" s="23"/>
       <c r="G145" s="23"/>
       <c r="H145" s="23"/>
       <c r="I145" s="23"/>
       <c r="J145" s="24"/>
       <c r="K145" s="23"/>
     </row>
-    <row r="146" spans="1:11" s="4" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A146" s="52" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B146" s="53"/>
       <c r="C146" s="52"/>
       <c r="D146" s="52"/>
       <c r="E146" s="52"/>
       <c r="F146" s="52"/>
       <c r="G146" s="52"/>
       <c r="H146" s="52"/>
       <c r="I146" s="52"/>
       <c r="J146" s="52"/>
       <c r="K146" s="52"/>
     </row>
-    <row r="147" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A147" s="58" t="s">
         <v>236</v>
       </c>
       <c r="B147" s="58"/>
       <c r="C147" s="58"/>
       <c r="D147" s="58"/>
       <c r="E147" s="58"/>
       <c r="F147" s="58"/>
       <c r="G147" s="58"/>
       <c r="H147" s="58"/>
       <c r="I147" s="58"/>
       <c r="J147" s="58"/>
       <c r="K147" s="58"/>
     </row>
-    <row r="148" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A148" s="25" t="s">
         <v>237</v>
       </c>
-      <c r="B148" s="72" t="s">
+      <c r="B148" s="71" t="s">
         <v>150</v>
       </c>
       <c r="C148" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D148" s="23"/>
       <c r="E148" s="23"/>
       <c r="F148" s="23"/>
       <c r="G148" s="23"/>
       <c r="H148" s="23"/>
       <c r="I148" s="23"/>
       <c r="J148" s="24"/>
       <c r="K148" s="23"/>
     </row>
-    <row r="149" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A149" s="25" t="s">
         <v>153</v>
       </c>
-      <c r="B149" s="72" t="s">
+      <c r="B149" s="71" t="s">
         <v>151</v>
       </c>
       <c r="C149" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D149" s="23"/>
       <c r="E149" s="23"/>
       <c r="F149" s="23"/>
       <c r="G149" s="23"/>
       <c r="H149" s="23"/>
       <c r="I149" s="23"/>
       <c r="J149" s="24"/>
       <c r="K149" s="23"/>
     </row>
-    <row r="150" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A150" s="25" t="s">
         <v>155</v>
       </c>
-      <c r="B150" s="72" t="s">
-        <v>449</v>
+      <c r="B150" s="71" t="s">
+        <v>447</v>
       </c>
       <c r="C150" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D150" s="23"/>
       <c r="E150" s="23"/>
       <c r="F150" s="23"/>
       <c r="G150" s="23"/>
       <c r="H150" s="23"/>
       <c r="I150" s="23"/>
       <c r="J150" s="24"/>
       <c r="K150" s="23"/>
     </row>
-    <row r="151" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A151" s="58" t="s">
         <v>238</v>
       </c>
       <c r="B151" s="58"/>
       <c r="C151" s="58"/>
       <c r="D151" s="58"/>
       <c r="E151" s="58"/>
       <c r="F151" s="58"/>
       <c r="G151" s="58"/>
       <c r="H151" s="58"/>
       <c r="I151" s="58"/>
       <c r="J151" s="58"/>
       <c r="K151" s="58"/>
     </row>
-    <row r="152" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A152" s="25" t="s">
         <v>291</v>
       </c>
-      <c r="B152" s="72" t="s">
-        <v>450</v>
+      <c r="B152" s="71" t="s">
+        <v>448</v>
       </c>
       <c r="C152" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D152" s="23"/>
       <c r="E152" s="23"/>
       <c r="F152" s="23"/>
       <c r="G152" s="23"/>
       <c r="H152" s="23"/>
       <c r="I152" s="23"/>
       <c r="J152" s="24"/>
       <c r="K152" s="23"/>
     </row>
-    <row r="153" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A153" s="25" t="s">
         <v>292</v>
       </c>
-      <c r="B153" s="72" t="s">
-        <v>451</v>
+      <c r="B153" s="71" t="s">
+        <v>449</v>
       </c>
       <c r="C153" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D153" s="23"/>
       <c r="E153" s="23"/>
       <c r="F153" s="23"/>
       <c r="G153" s="23"/>
       <c r="H153" s="23"/>
       <c r="I153" s="23"/>
       <c r="J153" s="24"/>
       <c r="K153" s="23"/>
     </row>
-    <row r="154" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A154" s="25" t="s">
         <v>293</v>
       </c>
-      <c r="B154" s="72" t="s">
-        <v>452</v>
+      <c r="B154" s="71" t="s">
+        <v>450</v>
       </c>
       <c r="C154" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D154" s="23"/>
       <c r="E154" s="23"/>
       <c r="F154" s="23"/>
       <c r="G154" s="23"/>
       <c r="H154" s="23"/>
       <c r="I154" s="23"/>
       <c r="J154" s="24"/>
       <c r="K154" s="23"/>
     </row>
-    <row r="155" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A155" s="25" t="s">
         <v>294</v>
       </c>
-      <c r="B155" s="72" t="s">
-        <v>453</v>
+      <c r="B155" s="71" t="s">
+        <v>451</v>
       </c>
       <c r="C155" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D155" s="23"/>
       <c r="E155" s="23"/>
       <c r="F155" s="23"/>
       <c r="G155" s="23"/>
       <c r="H155" s="23"/>
       <c r="I155" s="23"/>
       <c r="J155" s="24"/>
       <c r="K155" s="23"/>
     </row>
-    <row r="156" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A156" s="25" t="s">
         <v>295</v>
       </c>
-      <c r="B156" s="72" t="s">
-        <v>454</v>
+      <c r="B156" s="71" t="s">
+        <v>452</v>
       </c>
       <c r="C156" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D156" s="23"/>
       <c r="E156" s="23"/>
       <c r="F156" s="23"/>
       <c r="G156" s="23"/>
       <c r="H156" s="23"/>
       <c r="I156" s="23"/>
       <c r="J156" s="24"/>
       <c r="K156" s="23"/>
     </row>
-    <row r="157" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A157" s="25" t="s">
         <v>239</v>
       </c>
-      <c r="B157" s="72" t="s">
-        <v>455</v>
+      <c r="B157" s="71" t="s">
+        <v>453</v>
       </c>
       <c r="C157" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D157" s="23"/>
       <c r="E157" s="23"/>
       <c r="F157" s="23"/>
       <c r="G157" s="23"/>
       <c r="H157" s="23"/>
       <c r="I157" s="23"/>
       <c r="J157" s="24"/>
       <c r="K157" s="23"/>
     </row>
-    <row r="158" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A158" s="58" t="s">
         <v>163</v>
       </c>
       <c r="B158" s="58"/>
       <c r="C158" s="58"/>
       <c r="D158" s="58"/>
       <c r="E158" s="58"/>
       <c r="F158" s="58"/>
       <c r="G158" s="58"/>
       <c r="H158" s="58"/>
       <c r="I158" s="58"/>
       <c r="J158" s="58"/>
       <c r="K158" s="58"/>
     </row>
-    <row r="159" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A159" s="25" t="s">
         <v>240</v>
       </c>
-      <c r="B159" s="72" t="s">
-        <v>456</v>
+      <c r="B159" s="71" t="s">
+        <v>454</v>
       </c>
       <c r="C159" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D159" s="23"/>
       <c r="E159" s="23"/>
       <c r="F159" s="23"/>
       <c r="G159" s="23"/>
       <c r="H159" s="23"/>
       <c r="I159" s="23"/>
       <c r="J159" s="24"/>
       <c r="K159" s="23"/>
     </row>
-    <row r="160" spans="1:11" s="4" customFormat="1" ht="135" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:11" s="4" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="A160" s="25" t="s">
         <v>296</v>
       </c>
-      <c r="B160" s="72" t="s">
-        <v>457</v>
+      <c r="B160" s="71" t="s">
+        <v>455</v>
       </c>
       <c r="C160" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D160" s="23"/>
       <c r="E160" s="23"/>
       <c r="F160" s="23"/>
       <c r="G160" s="23"/>
       <c r="H160" s="23"/>
       <c r="I160" s="23"/>
       <c r="J160" s="24"/>
       <c r="K160" s="23"/>
     </row>
-    <row r="161" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="161" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A161" s="25" t="s">
         <v>297</v>
       </c>
-      <c r="B161" s="72" t="s">
-        <v>458</v>
+      <c r="B161" s="71" t="s">
+        <v>456</v>
       </c>
       <c r="C161" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D161" s="23"/>
       <c r="E161" s="23"/>
       <c r="F161" s="23"/>
       <c r="G161" s="23"/>
       <c r="H161" s="23"/>
       <c r="I161" s="23"/>
       <c r="J161" s="24"/>
       <c r="K161" s="23"/>
     </row>
-    <row r="162" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A162" s="25" t="s">
         <v>298</v>
       </c>
-      <c r="B162" s="72" t="s">
-        <v>459</v>
+      <c r="B162" s="71" t="s">
+        <v>457</v>
       </c>
       <c r="C162" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D162" s="23"/>
       <c r="E162" s="23"/>
       <c r="F162" s="23"/>
       <c r="G162" s="23"/>
       <c r="H162" s="23"/>
       <c r="I162" s="23"/>
       <c r="J162" s="24"/>
       <c r="K162" s="23"/>
     </row>
-    <row r="163" spans="1:11" s="4" customFormat="1" ht="180" x14ac:dyDescent="0.2">
+    <row r="163" spans="1:11" s="4" customFormat="1" ht="180" x14ac:dyDescent="0.25">
       <c r="A163" s="25" t="s">
         <v>241</v>
       </c>
-      <c r="B163" s="72" t="s">
-        <v>460</v>
+      <c r="B163" s="71" t="s">
+        <v>458</v>
       </c>
       <c r="C163" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D163" s="23"/>
       <c r="E163" s="23"/>
       <c r="F163" s="23"/>
       <c r="G163" s="23"/>
       <c r="H163" s="23"/>
       <c r="I163" s="23"/>
       <c r="J163" s="24"/>
       <c r="K163" s="23"/>
     </row>
-    <row r="164" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A164" s="25" t="s">
         <v>242</v>
       </c>
-      <c r="B164" s="72" t="s">
-        <v>461</v>
+      <c r="B164" s="71" t="s">
+        <v>459</v>
       </c>
       <c r="C164" s="49" t="s">
         <v>45</v>
       </c>
       <c r="D164" s="23"/>
       <c r="E164" s="23"/>
       <c r="F164" s="23"/>
       <c r="G164" s="23"/>
       <c r="H164" s="23"/>
       <c r="I164" s="23"/>
       <c r="J164" s="24"/>
       <c r="K164" s="23"/>
     </row>
-    <row r="165" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A165" s="25" t="s">
         <v>299</v>
       </c>
-      <c r="B165" s="72" t="s">
-        <v>462</v>
+      <c r="B165" s="71" t="s">
+        <v>460</v>
       </c>
       <c r="C165" s="49" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="23"/>
       <c r="E165" s="23"/>
       <c r="F165" s="23"/>
       <c r="G165" s="23"/>
       <c r="H165" s="23"/>
       <c r="I165" s="23"/>
       <c r="J165" s="24"/>
       <c r="K165" s="23"/>
     </row>
-    <row r="166" spans="1:11" s="4" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A166" s="52" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B166" s="53"/>
       <c r="C166" s="52"/>
       <c r="D166" s="52"/>
       <c r="E166" s="52"/>
       <c r="F166" s="52"/>
       <c r="G166" s="52"/>
       <c r="H166" s="52"/>
       <c r="I166" s="52"/>
       <c r="J166" s="52"/>
       <c r="K166" s="52"/>
     </row>
-    <row r="167" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="167" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A167" s="58" t="s">
         <v>243</v>
       </c>
       <c r="B167" s="58"/>
       <c r="C167" s="58"/>
       <c r="D167" s="58"/>
       <c r="E167" s="58"/>
       <c r="F167" s="58"/>
       <c r="G167" s="58"/>
       <c r="H167" s="58"/>
       <c r="I167" s="58"/>
       <c r="J167" s="58"/>
       <c r="K167" s="58"/>
     </row>
-    <row r="168" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="168" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A168" s="25" t="s">
         <v>300</v>
       </c>
-      <c r="B168" s="72" t="s">
+      <c r="B168" s="71" t="s">
         <v>152</v>
       </c>
       <c r="C168" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D168" s="23"/>
       <c r="E168" s="23"/>
       <c r="F168" s="23"/>
       <c r="G168" s="23"/>
       <c r="H168" s="23"/>
       <c r="I168" s="23"/>
       <c r="J168" s="24"/>
       <c r="K168" s="23"/>
     </row>
-    <row r="169" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="169" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A169" s="58" t="s">
         <v>169</v>
       </c>
       <c r="B169" s="58"/>
       <c r="C169" s="58"/>
       <c r="D169" s="58"/>
       <c r="E169" s="58"/>
       <c r="F169" s="58"/>
       <c r="G169" s="58"/>
       <c r="H169" s="58"/>
       <c r="I169" s="58"/>
       <c r="J169" s="58"/>
       <c r="K169" s="58"/>
     </row>
-    <row r="170" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="170" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A170" s="61" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="B170" s="72" t="s">
+        <v>462</v>
+      </c>
+      <c r="B170" s="71" t="s">
         <v>154</v>
       </c>
       <c r="C170" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D170" s="23"/>
       <c r="E170" s="23"/>
       <c r="F170" s="23"/>
       <c r="G170" s="23"/>
       <c r="H170" s="23"/>
       <c r="I170" s="23"/>
       <c r="J170" s="24"/>
       <c r="K170" s="23"/>
     </row>
-    <row r="171" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="171" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A171" s="25" t="s">
         <v>301</v>
       </c>
-      <c r="B171" s="72" t="s">
+      <c r="B171" s="71" t="s">
         <v>156</v>
       </c>
       <c r="C171" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D171" s="23"/>
       <c r="E171" s="23"/>
       <c r="F171" s="23"/>
       <c r="G171" s="23"/>
       <c r="H171" s="23"/>
       <c r="I171" s="23"/>
       <c r="J171" s="24"/>
       <c r="K171" s="23"/>
     </row>
-    <row r="172" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="172" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A172" s="58" t="s">
         <v>171</v>
       </c>
       <c r="B172" s="58"/>
       <c r="C172" s="58"/>
       <c r="D172" s="58"/>
       <c r="E172" s="58"/>
       <c r="F172" s="58"/>
       <c r="G172" s="58"/>
       <c r="H172" s="58"/>
       <c r="I172" s="58"/>
       <c r="J172" s="58"/>
       <c r="K172" s="58"/>
     </row>
-    <row r="173" spans="1:11" s="4" customFormat="1" ht="270" x14ac:dyDescent="0.2">
+    <row r="173" spans="1:11" s="4" customFormat="1" ht="270" x14ac:dyDescent="0.25">
       <c r="A173" s="61" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="B173" s="72" t="s">
+        <v>463</v>
+      </c>
+      <c r="B173" s="71" t="s">
         <v>157</v>
       </c>
       <c r="C173" s="49" t="s">
         <v>172</v>
       </c>
       <c r="D173" s="23"/>
       <c r="E173" s="23"/>
       <c r="F173" s="23"/>
       <c r="G173" s="23"/>
       <c r="H173" s="23"/>
       <c r="I173" s="23"/>
       <c r="J173" s="24"/>
       <c r="K173" s="23"/>
     </row>
-    <row r="174" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="174" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A174" s="25" t="s">
         <v>302</v>
       </c>
-      <c r="B174" s="72" t="s">
+      <c r="B174" s="71" t="s">
         <v>158</v>
       </c>
       <c r="C174" s="49" t="s">
         <v>172</v>
       </c>
       <c r="D174" s="23"/>
       <c r="E174" s="23"/>
       <c r="F174" s="23"/>
       <c r="G174" s="23"/>
       <c r="H174" s="23"/>
       <c r="I174" s="23"/>
       <c r="J174" s="24"/>
       <c r="K174" s="23"/>
     </row>
-    <row r="175" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="175" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A175" s="25" t="s">
         <v>303</v>
       </c>
-      <c r="B175" s="72" t="s">
+      <c r="B175" s="71" t="s">
         <v>159</v>
       </c>
       <c r="C175" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D175" s="23"/>
       <c r="E175" s="23"/>
       <c r="F175" s="23"/>
       <c r="G175" s="23"/>
       <c r="H175" s="23"/>
       <c r="I175" s="23"/>
       <c r="J175" s="24"/>
       <c r="K175" s="23"/>
     </row>
-    <row r="176" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="176" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A176" s="25" t="s">
         <v>304</v>
       </c>
-      <c r="B176" s="72" t="s">
+      <c r="B176" s="71" t="s">
         <v>160</v>
       </c>
       <c r="C176" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D176" s="23"/>
       <c r="E176" s="23"/>
       <c r="F176" s="23"/>
       <c r="G176" s="23"/>
       <c r="H176" s="23"/>
       <c r="I176" s="23"/>
       <c r="J176" s="24"/>
       <c r="K176" s="23"/>
     </row>
-    <row r="177" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="177" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A177" s="25" t="s">
         <v>305</v>
       </c>
-      <c r="B177" s="72" t="s">
+      <c r="B177" s="71" t="s">
         <v>161</v>
       </c>
       <c r="C177" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D177" s="23"/>
       <c r="E177" s="23"/>
       <c r="F177" s="23"/>
       <c r="G177" s="23"/>
       <c r="H177" s="23"/>
       <c r="I177" s="23"/>
       <c r="J177" s="24"/>
       <c r="K177" s="23"/>
     </row>
-    <row r="178" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="178" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A178" s="25" t="s">
         <v>306</v>
       </c>
-      <c r="B178" s="72" t="s">
+      <c r="B178" s="71" t="s">
         <v>162</v>
       </c>
       <c r="C178" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D178" s="23"/>
       <c r="E178" s="23"/>
       <c r="F178" s="23"/>
       <c r="G178" s="23"/>
       <c r="H178" s="23"/>
       <c r="I178" s="23"/>
       <c r="J178" s="24"/>
       <c r="K178" s="23"/>
     </row>
-    <row r="179" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="179" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A179" s="25" t="s">
         <v>307</v>
       </c>
-      <c r="B179" s="72" t="s">
+      <c r="B179" s="71" t="s">
         <v>164</v>
       </c>
       <c r="C179" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D179" s="23"/>
       <c r="E179" s="23"/>
       <c r="F179" s="23"/>
       <c r="G179" s="23"/>
       <c r="H179" s="23"/>
       <c r="I179" s="23"/>
       <c r="J179" s="24"/>
       <c r="K179" s="23"/>
     </row>
-    <row r="180" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="180" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A180" s="61" t="s">
         <v>308</v>
       </c>
-      <c r="B180" s="72" t="s">
+      <c r="B180" s="71" t="s">
         <v>165</v>
       </c>
       <c r="C180" s="49" t="s">
         <v>213</v>
       </c>
       <c r="D180" s="23"/>
       <c r="E180" s="23"/>
       <c r="F180" s="23"/>
       <c r="G180" s="23"/>
       <c r="H180" s="23"/>
       <c r="I180" s="23"/>
       <c r="J180" s="24"/>
       <c r="K180" s="23"/>
     </row>
-    <row r="181" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="181" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A181" s="25" t="s">
         <v>309</v>
       </c>
-      <c r="B181" s="72" t="s">
+      <c r="B181" s="71" t="s">
         <v>166</v>
       </c>
       <c r="C181" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D181" s="23"/>
       <c r="E181" s="23"/>
       <c r="F181" s="23"/>
       <c r="G181" s="23"/>
       <c r="H181" s="23"/>
       <c r="I181" s="23"/>
       <c r="J181" s="24"/>
       <c r="K181" s="23"/>
     </row>
-    <row r="182" spans="1:11" s="4" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A182" s="52" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B182" s="53"/>
       <c r="C182" s="52"/>
       <c r="D182" s="52"/>
       <c r="E182" s="52"/>
       <c r="F182" s="52"/>
       <c r="G182" s="52"/>
       <c r="H182" s="52"/>
       <c r="I182" s="52"/>
       <c r="J182" s="52"/>
       <c r="K182" s="52"/>
     </row>
-    <row r="183" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="183" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A183" s="25" t="s">
         <v>310</v>
       </c>
-      <c r="B183" s="72" t="s">
+      <c r="B183" s="71" t="s">
         <v>168</v>
       </c>
       <c r="C183" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D183" s="23"/>
       <c r="E183" s="23"/>
       <c r="F183" s="23"/>
       <c r="G183" s="23"/>
       <c r="H183" s="23"/>
       <c r="I183" s="23"/>
       <c r="J183" s="24"/>
       <c r="K183" s="23"/>
     </row>
-    <row r="184" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A184" s="25" t="s">
         <v>311</v>
       </c>
-      <c r="B184" s="72" t="s">
+      <c r="B184" s="71" t="s">
         <v>170</v>
       </c>
       <c r="C184" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D184" s="23"/>
       <c r="E184" s="23"/>
       <c r="F184" s="23"/>
       <c r="G184" s="23"/>
       <c r="H184" s="23"/>
       <c r="I184" s="23"/>
       <c r="J184" s="24"/>
       <c r="K184" s="23"/>
     </row>
-    <row r="185" spans="1:11" s="4" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A185" s="52" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B185" s="53"/>
       <c r="C185" s="52"/>
       <c r="D185" s="52"/>
       <c r="E185" s="52"/>
       <c r="F185" s="52"/>
       <c r="G185" s="52"/>
       <c r="H185" s="52"/>
       <c r="I185" s="52"/>
       <c r="J185" s="52"/>
       <c r="K185" s="52"/>
     </row>
-    <row r="186" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A186" s="58" t="s">
         <v>175</v>
       </c>
       <c r="B186" s="58"/>
       <c r="C186" s="58"/>
       <c r="D186" s="58"/>
       <c r="E186" s="58"/>
       <c r="F186" s="58"/>
       <c r="G186" s="58"/>
       <c r="H186" s="58"/>
       <c r="I186" s="58"/>
       <c r="J186" s="58"/>
       <c r="K186" s="58"/>
     </row>
-    <row r="187" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="187" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A187" s="25" t="s">
         <v>244</v>
       </c>
-      <c r="B187" s="72" t="s">
+      <c r="B187" s="71" t="s">
         <v>173</v>
       </c>
       <c r="C187" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D187" s="23"/>
       <c r="E187" s="23"/>
       <c r="F187" s="23"/>
       <c r="G187" s="23"/>
       <c r="H187" s="23"/>
       <c r="I187" s="23"/>
       <c r="J187" s="24"/>
       <c r="K187" s="23"/>
     </row>
-    <row r="188" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A188" s="58" t="s">
         <v>177</v>
       </c>
       <c r="B188" s="58"/>
       <c r="C188" s="58"/>
       <c r="D188" s="58"/>
       <c r="E188" s="58"/>
       <c r="F188" s="58"/>
       <c r="G188" s="58"/>
       <c r="H188" s="58"/>
       <c r="I188" s="58"/>
       <c r="J188" s="58"/>
       <c r="K188" s="58"/>
     </row>
-    <row r="189" spans="1:11" s="4" customFormat="1" ht="135" x14ac:dyDescent="0.2">
+    <row r="189" spans="1:11" s="4" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="A189" s="25" t="s">
         <v>312</v>
       </c>
-      <c r="B189" s="72" t="s">
+      <c r="B189" s="71" t="s">
         <v>174</v>
       </c>
       <c r="C189" s="49" t="s">
         <v>221</v>
       </c>
       <c r="D189" s="23"/>
       <c r="E189" s="23"/>
       <c r="F189" s="23"/>
       <c r="G189" s="23"/>
       <c r="H189" s="23"/>
       <c r="I189" s="23"/>
       <c r="J189" s="24"/>
       <c r="K189" s="23"/>
     </row>
-    <row r="190" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="190" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A190" s="25" t="s">
         <v>313</v>
       </c>
-      <c r="B190" s="72" t="s">
-        <v>468</v>
+      <c r="B190" s="71" t="s">
+        <v>466</v>
       </c>
       <c r="C190" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D190" s="23"/>
       <c r="E190" s="23"/>
       <c r="F190" s="23"/>
       <c r="G190" s="23"/>
       <c r="H190" s="23"/>
       <c r="I190" s="23"/>
       <c r="J190" s="24"/>
       <c r="K190" s="23"/>
     </row>
-    <row r="191" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="191" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A191" s="58" t="s">
         <v>180</v>
       </c>
       <c r="B191" s="58"/>
       <c r="C191" s="58"/>
       <c r="D191" s="58"/>
       <c r="E191" s="58"/>
       <c r="F191" s="58"/>
       <c r="G191" s="58"/>
       <c r="H191" s="58"/>
       <c r="I191" s="58"/>
       <c r="J191" s="58"/>
       <c r="K191" s="58"/>
     </row>
-    <row r="192" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="192" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A192" s="25" t="s">
         <v>314</v>
       </c>
-      <c r="B192" s="72" t="s">
-        <v>469</v>
+      <c r="B192" s="71" t="s">
+        <v>467</v>
       </c>
       <c r="C192" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D192" s="23"/>
       <c r="E192" s="23"/>
       <c r="F192" s="23"/>
       <c r="G192" s="23"/>
       <c r="H192" s="23"/>
       <c r="I192" s="23"/>
       <c r="J192" s="24"/>
       <c r="K192" s="23"/>
     </row>
-    <row r="193" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="193" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A193" s="25" t="s">
         <v>315</v>
       </c>
-      <c r="B193" s="72" t="s">
-        <v>470</v>
+      <c r="B193" s="71" t="s">
+        <v>468</v>
       </c>
       <c r="C193" s="49" t="s">
         <v>167</v>
       </c>
       <c r="D193" s="23"/>
       <c r="E193" s="23"/>
       <c r="F193" s="23"/>
       <c r="G193" s="23"/>
       <c r="H193" s="23"/>
       <c r="I193" s="23"/>
       <c r="J193" s="24"/>
       <c r="K193" s="23"/>
     </row>
-    <row r="194" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="194" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A194" s="25" t="s">
         <v>316</v>
       </c>
-      <c r="B194" s="72" t="s">
-        <v>471</v>
+      <c r="B194" s="71" t="s">
+        <v>469</v>
       </c>
       <c r="C194" s="49" t="s">
         <v>213</v>
       </c>
       <c r="D194" s="23"/>
       <c r="E194" s="23"/>
       <c r="F194" s="23"/>
       <c r="G194" s="23"/>
       <c r="H194" s="23"/>
       <c r="I194" s="23"/>
       <c r="J194" s="24"/>
       <c r="K194" s="23"/>
     </row>
-    <row r="195" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="195" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A195" s="25" t="s">
         <v>317</v>
       </c>
-      <c r="B195" s="72" t="s">
-        <v>472</v>
+      <c r="B195" s="71" t="s">
+        <v>470</v>
       </c>
       <c r="C195" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D195" s="23"/>
       <c r="E195" s="23"/>
       <c r="F195" s="23"/>
       <c r="G195" s="23"/>
       <c r="H195" s="23"/>
       <c r="I195" s="23"/>
       <c r="J195" s="24"/>
       <c r="K195" s="23"/>
     </row>
-    <row r="196" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="196" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A196" s="58" t="s">
         <v>185</v>
       </c>
       <c r="B196" s="58"/>
       <c r="C196" s="58"/>
       <c r="D196" s="58"/>
       <c r="E196" s="58"/>
       <c r="F196" s="58"/>
       <c r="G196" s="58"/>
       <c r="H196" s="58"/>
       <c r="I196" s="58"/>
       <c r="J196" s="58"/>
       <c r="K196" s="58"/>
     </row>
-    <row r="197" spans="1:11" s="4" customFormat="1" ht="180" x14ac:dyDescent="0.2">
+    <row r="197" spans="1:11" s="4" customFormat="1" ht="180" x14ac:dyDescent="0.25">
       <c r="A197" s="25" t="s">
         <v>427</v>
       </c>
-      <c r="B197" s="72" t="s">
-        <v>473</v>
+      <c r="B197" s="71" t="s">
+        <v>471</v>
       </c>
       <c r="C197" s="49" t="s">
         <v>424</v>
       </c>
       <c r="D197" s="23"/>
       <c r="E197" s="23"/>
       <c r="F197" s="23"/>
       <c r="G197" s="23"/>
       <c r="H197" s="23"/>
       <c r="I197" s="23"/>
       <c r="J197" s="24"/>
       <c r="K197" s="23"/>
     </row>
-    <row r="198" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="198" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A198" s="25" t="s">
         <v>318</v>
       </c>
-      <c r="B198" s="72" t="s">
-        <v>474</v>
+      <c r="B198" s="71" t="s">
+        <v>472</v>
       </c>
       <c r="C198" s="49" t="s">
         <v>45</v>
       </c>
       <c r="D198" s="23"/>
       <c r="E198" s="23"/>
       <c r="F198" s="23"/>
       <c r="G198" s="23"/>
       <c r="H198" s="23"/>
       <c r="I198" s="23"/>
       <c r="J198" s="24"/>
       <c r="K198" s="23"/>
     </row>
-    <row r="199" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="199" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A199" s="25" t="s">
         <v>188</v>
       </c>
-      <c r="B199" s="72" t="s">
-        <v>475</v>
+      <c r="B199" s="71" t="s">
+        <v>473</v>
       </c>
       <c r="C199" s="49" t="s">
         <v>45</v>
       </c>
       <c r="D199" s="23"/>
       <c r="E199" s="23"/>
       <c r="F199" s="23"/>
       <c r="G199" s="23"/>
       <c r="H199" s="23"/>
       <c r="I199" s="23"/>
       <c r="J199" s="24"/>
       <c r="K199" s="23"/>
     </row>
-    <row r="200" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="200" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A200" s="25" t="s">
         <v>245</v>
       </c>
-      <c r="B200" s="72" t="s">
-        <v>476</v>
+      <c r="B200" s="71" t="s">
+        <v>474</v>
       </c>
       <c r="C200" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D200" s="23"/>
       <c r="E200" s="23"/>
       <c r="F200" s="23"/>
       <c r="G200" s="23"/>
       <c r="H200" s="23"/>
       <c r="I200" s="23"/>
       <c r="J200" s="24"/>
       <c r="K200" s="23"/>
     </row>
-    <row r="201" spans="1:11" s="4" customFormat="1" ht="120" x14ac:dyDescent="0.2">
+    <row r="201" spans="1:11" s="4" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A201" s="25" t="s">
         <v>319</v>
       </c>
-      <c r="B201" s="72" t="s">
-        <v>477</v>
+      <c r="B201" s="71" t="s">
+        <v>475</v>
       </c>
       <c r="C201" s="49" t="s">
         <v>45</v>
       </c>
       <c r="D201" s="23"/>
       <c r="E201" s="23"/>
       <c r="F201" s="23"/>
       <c r="G201" s="23"/>
       <c r="H201" s="23"/>
       <c r="I201" s="23"/>
       <c r="J201" s="24"/>
       <c r="K201" s="23"/>
     </row>
-    <row r="202" spans="1:11" s="4" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A202" s="52" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B202" s="53"/>
       <c r="C202" s="52"/>
       <c r="D202" s="52"/>
       <c r="E202" s="52"/>
       <c r="F202" s="52"/>
       <c r="G202" s="52"/>
       <c r="H202" s="52"/>
       <c r="I202" s="52"/>
       <c r="J202" s="52"/>
       <c r="K202" s="52"/>
     </row>
-    <row r="203" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="203" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A203" s="58" t="s">
         <v>190</v>
       </c>
       <c r="B203" s="58"/>
       <c r="C203" s="58"/>
       <c r="D203" s="58"/>
       <c r="E203" s="58"/>
       <c r="F203" s="58"/>
       <c r="G203" s="58"/>
       <c r="H203" s="58"/>
       <c r="I203" s="58"/>
       <c r="J203" s="58"/>
       <c r="K203" s="58"/>
     </row>
-    <row r="204" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="204" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A204" s="25" t="s">
         <v>320</v>
       </c>
-      <c r="B204" s="72" t="s">
+      <c r="B204" s="71" t="s">
         <v>176</v>
       </c>
       <c r="C204" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D204" s="23"/>
       <c r="E204" s="23"/>
       <c r="F204" s="23"/>
       <c r="G204" s="23"/>
       <c r="H204" s="23"/>
       <c r="I204" s="23"/>
       <c r="J204" s="24"/>
       <c r="K204" s="23"/>
     </row>
-    <row r="205" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="205" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A205" s="25" t="s">
         <v>321</v>
       </c>
-      <c r="B205" s="72" t="s">
+      <c r="B205" s="71" t="s">
         <v>178</v>
       </c>
       <c r="C205" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D205" s="23"/>
       <c r="E205" s="23"/>
       <c r="F205" s="23"/>
       <c r="G205" s="23"/>
       <c r="H205" s="23"/>
       <c r="I205" s="23"/>
       <c r="J205" s="24"/>
       <c r="K205" s="23"/>
     </row>
-    <row r="206" spans="1:11" s="4" customFormat="1" ht="105" x14ac:dyDescent="0.2">
+    <row r="206" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A206" s="61" t="s">
         <v>322</v>
       </c>
-      <c r="B206" s="72" t="s">
+      <c r="B206" s="71" t="s">
         <v>179</v>
       </c>
       <c r="C206" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D206" s="23"/>
       <c r="E206" s="23"/>
       <c r="F206" s="23"/>
       <c r="G206" s="23"/>
       <c r="H206" s="23"/>
       <c r="I206" s="23"/>
       <c r="J206" s="24"/>
       <c r="K206" s="23"/>
     </row>
-    <row r="207" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="207" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A207" s="25" t="s">
         <v>323</v>
       </c>
-      <c r="B207" s="72" t="s">
+      <c r="B207" s="71" t="s">
         <v>181</v>
       </c>
       <c r="C207" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D207" s="23"/>
       <c r="E207" s="23"/>
       <c r="F207" s="23"/>
       <c r="G207" s="23"/>
       <c r="H207" s="23"/>
       <c r="I207" s="23"/>
       <c r="J207" s="24"/>
       <c r="K207" s="23"/>
     </row>
-    <row r="208" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="208" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A208" s="25" t="s">
         <v>324</v>
       </c>
-      <c r="B208" s="72" t="s">
+      <c r="B208" s="71" t="s">
         <v>182</v>
       </c>
       <c r="C208" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D208" s="23"/>
       <c r="E208" s="23"/>
       <c r="F208" s="23"/>
       <c r="G208" s="23"/>
       <c r="H208" s="23"/>
       <c r="I208" s="23"/>
       <c r="J208" s="24"/>
       <c r="K208" s="23"/>
     </row>
-    <row r="209" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="209" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A209" s="25" t="s">
         <v>325</v>
       </c>
-      <c r="B209" s="72" t="s">
+      <c r="B209" s="71" t="s">
         <v>183</v>
       </c>
       <c r="C209" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D209" s="23"/>
       <c r="E209" s="23"/>
       <c r="F209" s="23"/>
       <c r="G209" s="23"/>
       <c r="H209" s="23"/>
       <c r="I209" s="23"/>
       <c r="J209" s="24"/>
       <c r="K209" s="23"/>
     </row>
-    <row r="210" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="210" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A210" s="58" t="s">
         <v>222</v>
       </c>
       <c r="B210" s="58"/>
       <c r="C210" s="58"/>
       <c r="D210" s="58"/>
       <c r="E210" s="58"/>
       <c r="F210" s="58"/>
       <c r="G210" s="58"/>
       <c r="H210" s="58"/>
       <c r="I210" s="58"/>
       <c r="J210" s="58"/>
       <c r="K210" s="58"/>
     </row>
-    <row r="211" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
-      <c r="A211" s="69" t="s">
+    <row r="211" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A211" s="68" t="s">
         <v>405</v>
       </c>
-      <c r="B211" s="70"/>
-[...10 lines deleted...]
-    <row r="212" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="B211" s="69"/>
+      <c r="C211" s="69"/>
+      <c r="D211" s="69"/>
+      <c r="E211" s="69"/>
+      <c r="F211" s="69"/>
+      <c r="G211" s="69"/>
+      <c r="H211" s="69"/>
+      <c r="I211" s="69"/>
+      <c r="J211" s="69"/>
+      <c r="K211" s="69"/>
+    </row>
+    <row r="212" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A212" s="25" t="s">
         <v>326</v>
       </c>
-      <c r="B212" s="72" t="s">
+      <c r="B212" s="71" t="s">
         <v>184</v>
       </c>
       <c r="C212" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D212" s="23"/>
       <c r="E212" s="23"/>
       <c r="F212" s="23"/>
       <c r="G212" s="23"/>
       <c r="H212" s="23"/>
       <c r="I212" s="23"/>
       <c r="J212" s="24"/>
       <c r="K212" s="23"/>
     </row>
-    <row r="213" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="213" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A213" s="25" t="s">
         <v>327</v>
       </c>
-      <c r="B213" s="72" t="s">
+      <c r="B213" s="71" t="s">
         <v>186</v>
       </c>
       <c r="C213" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D213" s="23"/>
       <c r="E213" s="23"/>
       <c r="F213" s="23"/>
       <c r="G213" s="23"/>
       <c r="H213" s="23"/>
       <c r="I213" s="23"/>
       <c r="J213" s="24"/>
       <c r="K213" s="23"/>
     </row>
-    <row r="214" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="214" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A214" s="25" t="s">
         <v>328</v>
       </c>
-      <c r="B214" s="72" t="s">
+      <c r="B214" s="71" t="s">
         <v>187</v>
       </c>
       <c r="C214" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D214" s="23"/>
       <c r="E214" s="23"/>
       <c r="F214" s="23"/>
       <c r="G214" s="23"/>
       <c r="H214" s="23"/>
       <c r="I214" s="23"/>
       <c r="J214" s="24"/>
       <c r="K214" s="23"/>
     </row>
-    <row r="215" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="215" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A215" s="25" t="s">
         <v>329</v>
       </c>
-      <c r="B215" s="72" t="s">
+      <c r="B215" s="71" t="s">
         <v>189</v>
       </c>
       <c r="C215" s="49" t="s">
         <v>200</v>
       </c>
       <c r="D215" s="23"/>
       <c r="E215" s="23"/>
       <c r="F215" s="23"/>
       <c r="G215" s="23"/>
       <c r="H215" s="23"/>
       <c r="I215" s="23"/>
       <c r="J215" s="24"/>
       <c r="K215" s="23"/>
     </row>
-    <row r="216" spans="1:11" s="4" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:11" s="4" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A216" s="52" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B216" s="53"/>
       <c r="C216" s="52"/>
       <c r="D216" s="52"/>
       <c r="E216" s="52"/>
       <c r="F216" s="52"/>
       <c r="G216" s="52"/>
       <c r="H216" s="52"/>
       <c r="I216" s="52"/>
       <c r="J216" s="52"/>
       <c r="K216" s="52"/>
     </row>
-    <row r="217" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="217" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A217" s="58" t="s">
         <v>415</v>
       </c>
       <c r="B217" s="58"/>
       <c r="C217" s="58"/>
       <c r="D217" s="58"/>
       <c r="E217" s="58"/>
       <c r="F217" s="58"/>
       <c r="G217" s="58"/>
       <c r="H217" s="58"/>
       <c r="I217" s="58"/>
       <c r="J217" s="58"/>
       <c r="K217" s="58"/>
     </row>
-    <row r="218" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="218" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A218" s="25" t="s">
         <v>420</v>
       </c>
-      <c r="B218" s="72" t="s">
+      <c r="B218" s="71" t="s">
         <v>191</v>
       </c>
       <c r="C218" s="49" t="s">
         <v>416</v>
       </c>
       <c r="D218" s="23"/>
       <c r="E218" s="23"/>
       <c r="F218" s="23"/>
       <c r="G218" s="23"/>
       <c r="H218" s="23"/>
       <c r="I218" s="23"/>
       <c r="J218" s="24"/>
       <c r="K218" s="23"/>
     </row>
-    <row r="219" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="219" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A219" s="25" t="s">
         <v>419</v>
       </c>
-      <c r="B219" s="72" t="s">
+      <c r="B219" s="71" t="s">
         <v>192</v>
       </c>
       <c r="C219" s="49" t="s">
         <v>416</v>
       </c>
       <c r="D219" s="23"/>
       <c r="E219" s="23"/>
       <c r="F219" s="23"/>
       <c r="G219" s="23"/>
       <c r="H219" s="23"/>
       <c r="I219" s="23"/>
       <c r="J219" s="24"/>
       <c r="K219" s="23"/>
     </row>
-    <row r="220" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="220" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A220" s="25" t="s">
         <v>418</v>
       </c>
-      <c r="B220" s="72" t="s">
+      <c r="B220" s="71" t="s">
         <v>193</v>
       </c>
       <c r="C220" s="49" t="s">
         <v>416</v>
       </c>
       <c r="D220" s="23"/>
       <c r="E220" s="23"/>
       <c r="F220" s="23"/>
       <c r="G220" s="23"/>
       <c r="H220" s="23"/>
       <c r="I220" s="23"/>
       <c r="J220" s="24"/>
       <c r="K220" s="23"/>
     </row>
-    <row r="221" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="221" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A221" s="25" t="s">
         <v>417</v>
       </c>
-      <c r="B221" s="72" t="s">
+      <c r="B221" s="71" t="s">
         <v>194</v>
       </c>
       <c r="C221" s="49" t="s">
         <v>416</v>
       </c>
       <c r="D221" s="23"/>
       <c r="E221" s="23"/>
       <c r="F221" s="23"/>
       <c r="G221" s="23"/>
       <c r="H221" s="23"/>
       <c r="I221" s="23"/>
       <c r="J221" s="24"/>
       <c r="K221" s="23"/>
     </row>
-    <row r="222" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="222" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A222" s="58" t="s">
         <v>201</v>
       </c>
       <c r="B222" s="58"/>
       <c r="C222" s="58"/>
       <c r="D222" s="58"/>
       <c r="E222" s="58"/>
       <c r="F222" s="58"/>
       <c r="G222" s="58"/>
       <c r="H222" s="58"/>
       <c r="I222" s="58"/>
       <c r="J222" s="58"/>
       <c r="K222" s="58"/>
     </row>
-    <row r="223" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="223" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A223" s="25" t="s">
         <v>330</v>
       </c>
-      <c r="B223" s="72" t="s">
+      <c r="B223" s="71" t="s">
         <v>195</v>
       </c>
       <c r="C223" s="49" t="s">
         <v>202</v>
       </c>
       <c r="D223" s="23"/>
       <c r="E223" s="23"/>
       <c r="F223" s="23"/>
       <c r="G223" s="23"/>
       <c r="H223" s="23"/>
       <c r="I223" s="23"/>
       <c r="J223" s="24"/>
       <c r="K223" s="23"/>
     </row>
-    <row r="224" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="224" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A224" s="25" t="s">
         <v>203</v>
       </c>
-      <c r="B224" s="72" t="s">
+      <c r="B224" s="71" t="s">
         <v>196</v>
       </c>
       <c r="C224" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D224" s="23"/>
       <c r="E224" s="23"/>
       <c r="F224" s="23"/>
       <c r="G224" s="23"/>
       <c r="H224" s="23"/>
       <c r="I224" s="23"/>
       <c r="J224" s="24"/>
       <c r="K224" s="23"/>
     </row>
-    <row r="225" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="225" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A225" s="25" t="s">
         <v>204</v>
       </c>
-      <c r="B225" s="72" t="s">
+      <c r="B225" s="71" t="s">
         <v>197</v>
       </c>
       <c r="C225" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D225" s="23"/>
       <c r="E225" s="23"/>
       <c r="F225" s="23"/>
       <c r="G225" s="23"/>
       <c r="H225" s="23"/>
       <c r="I225" s="23"/>
       <c r="J225" s="24"/>
       <c r="K225" s="23"/>
     </row>
-    <row r="226" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="226" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A226" s="25" t="s">
         <v>406</v>
       </c>
-      <c r="B226" s="72" t="s">
+      <c r="B226" s="71" t="s">
         <v>198</v>
       </c>
       <c r="C226" s="49" t="s">
         <v>202</v>
       </c>
       <c r="D226" s="23"/>
       <c r="E226" s="23"/>
       <c r="F226" s="23"/>
       <c r="G226" s="23"/>
       <c r="H226" s="23"/>
       <c r="I226" s="23"/>
       <c r="J226" s="24"/>
       <c r="K226" s="23"/>
     </row>
-    <row r="227" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-    <row r="228" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="227" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A227" s="68" t="s">
+        <v>478</v>
+      </c>
+      <c r="B227" s="69"/>
+      <c r="C227" s="69"/>
+      <c r="D227" s="69"/>
+      <c r="E227" s="69"/>
+      <c r="F227" s="69"/>
+      <c r="G227" s="69"/>
+      <c r="H227" s="69"/>
+      <c r="I227" s="69"/>
+      <c r="J227" s="69"/>
+      <c r="K227" s="69"/>
+    </row>
+    <row r="228" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A228" s="58" t="s">
         <v>205</v>
       </c>
       <c r="B228" s="58"/>
       <c r="C228" s="58"/>
       <c r="D228" s="58"/>
       <c r="E228" s="58"/>
       <c r="F228" s="58"/>
       <c r="G228" s="58"/>
       <c r="H228" s="58"/>
       <c r="I228" s="58"/>
       <c r="J228" s="58"/>
       <c r="K228" s="58"/>
     </row>
-    <row r="229" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="229" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A229" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="B229" s="72" t="s">
+      <c r="B229" s="71" t="s">
         <v>199</v>
       </c>
       <c r="C229" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D229" s="23"/>
       <c r="E229" s="23"/>
       <c r="F229" s="23"/>
       <c r="G229" s="23"/>
       <c r="H229" s="23"/>
       <c r="I229" s="23"/>
       <c r="J229" s="24"/>
       <c r="K229" s="23"/>
     </row>
-    <row r="230" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="230" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A230" s="25" t="s">
         <v>408</v>
       </c>
-      <c r="B230" s="72" t="s">
+      <c r="B230" s="71" t="s">
         <v>404</v>
       </c>
       <c r="C230" s="49" t="s">
         <v>213</v>
       </c>
       <c r="D230" s="23"/>
       <c r="E230" s="23"/>
       <c r="F230" s="23"/>
       <c r="G230" s="23"/>
       <c r="H230" s="23"/>
       <c r="I230" s="23"/>
       <c r="J230" s="24"/>
       <c r="K230" s="23"/>
     </row>
-    <row r="231" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="231" spans="1:11" s="4" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A231" s="25" t="s">
         <v>409</v>
       </c>
-      <c r="B231" s="72" t="s">
-        <v>481</v>
+      <c r="B231" s="71" t="s">
+        <v>479</v>
       </c>
       <c r="C231" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D231" s="23"/>
       <c r="E231" s="23"/>
       <c r="F231" s="23"/>
       <c r="G231" s="23"/>
       <c r="H231" s="23"/>
       <c r="I231" s="23"/>
       <c r="J231" s="24"/>
       <c r="K231" s="23"/>
     </row>
-    <row r="232" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="232" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A232" s="25" t="s">
         <v>331</v>
       </c>
-      <c r="B232" s="72" t="s">
-        <v>482</v>
+      <c r="B232" s="71" t="s">
+        <v>480</v>
       </c>
       <c r="C232" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D232" s="23"/>
       <c r="E232" s="23"/>
       <c r="F232" s="23"/>
       <c r="G232" s="23"/>
       <c r="H232" s="23"/>
       <c r="I232" s="23"/>
       <c r="J232" s="24"/>
       <c r="K232" s="23"/>
     </row>
-    <row r="233" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="233" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A233" s="25" t="s">
         <v>410</v>
       </c>
-      <c r="B233" s="72" t="s">
-        <v>483</v>
+      <c r="B233" s="71" t="s">
+        <v>481</v>
       </c>
       <c r="C233" s="49" t="s">
         <v>367</v>
       </c>
       <c r="D233" s="23"/>
       <c r="E233" s="23"/>
       <c r="F233" s="23"/>
       <c r="G233" s="23"/>
       <c r="H233" s="23"/>
       <c r="I233" s="23"/>
       <c r="J233" s="24"/>
       <c r="K233" s="23"/>
     </row>
-    <row r="234" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="234" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A234" s="61" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>484</v>
+        <v>494</v>
+      </c>
+      <c r="B234" s="71" t="s">
+        <v>482</v>
       </c>
       <c r="C234" s="49" t="s">
         <v>167</v>
       </c>
       <c r="D234" s="23"/>
       <c r="E234" s="23"/>
       <c r="F234" s="23"/>
       <c r="G234" s="23"/>
       <c r="H234" s="23"/>
       <c r="I234" s="23"/>
       <c r="J234" s="24"/>
       <c r="K234" s="23"/>
     </row>
-    <row r="235" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="235" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A235" s="25" t="s">
         <v>332</v>
       </c>
-      <c r="B235" s="72" t="s">
-        <v>485</v>
+      <c r="B235" s="71" t="s">
+        <v>483</v>
       </c>
       <c r="C235" s="49" t="s">
         <v>167</v>
       </c>
       <c r="D235" s="23"/>
       <c r="E235" s="23"/>
       <c r="F235" s="23"/>
       <c r="G235" s="23"/>
       <c r="H235" s="23"/>
       <c r="I235" s="23"/>
       <c r="J235" s="24"/>
       <c r="K235" s="23"/>
     </row>
-    <row r="236" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="236" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A236" s="25" t="s">
         <v>411</v>
       </c>
-      <c r="B236" s="72" t="s">
-        <v>486</v>
+      <c r="B236" s="71" t="s">
+        <v>484</v>
       </c>
       <c r="C236" s="49" t="s">
         <v>167</v>
       </c>
       <c r="D236" s="23"/>
       <c r="E236" s="23"/>
       <c r="F236" s="23"/>
       <c r="G236" s="23"/>
       <c r="H236" s="23"/>
       <c r="I236" s="23"/>
       <c r="J236" s="24"/>
       <c r="K236" s="23"/>
     </row>
-    <row r="237" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="237" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A237" s="58" t="s">
         <v>206</v>
       </c>
       <c r="B237" s="58"/>
       <c r="C237" s="58"/>
       <c r="D237" s="58"/>
       <c r="E237" s="58"/>
       <c r="F237" s="58"/>
       <c r="G237" s="58"/>
       <c r="H237" s="58"/>
       <c r="I237" s="58"/>
       <c r="J237" s="58"/>
       <c r="K237" s="58"/>
     </row>
-    <row r="238" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="238" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A238" s="25" t="s">
         <v>333</v>
       </c>
-      <c r="B238" s="72" t="s">
-        <v>487</v>
+      <c r="B238" s="71" t="s">
+        <v>485</v>
       </c>
       <c r="C238" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D238" s="23"/>
       <c r="E238" s="23"/>
       <c r="F238" s="23"/>
       <c r="G238" s="23"/>
       <c r="H238" s="23"/>
       <c r="I238" s="23"/>
       <c r="J238" s="24"/>
       <c r="K238" s="23"/>
     </row>
-    <row r="239" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="239" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A239" s="58" t="s">
         <v>207</v>
       </c>
       <c r="B239" s="58"/>
       <c r="C239" s="58"/>
       <c r="D239" s="58"/>
       <c r="E239" s="58"/>
       <c r="F239" s="58"/>
       <c r="G239" s="58"/>
       <c r="H239" s="58"/>
       <c r="I239" s="58"/>
       <c r="J239" s="58"/>
       <c r="K239" s="58"/>
     </row>
-    <row r="240" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="240" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A240" s="25" t="s">
         <v>334</v>
       </c>
-      <c r="B240" s="72" t="s">
-        <v>488</v>
+      <c r="B240" s="71" t="s">
+        <v>486</v>
       </c>
       <c r="C240" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D240" s="23"/>
       <c r="E240" s="23"/>
       <c r="F240" s="23"/>
       <c r="G240" s="23"/>
       <c r="H240" s="23"/>
       <c r="I240" s="23"/>
       <c r="J240" s="24"/>
       <c r="K240" s="23"/>
     </row>
-    <row r="241" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="241" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A241" s="25" t="s">
         <v>335</v>
       </c>
-      <c r="B241" s="72" t="s">
-        <v>489</v>
+      <c r="B241" s="71" t="s">
+        <v>487</v>
       </c>
       <c r="C241" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D241" s="23"/>
       <c r="E241" s="23"/>
       <c r="F241" s="23"/>
       <c r="G241" s="23"/>
       <c r="H241" s="23"/>
       <c r="I241" s="23"/>
       <c r="J241" s="24"/>
       <c r="K241" s="23"/>
     </row>
-    <row r="242" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="242" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A242" s="25" t="s">
         <v>336</v>
       </c>
-      <c r="B242" s="72" t="s">
-        <v>490</v>
+      <c r="B242" s="71" t="s">
+        <v>488</v>
       </c>
       <c r="C242" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D242" s="23"/>
       <c r="E242" s="23"/>
       <c r="F242" s="23"/>
       <c r="G242" s="23"/>
       <c r="H242" s="23"/>
       <c r="I242" s="23"/>
       <c r="J242" s="24"/>
       <c r="K242" s="23"/>
     </row>
-    <row r="243" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="243" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A243" s="25" t="s">
         <v>337</v>
       </c>
-      <c r="B243" s="72" t="s">
-        <v>491</v>
+      <c r="B243" s="71" t="s">
+        <v>489</v>
       </c>
       <c r="C243" s="49" t="s">
         <v>36</v>
       </c>
       <c r="D243" s="23"/>
       <c r="E243" s="23"/>
       <c r="F243" s="23"/>
       <c r="G243" s="23"/>
       <c r="H243" s="23"/>
       <c r="I243" s="23"/>
       <c r="J243" s="24"/>
       <c r="K243" s="23"/>
     </row>
-    <row r="244" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="244" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A244" s="61" t="s">
         <v>338</v>
       </c>
-      <c r="B244" s="72" t="s">
-        <v>492</v>
+      <c r="B244" s="71" t="s">
+        <v>490</v>
       </c>
       <c r="C244" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D244" s="23"/>
       <c r="E244" s="23"/>
       <c r="F244" s="23"/>
       <c r="G244" s="23"/>
       <c r="H244" s="23"/>
       <c r="I244" s="23"/>
       <c r="J244" s="24"/>
       <c r="K244" s="23"/>
     </row>
-    <row r="245" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="245" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A245" s="58" t="s">
         <v>208</v>
       </c>
       <c r="B245" s="58"/>
       <c r="C245" s="58"/>
       <c r="D245" s="58"/>
       <c r="E245" s="58"/>
       <c r="F245" s="58"/>
       <c r="G245" s="58"/>
       <c r="H245" s="58"/>
       <c r="I245" s="58"/>
       <c r="J245" s="58"/>
       <c r="K245" s="58"/>
     </row>
-    <row r="246" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="246" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A246" s="25" t="s">
         <v>339</v>
       </c>
-      <c r="B246" s="72" t="s">
-        <v>493</v>
+      <c r="B246" s="71" t="s">
+        <v>491</v>
       </c>
       <c r="C246" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D246" s="23"/>
       <c r="E246" s="23"/>
       <c r="F246" s="23"/>
       <c r="G246" s="23"/>
       <c r="H246" s="23"/>
       <c r="I246" s="23"/>
       <c r="J246" s="24"/>
       <c r="K246" s="23"/>
     </row>
-    <row r="247" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="247" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A247" s="25" t="s">
         <v>340</v>
       </c>
-      <c r="B247" s="72" t="s">
-        <v>494</v>
+      <c r="B247" s="71" t="s">
+        <v>492</v>
       </c>
       <c r="C247" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D247" s="23"/>
       <c r="E247" s="23"/>
       <c r="F247" s="23"/>
       <c r="G247" s="23"/>
       <c r="H247" s="23"/>
       <c r="I247" s="23"/>
       <c r="J247" s="24"/>
       <c r="K247" s="23"/>
     </row>
-    <row r="248" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="248" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A248" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="B248" s="72" t="s">
-        <v>495</v>
+      <c r="B248" s="71" t="s">
+        <v>493</v>
       </c>
       <c r="C248" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D248" s="23"/>
       <c r="E248" s="23"/>
       <c r="F248" s="23"/>
       <c r="G248" s="23"/>
       <c r="H248" s="23"/>
       <c r="I248" s="23"/>
       <c r="J248" s="24"/>
       <c r="K248" s="23"/>
     </row>
-    <row r="249" spans="1:11" s="4" customFormat="1" ht="180" x14ac:dyDescent="0.2">
+    <row r="249" spans="1:11" s="4" customFormat="1" ht="180" x14ac:dyDescent="0.25">
       <c r="A249" s="25" t="s">
         <v>412</v>
       </c>
-      <c r="B249" s="72" t="s">
-        <v>497</v>
+      <c r="B249" s="71" t="s">
+        <v>495</v>
       </c>
       <c r="C249" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D249" s="23"/>
       <c r="E249" s="23"/>
       <c r="F249" s="23"/>
       <c r="G249" s="23"/>
       <c r="H249" s="23"/>
       <c r="I249" s="23"/>
       <c r="J249" s="24"/>
       <c r="K249" s="23"/>
     </row>
-    <row r="250" spans="1:11" s="4" customFormat="1" ht="135" x14ac:dyDescent="0.2">
+    <row r="250" spans="1:11" s="4" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="A250" s="25" t="s">
         <v>342</v>
       </c>
-      <c r="B250" s="72" t="s">
-        <v>498</v>
+      <c r="B250" s="71" t="s">
+        <v>496</v>
       </c>
       <c r="C250" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D250" s="23"/>
       <c r="E250" s="23"/>
       <c r="F250" s="23"/>
       <c r="G250" s="23"/>
       <c r="H250" s="23"/>
       <c r="I250" s="23"/>
       <c r="J250" s="24"/>
       <c r="K250" s="23"/>
     </row>
-    <row r="251" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="251" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A251" s="25" t="s">
         <v>343</v>
       </c>
-      <c r="B251" s="72" t="s">
-        <v>499</v>
+      <c r="B251" s="71" t="s">
+        <v>497</v>
       </c>
       <c r="C251" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D251" s="23"/>
       <c r="E251" s="23"/>
       <c r="F251" s="23"/>
       <c r="G251" s="23"/>
       <c r="H251" s="23"/>
       <c r="I251" s="23"/>
       <c r="J251" s="24"/>
       <c r="K251" s="23"/>
     </row>
-    <row r="252" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="252" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A252" s="58" t="s">
         <v>209</v>
       </c>
       <c r="B252" s="58"/>
       <c r="C252" s="58"/>
       <c r="D252" s="58"/>
       <c r="E252" s="58"/>
       <c r="F252" s="58"/>
       <c r="G252" s="58"/>
       <c r="H252" s="58"/>
       <c r="I252" s="58"/>
       <c r="J252" s="58"/>
       <c r="K252" s="58"/>
     </row>
-    <row r="253" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="253" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A253" s="25" t="s">
         <v>344</v>
       </c>
-      <c r="B253" s="72" t="s">
-        <v>500</v>
+      <c r="B253" s="71" t="s">
+        <v>498</v>
       </c>
       <c r="C253" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D253" s="23"/>
       <c r="E253" s="23"/>
       <c r="F253" s="23"/>
       <c r="G253" s="23"/>
       <c r="H253" s="23"/>
       <c r="I253" s="23"/>
       <c r="J253" s="24"/>
       <c r="K253" s="23"/>
     </row>
-    <row r="254" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="254" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A254" s="25" t="s">
         <v>345</v>
       </c>
-      <c r="B254" s="72" t="s">
-        <v>501</v>
+      <c r="B254" s="71" t="s">
+        <v>499</v>
       </c>
       <c r="C254" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D254" s="23"/>
       <c r="E254" s="23"/>
       <c r="F254" s="23"/>
       <c r="G254" s="23"/>
       <c r="H254" s="23"/>
       <c r="I254" s="23"/>
       <c r="J254" s="24"/>
       <c r="K254" s="23"/>
     </row>
-    <row r="255" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="255" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A255" s="25" t="s">
         <v>346</v>
       </c>
-      <c r="B255" s="72" t="s">
-        <v>502</v>
+      <c r="B255" s="71" t="s">
+        <v>500</v>
       </c>
       <c r="C255" s="49" t="s">
         <v>213</v>
       </c>
       <c r="D255" s="23"/>
       <c r="E255" s="23"/>
       <c r="F255" s="23"/>
       <c r="G255" s="23"/>
       <c r="H255" s="23"/>
       <c r="I255" s="23"/>
       <c r="J255" s="24"/>
       <c r="K255" s="23"/>
     </row>
-    <row r="256" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="256" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A256" s="25" t="s">
         <v>347</v>
       </c>
-      <c r="B256" s="72" t="s">
-        <v>503</v>
+      <c r="B256" s="71" t="s">
+        <v>501</v>
       </c>
       <c r="C256" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D256" s="23"/>
       <c r="E256" s="23"/>
       <c r="F256" s="23"/>
       <c r="G256" s="23"/>
       <c r="H256" s="23"/>
       <c r="I256" s="23"/>
       <c r="J256" s="24"/>
       <c r="K256" s="23"/>
     </row>
-    <row r="257" spans="1:11" s="4" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="257" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A257" s="25" t="s">
         <v>348</v>
       </c>
-      <c r="B257" s="72" t="s">
-        <v>504</v>
+      <c r="B257" s="71" t="s">
+        <v>502</v>
       </c>
       <c r="C257" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D257" s="23"/>
       <c r="E257" s="23"/>
       <c r="F257" s="23"/>
       <c r="G257" s="23"/>
       <c r="H257" s="23"/>
       <c r="I257" s="23"/>
       <c r="J257" s="24"/>
       <c r="K257" s="23"/>
     </row>
-    <row r="258" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="258" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A258" s="25" t="s">
         <v>349</v>
       </c>
-      <c r="B258" s="72" t="s">
-        <v>505</v>
+      <c r="B258" s="71" t="s">
+        <v>503</v>
       </c>
       <c r="C258" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D258" s="23"/>
       <c r="E258" s="23"/>
       <c r="F258" s="23"/>
       <c r="G258" s="23"/>
       <c r="H258" s="23"/>
       <c r="I258" s="23"/>
       <c r="J258" s="24"/>
       <c r="K258" s="23"/>
     </row>
-    <row r="259" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="259" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A259" s="58" t="s">
         <v>210</v>
       </c>
       <c r="B259" s="58"/>
       <c r="C259" s="58"/>
       <c r="D259" s="58"/>
       <c r="E259" s="58"/>
       <c r="F259" s="58"/>
       <c r="G259" s="58"/>
       <c r="H259" s="58"/>
       <c r="I259" s="58"/>
       <c r="J259" s="58"/>
       <c r="K259" s="58"/>
     </row>
-    <row r="260" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="260" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A260" s="25" t="s">
         <v>350</v>
       </c>
-      <c r="B260" s="72" t="s">
-        <v>506</v>
+      <c r="B260" s="71" t="s">
+        <v>504</v>
       </c>
       <c r="C260" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D260" s="23"/>
       <c r="E260" s="23"/>
       <c r="F260" s="23"/>
       <c r="G260" s="23"/>
       <c r="H260" s="23"/>
       <c r="I260" s="23"/>
       <c r="J260" s="24"/>
       <c r="K260" s="23"/>
     </row>
-    <row r="261" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="261" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A261" s="58" t="s">
         <v>211</v>
       </c>
       <c r="B261" s="58"/>
       <c r="C261" s="58"/>
       <c r="D261" s="58"/>
       <c r="E261" s="58"/>
       <c r="F261" s="58"/>
       <c r="G261" s="58"/>
       <c r="H261" s="58"/>
       <c r="I261" s="58"/>
       <c r="J261" s="58"/>
       <c r="K261" s="58"/>
     </row>
-    <row r="262" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="262" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A262" s="25" t="s">
         <v>351</v>
       </c>
-      <c r="B262" s="72" t="s">
-        <v>507</v>
+      <c r="B262" s="71" t="s">
+        <v>505</v>
       </c>
       <c r="C262" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D262" s="23"/>
       <c r="E262" s="23"/>
       <c r="F262" s="23"/>
       <c r="G262" s="23"/>
       <c r="H262" s="23"/>
       <c r="I262" s="23"/>
       <c r="J262" s="24"/>
       <c r="K262" s="23"/>
     </row>
-    <row r="263" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="263" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A263" s="25" t="s">
         <v>352</v>
       </c>
-      <c r="B263" s="72" t="s">
-        <v>508</v>
+      <c r="B263" s="71" t="s">
+        <v>506</v>
       </c>
       <c r="C263" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D263" s="23"/>
       <c r="E263" s="23"/>
       <c r="F263" s="23"/>
       <c r="G263" s="23"/>
       <c r="H263" s="23"/>
       <c r="I263" s="23"/>
       <c r="J263" s="24"/>
       <c r="K263" s="23"/>
     </row>
-    <row r="264" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="264" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A264" s="25" t="s">
         <v>353</v>
       </c>
-      <c r="B264" s="72" t="s">
-        <v>509</v>
+      <c r="B264" s="71" t="s">
+        <v>507</v>
       </c>
       <c r="C264" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D264" s="23"/>
       <c r="E264" s="23"/>
       <c r="F264" s="23"/>
       <c r="G264" s="23"/>
       <c r="H264" s="23"/>
       <c r="I264" s="23"/>
       <c r="J264" s="24"/>
       <c r="K264" s="23"/>
     </row>
-    <row r="265" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="265" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A265" s="58" t="s">
         <v>212</v>
       </c>
       <c r="B265" s="58"/>
       <c r="C265" s="58"/>
       <c r="D265" s="58"/>
       <c r="E265" s="58"/>
       <c r="F265" s="58"/>
       <c r="G265" s="58"/>
       <c r="H265" s="58"/>
       <c r="I265" s="58"/>
       <c r="J265" s="58"/>
       <c r="K265" s="58"/>
     </row>
-    <row r="266" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="266" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A266" s="25" t="s">
         <v>354</v>
       </c>
-      <c r="B266" s="72" t="s">
-        <v>510</v>
+      <c r="B266" s="71" t="s">
+        <v>508</v>
       </c>
       <c r="C266" s="49" t="s">
         <v>64</v>
       </c>
       <c r="D266" s="23"/>
       <c r="E266" s="23"/>
       <c r="F266" s="23"/>
       <c r="G266" s="23"/>
       <c r="H266" s="23"/>
       <c r="I266" s="23"/>
       <c r="J266" s="24"/>
       <c r="K266" s="23"/>
     </row>
-    <row r="267" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="267" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A267" s="58" t="s">
         <v>246</v>
       </c>
       <c r="B267" s="58"/>
       <c r="C267" s="58"/>
       <c r="D267" s="58"/>
       <c r="E267" s="58"/>
       <c r="F267" s="58"/>
       <c r="G267" s="58"/>
       <c r="H267" s="58"/>
       <c r="I267" s="58"/>
       <c r="J267" s="58"/>
       <c r="K267" s="58"/>
     </row>
-    <row r="268" spans="1:11" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="268" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A268" s="25" t="s">
         <v>355</v>
       </c>
-      <c r="B268" s="72" t="s">
-        <v>511</v>
+      <c r="B268" s="71" t="s">
+        <v>509</v>
       </c>
       <c r="C268" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D268" s="23"/>
       <c r="E268" s="23"/>
       <c r="F268" s="23"/>
       <c r="G268" s="23"/>
       <c r="H268" s="23"/>
       <c r="I268" s="23"/>
       <c r="J268" s="24"/>
       <c r="K268" s="23"/>
     </row>
-    <row r="269" spans="1:11" s="4" customFormat="1" ht="165" x14ac:dyDescent="0.2">
+    <row r="269" spans="1:11" s="4" customFormat="1" ht="165" x14ac:dyDescent="0.25">
       <c r="A269" s="25" t="s">
         <v>356</v>
       </c>
-      <c r="B269" s="72" t="s">
-        <v>512</v>
+      <c r="B269" s="71" t="s">
+        <v>510</v>
       </c>
       <c r="C269" s="49" t="s">
         <v>45</v>
       </c>
       <c r="D269" s="23"/>
       <c r="E269" s="23"/>
       <c r="F269" s="23"/>
       <c r="G269" s="23"/>
       <c r="H269" s="23"/>
       <c r="I269" s="23"/>
       <c r="J269" s="24"/>
       <c r="K269" s="23"/>
     </row>
-    <row r="270" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="270" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A270" s="58" t="s">
         <v>247</v>
       </c>
       <c r="B270" s="58"/>
       <c r="C270" s="58"/>
       <c r="D270" s="58"/>
       <c r="E270" s="58"/>
       <c r="F270" s="58"/>
       <c r="G270" s="58"/>
       <c r="H270" s="58"/>
       <c r="I270" s="58"/>
       <c r="J270" s="58"/>
       <c r="K270" s="58"/>
     </row>
-    <row r="271" spans="1:11" s="4" customFormat="1" ht="120" x14ac:dyDescent="0.2">
+    <row r="271" spans="1:11" s="4" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A271" s="25" t="s">
         <v>357</v>
       </c>
-      <c r="B271" s="72" t="s">
-        <v>513</v>
+      <c r="B271" s="71" t="s">
+        <v>511</v>
       </c>
       <c r="C271" s="49" t="s">
         <v>213</v>
       </c>
       <c r="D271" s="23"/>
       <c r="E271" s="23"/>
       <c r="F271" s="23"/>
       <c r="G271" s="23"/>
       <c r="H271" s="23"/>
       <c r="I271" s="23"/>
       <c r="J271" s="24"/>
       <c r="K271" s="23"/>
     </row>
-    <row r="272" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="272" spans="1:11" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A272" s="25" t="s">
         <v>358</v>
       </c>
-      <c r="B272" s="72" t="s">
-        <v>514</v>
+      <c r="B272" s="71" t="s">
+        <v>512</v>
       </c>
       <c r="C272" s="49" t="s">
         <v>214</v>
       </c>
       <c r="D272" s="23"/>
       <c r="E272" s="23"/>
       <c r="F272" s="23"/>
       <c r="G272" s="23"/>
       <c r="H272" s="23"/>
       <c r="I272" s="23"/>
       <c r="J272" s="24"/>
       <c r="K272" s="23"/>
     </row>
-    <row r="273" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="273" spans="1:11" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A273" s="25" t="s">
         <v>359</v>
       </c>
-      <c r="B273" s="72" t="s">
-        <v>515</v>
+      <c r="B273" s="71" t="s">
+        <v>513</v>
       </c>
       <c r="C273" s="49" t="s">
         <v>34</v>
       </c>
       <c r="D273" s="23"/>
       <c r="E273" s="23"/>
       <c r="F273" s="23"/>
       <c r="G273" s="23"/>
       <c r="H273" s="23"/>
       <c r="I273" s="23"/>
       <c r="J273" s="24"/>
       <c r="K273" s="23"/>
     </row>
-    <row r="274" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="274" spans="1:11" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A274" s="63"/>
       <c r="B274" s="20"/>
       <c r="C274" s="64"/>
       <c r="D274" s="20"/>
       <c r="E274" s="20"/>
       <c r="F274" s="20"/>
       <c r="G274" s="20"/>
       <c r="H274" s="20"/>
       <c r="I274" s="20"/>
       <c r="J274" s="65"/>
       <c r="K274" s="20"/>
     </row>
   </sheetData>
   <autoFilter ref="A9:K273" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="31" type="noConversion"/>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H11:H25 H211:H274 H28:H83 H86:H210" xr:uid="{00000000-0002-0000-0200-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H10:H24 H211:H274 H27:H82 H85:H210" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F11:F25 D11:D25 D86:D210 D211:D1048576 F211:F1048576 F28:F83 D28:D83 F86:F210" xr:uid="{22F33225-5355-42C8-8447-629563C6D112}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F10:F24 D10:D24 D85:D210 D211:D1048576 F211:F1048576 F27:F82 D27:D82 F85:F210" xr:uid="{22F33225-5355-42C8-8447-629563C6D112}">
       <formula1>"Yes,No, Partial"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.35433070866141736" bottom="0.15748031496062992" header="0.11811023622047245" footer="0.11811023622047245"/>
-  <pageSetup paperSize="8" scale="49" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="8" scale="49" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;P</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="5" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </geb11f8ce9d940728585fae6d5409a45>
     <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c122098d4e003b4384c4da8d0c27443">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d886e9f0196ab673da6bef6c2dfa2844" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b279931570174c37f1ca6db59fb09807">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309418f1a588f56cad73cb47b3118d34" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9205,67 +9226,67 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5ECFCA86-5C72-4E6D-BA12-1C00A7D061A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA801330-AAC2-4436-B3FE-A4BFF604D0F1}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B571E617-579C-46CD-A590-69F0093F13BB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09770582-7DCD-4331-9D10-4EDBD7E8F8B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
@@ -9284,67 +9305,70 @@
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Cover page</vt:lpstr>
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Data sheet</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk103001646</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Toc74551490</vt:lpstr>
       <vt:lpstr>'Cover page'!Print_Area</vt:lpstr>
       <vt:lpstr>'Data sheet'!Print_Area</vt:lpstr>
       <vt:lpstr>Introduction!Print_Area</vt:lpstr>
       <vt:lpstr>'Data sheet'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>NG17 Type 1 diabetes in adults: diagnosis and management: Baseline assessment tool</dc:title>
+  <dc:title>NG17 Type 1 diabetes in adults: diagnosis and management: Baseline assessment tool 17/08/2022</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SetDate">
     <vt:lpwstr>2023-11-16T14:50:31Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
     <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
     <vt:lpwstr>e2ee91f6-df13-4220-80f7-7728bc4bd6a1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
     <vt:lpwstr>0x010100B99456BF0FC3654992BB01F701E3BF13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Display Status">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Display_x0020_Status">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>