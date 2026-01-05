--- v0 (2025-12-13)
+++ v1 (2026-01-05)
@@ -8,102 +8,102 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{413B1AF8-27A5-476F-9055-4059F07A6D5D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D1E5F11-D7CA-4176-A12D-EFC9F09D4065}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="23" r:id="rId1"/>
     <sheet name="Data sheet" sheetId="26" r:id="rId2"/>
     <sheet name="Data sheet totals" sheetId="27" r:id="rId3"/>
     <sheet name="Dropdowns" sheetId="28" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Data sheet'!$A$2:$M$217</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Data sheet'!$A$1:$M$217</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Data sheet'!$A$2:$M$219</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Data sheet'!$A$1:$M$219</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Data sheet totals'!$A$1:$B$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$A$15</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Data sheet'!$2:$2</definedName>
-    <definedName name="rec_1_6_14" localSheetId="1">'Data sheet'!$A$179</definedName>
+    <definedName name="rec_1_6_14" localSheetId="1">'Data sheet'!$A$181</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B3" i="27" l="1"/>
   <c r="B2" i="27"/>
   <c r="B1" i="27"/>
   <c r="A13" i="23"/>
   <c r="A10" i="23"/>
   <c r="A5" i="23"/>
   <c r="B5" i="27" l="1"/>
   <c r="B4" i="27"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="457" uniqueCount="396">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="398">
   <si>
     <t>Number of recommendations met</t>
   </si>
   <si>
     <t>Percentage of recommendations met</t>
   </si>
   <si>
     <t>Deadline</t>
   </si>
   <si>
     <t>The tool can be used by individual services or organisations. Alternatively, an assessment completed with the involvement of all relevant services or organisations would help to develop a picture of activity in the local area.</t>
   </si>
   <si>
     <t>Number of relevant or partially relevant recommendations</t>
   </si>
   <si>
     <t>Number of recommendations partially met</t>
   </si>
   <si>
     <t>Percentage of recommendations partially met</t>
   </si>
   <si>
     <t>NICE recommendation (taken from the guideline)</t>
   </si>
   <si>
@@ -1474,56 +1474,62 @@
 •	continue with routine postnatal observations in accordance with local protocols, unless clinical assessment suggests concerns, including the potential for prolonged effects of morphine (see recommendation 1.6.8), which mean that ongoing monitoring of respiratory status is needed.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Offer oral immediate-release morphine sulfate to women who have received spinal or epidural anaesthesia for caesarean birth. If the woman cannot take oral medication (for example, because of nausea or vomiting), offer intravenous, intramuscular or subcutaneous morphine. </t>
   </si>
   <si>
     <t xml:space="preserve">Consider intravenous patient-controlled analgesia (PCA) using morphine for women and people who have given birth who have had a general anaesthetic for caesarean birth. If intravenous PCA is not acceptable to the woman or person who has given birth, or the pain is less severe, consider oral immediate-release morphine sulfate. </t>
   </si>
   <si>
     <t xml:space="preserve">If paracetamol does not provide sufficient pain relief after caesarean birth, or non-steroidal anti‑inflammatory drugs cannot be taken, consider adding immediate-release dihydrocodeine to paracetamol, or changing to co‑dydramol (combination preparation of paracetamol and dihydrocodeine) as an alternative to paracetamol. </t>
   </si>
   <si>
     <t xml:space="preserve">1When using paracetamol, immediate-release dihydrocodeine, co-dydramol or a non-steroidal anti-inflammatory drug after caesarean birth, prescribe them to be taken regularly and not just when needed for pain relief. </t>
   </si>
   <si>
     <t xml:space="preserve">For women with severe pain after caesarean birth, when other pain relief is not sufficient:
 •	perform a full assessment to exclude other causes for the pain (for example, sepsis, haemorrhage, urinary retention)
 •	discuss with the woman that stronger pain relief medicines are available
 •	make sure the woman is aware that, if taken while breastfeeding, these medicines could increase the risk of neonatal sedation and respiratory depression.
 If the woman chooses to take stronger medicines, consider a short course of immediate-release tramadol or immediate-release oxycodone at the lowest effective dose. </t>
   </si>
   <si>
     <t xml:space="preserve">In breastfeeding women, use immediate-release opioid analgesics (for example, morphine, dihydrocodeine, tramadol or oxycodone) at the lowest effective dose and for the shortest duration, and not for more than 3 days without close supervision. </t>
   </si>
+  <si>
+    <t>Managing impacted fetal head</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For information on the different options for managing impacted fetal head during caesarean birth, see the Royal College of Obstetricians and Gynaecologists’ scientific impact paper on management of impacted fetal head at caesarean birth. </t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Inter"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Inter"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Inter SemiBold"/>
     </font>
     <font>
       <sz val="22"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
@@ -2326,5344 +2332,5357 @@
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E155"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="18.600000000000001"/>
+  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="108.4140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="45" customHeight="1">
+    <row r="1" spans="1:5" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="29.4" customHeight="1">
+    <row r="2" spans="1:5" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
         <v>27</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
     </row>
-    <row r="3" spans="1:5" ht="29.4" customHeight="1">
+    <row r="3" spans="1:5" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="19" t="s">
         <v>387</v>
       </c>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
     </row>
-    <row r="4" spans="1:5" ht="54.75" customHeight="1">
+    <row r="4" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="27.75" customHeight="1">
+    <row r="5" spans="1:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="21" t="str">
         <f>HYPERLINK("https://www.nice.org.uk/guidance/NG192", "Caesarean birth")</f>
         <v>Caesarean birth</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="47.25" customHeight="1">
+    <row r="6" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="30" customHeight="1">
+    <row r="7" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="268.5" customHeight="1">
+    <row r="8" spans="1:5" ht="268.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="54.75" customHeight="1">
+    <row r="9" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="1:5" ht="46.5" customHeight="1">
+    <row r="10" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="str">
         <f>HYPERLINK("https://www.nice.org.uk/guidance/NG192/resources", "Tools and resources")</f>
         <v>Tools and resources</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="34.950000000000003" customHeight="1">
+    <row r="11" spans="1:5" ht="34.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="18" customHeight="1">
+    <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="23" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="15.6" customHeight="1">
+    <row r="13" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="21" t="str">
         <f>HYPERLINK("https://www.nice.org.uk/terms-and-conditions#notice-of-rights", "Subject to Notice of rights")</f>
         <v>Subject to Notice of rights</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="15.6" customHeight="1">
+    <row r="14" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5"/>
     </row>
-    <row r="15" spans="1:5" ht="15.6" customHeight="1">
+    <row r="15" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="5"/>
     </row>
-    <row r="16" spans="1:5" ht="15.6" customHeight="1">
+    <row r="16" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="5"/>
     </row>
-    <row r="17" spans="1:1" ht="15.6" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:1" ht="15.6" customHeight="1">
+    <row r="17" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="19" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
     </row>
-    <row r="20" spans="1:1" ht="15.6" customHeight="1"/>
-[...134 lines deleted...]
-    <row r="155" ht="15.6" customHeight="1"/>
+    <row r="20" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="22" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="23" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="24" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="25" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="26" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="28" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="29" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="30" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="38" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="39" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="40" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="41" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="42" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="43" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="45" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="46" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="50" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="56" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="60" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="61" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="62" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="66" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="67" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="68" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="69" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="71" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="72" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="74" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="75" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="76" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="77" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="78" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="79" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="80" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="81" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="82" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="83" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="84" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="85" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="86" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="87" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="88" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="89" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="90" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="91" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="92" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="93" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="94" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="95" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="96" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="97" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="98" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="99" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="100" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="101" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="102" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="103" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="104" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="105" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="106" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="107" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="108" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="112" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="113" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="114" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="115" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="116" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="117" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="118" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="119" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="120" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="121" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="122" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="123" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="124" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="125" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="126" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="127" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="128" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="129" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="130" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="131" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="132" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="133" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="134" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="135" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="136" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="137" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="138" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="139" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="140" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="141" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="142" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="143" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="144" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="145" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="146" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="147" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="148" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="149" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="150" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="151" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="152" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="153" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="154" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="155" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" orientation="portrait" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M217"/>
+  <dimension ref="A1:M219"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="18.600000000000001"/>
+  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="55" customWidth="1"/>
     <col min="2" max="3" width="18.33203125" customWidth="1"/>
     <col min="4" max="4" width="38.33203125" customWidth="1"/>
     <col min="5" max="5" width="74.4140625" customWidth="1"/>
     <col min="6" max="6" width="36.75" customWidth="1"/>
     <col min="7" max="7" width="78.75" customWidth="1"/>
     <col min="8" max="8" width="43" customWidth="1"/>
     <col min="9" max="9" width="48.75" customWidth="1"/>
     <col min="10" max="10" width="39.6640625" customWidth="1"/>
     <col min="11" max="11" width="8.6640625" customWidth="1"/>
     <col min="12" max="12" width="16.25" customWidth="1"/>
     <col min="13" max="13" width="13.75" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="43.5" customHeight="1">
+    <row r="1" spans="1:13" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
     </row>
-    <row r="2" spans="1:13" ht="69" customHeight="1">
+    <row r="2" spans="1:13" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="9" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="9" t="s">
         <v>12</v>
       </c>
       <c r="J2" s="9" t="s">
         <v>9</v>
       </c>
       <c r="K2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="L2" s="8" t="s">
         <v>10</v>
       </c>
       <c r="M2" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="1:13">
+    <row r="3" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A3" s="25" t="s">
         <v>28</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="25"/>
       <c r="E3" s="25"/>
       <c r="F3" s="25"/>
       <c r="G3" s="25"/>
       <c r="H3" s="25"/>
       <c r="I3" s="25"/>
       <c r="J3" s="25"/>
       <c r="K3" s="25"/>
       <c r="L3" s="25"/>
       <c r="M3" s="25"/>
     </row>
-    <row r="4" spans="1:13">
+    <row r="4" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="26" t="s">
         <v>29</v>
       </c>
       <c r="B4" s="31"/>
       <c r="C4" s="31"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="I4" s="26"/>
       <c r="J4" s="26"/>
       <c r="K4" s="26"/>
       <c r="L4" s="26"/>
       <c r="M4" s="26"/>
     </row>
-    <row r="5" spans="1:13" ht="182.4" customHeight="1">
+    <row r="5" spans="1:13" ht="182.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="27" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="32" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="27"/>
       <c r="E5" s="27"/>
       <c r="F5" s="27"/>
       <c r="G5" s="27"/>
       <c r="H5" s="27"/>
       <c r="I5" s="27"/>
       <c r="J5" s="27"/>
       <c r="K5" s="27"/>
       <c r="L5" s="27"/>
       <c r="M5" s="27"/>
     </row>
-    <row r="6" spans="1:13" ht="247.2" customHeight="1">
+    <row r="6" spans="1:13" ht="247.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="27" t="s">
         <v>368</v>
       </c>
       <c r="B6" s="32" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="32" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
       <c r="H6" s="27"/>
       <c r="I6" s="27"/>
       <c r="J6" s="27"/>
       <c r="K6" s="27"/>
       <c r="L6" s="27"/>
       <c r="M6" s="27"/>
     </row>
-    <row r="7" spans="1:13">
+    <row r="7" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A7" s="26" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="31"/>
       <c r="C7" s="31"/>
       <c r="D7" s="26"/>
       <c r="E7" s="26"/>
       <c r="F7" s="26"/>
       <c r="G7" s="26"/>
       <c r="H7" s="26"/>
       <c r="I7" s="26"/>
       <c r="J7" s="26"/>
       <c r="K7" s="26"/>
       <c r="L7" s="26"/>
       <c r="M7" s="26"/>
     </row>
-    <row r="8" spans="1:13" ht="50.4" customHeight="1">
+    <row r="8" spans="1:13" ht="50.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="27" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="32" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="32">
         <v>2021</v>
       </c>
       <c r="D8" s="27"/>
       <c r="E8" s="27"/>
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
       <c r="I8" s="27"/>
       <c r="J8" s="27"/>
       <c r="K8" s="27"/>
       <c r="L8" s="27"/>
       <c r="M8" s="27"/>
     </row>
-    <row r="9" spans="1:13" ht="206.4" customHeight="1">
+    <row r="9" spans="1:13" ht="206.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="27" t="s">
         <v>38</v>
       </c>
       <c r="B9" s="32" t="s">
         <v>39</v>
       </c>
       <c r="C9" s="32">
         <v>2021</v>
       </c>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="27"/>
     </row>
-    <row r="10" spans="1:13">
+    <row r="10" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A10" s="25" t="s">
         <v>40</v>
       </c>
       <c r="B10" s="30"/>
       <c r="C10" s="30"/>
       <c r="D10" s="25"/>
       <c r="E10" s="25"/>
       <c r="F10" s="25"/>
       <c r="G10" s="25"/>
       <c r="H10" s="25"/>
       <c r="I10" s="25"/>
       <c r="J10" s="25"/>
       <c r="K10" s="25"/>
       <c r="L10" s="25"/>
       <c r="M10" s="25"/>
     </row>
-    <row r="11" spans="1:13">
+    <row r="11" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A11" s="26" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="26"/>
       <c r="E11" s="26"/>
       <c r="F11" s="26"/>
       <c r="G11" s="26"/>
       <c r="H11" s="26"/>
       <c r="I11" s="26"/>
       <c r="J11" s="26"/>
       <c r="K11" s="26"/>
       <c r="L11" s="26"/>
       <c r="M11" s="26"/>
     </row>
-    <row r="12" spans="1:13" ht="45">
+    <row r="12" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A12" s="27" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="32" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D12" s="27"/>
       <c r="E12" s="27"/>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="27"/>
       <c r="K12" s="27"/>
       <c r="L12" s="27"/>
       <c r="M12" s="27"/>
     </row>
-    <row r="13" spans="1:13" ht="105">
+    <row r="13" spans="1:13" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A13" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="32" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="27"/>
     </row>
-    <row r="14" spans="1:13" ht="60">
+    <row r="14" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A14" s="27" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="32" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="32">
         <v>2021</v>
       </c>
       <c r="D14" s="27"/>
       <c r="E14" s="27"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
     </row>
-    <row r="15" spans="1:13">
+    <row r="15" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A15" s="26" t="s">
         <v>48</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="26"/>
       <c r="E15" s="26"/>
       <c r="F15" s="26"/>
       <c r="G15" s="26"/>
       <c r="H15" s="26"/>
       <c r="I15" s="26"/>
       <c r="J15" s="26"/>
       <c r="K15" s="26"/>
       <c r="L15" s="26"/>
       <c r="M15" s="26"/>
     </row>
-    <row r="16" spans="1:13" ht="39.6" customHeight="1">
+    <row r="16" spans="1:13" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="32" t="s">
         <v>50</v>
       </c>
       <c r="C16" s="32">
         <v>2021</v>
       </c>
       <c r="D16" s="27"/>
       <c r="E16" s="27"/>
       <c r="F16" s="27"/>
       <c r="G16" s="27"/>
       <c r="H16" s="27"/>
       <c r="I16" s="27"/>
       <c r="J16" s="27"/>
       <c r="K16" s="27"/>
       <c r="L16" s="27"/>
       <c r="M16" s="27"/>
     </row>
-    <row r="17" spans="1:13">
+    <row r="17" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A17" s="26" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="26"/>
       <c r="G17" s="26"/>
       <c r="H17" s="26"/>
       <c r="I17" s="26"/>
       <c r="J17" s="26"/>
       <c r="K17" s="26"/>
       <c r="L17" s="26"/>
       <c r="M17" s="26"/>
     </row>
-    <row r="18" spans="1:13" ht="35.4" customHeight="1">
+    <row r="18" spans="1:13" ht="35.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="27" t="s">
         <v>52</v>
       </c>
       <c r="B18" s="32" t="s">
         <v>53</v>
       </c>
       <c r="C18" s="32">
         <v>2021</v>
       </c>
       <c r="D18" s="27"/>
       <c r="E18" s="27"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
     </row>
-    <row r="19" spans="1:13">
+    <row r="19" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A19" s="26" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
       <c r="F19" s="26"/>
       <c r="G19" s="26"/>
       <c r="H19" s="26"/>
       <c r="I19" s="26"/>
       <c r="J19" s="26"/>
       <c r="K19" s="26"/>
       <c r="L19" s="26"/>
       <c r="M19" s="26"/>
     </row>
-    <row r="20" spans="1:13" ht="30">
+    <row r="20" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A20" s="27" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="32" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="32" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="27"/>
       <c r="E20" s="27"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27"/>
       <c r="I20" s="27"/>
       <c r="J20" s="27"/>
       <c r="K20" s="27"/>
       <c r="L20" s="27"/>
       <c r="M20" s="27"/>
     </row>
-    <row r="21" spans="1:13">
+    <row r="21" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A21" s="26" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="26"/>
       <c r="E21" s="26"/>
       <c r="F21" s="26"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
       <c r="I21" s="26"/>
       <c r="J21" s="26"/>
       <c r="K21" s="26"/>
       <c r="L21" s="26"/>
       <c r="M21" s="26"/>
     </row>
-    <row r="22" spans="1:13" ht="160.80000000000001" customHeight="1">
+    <row r="22" spans="1:13" ht="160.80000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="27" t="s">
         <v>372</v>
       </c>
       <c r="B22" s="32" t="s">
         <v>59</v>
       </c>
       <c r="C22" s="32">
         <v>2024</v>
       </c>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
     </row>
-    <row r="23" spans="1:13" ht="67.8" customHeight="1">
+    <row r="23" spans="1:13" ht="67.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="27" t="s">
         <v>373</v>
       </c>
       <c r="B23" s="32" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="32">
         <v>2024</v>
       </c>
       <c r="D23" s="27"/>
       <c r="E23" s="27"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="27"/>
       <c r="J23" s="27"/>
       <c r="K23" s="27"/>
       <c r="L23" s="27"/>
       <c r="M23" s="27"/>
     </row>
-    <row r="24" spans="1:13">
+    <row r="24" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A24" s="26" t="s">
         <v>369</v>
       </c>
       <c r="B24" s="31"/>
       <c r="C24" s="31"/>
       <c r="D24" s="26"/>
       <c r="E24" s="26"/>
       <c r="F24" s="26"/>
       <c r="G24" s="26"/>
       <c r="H24" s="26"/>
       <c r="I24" s="26"/>
       <c r="J24" s="26"/>
       <c r="K24" s="26"/>
       <c r="L24" s="26"/>
       <c r="M24" s="26"/>
     </row>
-    <row r="25" spans="1:13" ht="144" customHeight="1">
+    <row r="25" spans="1:13" ht="144" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="27" t="s">
         <v>374</v>
       </c>
       <c r="B25" s="32" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="32">
         <v>2024</v>
       </c>
       <c r="D25" s="27"/>
       <c r="E25" s="27"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
       <c r="I25" s="27"/>
       <c r="J25" s="27"/>
       <c r="K25" s="27"/>
       <c r="L25" s="27"/>
       <c r="M25" s="27"/>
     </row>
-    <row r="26" spans="1:13" ht="60">
+    <row r="26" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A26" s="27" t="s">
         <v>375</v>
       </c>
       <c r="B26" s="32" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="32" t="s">
         <v>370</v>
       </c>
       <c r="D26" s="27"/>
       <c r="E26" s="27"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
     </row>
-    <row r="27" spans="1:13" ht="144" customHeight="1">
+    <row r="27" spans="1:13" ht="144" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="27" t="s">
         <v>376</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="32" t="s">
         <v>370</v>
       </c>
       <c r="D27" s="27"/>
       <c r="E27" s="27"/>
       <c r="F27" s="27"/>
       <c r="G27" s="27"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
       <c r="J27" s="27"/>
       <c r="K27" s="27"/>
       <c r="L27" s="27"/>
       <c r="M27" s="27"/>
     </row>
-    <row r="28" spans="1:13" ht="240" customHeight="1">
+    <row r="28" spans="1:13" ht="240" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="27" t="s">
         <v>377</v>
       </c>
       <c r="B28" s="32" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="32" t="s">
         <v>370</v>
       </c>
       <c r="D28" s="27"/>
       <c r="E28" s="27"/>
       <c r="F28" s="27"/>
       <c r="G28" s="27"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
       <c r="J28" s="27"/>
       <c r="K28" s="27"/>
       <c r="L28" s="27"/>
       <c r="M28" s="27"/>
     </row>
-    <row r="29" spans="1:13" ht="105">
+    <row r="29" spans="1:13" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A29" s="27" t="s">
         <v>378</v>
       </c>
       <c r="B29" s="32" t="s">
         <v>67</v>
       </c>
       <c r="C29" s="32">
         <v>2024</v>
       </c>
       <c r="D29" s="27"/>
       <c r="E29" s="27"/>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="27"/>
       <c r="I29" s="27"/>
       <c r="J29" s="27"/>
       <c r="K29" s="27"/>
       <c r="L29" s="27"/>
       <c r="M29" s="27"/>
     </row>
-    <row r="30" spans="1:13">
+    <row r="30" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A30" s="26" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="31"/>
       <c r="C30" s="31"/>
       <c r="D30" s="26"/>
       <c r="E30" s="26"/>
       <c r="F30" s="26"/>
       <c r="G30" s="26"/>
       <c r="H30" s="26"/>
       <c r="I30" s="26"/>
       <c r="J30" s="26"/>
       <c r="K30" s="26"/>
       <c r="L30" s="26"/>
       <c r="M30" s="26"/>
     </row>
-    <row r="31" spans="1:13" ht="18.899999999999999" customHeight="1">
+    <row r="31" spans="1:13" ht="18.899999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="32" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="27"/>
       <c r="E31" s="27"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
     </row>
-    <row r="32" spans="1:13" ht="75">
+    <row r="32" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A32" s="27" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="32" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D32" s="27"/>
       <c r="E32" s="27"/>
       <c r="F32" s="27"/>
       <c r="G32" s="27"/>
       <c r="H32" s="27"/>
       <c r="I32" s="27"/>
       <c r="J32" s="27"/>
       <c r="K32" s="27"/>
       <c r="L32" s="27"/>
       <c r="M32" s="27"/>
     </row>
-    <row r="33" spans="1:13">
+    <row r="33" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A33" s="29" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="29"/>
       <c r="E33" s="29"/>
       <c r="F33" s="29"/>
       <c r="G33" s="29"/>
       <c r="H33" s="29"/>
       <c r="I33" s="29"/>
       <c r="J33" s="29"/>
       <c r="K33" s="29"/>
       <c r="L33" s="29"/>
       <c r="M33" s="29"/>
     </row>
-    <row r="34" spans="1:13">
+    <row r="34" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A34" s="26" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="31"/>
       <c r="C34" s="31"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="26"/>
       <c r="I34" s="26"/>
       <c r="J34" s="26"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="26"/>
     </row>
-    <row r="35" spans="1:13" ht="80.099999999999994" customHeight="1">
+    <row r="35" spans="1:13" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="27" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="32" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="32" t="s">
         <v>34</v>
       </c>
       <c r="D35" s="27"/>
       <c r="E35" s="27"/>
       <c r="F35" s="27"/>
       <c r="G35" s="27"/>
       <c r="H35" s="27"/>
       <c r="I35" s="27"/>
       <c r="J35" s="27"/>
       <c r="K35" s="27"/>
       <c r="L35" s="27"/>
       <c r="M35" s="27"/>
     </row>
-    <row r="36" spans="1:13">
+    <row r="36" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A36" s="26" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="31"/>
       <c r="C36" s="31"/>
       <c r="D36" s="26"/>
       <c r="E36" s="26"/>
       <c r="F36" s="26"/>
       <c r="G36" s="26"/>
       <c r="H36" s="26"/>
       <c r="I36" s="26"/>
       <c r="J36" s="26"/>
       <c r="K36" s="26"/>
       <c r="L36" s="26"/>
       <c r="M36" s="26"/>
     </row>
-    <row r="37" spans="1:13" ht="45">
+    <row r="37" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A37" s="27" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="32" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D37" s="27"/>
       <c r="E37" s="27"/>
       <c r="F37" s="27"/>
       <c r="G37" s="27"/>
       <c r="H37" s="27"/>
       <c r="I37" s="27"/>
       <c r="J37" s="27"/>
       <c r="K37" s="27"/>
       <c r="L37" s="27"/>
       <c r="M37" s="27"/>
     </row>
-    <row r="38" spans="1:13">
+    <row r="38" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A38" s="26" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="31"/>
       <c r="C38" s="31"/>
       <c r="D38" s="26"/>
       <c r="E38" s="26"/>
       <c r="F38" s="26"/>
       <c r="G38" s="26"/>
       <c r="H38" s="26"/>
       <c r="I38" s="26"/>
       <c r="J38" s="26"/>
       <c r="K38" s="26"/>
       <c r="L38" s="26"/>
       <c r="M38" s="26"/>
     </row>
-    <row r="39" spans="1:13" ht="30">
+    <row r="39" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A39" s="27" t="s">
         <v>78</v>
       </c>
       <c r="B39" s="32" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="27"/>
       <c r="E39" s="27"/>
       <c r="F39" s="27"/>
       <c r="G39" s="27"/>
       <c r="H39" s="27"/>
       <c r="I39" s="27"/>
       <c r="J39" s="27"/>
       <c r="K39" s="27"/>
       <c r="L39" s="27"/>
       <c r="M39" s="27"/>
     </row>
-    <row r="40" spans="1:13" ht="45">
+    <row r="40" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A40" s="27" t="s">
         <v>80</v>
       </c>
       <c r="B40" s="32" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D40" s="27"/>
       <c r="E40" s="27"/>
       <c r="F40" s="27"/>
       <c r="G40" s="27"/>
       <c r="H40" s="27"/>
       <c r="I40" s="27"/>
       <c r="J40" s="27"/>
       <c r="K40" s="27"/>
       <c r="L40" s="27"/>
       <c r="M40" s="27"/>
     </row>
-    <row r="41" spans="1:13">
+    <row r="41" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A41" s="26" t="s">
         <v>82</v>
       </c>
       <c r="B41" s="31"/>
       <c r="C41" s="31"/>
       <c r="D41" s="26"/>
       <c r="E41" s="26"/>
       <c r="F41" s="26"/>
       <c r="G41" s="26"/>
       <c r="H41" s="26"/>
       <c r="I41" s="26"/>
       <c r="J41" s="26"/>
       <c r="K41" s="26"/>
       <c r="L41" s="26"/>
       <c r="M41" s="26"/>
     </row>
-    <row r="42" spans="1:13" ht="45">
+    <row r="42" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A42" s="27" t="s">
         <v>83</v>
       </c>
       <c r="B42" s="32" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="32">
         <v>2004</v>
       </c>
       <c r="D42" s="27"/>
       <c r="E42" s="27"/>
       <c r="F42" s="27"/>
       <c r="G42" s="27"/>
       <c r="H42" s="27"/>
       <c r="I42" s="27"/>
       <c r="J42" s="27"/>
       <c r="K42" s="27"/>
       <c r="L42" s="27"/>
       <c r="M42" s="27"/>
     </row>
-    <row r="43" spans="1:13" ht="36" customHeight="1">
+    <row r="43" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="27" t="s">
         <v>85</v>
       </c>
       <c r="B43" s="32" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D43" s="27"/>
       <c r="E43" s="27"/>
       <c r="F43" s="27"/>
       <c r="G43" s="27"/>
       <c r="H43" s="27"/>
       <c r="I43" s="27"/>
       <c r="J43" s="27"/>
       <c r="K43" s="27"/>
       <c r="L43" s="27"/>
       <c r="M43" s="27"/>
     </row>
-    <row r="44" spans="1:13">
+    <row r="44" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A44" s="26" t="s">
         <v>87</v>
       </c>
       <c r="B44" s="31"/>
       <c r="C44" s="31"/>
       <c r="D44" s="26"/>
       <c r="E44" s="26"/>
       <c r="F44" s="26"/>
       <c r="G44" s="26"/>
       <c r="H44" s="26"/>
       <c r="I44" s="26"/>
       <c r="J44" s="26"/>
       <c r="K44" s="26"/>
       <c r="L44" s="26"/>
       <c r="M44" s="26"/>
     </row>
-    <row r="45" spans="1:13" ht="32.4">
+    <row r="45" spans="1:13" ht="33.6" x14ac:dyDescent="0.3">
       <c r="A45" s="27" t="s">
         <v>336</v>
       </c>
       <c r="B45" s="32" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="32">
         <v>2011</v>
       </c>
       <c r="D45" s="27"/>
       <c r="E45" s="27"/>
       <c r="F45" s="27"/>
       <c r="G45" s="27"/>
       <c r="H45" s="27"/>
       <c r="I45" s="27"/>
       <c r="J45" s="27"/>
       <c r="K45" s="27"/>
       <c r="L45" s="27"/>
       <c r="M45" s="27"/>
     </row>
-    <row r="46" spans="1:13">
+    <row r="46" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A46" s="26" t="s">
         <v>89</v>
       </c>
       <c r="B46" s="31"/>
       <c r="C46" s="31"/>
       <c r="D46" s="26"/>
       <c r="E46" s="26"/>
       <c r="F46" s="26"/>
       <c r="G46" s="26"/>
       <c r="H46" s="26"/>
       <c r="I46" s="26"/>
       <c r="J46" s="26"/>
       <c r="K46" s="26"/>
       <c r="L46" s="26"/>
       <c r="M46" s="26"/>
     </row>
-    <row r="47" spans="1:13" ht="60">
+    <row r="47" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A47" s="27" t="s">
         <v>90</v>
       </c>
       <c r="B47" s="32" t="s">
         <v>93</v>
       </c>
       <c r="C47" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D47" s="27"/>
       <c r="E47" s="27"/>
       <c r="F47" s="27"/>
       <c r="G47" s="27"/>
       <c r="H47" s="27"/>
       <c r="I47" s="27"/>
       <c r="J47" s="27"/>
       <c r="K47" s="27"/>
       <c r="L47" s="27"/>
       <c r="M47" s="27"/>
     </row>
-    <row r="48" spans="1:13" ht="45">
+    <row r="48" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A48" s="27" t="s">
         <v>92</v>
       </c>
       <c r="B48" s="32" t="s">
         <v>95</v>
       </c>
       <c r="C48" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D48" s="27"/>
       <c r="E48" s="27"/>
       <c r="F48" s="27"/>
       <c r="G48" s="27"/>
       <c r="H48" s="27"/>
       <c r="I48" s="27"/>
       <c r="J48" s="27"/>
       <c r="K48" s="27"/>
       <c r="L48" s="27"/>
       <c r="M48" s="27"/>
     </row>
-    <row r="49" spans="1:13" ht="30">
+    <row r="49" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A49" s="27" t="s">
         <v>94</v>
       </c>
       <c r="B49" s="32" t="s">
         <v>97</v>
       </c>
       <c r="C49" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D49" s="27"/>
       <c r="E49" s="27"/>
       <c r="F49" s="27"/>
       <c r="G49" s="27"/>
       <c r="H49" s="27"/>
       <c r="I49" s="27"/>
       <c r="J49" s="27"/>
       <c r="K49" s="27"/>
       <c r="L49" s="27"/>
       <c r="M49" s="27"/>
     </row>
-    <row r="50" spans="1:13">
+    <row r="50" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A50" s="26" t="s">
         <v>96</v>
       </c>
       <c r="B50" s="31"/>
       <c r="C50" s="31"/>
       <c r="D50" s="26"/>
       <c r="E50" s="26"/>
       <c r="F50" s="26"/>
       <c r="G50" s="26"/>
       <c r="H50" s="26"/>
       <c r="I50" s="26"/>
       <c r="J50" s="26"/>
       <c r="K50" s="26"/>
       <c r="L50" s="26"/>
       <c r="M50" s="26"/>
     </row>
-    <row r="51" spans="1:13" ht="222.9" customHeight="1">
+    <row r="51" spans="1:13" ht="222.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="27" t="s">
         <v>367</v>
       </c>
       <c r="B51" s="32" t="s">
         <v>100</v>
       </c>
       <c r="C51" s="32" t="s">
         <v>98</v>
       </c>
       <c r="D51" s="27"/>
       <c r="E51" s="27"/>
       <c r="F51" s="27"/>
       <c r="G51" s="27"/>
       <c r="H51" s="27"/>
       <c r="I51" s="27"/>
       <c r="J51" s="27"/>
       <c r="K51" s="27"/>
       <c r="L51" s="27"/>
       <c r="M51" s="27"/>
     </row>
-    <row r="52" spans="1:13" ht="60">
+    <row r="52" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A52" s="27" t="s">
         <v>99</v>
       </c>
       <c r="B52" s="32" t="s">
         <v>102</v>
       </c>
       <c r="C52" s="32">
         <v>2011</v>
       </c>
       <c r="D52" s="27"/>
       <c r="E52" s="27"/>
       <c r="F52" s="27"/>
       <c r="G52" s="27"/>
       <c r="H52" s="27"/>
       <c r="I52" s="27"/>
       <c r="J52" s="27"/>
       <c r="K52" s="27"/>
       <c r="L52" s="27"/>
       <c r="M52" s="27"/>
     </row>
-    <row r="53" spans="1:13" ht="129.9" customHeight="1">
+    <row r="53" spans="1:13" ht="129.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="27" t="s">
         <v>101</v>
       </c>
       <c r="B53" s="32" t="s">
         <v>104</v>
       </c>
       <c r="C53" s="32" t="s">
         <v>34</v>
       </c>
       <c r="D53" s="27"/>
       <c r="E53" s="27"/>
       <c r="F53" s="27"/>
       <c r="G53" s="27"/>
       <c r="H53" s="27"/>
       <c r="I53" s="27"/>
       <c r="J53" s="27"/>
       <c r="K53" s="27"/>
       <c r="L53" s="27"/>
       <c r="M53" s="27"/>
     </row>
-    <row r="54" spans="1:13" ht="95.4" customHeight="1">
+    <row r="54" spans="1:13" ht="95.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B54" s="32" t="s">
         <v>106</v>
       </c>
       <c r="C54" s="32" t="s">
         <v>98</v>
       </c>
       <c r="D54" s="27"/>
       <c r="E54" s="27"/>
       <c r="F54" s="27"/>
       <c r="G54" s="27"/>
       <c r="H54" s="27"/>
       <c r="I54" s="27"/>
       <c r="J54" s="27"/>
       <c r="K54" s="27"/>
       <c r="L54" s="27"/>
       <c r="M54" s="27"/>
     </row>
-    <row r="55" spans="1:13" ht="67.5" customHeight="1">
+    <row r="55" spans="1:13" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="27" t="s">
         <v>105</v>
       </c>
       <c r="B55" s="32" t="s">
         <v>108</v>
       </c>
       <c r="C55" s="32" t="s">
         <v>98</v>
       </c>
       <c r="D55" s="27"/>
       <c r="E55" s="27"/>
       <c r="F55" s="27"/>
       <c r="G55" s="27"/>
       <c r="H55" s="27"/>
       <c r="I55" s="27"/>
       <c r="J55" s="27"/>
       <c r="K55" s="27"/>
       <c r="L55" s="27"/>
       <c r="M55" s="27"/>
     </row>
-    <row r="56" spans="1:13" ht="30">
+    <row r="56" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A56" s="27" t="s">
         <v>107</v>
       </c>
       <c r="B56" s="32" t="s">
         <v>371</v>
       </c>
       <c r="C56" s="32" t="s">
         <v>98</v>
       </c>
       <c r="D56" s="27"/>
       <c r="E56" s="27"/>
       <c r="F56" s="27"/>
       <c r="G56" s="27"/>
       <c r="H56" s="27"/>
       <c r="I56" s="27"/>
       <c r="J56" s="27"/>
       <c r="K56" s="27"/>
       <c r="L56" s="27"/>
       <c r="M56" s="27"/>
     </row>
-    <row r="57" spans="1:13">
+    <row r="57" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A57" s="25" t="s">
         <v>109</v>
       </c>
       <c r="B57" s="30"/>
       <c r="C57" s="30"/>
       <c r="D57" s="25"/>
       <c r="E57" s="25"/>
       <c r="F57" s="25"/>
       <c r="G57" s="25"/>
       <c r="H57" s="25"/>
       <c r="I57" s="25"/>
       <c r="J57" s="25"/>
       <c r="K57" s="25"/>
       <c r="L57" s="25"/>
       <c r="M57" s="25"/>
     </row>
-    <row r="58" spans="1:13">
+    <row r="58" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A58" s="26" t="s">
         <v>110</v>
       </c>
       <c r="B58" s="31"/>
       <c r="C58" s="31"/>
       <c r="D58" s="26"/>
       <c r="E58" s="26"/>
       <c r="F58" s="26"/>
       <c r="G58" s="26"/>
       <c r="H58" s="26"/>
       <c r="I58" s="26"/>
       <c r="J58" s="26"/>
       <c r="K58" s="26"/>
       <c r="L58" s="26"/>
       <c r="M58" s="26"/>
     </row>
-    <row r="59" spans="1:13" ht="30">
+    <row r="59" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A59" s="27" t="s">
         <v>111</v>
       </c>
       <c r="B59" s="32" t="s">
         <v>112</v>
       </c>
       <c r="C59" s="32">
         <v>2004</v>
       </c>
       <c r="D59" s="27"/>
       <c r="E59" s="27"/>
       <c r="F59" s="27"/>
       <c r="G59" s="27"/>
       <c r="H59" s="27"/>
       <c r="I59" s="27"/>
       <c r="J59" s="27"/>
       <c r="K59" s="27"/>
       <c r="L59" s="27"/>
       <c r="M59" s="27"/>
     </row>
-    <row r="60" spans="1:13" ht="45">
+    <row r="60" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A60" s="27" t="s">
         <v>337</v>
       </c>
       <c r="B60" s="32" t="s">
         <v>113</v>
       </c>
       <c r="C60" s="32">
         <v>2004</v>
       </c>
       <c r="D60" s="27"/>
       <c r="E60" s="27"/>
       <c r="F60" s="27"/>
       <c r="G60" s="27"/>
       <c r="H60" s="27"/>
       <c r="I60" s="27"/>
       <c r="J60" s="27"/>
       <c r="K60" s="27"/>
       <c r="L60" s="27"/>
       <c r="M60" s="27"/>
     </row>
-    <row r="61" spans="1:13">
+    <row r="61" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A61" s="27" t="s">
         <v>114</v>
       </c>
       <c r="B61" s="32" t="s">
         <v>115</v>
       </c>
       <c r="C61" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D61" s="27"/>
       <c r="E61" s="27"/>
       <c r="F61" s="27"/>
       <c r="G61" s="27"/>
       <c r="H61" s="27"/>
       <c r="I61" s="27"/>
       <c r="J61" s="27"/>
       <c r="K61" s="27"/>
       <c r="L61" s="27"/>
       <c r="M61" s="27"/>
     </row>
-    <row r="62" spans="1:13">
+    <row r="62" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A62" s="26" t="s">
         <v>116</v>
       </c>
       <c r="B62" s="31"/>
       <c r="C62" s="31"/>
       <c r="D62" s="26"/>
       <c r="E62" s="26"/>
       <c r="F62" s="26"/>
       <c r="G62" s="26"/>
       <c r="H62" s="26"/>
       <c r="I62" s="26"/>
       <c r="J62" s="26"/>
       <c r="K62" s="26"/>
       <c r="L62" s="26"/>
       <c r="M62" s="26"/>
     </row>
-    <row r="63" spans="1:13" ht="120">
+    <row r="63" spans="1:13" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A63" s="27" t="s">
         <v>117</v>
       </c>
       <c r="B63" s="32" t="s">
         <v>118</v>
       </c>
       <c r="C63" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D63" s="27"/>
       <c r="E63" s="27"/>
       <c r="F63" s="27"/>
       <c r="G63" s="27"/>
       <c r="H63" s="27"/>
       <c r="I63" s="27"/>
       <c r="J63" s="27"/>
       <c r="K63" s="27"/>
       <c r="L63" s="27"/>
       <c r="M63" s="27"/>
     </row>
-    <row r="64" spans="1:13" ht="60">
+    <row r="64" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A64" s="27" t="s">
         <v>119</v>
       </c>
       <c r="B64" s="32" t="s">
         <v>120</v>
       </c>
       <c r="C64" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D64" s="27"/>
       <c r="E64" s="27"/>
       <c r="F64" s="27"/>
       <c r="G64" s="27"/>
       <c r="H64" s="27"/>
       <c r="I64" s="27"/>
       <c r="J64" s="27"/>
       <c r="K64" s="27"/>
       <c r="L64" s="27"/>
       <c r="M64" s="27"/>
     </row>
-    <row r="65" spans="1:13">
+    <row r="65" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A65" s="26" t="s">
         <v>121</v>
       </c>
       <c r="B65" s="31"/>
       <c r="C65" s="31"/>
       <c r="D65" s="26"/>
       <c r="E65" s="26"/>
       <c r="F65" s="26"/>
       <c r="G65" s="26"/>
       <c r="H65" s="26"/>
       <c r="I65" s="26"/>
       <c r="J65" s="26"/>
       <c r="K65" s="26"/>
       <c r="L65" s="26"/>
       <c r="M65" s="26"/>
     </row>
-    <row r="66" spans="1:13" ht="112.5" customHeight="1">
+    <row r="66" spans="1:13" ht="112.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="27" t="s">
         <v>122</v>
       </c>
       <c r="B66" s="32" t="s">
         <v>123</v>
       </c>
       <c r="C66" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D66" s="27"/>
       <c r="E66" s="27"/>
       <c r="F66" s="27"/>
       <c r="G66" s="27"/>
       <c r="H66" s="27"/>
       <c r="I66" s="27"/>
       <c r="J66" s="27"/>
       <c r="K66" s="27"/>
       <c r="L66" s="27"/>
       <c r="M66" s="27"/>
     </row>
-    <row r="67" spans="1:13">
+    <row r="67" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A67" s="26" t="s">
         <v>124</v>
       </c>
       <c r="B67" s="31"/>
       <c r="C67" s="31"/>
       <c r="D67" s="26"/>
       <c r="E67" s="26"/>
       <c r="F67" s="26"/>
       <c r="G67" s="26"/>
       <c r="H67" s="26"/>
       <c r="I67" s="26"/>
       <c r="J67" s="26"/>
       <c r="K67" s="26"/>
       <c r="L67" s="26"/>
       <c r="M67" s="26"/>
     </row>
-    <row r="68" spans="1:13" ht="45">
+    <row r="68" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A68" s="27" t="s">
         <v>125</v>
       </c>
       <c r="B68" s="32" t="s">
         <v>126</v>
       </c>
       <c r="C68" s="32">
         <v>2004</v>
       </c>
       <c r="D68" s="27"/>
       <c r="E68" s="27"/>
       <c r="F68" s="27"/>
       <c r="G68" s="27"/>
       <c r="H68" s="27"/>
       <c r="I68" s="27"/>
       <c r="J68" s="27"/>
       <c r="K68" s="27"/>
       <c r="L68" s="27"/>
       <c r="M68" s="27"/>
     </row>
-    <row r="69" spans="1:13" ht="30">
+    <row r="69" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A69" s="27" t="s">
         <v>127</v>
       </c>
       <c r="B69" s="32" t="s">
         <v>128</v>
       </c>
       <c r="C69" s="32">
         <v>2004</v>
       </c>
       <c r="D69" s="27"/>
       <c r="E69" s="27"/>
       <c r="F69" s="27"/>
       <c r="G69" s="27"/>
       <c r="H69" s="27"/>
       <c r="I69" s="27"/>
       <c r="J69" s="27"/>
       <c r="K69" s="27"/>
       <c r="L69" s="27"/>
       <c r="M69" s="27"/>
     </row>
-    <row r="70" spans="1:13">
+    <row r="70" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A70" s="25" t="s">
         <v>129</v>
       </c>
       <c r="B70" s="30"/>
       <c r="C70" s="30"/>
       <c r="D70" s="25"/>
       <c r="E70" s="25"/>
       <c r="F70" s="25"/>
       <c r="G70" s="25"/>
       <c r="H70" s="25"/>
       <c r="I70" s="25"/>
       <c r="J70" s="25"/>
       <c r="K70" s="25"/>
       <c r="L70" s="25"/>
       <c r="M70" s="25"/>
     </row>
-    <row r="71" spans="1:13">
+    <row r="71" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A71" s="26" t="s">
         <v>130</v>
       </c>
       <c r="B71" s="31"/>
       <c r="C71" s="31"/>
       <c r="D71" s="26"/>
       <c r="E71" s="26"/>
       <c r="F71" s="26"/>
       <c r="G71" s="26"/>
       <c r="H71" s="26"/>
       <c r="I71" s="26"/>
       <c r="J71" s="26"/>
       <c r="K71" s="26"/>
       <c r="L71" s="26"/>
       <c r="M71" s="26"/>
     </row>
-    <row r="72" spans="1:13" ht="30">
+    <row r="72" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A72" s="27" t="s">
         <v>131</v>
       </c>
       <c r="B72" s="32" t="s">
         <v>132</v>
       </c>
       <c r="C72" s="32">
         <v>2004</v>
       </c>
       <c r="D72" s="27"/>
       <c r="E72" s="27"/>
       <c r="F72" s="27"/>
       <c r="G72" s="27"/>
       <c r="H72" s="27"/>
       <c r="I72" s="27"/>
       <c r="J72" s="27"/>
       <c r="K72" s="27"/>
       <c r="L72" s="27"/>
       <c r="M72" s="27"/>
     </row>
-    <row r="73" spans="1:13">
+    <row r="73" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A73" s="26" t="s">
         <v>133</v>
       </c>
       <c r="B73" s="31"/>
       <c r="C73" s="31"/>
       <c r="D73" s="26"/>
       <c r="E73" s="26"/>
       <c r="F73" s="26"/>
       <c r="G73" s="26"/>
       <c r="H73" s="26"/>
       <c r="I73" s="26"/>
       <c r="J73" s="26"/>
       <c r="K73" s="26"/>
       <c r="L73" s="26"/>
       <c r="M73" s="26"/>
     </row>
-    <row r="74" spans="1:13" ht="150">
+    <row r="74" spans="1:13" ht="187.2" x14ac:dyDescent="0.3">
       <c r="A74" s="27" t="s">
         <v>134</v>
       </c>
       <c r="B74" s="32" t="s">
         <v>135</v>
       </c>
       <c r="C74" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D74" s="27"/>
       <c r="E74" s="27"/>
       <c r="F74" s="27"/>
       <c r="G74" s="27"/>
       <c r="H74" s="27"/>
       <c r="I74" s="27"/>
       <c r="J74" s="27"/>
       <c r="K74" s="27"/>
       <c r="L74" s="27"/>
       <c r="M74" s="27"/>
     </row>
-    <row r="75" spans="1:13">
+    <row r="75" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A75" s="26" t="s">
         <v>136</v>
       </c>
       <c r="B75" s="31"/>
       <c r="C75" s="31"/>
       <c r="D75" s="26"/>
       <c r="E75" s="26"/>
       <c r="F75" s="26"/>
       <c r="G75" s="26"/>
       <c r="H75" s="26"/>
       <c r="I75" s="26"/>
       <c r="J75" s="26"/>
       <c r="K75" s="26"/>
       <c r="L75" s="26"/>
       <c r="M75" s="26"/>
     </row>
-    <row r="76" spans="1:13" ht="45">
+    <row r="76" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A76" s="28" t="s">
         <v>137</v>
       </c>
       <c r="B76" s="34"/>
       <c r="C76" s="34"/>
       <c r="D76" s="28"/>
       <c r="E76" s="28"/>
       <c r="F76" s="28"/>
       <c r="G76" s="28"/>
       <c r="H76" s="28"/>
       <c r="I76" s="28"/>
       <c r="J76" s="28"/>
       <c r="K76" s="28"/>
       <c r="L76" s="28"/>
       <c r="M76" s="28"/>
     </row>
-    <row r="77" spans="1:13" ht="36" customHeight="1">
+    <row r="77" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="27" t="s">
         <v>138</v>
       </c>
       <c r="B77" s="32" t="s">
         <v>139</v>
       </c>
       <c r="C77" s="32" t="s">
         <v>34</v>
       </c>
       <c r="D77" s="27"/>
       <c r="E77" s="27"/>
       <c r="F77" s="27"/>
       <c r="G77" s="27"/>
       <c r="H77" s="27"/>
       <c r="I77" s="27"/>
       <c r="J77" s="27"/>
       <c r="K77" s="27"/>
       <c r="L77" s="27"/>
       <c r="M77" s="27"/>
     </row>
-    <row r="78" spans="1:13" ht="36" customHeight="1">
+    <row r="78" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="27" t="s">
         <v>140</v>
       </c>
       <c r="B78" s="32" t="s">
         <v>141</v>
       </c>
       <c r="C78" s="32" t="s">
         <v>34</v>
       </c>
       <c r="D78" s="27"/>
       <c r="E78" s="27"/>
       <c r="F78" s="27"/>
       <c r="G78" s="27"/>
       <c r="H78" s="27"/>
       <c r="I78" s="27"/>
       <c r="J78" s="27"/>
       <c r="K78" s="27"/>
       <c r="L78" s="27"/>
       <c r="M78" s="27"/>
     </row>
-    <row r="79" spans="1:13" ht="45">
+    <row r="79" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A79" s="27" t="s">
         <v>142</v>
       </c>
       <c r="B79" s="32" t="s">
         <v>143</v>
       </c>
       <c r="C79" s="32">
         <v>2011</v>
       </c>
       <c r="D79" s="27"/>
       <c r="E79" s="27"/>
       <c r="F79" s="27"/>
       <c r="G79" s="27"/>
       <c r="H79" s="27"/>
       <c r="I79" s="27"/>
       <c r="J79" s="27"/>
       <c r="K79" s="27"/>
       <c r="L79" s="27"/>
       <c r="M79" s="27"/>
     </row>
-    <row r="80" spans="1:13">
+    <row r="80" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A80" s="26" t="s">
         <v>144</v>
       </c>
       <c r="B80" s="31"/>
       <c r="C80" s="31"/>
       <c r="D80" s="26"/>
       <c r="E80" s="26"/>
       <c r="F80" s="26"/>
       <c r="G80" s="26"/>
       <c r="H80" s="26"/>
       <c r="I80" s="26"/>
       <c r="J80" s="26"/>
       <c r="K80" s="26"/>
       <c r="L80" s="26"/>
       <c r="M80" s="26"/>
     </row>
-    <row r="81" spans="1:13" ht="30">
+    <row r="81" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A81" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B81" s="32" t="s">
         <v>146</v>
       </c>
       <c r="C81" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D81" s="27"/>
       <c r="E81" s="27"/>
       <c r="F81" s="27"/>
       <c r="G81" s="27"/>
       <c r="H81" s="27"/>
       <c r="I81" s="27"/>
       <c r="J81" s="27"/>
       <c r="K81" s="27"/>
       <c r="L81" s="27"/>
       <c r="M81" s="27"/>
     </row>
-    <row r="82" spans="1:13" ht="60">
+    <row r="82" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A82" s="27" t="s">
         <v>147</v>
       </c>
       <c r="B82" s="32" t="s">
         <v>148</v>
       </c>
       <c r="C82" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D82" s="27"/>
       <c r="E82" s="27"/>
       <c r="F82" s="27"/>
       <c r="G82" s="27"/>
       <c r="H82" s="27"/>
       <c r="I82" s="27"/>
       <c r="J82" s="27"/>
       <c r="K82" s="27"/>
       <c r="L82" s="27"/>
       <c r="M82" s="27"/>
     </row>
-    <row r="83" spans="1:13" ht="67.5" customHeight="1">
+    <row r="83" spans="1:13" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="27" t="s">
         <v>149</v>
       </c>
       <c r="B83" s="32" t="s">
         <v>150</v>
       </c>
       <c r="C83" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="27"/>
       <c r="F83" s="27"/>
       <c r="G83" s="27"/>
       <c r="H83" s="27"/>
       <c r="I83" s="27"/>
       <c r="J83" s="27"/>
       <c r="K83" s="27"/>
       <c r="L83" s="27"/>
       <c r="M83" s="27"/>
     </row>
-    <row r="84" spans="1:13" ht="30">
+    <row r="84" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A84" s="27" t="s">
         <v>151</v>
       </c>
       <c r="B84" s="32" t="s">
         <v>152</v>
       </c>
       <c r="C84" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D84" s="27"/>
       <c r="E84" s="27"/>
       <c r="F84" s="27"/>
       <c r="G84" s="27"/>
       <c r="H84" s="27"/>
       <c r="I84" s="27"/>
       <c r="J84" s="27"/>
       <c r="K84" s="27"/>
       <c r="L84" s="27"/>
       <c r="M84" s="27"/>
     </row>
-    <row r="85" spans="1:13">
+    <row r="85" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A85" s="26" t="s">
         <v>153</v>
       </c>
       <c r="B85" s="31"/>
       <c r="C85" s="31"/>
       <c r="D85" s="26"/>
       <c r="E85" s="26"/>
       <c r="F85" s="26"/>
       <c r="G85" s="26"/>
       <c r="H85" s="26"/>
       <c r="I85" s="26"/>
       <c r="J85" s="26"/>
       <c r="K85" s="26"/>
       <c r="L85" s="26"/>
       <c r="M85" s="26"/>
     </row>
-    <row r="86" spans="1:13" ht="45">
+    <row r="86" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A86" s="27" t="s">
         <v>338</v>
       </c>
       <c r="B86" s="32" t="s">
         <v>154</v>
       </c>
       <c r="C86" s="32">
         <v>2004</v>
       </c>
       <c r="D86" s="27"/>
       <c r="E86" s="27"/>
       <c r="F86" s="27"/>
       <c r="G86" s="27"/>
       <c r="H86" s="27"/>
       <c r="I86" s="27"/>
       <c r="J86" s="27"/>
       <c r="K86" s="27"/>
       <c r="L86" s="27"/>
       <c r="M86" s="27"/>
     </row>
-    <row r="87" spans="1:13" ht="45">
+    <row r="87" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A87" s="27" t="s">
         <v>155</v>
       </c>
       <c r="B87" s="32" t="s">
         <v>156</v>
       </c>
       <c r="C87" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D87" s="27"/>
       <c r="E87" s="27"/>
       <c r="F87" s="27"/>
       <c r="G87" s="27"/>
       <c r="H87" s="27"/>
       <c r="I87" s="27"/>
       <c r="J87" s="27"/>
       <c r="K87" s="27"/>
       <c r="L87" s="27"/>
       <c r="M87" s="27"/>
     </row>
-    <row r="88" spans="1:13" ht="30">
+    <row r="88" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A88" s="27" t="s">
         <v>157</v>
       </c>
       <c r="B88" s="32" t="s">
         <v>158</v>
       </c>
       <c r="C88" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D88" s="27"/>
       <c r="E88" s="27"/>
       <c r="F88" s="27"/>
       <c r="G88" s="27"/>
       <c r="H88" s="27"/>
       <c r="I88" s="27"/>
       <c r="J88" s="27"/>
       <c r="K88" s="27"/>
       <c r="L88" s="27"/>
       <c r="M88" s="27"/>
     </row>
-    <row r="89" spans="1:13" ht="51.6" customHeight="1">
+    <row r="89" spans="1:13" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="27" t="s">
         <v>159</v>
       </c>
       <c r="B89" s="32" t="s">
         <v>160</v>
       </c>
       <c r="C89" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D89" s="27"/>
       <c r="E89" s="27"/>
       <c r="F89" s="27"/>
       <c r="G89" s="27"/>
       <c r="H89" s="27"/>
       <c r="I89" s="27"/>
       <c r="J89" s="27"/>
       <c r="K89" s="27"/>
       <c r="L89" s="27"/>
       <c r="M89" s="27"/>
     </row>
-    <row r="90" spans="1:13" ht="99" customHeight="1">
+    <row r="90" spans="1:13" ht="99" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="27" t="s">
         <v>161</v>
       </c>
       <c r="B90" s="32" t="s">
         <v>162</v>
       </c>
       <c r="C90" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D90" s="27"/>
       <c r="E90" s="27"/>
       <c r="F90" s="27"/>
       <c r="G90" s="27"/>
       <c r="H90" s="27"/>
       <c r="I90" s="27"/>
       <c r="J90" s="27"/>
       <c r="K90" s="27"/>
       <c r="L90" s="27"/>
       <c r="M90" s="27"/>
     </row>
-    <row r="91" spans="1:13" ht="45">
+    <row r="91" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A91" s="27" t="s">
         <v>163</v>
       </c>
       <c r="B91" s="32" t="s">
         <v>164</v>
       </c>
       <c r="C91" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D91" s="27"/>
       <c r="E91" s="27"/>
       <c r="F91" s="27"/>
       <c r="G91" s="27"/>
       <c r="H91" s="27"/>
       <c r="I91" s="27"/>
       <c r="J91" s="27"/>
       <c r="K91" s="27"/>
       <c r="L91" s="27"/>
       <c r="M91" s="27"/>
     </row>
-    <row r="92" spans="1:13" ht="33.6" customHeight="1">
+    <row r="92" spans="1:13" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="27" t="s">
         <v>165</v>
       </c>
       <c r="B92" s="32" t="s">
         <v>166</v>
       </c>
       <c r="C92" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D92" s="27"/>
       <c r="E92" s="27"/>
       <c r="F92" s="27"/>
       <c r="G92" s="27"/>
       <c r="H92" s="27"/>
       <c r="I92" s="27"/>
       <c r="J92" s="27"/>
       <c r="K92" s="27"/>
       <c r="L92" s="27"/>
       <c r="M92" s="27"/>
     </row>
-    <row r="93" spans="1:13" ht="30">
+    <row r="93" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A93" s="27" t="s">
         <v>167</v>
       </c>
       <c r="B93" s="32" t="s">
         <v>168</v>
       </c>
       <c r="C93" s="32">
         <v>2004</v>
       </c>
       <c r="D93" s="27"/>
       <c r="E93" s="27"/>
       <c r="F93" s="27"/>
       <c r="G93" s="27"/>
       <c r="H93" s="27"/>
       <c r="I93" s="27"/>
       <c r="J93" s="27"/>
       <c r="K93" s="27"/>
       <c r="L93" s="27"/>
       <c r="M93" s="27"/>
     </row>
-    <row r="94" spans="1:13" ht="93.6">
+    <row r="94" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A94" s="27" t="s">
         <v>339</v>
       </c>
       <c r="B94" s="32" t="s">
         <v>169</v>
       </c>
       <c r="C94" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D94" s="27"/>
       <c r="E94" s="27"/>
       <c r="F94" s="27"/>
       <c r="G94" s="27"/>
       <c r="H94" s="27"/>
       <c r="I94" s="27"/>
       <c r="J94" s="27"/>
       <c r="K94" s="27"/>
       <c r="L94" s="27"/>
       <c r="M94" s="27"/>
     </row>
-    <row r="95" spans="1:13" ht="45">
+    <row r="95" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A95" s="27" t="s">
         <v>170</v>
       </c>
       <c r="B95" s="32" t="s">
         <v>171</v>
       </c>
       <c r="C95" s="32">
         <v>2004</v>
       </c>
       <c r="D95" s="27"/>
       <c r="E95" s="27"/>
       <c r="F95" s="27"/>
       <c r="G95" s="27"/>
       <c r="H95" s="27"/>
       <c r="I95" s="27"/>
       <c r="J95" s="27"/>
       <c r="K95" s="27"/>
       <c r="L95" s="27"/>
       <c r="M95" s="27"/>
     </row>
-    <row r="96" spans="1:13" ht="30">
+    <row r="96" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A96" s="27" t="s">
         <v>172</v>
       </c>
       <c r="B96" s="32" t="s">
         <v>173</v>
       </c>
       <c r="C96" s="32" t="s">
         <v>57</v>
       </c>
       <c r="D96" s="27"/>
       <c r="E96" s="27"/>
       <c r="F96" s="27"/>
       <c r="G96" s="27"/>
       <c r="H96" s="27"/>
       <c r="I96" s="27"/>
       <c r="J96" s="27"/>
       <c r="K96" s="27"/>
       <c r="L96" s="27"/>
       <c r="M96" s="27"/>
     </row>
-    <row r="97" spans="1:13">
+    <row r="97" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A97" s="26" t="s">
         <v>174</v>
       </c>
       <c r="B97" s="31"/>
       <c r="C97" s="31"/>
       <c r="D97" s="26"/>
       <c r="E97" s="26"/>
       <c r="F97" s="26"/>
       <c r="G97" s="26"/>
       <c r="H97" s="26"/>
       <c r="I97" s="26"/>
       <c r="J97" s="26"/>
       <c r="K97" s="26"/>
       <c r="L97" s="26"/>
       <c r="M97" s="26"/>
     </row>
-    <row r="98" spans="1:13" ht="30">
+    <row r="98" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A98" s="27" t="s">
         <v>175</v>
       </c>
       <c r="B98" s="32" t="s">
         <v>176</v>
       </c>
       <c r="C98" s="32">
         <v>2021</v>
       </c>
       <c r="D98" s="27"/>
       <c r="E98" s="27"/>
       <c r="F98" s="27"/>
       <c r="G98" s="27"/>
       <c r="H98" s="27"/>
       <c r="I98" s="27"/>
       <c r="J98" s="27"/>
       <c r="K98" s="27"/>
       <c r="L98" s="27"/>
       <c r="M98" s="27"/>
     </row>
-    <row r="99" spans="1:13" ht="38.1" customHeight="1">
+    <row r="99" spans="1:13" ht="38.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="27" t="s">
         <v>177</v>
       </c>
       <c r="B99" s="32" t="s">
         <v>178</v>
       </c>
       <c r="C99" s="32">
         <v>2021</v>
       </c>
       <c r="D99" s="27"/>
       <c r="E99" s="27"/>
       <c r="F99" s="27"/>
       <c r="G99" s="27"/>
       <c r="H99" s="27"/>
       <c r="I99" s="27"/>
       <c r="J99" s="27"/>
       <c r="K99" s="27"/>
       <c r="L99" s="27"/>
       <c r="M99" s="27"/>
     </row>
-    <row r="100" spans="1:13" ht="30">
+    <row r="100" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A100" s="27" t="s">
         <v>179</v>
       </c>
       <c r="B100" s="32" t="s">
         <v>180</v>
       </c>
       <c r="C100" s="32">
         <v>2021</v>
       </c>
       <c r="D100" s="27"/>
       <c r="E100" s="27"/>
       <c r="F100" s="27"/>
       <c r="G100" s="27"/>
       <c r="H100" s="27"/>
       <c r="I100" s="27"/>
       <c r="J100" s="27"/>
       <c r="K100" s="27"/>
       <c r="L100" s="27"/>
       <c r="M100" s="27"/>
     </row>
-    <row r="101" spans="1:13">
+    <row r="101" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A101" s="29" t="s">
         <v>383</v>
       </c>
       <c r="B101" s="33"/>
       <c r="C101" s="33"/>
       <c r="D101" s="29"/>
       <c r="E101" s="29"/>
       <c r="F101" s="29"/>
       <c r="G101" s="29"/>
       <c r="H101" s="29"/>
       <c r="I101" s="29"/>
       <c r="J101" s="29"/>
       <c r="K101" s="29"/>
       <c r="L101" s="29"/>
       <c r="M101" s="29"/>
     </row>
-    <row r="102" spans="1:13">
+    <row r="102" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A102" s="26" t="s">
         <v>181</v>
       </c>
       <c r="B102" s="31"/>
       <c r="C102" s="31"/>
       <c r="D102" s="26"/>
       <c r="E102" s="26"/>
       <c r="F102" s="26"/>
       <c r="G102" s="26"/>
       <c r="H102" s="26"/>
       <c r="I102" s="26"/>
       <c r="J102" s="26"/>
       <c r="K102" s="26"/>
       <c r="L102" s="26"/>
       <c r="M102" s="26"/>
     </row>
-    <row r="103" spans="1:13" ht="45">
+    <row r="103" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A103" s="27" t="s">
         <v>379</v>
       </c>
       <c r="B103" s="32" t="s">
         <v>182</v>
       </c>
       <c r="C103" s="32">
         <v>2021</v>
       </c>
       <c r="D103" s="27"/>
       <c r="E103" s="27"/>
       <c r="F103" s="27"/>
       <c r="G103" s="27"/>
       <c r="H103" s="27"/>
       <c r="I103" s="27"/>
       <c r="J103" s="27"/>
       <c r="K103" s="27"/>
       <c r="L103" s="27"/>
       <c r="M103" s="27"/>
     </row>
-    <row r="104" spans="1:13" ht="60">
+    <row r="104" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A104" s="27" t="s">
         <v>380</v>
       </c>
       <c r="B104" s="32" t="s">
         <v>183</v>
       </c>
       <c r="C104" s="32">
         <v>2021</v>
       </c>
       <c r="D104" s="27"/>
       <c r="E104" s="27"/>
       <c r="F104" s="27"/>
       <c r="G104" s="27"/>
       <c r="H104" s="27"/>
       <c r="I104" s="27"/>
       <c r="J104" s="27"/>
       <c r="K104" s="27"/>
       <c r="L104" s="27"/>
       <c r="M104" s="27"/>
     </row>
-    <row r="105" spans="1:13">
+    <row r="105" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A105" s="26" t="s">
         <v>184</v>
       </c>
       <c r="B105" s="31"/>
       <c r="C105" s="31"/>
       <c r="D105" s="26"/>
       <c r="E105" s="26"/>
       <c r="F105" s="26"/>
       <c r="G105" s="26"/>
       <c r="H105" s="26"/>
       <c r="I105" s="26"/>
       <c r="J105" s="26"/>
       <c r="K105" s="26"/>
       <c r="L105" s="26"/>
       <c r="M105" s="26"/>
     </row>
-    <row r="106" spans="1:13" ht="45">
+    <row r="106" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A106" s="27" t="s">
         <v>185</v>
       </c>
       <c r="B106" s="32" t="s">
         <v>186</v>
       </c>
       <c r="C106" s="32">
         <v>2004</v>
       </c>
       <c r="D106" s="27"/>
       <c r="E106" s="27"/>
       <c r="F106" s="27"/>
       <c r="G106" s="27"/>
       <c r="H106" s="27"/>
       <c r="I106" s="27"/>
       <c r="J106" s="27"/>
       <c r="K106" s="27"/>
       <c r="L106" s="27"/>
       <c r="M106" s="27"/>
     </row>
-    <row r="107" spans="1:13" ht="35.1" customHeight="1">
+    <row r="107" spans="1:13" ht="35.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="27" t="s">
         <v>187</v>
       </c>
       <c r="B107" s="32" t="s">
         <v>188</v>
       </c>
       <c r="C107" s="32">
         <v>2004</v>
       </c>
       <c r="D107" s="27"/>
       <c r="E107" s="27"/>
       <c r="F107" s="27"/>
       <c r="G107" s="27"/>
       <c r="H107" s="27"/>
       <c r="I107" s="27"/>
       <c r="J107" s="27"/>
       <c r="K107" s="27"/>
       <c r="L107" s="27"/>
       <c r="M107" s="27"/>
     </row>
-    <row r="108" spans="1:13">
+    <row r="108" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A108" s="26" t="s">
         <v>189</v>
       </c>
       <c r="B108" s="31"/>
       <c r="C108" s="31"/>
       <c r="D108" s="26"/>
       <c r="E108" s="26"/>
       <c r="F108" s="26"/>
       <c r="G108" s="26"/>
       <c r="H108" s="26"/>
       <c r="I108" s="26"/>
       <c r="J108" s="26"/>
       <c r="K108" s="26"/>
       <c r="L108" s="26"/>
       <c r="M108" s="26"/>
     </row>
-    <row r="109" spans="1:13" ht="104.1" customHeight="1">
+    <row r="109" spans="1:13" ht="104.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="27" t="s">
         <v>342</v>
       </c>
       <c r="B109" s="32" t="s">
         <v>190</v>
       </c>
       <c r="C109" s="32" t="s">
         <v>343</v>
       </c>
       <c r="D109" s="27"/>
       <c r="E109" s="27"/>
       <c r="F109" s="27"/>
       <c r="G109" s="27"/>
       <c r="H109" s="27"/>
       <c r="I109" s="27"/>
       <c r="J109" s="27"/>
       <c r="K109" s="27"/>
       <c r="L109" s="27"/>
       <c r="M109" s="27"/>
     </row>
-    <row r="110" spans="1:13">
+    <row r="110" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A110" s="26" t="s">
         <v>192</v>
       </c>
       <c r="B110" s="31"/>
       <c r="C110" s="31"/>
       <c r="D110" s="26"/>
       <c r="E110" s="26"/>
       <c r="F110" s="26"/>
       <c r="G110" s="26"/>
       <c r="H110" s="26"/>
       <c r="I110" s="26"/>
       <c r="J110" s="26"/>
       <c r="K110" s="26"/>
       <c r="L110" s="26"/>
       <c r="M110" s="26"/>
     </row>
-    <row r="111" spans="1:13" ht="30">
+    <row r="111" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A111" s="27" t="s">
         <v>193</v>
       </c>
       <c r="B111" s="32" t="s">
         <v>191</v>
       </c>
       <c r="C111" s="32">
         <v>2004</v>
       </c>
       <c r="D111" s="27"/>
       <c r="E111" s="27"/>
       <c r="F111" s="27"/>
       <c r="G111" s="27"/>
       <c r="H111" s="27"/>
       <c r="I111" s="27"/>
       <c r="J111" s="27"/>
       <c r="K111" s="27"/>
       <c r="L111" s="27"/>
       <c r="M111" s="27"/>
     </row>
-    <row r="112" spans="1:13">
+    <row r="112" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A112" s="26" t="s">
         <v>195</v>
       </c>
       <c r="B112" s="31"/>
       <c r="C112" s="31"/>
       <c r="D112" s="26"/>
       <c r="E112" s="26"/>
       <c r="F112" s="26"/>
       <c r="G112" s="26"/>
       <c r="H112" s="26"/>
       <c r="I112" s="26"/>
       <c r="J112" s="26"/>
       <c r="K112" s="26"/>
       <c r="L112" s="26"/>
       <c r="M112" s="26"/>
     </row>
-    <row r="113" spans="1:13" ht="60">
+    <row r="113" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A113" s="27" t="s">
         <v>196</v>
       </c>
       <c r="B113" s="32" t="s">
         <v>194</v>
       </c>
       <c r="C113" s="32">
         <v>2004</v>
       </c>
       <c r="D113" s="27"/>
       <c r="E113" s="27"/>
       <c r="F113" s="27"/>
       <c r="G113" s="27"/>
       <c r="H113" s="27"/>
       <c r="I113" s="27"/>
       <c r="J113" s="27"/>
       <c r="K113" s="27"/>
       <c r="L113" s="27"/>
       <c r="M113" s="27"/>
     </row>
-    <row r="114" spans="1:13">
+    <row r="114" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A114" s="26" t="s">
-        <v>198</v>
+        <v>396</v>
       </c>
       <c r="B114" s="31"/>
       <c r="C114" s="31"/>
       <c r="D114" s="26"/>
       <c r="E114" s="26"/>
       <c r="F114" s="26"/>
       <c r="G114" s="26"/>
       <c r="H114" s="26"/>
       <c r="I114" s="26"/>
       <c r="J114" s="26"/>
       <c r="K114" s="26"/>
       <c r="L114" s="26"/>
       <c r="M114" s="26"/>
     </row>
-    <row r="115" spans="1:13" ht="30">
-[...20 lines deleted...]
-    <row r="116" spans="1:13">
+    <row r="115" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A115" s="28" t="s">
+        <v>397</v>
+      </c>
+      <c r="B115" s="34"/>
+      <c r="C115" s="34"/>
+      <c r="D115" s="28"/>
+      <c r="E115" s="28"/>
+      <c r="F115" s="28"/>
+      <c r="G115" s="28"/>
+      <c r="H115" s="28"/>
+      <c r="I115" s="28"/>
+      <c r="J115" s="28"/>
+      <c r="K115" s="28"/>
+      <c r="L115" s="28"/>
+      <c r="M115" s="28"/>
+    </row>
+    <row r="116" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A116" s="26" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B116" s="31"/>
       <c r="C116" s="31"/>
       <c r="D116" s="26"/>
       <c r="E116" s="26"/>
       <c r="F116" s="26"/>
       <c r="G116" s="26"/>
       <c r="H116" s="26"/>
       <c r="I116" s="26"/>
       <c r="J116" s="26"/>
       <c r="K116" s="26"/>
       <c r="L116" s="26"/>
       <c r="M116" s="26"/>
     </row>
-    <row r="117" spans="1:13" ht="50.25" customHeight="1">
+    <row r="117" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A117" s="27" t="s">
-        <v>385</v>
+        <v>199</v>
       </c>
       <c r="B117" s="32" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C117" s="32">
         <v>2004</v>
       </c>
       <c r="D117" s="27"/>
       <c r="E117" s="27"/>
       <c r="F117" s="27"/>
       <c r="G117" s="27"/>
       <c r="H117" s="27"/>
       <c r="I117" s="27"/>
       <c r="J117" s="27"/>
       <c r="K117" s="27"/>
       <c r="L117" s="27"/>
       <c r="M117" s="27"/>
     </row>
-    <row r="118" spans="1:13">
+    <row r="118" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A118" s="26" t="s">
-        <v>388</v>
+        <v>201</v>
       </c>
       <c r="B118" s="31"/>
       <c r="C118" s="31"/>
       <c r="D118" s="26"/>
       <c r="E118" s="26"/>
       <c r="F118" s="26"/>
       <c r="G118" s="26"/>
       <c r="H118" s="26"/>
       <c r="I118" s="26"/>
       <c r="J118" s="26"/>
       <c r="K118" s="26"/>
       <c r="L118" s="26"/>
       <c r="M118" s="26"/>
     </row>
-    <row r="119" spans="1:13" ht="36" customHeight="1">
+    <row r="119" spans="1:13" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A119" s="27" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B119" s="32" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>200</v>
+      </c>
+      <c r="C119" s="32">
+        <v>2004</v>
       </c>
       <c r="D119" s="27"/>
       <c r="E119" s="27"/>
       <c r="F119" s="27"/>
       <c r="G119" s="27"/>
       <c r="H119" s="27"/>
       <c r="I119" s="27"/>
       <c r="J119" s="27"/>
       <c r="K119" s="27"/>
       <c r="L119" s="27"/>
       <c r="M119" s="27"/>
     </row>
-    <row r="120" spans="1:13">
+    <row r="120" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A120" s="26" t="s">
-        <v>204</v>
+        <v>388</v>
       </c>
       <c r="B120" s="31"/>
       <c r="C120" s="31"/>
       <c r="D120" s="26"/>
       <c r="E120" s="26"/>
       <c r="F120" s="26"/>
       <c r="G120" s="26"/>
       <c r="H120" s="26"/>
       <c r="I120" s="26"/>
       <c r="J120" s="26"/>
       <c r="K120" s="26"/>
       <c r="L120" s="26"/>
       <c r="M120" s="26"/>
     </row>
-    <row r="121" spans="1:13" ht="30">
+    <row r="121" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="27" t="s">
-        <v>205</v>
+        <v>386</v>
       </c>
       <c r="B121" s="32" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>202</v>
+      </c>
+      <c r="C121" s="32" t="s">
+        <v>384</v>
       </c>
       <c r="D121" s="27"/>
       <c r="E121" s="27"/>
       <c r="F121" s="27"/>
       <c r="G121" s="27"/>
       <c r="H121" s="27"/>
       <c r="I121" s="27"/>
       <c r="J121" s="27"/>
       <c r="K121" s="27"/>
       <c r="L121" s="27"/>
       <c r="M121" s="27"/>
     </row>
-    <row r="122" spans="1:13">
+    <row r="122" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A122" s="26" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B122" s="31"/>
       <c r="C122" s="31"/>
       <c r="D122" s="26"/>
       <c r="E122" s="26"/>
       <c r="F122" s="26"/>
       <c r="G122" s="26"/>
       <c r="H122" s="26"/>
       <c r="I122" s="26"/>
       <c r="J122" s="26"/>
       <c r="K122" s="26"/>
       <c r="L122" s="26"/>
       <c r="M122" s="26"/>
     </row>
-    <row r="123" spans="1:13" ht="67.5" customHeight="1">
+    <row r="123" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A123" s="27" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B123" s="32" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>203</v>
+      </c>
+      <c r="C123" s="32">
+        <v>2004</v>
       </c>
       <c r="D123" s="27"/>
       <c r="E123" s="27"/>
       <c r="F123" s="27"/>
       <c r="G123" s="27"/>
       <c r="H123" s="27"/>
       <c r="I123" s="27"/>
       <c r="J123" s="27"/>
       <c r="K123" s="27"/>
       <c r="L123" s="27"/>
       <c r="M123" s="27"/>
     </row>
-    <row r="124" spans="1:13">
+    <row r="124" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A124" s="26" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B124" s="31"/>
       <c r="C124" s="31"/>
       <c r="D124" s="26"/>
       <c r="E124" s="26"/>
       <c r="F124" s="26"/>
       <c r="G124" s="26"/>
       <c r="H124" s="26"/>
       <c r="I124" s="26"/>
       <c r="J124" s="26"/>
       <c r="K124" s="26"/>
       <c r="L124" s="26"/>
       <c r="M124" s="26"/>
     </row>
-    <row r="125" spans="1:13" ht="68.25" customHeight="1">
+    <row r="125" spans="1:13" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A125" s="27" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B125" s="32" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>206</v>
+      </c>
+      <c r="C125" s="32" t="s">
+        <v>32</v>
       </c>
       <c r="D125" s="27"/>
       <c r="E125" s="27"/>
       <c r="F125" s="27"/>
       <c r="G125" s="27"/>
       <c r="H125" s="27"/>
       <c r="I125" s="27"/>
       <c r="J125" s="27"/>
       <c r="K125" s="27"/>
       <c r="L125" s="27"/>
       <c r="M125" s="27"/>
     </row>
-    <row r="126" spans="1:13">
+    <row r="126" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A126" s="26" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B126" s="31"/>
       <c r="C126" s="31"/>
       <c r="D126" s="26"/>
       <c r="E126" s="26"/>
       <c r="F126" s="26"/>
       <c r="G126" s="26"/>
       <c r="H126" s="26"/>
       <c r="I126" s="26"/>
       <c r="J126" s="26"/>
       <c r="K126" s="26"/>
       <c r="L126" s="26"/>
       <c r="M126" s="26"/>
     </row>
-    <row r="127" spans="1:13" ht="51.6" customHeight="1">
+    <row r="127" spans="1:13" ht="68.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A127" s="27" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B127" s="32" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C127" s="32">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="D127" s="27"/>
       <c r="E127" s="27"/>
       <c r="F127" s="27"/>
       <c r="G127" s="27"/>
       <c r="H127" s="27"/>
       <c r="I127" s="27"/>
       <c r="J127" s="27"/>
       <c r="K127" s="27"/>
       <c r="L127" s="27"/>
       <c r="M127" s="27"/>
     </row>
-    <row r="128" spans="1:13">
+    <row r="128" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A128" s="26" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B128" s="31"/>
       <c r="C128" s="31"/>
       <c r="D128" s="26"/>
       <c r="E128" s="26"/>
       <c r="F128" s="26"/>
       <c r="G128" s="26"/>
       <c r="H128" s="26"/>
       <c r="I128" s="26"/>
       <c r="J128" s="26"/>
       <c r="K128" s="26"/>
       <c r="L128" s="26"/>
       <c r="M128" s="26"/>
     </row>
-    <row r="129" spans="1:13" ht="45">
+    <row r="129" spans="1:13" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="27" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B129" s="32" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C129" s="32">
         <v>2004</v>
       </c>
       <c r="D129" s="27"/>
       <c r="E129" s="27"/>
       <c r="F129" s="27"/>
       <c r="G129" s="27"/>
       <c r="H129" s="27"/>
       <c r="I129" s="27"/>
       <c r="J129" s="27"/>
       <c r="K129" s="27"/>
       <c r="L129" s="27"/>
       <c r="M129" s="27"/>
     </row>
-    <row r="130" spans="1:13">
+    <row r="130" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A130" s="26" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B130" s="31"/>
       <c r="C130" s="31"/>
       <c r="D130" s="26"/>
       <c r="E130" s="26"/>
       <c r="F130" s="26"/>
       <c r="G130" s="26"/>
       <c r="H130" s="26"/>
       <c r="I130" s="26"/>
       <c r="J130" s="26"/>
       <c r="K130" s="26"/>
       <c r="L130" s="26"/>
       <c r="M130" s="26"/>
     </row>
-    <row r="131" spans="1:13" ht="51.6" customHeight="1">
+    <row r="131" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A131" s="27" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B131" s="32" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C131" s="32">
         <v>2004</v>
       </c>
       <c r="D131" s="27"/>
       <c r="E131" s="27"/>
       <c r="F131" s="27"/>
       <c r="G131" s="27"/>
       <c r="H131" s="27"/>
       <c r="I131" s="27"/>
       <c r="J131" s="27"/>
       <c r="K131" s="27"/>
       <c r="L131" s="27"/>
       <c r="M131" s="27"/>
     </row>
-    <row r="132" spans="1:13">
+    <row r="132" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A132" s="26" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B132" s="31"/>
       <c r="C132" s="31"/>
       <c r="D132" s="26"/>
       <c r="E132" s="26"/>
       <c r="F132" s="26"/>
       <c r="G132" s="26"/>
       <c r="H132" s="26"/>
       <c r="I132" s="26"/>
       <c r="J132" s="26"/>
       <c r="K132" s="26"/>
       <c r="L132" s="26"/>
       <c r="M132" s="26"/>
     </row>
-    <row r="133" spans="1:13" ht="60">
+    <row r="133" spans="1:13" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A133" s="27" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B133" s="32" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>218</v>
+      </c>
+      <c r="C133" s="32">
+        <v>2004</v>
       </c>
       <c r="D133" s="27"/>
       <c r="E133" s="27"/>
       <c r="F133" s="27"/>
       <c r="G133" s="27"/>
       <c r="H133" s="27"/>
       <c r="I133" s="27"/>
       <c r="J133" s="27"/>
       <c r="K133" s="27"/>
       <c r="L133" s="27"/>
       <c r="M133" s="27"/>
     </row>
-    <row r="134" spans="1:13">
+    <row r="134" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A134" s="26" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B134" s="31"/>
       <c r="C134" s="31"/>
       <c r="D134" s="26"/>
       <c r="E134" s="26"/>
       <c r="F134" s="26"/>
       <c r="G134" s="26"/>
       <c r="H134" s="26"/>
       <c r="I134" s="26"/>
       <c r="J134" s="26"/>
       <c r="K134" s="26"/>
       <c r="L134" s="26"/>
       <c r="M134" s="26"/>
     </row>
-    <row r="135" spans="1:13" ht="45">
+    <row r="135" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A135" s="27" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B135" s="32" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>221</v>
+      </c>
+      <c r="C135" s="32" t="s">
+        <v>32</v>
       </c>
       <c r="D135" s="27"/>
       <c r="E135" s="27"/>
       <c r="F135" s="27"/>
       <c r="G135" s="27"/>
       <c r="H135" s="27"/>
       <c r="I135" s="27"/>
       <c r="J135" s="27"/>
       <c r="K135" s="27"/>
       <c r="L135" s="27"/>
       <c r="M135" s="27"/>
     </row>
-    <row r="136" spans="1:13">
+    <row r="136" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A136" s="26" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B136" s="31"/>
       <c r="C136" s="31"/>
       <c r="D136" s="26"/>
       <c r="E136" s="26"/>
       <c r="F136" s="26"/>
       <c r="G136" s="26"/>
       <c r="H136" s="26"/>
       <c r="I136" s="26"/>
       <c r="J136" s="26"/>
       <c r="K136" s="26"/>
       <c r="L136" s="26"/>
       <c r="M136" s="26"/>
     </row>
-    <row r="137" spans="1:13" ht="45">
+    <row r="137" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A137" s="27" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="B137" s="32" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>224</v>
+      </c>
+      <c r="C137" s="32">
+        <v>2019</v>
       </c>
       <c r="D137" s="27"/>
       <c r="E137" s="27"/>
       <c r="F137" s="27"/>
       <c r="G137" s="27"/>
       <c r="H137" s="27"/>
       <c r="I137" s="27"/>
       <c r="J137" s="27"/>
       <c r="K137" s="27"/>
       <c r="L137" s="27"/>
       <c r="M137" s="27"/>
     </row>
-    <row r="138" spans="1:13">
+    <row r="138" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A138" s="26" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="B138" s="31"/>
       <c r="C138" s="31"/>
       <c r="D138" s="26"/>
       <c r="E138" s="26"/>
       <c r="F138" s="26"/>
       <c r="G138" s="26"/>
       <c r="H138" s="26"/>
       <c r="I138" s="26"/>
       <c r="J138" s="26"/>
       <c r="K138" s="26"/>
       <c r="L138" s="26"/>
       <c r="M138" s="26"/>
     </row>
-    <row r="139" spans="1:13" ht="45">
+    <row r="139" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A139" s="27" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B139" s="32" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C139" s="32" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D139" s="27"/>
       <c r="E139" s="27"/>
       <c r="F139" s="27"/>
       <c r="G139" s="27"/>
       <c r="H139" s="27"/>
       <c r="I139" s="27"/>
       <c r="J139" s="27"/>
       <c r="K139" s="27"/>
       <c r="L139" s="27"/>
       <c r="M139" s="27"/>
     </row>
-    <row r="140" spans="1:13" ht="116.1" customHeight="1">
-[...6 lines deleted...]
-      <c r="C140" s="32" t="s">
+    <row r="140" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A140" s="26" t="s">
+        <v>231</v>
+      </c>
+      <c r="B140" s="31"/>
+      <c r="C140" s="31"/>
+      <c r="D140" s="26"/>
+      <c r="E140" s="26"/>
+      <c r="F140" s="26"/>
+      <c r="G140" s="26"/>
+      <c r="H140" s="26"/>
+      <c r="I140" s="26"/>
+      <c r="J140" s="26"/>
+      <c r="K140" s="26"/>
+      <c r="L140" s="26"/>
+      <c r="M140" s="26"/>
+    </row>
+    <row r="141" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A141" s="27" t="s">
+        <v>232</v>
+      </c>
+      <c r="B141" s="32" t="s">
+        <v>230</v>
+      </c>
+      <c r="C141" s="32" t="s">
         <v>34</v>
-      </c>
-[...19 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="D141" s="27"/>
       <c r="E141" s="27"/>
       <c r="F141" s="27"/>
       <c r="G141" s="27"/>
       <c r="H141" s="27"/>
       <c r="I141" s="27"/>
       <c r="J141" s="27"/>
       <c r="K141" s="27"/>
       <c r="L141" s="27"/>
       <c r="M141" s="27"/>
     </row>
-    <row r="142" spans="1:13">
-[...16 lines deleted...]
-    <row r="143" spans="1:13" ht="60">
+    <row r="142" spans="1:13" ht="116.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="27" t="s">
+        <v>234</v>
+      </c>
+      <c r="B142" s="32" t="s">
+        <v>233</v>
+      </c>
+      <c r="C142" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="D142" s="27"/>
+      <c r="E142" s="27"/>
+      <c r="F142" s="27"/>
+      <c r="G142" s="27"/>
+      <c r="H142" s="27"/>
+      <c r="I142" s="27"/>
+      <c r="J142" s="27"/>
+      <c r="K142" s="27"/>
+      <c r="L142" s="27"/>
+      <c r="M142" s="27"/>
+    </row>
+    <row r="143" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A143" s="27" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="B143" s="32" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C143" s="32">
         <v>2011</v>
       </c>
       <c r="D143" s="27"/>
       <c r="E143" s="27"/>
       <c r="F143" s="27"/>
       <c r="G143" s="27"/>
       <c r="H143" s="27"/>
       <c r="I143" s="27"/>
       <c r="J143" s="27"/>
       <c r="K143" s="27"/>
       <c r="L143" s="27"/>
       <c r="M143" s="27"/>
     </row>
-    <row r="144" spans="1:13">
+    <row r="144" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A144" s="26" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B144" s="31"/>
       <c r="C144" s="31"/>
       <c r="D144" s="26"/>
       <c r="E144" s="26"/>
       <c r="F144" s="26"/>
       <c r="G144" s="26"/>
       <c r="H144" s="26"/>
       <c r="I144" s="26"/>
       <c r="J144" s="26"/>
       <c r="K144" s="26"/>
       <c r="L144" s="26"/>
       <c r="M144" s="26"/>
     </row>
-    <row r="145" spans="1:13" ht="60">
+    <row r="145" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A145" s="27" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B145" s="32" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C145" s="32">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="D145" s="27"/>
       <c r="E145" s="27"/>
       <c r="F145" s="27"/>
       <c r="G145" s="27"/>
       <c r="H145" s="27"/>
       <c r="I145" s="27"/>
       <c r="J145" s="27"/>
       <c r="K145" s="27"/>
       <c r="L145" s="27"/>
       <c r="M145" s="27"/>
     </row>
-    <row r="146" spans="1:13">
-      <c r="A146" s="25" t="s">
+    <row r="146" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A146" s="26" t="s">
+        <v>240</v>
+      </c>
+      <c r="B146" s="31"/>
+      <c r="C146" s="31"/>
+      <c r="D146" s="26"/>
+      <c r="E146" s="26"/>
+      <c r="F146" s="26"/>
+      <c r="G146" s="26"/>
+      <c r="H146" s="26"/>
+      <c r="I146" s="26"/>
+      <c r="J146" s="26"/>
+      <c r="K146" s="26"/>
+      <c r="L146" s="26"/>
+      <c r="M146" s="26"/>
+    </row>
+    <row r="147" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A147" s="27" t="s">
+        <v>241</v>
+      </c>
+      <c r="B147" s="32" t="s">
+        <v>242</v>
+      </c>
+      <c r="C147" s="32">
+        <v>2004</v>
+      </c>
+      <c r="D147" s="27"/>
+      <c r="E147" s="27"/>
+      <c r="F147" s="27"/>
+      <c r="G147" s="27"/>
+      <c r="H147" s="27"/>
+      <c r="I147" s="27"/>
+      <c r="J147" s="27"/>
+      <c r="K147" s="27"/>
+      <c r="L147" s="27"/>
+      <c r="M147" s="27"/>
+    </row>
+    <row r="148" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A148" s="25" t="s">
         <v>243</v>
       </c>
-      <c r="B146" s="30"/>
-[...13 lines deleted...]
-      <c r="A147" s="26" t="s">
+      <c r="B148" s="30"/>
+      <c r="C148" s="30"/>
+      <c r="D148" s="25"/>
+      <c r="E148" s="25"/>
+      <c r="F148" s="25"/>
+      <c r="G148" s="25"/>
+      <c r="H148" s="25"/>
+      <c r="I148" s="25"/>
+      <c r="J148" s="25"/>
+      <c r="K148" s="25"/>
+      <c r="L148" s="25"/>
+      <c r="M148" s="25"/>
+    </row>
+    <row r="149" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A149" s="26" t="s">
         <v>244</v>
-      </c>
-[...36 lines deleted...]
-        <v>247</v>
       </c>
       <c r="B149" s="31"/>
       <c r="C149" s="31"/>
       <c r="D149" s="26"/>
       <c r="E149" s="26"/>
       <c r="F149" s="26"/>
       <c r="G149" s="26"/>
       <c r="H149" s="26"/>
       <c r="I149" s="26"/>
       <c r="J149" s="26"/>
       <c r="K149" s="26"/>
       <c r="L149" s="26"/>
       <c r="M149" s="26"/>
     </row>
-    <row r="150" spans="1:13" ht="45">
+    <row r="150" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A150" s="27" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B150" s="32" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C150" s="32">
         <v>2004</v>
       </c>
       <c r="D150" s="27"/>
       <c r="E150" s="27"/>
       <c r="F150" s="27"/>
       <c r="G150" s="27"/>
       <c r="H150" s="27"/>
       <c r="I150" s="27"/>
       <c r="J150" s="27"/>
       <c r="K150" s="27"/>
       <c r="L150" s="27"/>
       <c r="M150" s="27"/>
     </row>
-    <row r="151" spans="1:13">
+    <row r="151" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A151" s="26" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B151" s="31"/>
       <c r="C151" s="31"/>
       <c r="D151" s="26"/>
       <c r="E151" s="26"/>
       <c r="F151" s="26"/>
       <c r="G151" s="26"/>
       <c r="H151" s="26"/>
       <c r="I151" s="26"/>
       <c r="J151" s="26"/>
       <c r="K151" s="26"/>
       <c r="L151" s="26"/>
       <c r="M151" s="26"/>
     </row>
-    <row r="152" spans="1:13" ht="30">
+    <row r="152" spans="1:13" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A152" s="27" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B152" s="32" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>249</v>
+      </c>
+      <c r="C152" s="32">
+        <v>2004</v>
       </c>
       <c r="D152" s="27"/>
       <c r="E152" s="27"/>
       <c r="F152" s="27"/>
       <c r="G152" s="27"/>
       <c r="H152" s="27"/>
       <c r="I152" s="27"/>
       <c r="J152" s="27"/>
       <c r="K152" s="27"/>
       <c r="L152" s="27"/>
       <c r="M152" s="27"/>
     </row>
-    <row r="153" spans="1:13">
+    <row r="153" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A153" s="26" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B153" s="31"/>
       <c r="C153" s="31"/>
       <c r="D153" s="26"/>
       <c r="E153" s="26"/>
       <c r="F153" s="26"/>
       <c r="G153" s="26"/>
       <c r="H153" s="26"/>
       <c r="I153" s="26"/>
       <c r="J153" s="26"/>
       <c r="K153" s="26"/>
       <c r="L153" s="26"/>
       <c r="M153" s="26"/>
     </row>
-    <row r="154" spans="1:13" ht="51.6" customHeight="1">
+    <row r="154" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A154" s="27" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B154" s="32" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C154" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D154" s="27"/>
       <c r="E154" s="27"/>
       <c r="F154" s="27"/>
       <c r="G154" s="27"/>
       <c r="H154" s="27"/>
       <c r="I154" s="27"/>
       <c r="J154" s="27"/>
       <c r="K154" s="27"/>
       <c r="L154" s="27"/>
       <c r="M154" s="27"/>
     </row>
-    <row r="155" spans="1:13">
-      <c r="A155" s="25" t="s">
+    <row r="155" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A155" s="26" t="s">
+        <v>253</v>
+      </c>
+      <c r="B155" s="31"/>
+      <c r="C155" s="31"/>
+      <c r="D155" s="26"/>
+      <c r="E155" s="26"/>
+      <c r="F155" s="26"/>
+      <c r="G155" s="26"/>
+      <c r="H155" s="26"/>
+      <c r="I155" s="26"/>
+      <c r="J155" s="26"/>
+      <c r="K155" s="26"/>
+      <c r="L155" s="26"/>
+      <c r="M155" s="26"/>
+    </row>
+    <row r="156" spans="1:13" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="27" t="s">
+        <v>254</v>
+      </c>
+      <c r="B156" s="32" t="s">
+        <v>255</v>
+      </c>
+      <c r="C156" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="D156" s="27"/>
+      <c r="E156" s="27"/>
+      <c r="F156" s="27"/>
+      <c r="G156" s="27"/>
+      <c r="H156" s="27"/>
+      <c r="I156" s="27"/>
+      <c r="J156" s="27"/>
+      <c r="K156" s="27"/>
+      <c r="L156" s="27"/>
+      <c r="M156" s="27"/>
+    </row>
+    <row r="157" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A157" s="25" t="s">
         <v>256</v>
       </c>
-      <c r="B155" s="30"/>
-[...13 lines deleted...]
-      <c r="A156" s="26" t="s">
+      <c r="B157" s="30"/>
+      <c r="C157" s="30"/>
+      <c r="D157" s="25"/>
+      <c r="E157" s="25"/>
+      <c r="F157" s="25"/>
+      <c r="G157" s="25"/>
+      <c r="H157" s="25"/>
+      <c r="I157" s="25"/>
+      <c r="J157" s="25"/>
+      <c r="K157" s="25"/>
+      <c r="L157" s="25"/>
+      <c r="M157" s="25"/>
+    </row>
+    <row r="158" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A158" s="26" t="s">
         <v>257</v>
       </c>
-      <c r="B156" s="31"/>
-[...13 lines deleted...]
-      <c r="A157" s="27" t="s">
+      <c r="B158" s="31"/>
+      <c r="C158" s="31"/>
+      <c r="D158" s="26"/>
+      <c r="E158" s="26"/>
+      <c r="F158" s="26"/>
+      <c r="G158" s="26"/>
+      <c r="H158" s="26"/>
+      <c r="I158" s="26"/>
+      <c r="J158" s="26"/>
+      <c r="K158" s="26"/>
+      <c r="L158" s="26"/>
+      <c r="M158" s="26"/>
+    </row>
+    <row r="159" spans="1:13" ht="35.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="27" t="s">
         <v>258</v>
       </c>
-      <c r="B157" s="32" t="s">
+      <c r="B159" s="32" t="s">
         <v>259</v>
       </c>
-      <c r="C157" s="32" t="s">
+      <c r="C159" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="D157" s="27"/>
-[...11 lines deleted...]
-      <c r="A158" s="29" t="s">
+      <c r="D159" s="27"/>
+      <c r="E159" s="27"/>
+      <c r="F159" s="27"/>
+      <c r="G159" s="27"/>
+      <c r="H159" s="27"/>
+      <c r="I159" s="27"/>
+      <c r="J159" s="27"/>
+      <c r="K159" s="27"/>
+      <c r="L159" s="27"/>
+      <c r="M159" s="27"/>
+    </row>
+    <row r="160" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A160" s="29" t="s">
         <v>260</v>
       </c>
-      <c r="B158" s="33"/>
-[...13 lines deleted...]
-      <c r="A159" s="26" t="s">
+      <c r="B160" s="33"/>
+      <c r="C160" s="33"/>
+      <c r="D160" s="29"/>
+      <c r="E160" s="29"/>
+      <c r="F160" s="29"/>
+      <c r="G160" s="29"/>
+      <c r="H160" s="29"/>
+      <c r="I160" s="29"/>
+      <c r="J160" s="29"/>
+      <c r="K160" s="29"/>
+      <c r="L160" s="29"/>
+      <c r="M160" s="29"/>
+    </row>
+    <row r="161" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A161" s="26" t="s">
         <v>261</v>
       </c>
-      <c r="B159" s="31"/>
-[...13 lines deleted...]
-      <c r="A160" s="27" t="s">
+      <c r="B161" s="31"/>
+      <c r="C161" s="31"/>
+      <c r="D161" s="26"/>
+      <c r="E161" s="26"/>
+      <c r="F161" s="26"/>
+      <c r="G161" s="26"/>
+      <c r="H161" s="26"/>
+      <c r="I161" s="26"/>
+      <c r="J161" s="26"/>
+      <c r="K161" s="26"/>
+      <c r="L161" s="26"/>
+      <c r="M161" s="26"/>
+    </row>
+    <row r="162" spans="1:13" ht="93.6" x14ac:dyDescent="0.3">
+      <c r="A162" s="27" t="s">
         <v>262</v>
       </c>
-      <c r="B160" s="32" t="s">
+      <c r="B162" s="32" t="s">
         <v>263</v>
       </c>
-      <c r="C160" s="32">
+      <c r="C162" s="32">
         <v>2021</v>
       </c>
-      <c r="D160" s="27"/>
-[...11 lines deleted...]
-      <c r="A161" s="27" t="s">
+      <c r="D162" s="27"/>
+      <c r="E162" s="27"/>
+      <c r="F162" s="27"/>
+      <c r="G162" s="27"/>
+      <c r="H162" s="27"/>
+      <c r="I162" s="27"/>
+      <c r="J162" s="27"/>
+      <c r="K162" s="27"/>
+      <c r="L162" s="27"/>
+      <c r="M162" s="27"/>
+    </row>
+    <row r="163" spans="1:13" ht="237.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="27" t="s">
         <v>344</v>
       </c>
-      <c r="B161" s="32" t="s">
+      <c r="B163" s="32" t="s">
         <v>264</v>
       </c>
-      <c r="C161" s="32" t="s">
+      <c r="C163" s="32" t="s">
         <v>345</v>
-      </c>
-[...36 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="D163" s="27"/>
       <c r="E163" s="27"/>
       <c r="F163" s="27"/>
       <c r="G163" s="27"/>
       <c r="H163" s="27"/>
       <c r="I163" s="27"/>
       <c r="J163" s="27"/>
       <c r="K163" s="27"/>
       <c r="L163" s="27"/>
       <c r="M163" s="27"/>
     </row>
-    <row r="164" spans="1:13" ht="126.9" customHeight="1">
-[...20 lines deleted...]
-    <row r="165" spans="1:13" ht="159.9" customHeight="1">
+    <row r="164" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A164" s="26" t="s">
+        <v>265</v>
+      </c>
+      <c r="B164" s="31"/>
+      <c r="C164" s="31"/>
+      <c r="D164" s="26"/>
+      <c r="E164" s="26"/>
+      <c r="F164" s="26"/>
+      <c r="G164" s="26"/>
+      <c r="H164" s="26"/>
+      <c r="I164" s="26"/>
+      <c r="J164" s="26"/>
+      <c r="K164" s="26"/>
+      <c r="L164" s="26"/>
+      <c r="M164" s="26"/>
+    </row>
+    <row r="165" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A165" s="27" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="B165" s="32" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C165" s="32">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="D165" s="27"/>
       <c r="E165" s="27"/>
       <c r="F165" s="27"/>
       <c r="G165" s="27"/>
       <c r="H165" s="27"/>
       <c r="I165" s="27"/>
       <c r="J165" s="27"/>
       <c r="K165" s="27"/>
       <c r="L165" s="27"/>
       <c r="M165" s="27"/>
     </row>
-    <row r="166" spans="1:13" ht="69.900000000000006" customHeight="1">
+    <row r="166" spans="1:13" ht="126.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A166" s="27" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="B166" s="32" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C166" s="32" t="s">
         <v>345</v>
       </c>
       <c r="D166" s="27"/>
       <c r="E166" s="27"/>
       <c r="F166" s="27"/>
       <c r="G166" s="27"/>
       <c r="H166" s="27"/>
       <c r="I166" s="27"/>
       <c r="J166" s="27"/>
       <c r="K166" s="27"/>
       <c r="L166" s="27"/>
       <c r="M166" s="27"/>
     </row>
-    <row r="167" spans="1:13" ht="60">
+    <row r="167" spans="1:13" ht="159.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A167" s="27" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B167" s="32" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C167" s="32">
         <v>2023</v>
       </c>
       <c r="D167" s="27"/>
       <c r="E167" s="27"/>
       <c r="F167" s="27"/>
       <c r="G167" s="27"/>
       <c r="H167" s="27"/>
       <c r="I167" s="27"/>
       <c r="J167" s="27"/>
       <c r="K167" s="27"/>
       <c r="L167" s="27"/>
       <c r="M167" s="27"/>
     </row>
-    <row r="168" spans="1:13" ht="135.6">
+    <row r="168" spans="1:13" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A168" s="27" t="s">
-        <v>389</v>
+        <v>349</v>
       </c>
       <c r="B168" s="32" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>269</v>
+      </c>
+      <c r="C168" s="32" t="s">
+        <v>345</v>
       </c>
       <c r="D168" s="27"/>
       <c r="E168" s="27"/>
       <c r="F168" s="27"/>
       <c r="G168" s="27"/>
       <c r="H168" s="27"/>
       <c r="I168" s="27"/>
       <c r="J168" s="27"/>
       <c r="K168" s="27"/>
       <c r="L168" s="27"/>
       <c r="M168" s="27"/>
     </row>
-    <row r="169" spans="1:13" ht="112.5" customHeight="1">
+    <row r="169" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A169" s="27" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B169" s="32" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C169" s="32">
         <v>2023</v>
       </c>
       <c r="D169" s="27"/>
       <c r="E169" s="27"/>
       <c r="F169" s="27"/>
       <c r="G169" s="27"/>
       <c r="H169" s="27"/>
       <c r="I169" s="27"/>
       <c r="J169" s="27"/>
       <c r="K169" s="27"/>
       <c r="L169" s="27"/>
       <c r="M169" s="27"/>
     </row>
-    <row r="170" spans="1:13">
-[...16 lines deleted...]
-    <row r="171" spans="1:13" ht="120">
+    <row r="170" spans="1:13" ht="156" x14ac:dyDescent="0.3">
+      <c r="A170" s="27" t="s">
+        <v>389</v>
+      </c>
+      <c r="B170" s="32" t="s">
+        <v>272</v>
+      </c>
+      <c r="C170" s="32">
+        <v>2023</v>
+      </c>
+      <c r="D170" s="27"/>
+      <c r="E170" s="27"/>
+      <c r="F170" s="27"/>
+      <c r="G170" s="27"/>
+      <c r="H170" s="27"/>
+      <c r="I170" s="27"/>
+      <c r="J170" s="27"/>
+      <c r="K170" s="27"/>
+      <c r="L170" s="27"/>
+      <c r="M170" s="27"/>
+    </row>
+    <row r="171" spans="1:13" ht="112.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A171" s="27" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="B171" s="32" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>273</v>
+      </c>
+      <c r="C171" s="32">
+        <v>2023</v>
       </c>
       <c r="D171" s="27"/>
       <c r="E171" s="27"/>
       <c r="F171" s="27"/>
       <c r="G171" s="27"/>
       <c r="H171" s="27"/>
       <c r="I171" s="27"/>
       <c r="J171" s="27"/>
       <c r="K171" s="27"/>
       <c r="L171" s="27"/>
       <c r="M171" s="27"/>
     </row>
-    <row r="172" spans="1:13" ht="174" customHeight="1">
-[...20 lines deleted...]
-    <row r="173" spans="1:13" ht="105">
+    <row r="172" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A172" s="26" t="s">
+        <v>271</v>
+      </c>
+      <c r="B172" s="31"/>
+      <c r="C172" s="31"/>
+      <c r="D172" s="26"/>
+      <c r="E172" s="26"/>
+      <c r="F172" s="26"/>
+      <c r="G172" s="26"/>
+      <c r="H172" s="26"/>
+      <c r="I172" s="26"/>
+      <c r="J172" s="26"/>
+      <c r="K172" s="26"/>
+      <c r="L172" s="26"/>
+      <c r="M172" s="26"/>
+    </row>
+    <row r="173" spans="1:13" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A173" s="27" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="B173" s="32" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>274</v>
+      </c>
+      <c r="C173" s="32" t="s">
+        <v>343</v>
       </c>
       <c r="D173" s="27"/>
       <c r="E173" s="27"/>
       <c r="F173" s="27"/>
       <c r="G173" s="27"/>
       <c r="H173" s="27"/>
       <c r="I173" s="27"/>
       <c r="J173" s="27"/>
       <c r="K173" s="27"/>
       <c r="L173" s="27"/>
       <c r="M173" s="27"/>
     </row>
-    <row r="174" spans="1:13" ht="174.6" customHeight="1">
+    <row r="174" spans="1:13" ht="174" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A174" s="27" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="B174" s="32" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C174" s="32">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="D174" s="27"/>
       <c r="E174" s="27"/>
       <c r="F174" s="27"/>
       <c r="G174" s="27"/>
       <c r="H174" s="27"/>
       <c r="I174" s="27"/>
       <c r="J174" s="27"/>
       <c r="K174" s="27"/>
       <c r="L174" s="27"/>
       <c r="M174" s="27"/>
     </row>
-    <row r="175" spans="1:13" ht="60">
+    <row r="175" spans="1:13" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A175" s="27" t="s">
-        <v>390</v>
+        <v>357</v>
       </c>
       <c r="B175" s="32" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C175" s="32">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="D175" s="27"/>
       <c r="E175" s="27"/>
       <c r="F175" s="27"/>
       <c r="G175" s="27"/>
       <c r="H175" s="27"/>
       <c r="I175" s="27"/>
       <c r="J175" s="27"/>
       <c r="K175" s="27"/>
       <c r="L175" s="27"/>
       <c r="M175" s="27"/>
     </row>
-    <row r="176" spans="1:13" ht="75">
+    <row r="176" spans="1:13" ht="174.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A176" s="27" t="s">
-        <v>391</v>
+        <v>358</v>
       </c>
       <c r="B176" s="32" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C176" s="32">
         <v>2021</v>
       </c>
       <c r="D176" s="27"/>
       <c r="E176" s="27"/>
       <c r="F176" s="27"/>
       <c r="G176" s="27"/>
       <c r="H176" s="27"/>
       <c r="I176" s="27"/>
       <c r="J176" s="27"/>
       <c r="K176" s="27"/>
       <c r="L176" s="27"/>
       <c r="M176" s="27"/>
     </row>
-    <row r="177" spans="1:13" ht="75">
+    <row r="177" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A177" s="27" t="s">
-        <v>359</v>
+        <v>390</v>
       </c>
       <c r="B177" s="32" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>279</v>
+      </c>
+      <c r="C177" s="32">
+        <v>2021</v>
       </c>
       <c r="D177" s="27"/>
       <c r="E177" s="27"/>
       <c r="F177" s="27"/>
       <c r="G177" s="27"/>
       <c r="H177" s="27"/>
       <c r="I177" s="27"/>
       <c r="J177" s="27"/>
       <c r="K177" s="27"/>
       <c r="L177" s="27"/>
       <c r="M177" s="27"/>
     </row>
-    <row r="178" spans="1:13" ht="60">
+    <row r="178" spans="1:13" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A178" s="27" t="s">
-        <v>276</v>
+        <v>391</v>
       </c>
       <c r="B178" s="32" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>280</v>
+      </c>
+      <c r="C178" s="32">
+        <v>2021</v>
       </c>
       <c r="D178" s="27"/>
       <c r="E178" s="27"/>
       <c r="F178" s="27"/>
       <c r="G178" s="27"/>
       <c r="H178" s="27"/>
       <c r="I178" s="27"/>
       <c r="J178" s="27"/>
       <c r="K178" s="27"/>
       <c r="L178" s="27"/>
       <c r="M178" s="27"/>
     </row>
-    <row r="179" spans="1:13" ht="75">
+    <row r="179" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A179" s="27" t="s">
-        <v>392</v>
+        <v>359</v>
       </c>
       <c r="B179" s="32" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>281</v>
+      </c>
+      <c r="C179" s="32" t="s">
+        <v>343</v>
       </c>
       <c r="D179" s="27"/>
       <c r="E179" s="27"/>
       <c r="F179" s="27"/>
       <c r="G179" s="27"/>
       <c r="H179" s="27"/>
       <c r="I179" s="27"/>
       <c r="J179" s="27"/>
       <c r="K179" s="27"/>
       <c r="L179" s="27"/>
       <c r="M179" s="27"/>
     </row>
-    <row r="180" spans="1:13" ht="102.6" customHeight="1">
+    <row r="180" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A180" s="27" t="s">
-        <v>360</v>
+        <v>276</v>
       </c>
       <c r="B180" s="32" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>282</v>
+      </c>
+      <c r="C180" s="32" t="s">
+        <v>32</v>
       </c>
       <c r="D180" s="27"/>
       <c r="E180" s="27"/>
       <c r="F180" s="27"/>
       <c r="G180" s="27"/>
       <c r="H180" s="27"/>
       <c r="I180" s="27"/>
       <c r="J180" s="27"/>
       <c r="K180" s="27"/>
       <c r="L180" s="27"/>
       <c r="M180" s="27"/>
     </row>
-    <row r="181" spans="1:13" ht="65.400000000000006" customHeight="1">
+    <row r="181" spans="1:13" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A181" s="27" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="B181" s="32" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C181" s="32">
         <v>2021</v>
       </c>
       <c r="D181" s="27"/>
       <c r="E181" s="27"/>
       <c r="F181" s="27"/>
       <c r="G181" s="27"/>
       <c r="H181" s="27"/>
       <c r="I181" s="27"/>
       <c r="J181" s="27"/>
       <c r="K181" s="27"/>
       <c r="L181" s="27"/>
       <c r="M181" s="27"/>
     </row>
-    <row r="182" spans="1:13" ht="207.6" customHeight="1">
+    <row r="182" spans="1:13" ht="102.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A182" s="27" t="s">
-        <v>394</v>
+        <v>360</v>
       </c>
       <c r="B182" s="32" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C182" s="32">
         <v>2021</v>
       </c>
       <c r="D182" s="27"/>
       <c r="E182" s="27"/>
       <c r="F182" s="27"/>
       <c r="G182" s="27"/>
       <c r="H182" s="27"/>
       <c r="I182" s="27"/>
       <c r="J182" s="27"/>
       <c r="K182" s="27"/>
       <c r="L182" s="27"/>
       <c r="M182" s="27"/>
     </row>
-    <row r="183" spans="1:13" ht="60">
+    <row r="183" spans="1:13" ht="65.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A183" s="27" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B183" s="32" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C183" s="32">
         <v>2021</v>
       </c>
       <c r="D183" s="27"/>
       <c r="E183" s="27"/>
       <c r="F183" s="27"/>
       <c r="G183" s="27"/>
       <c r="H183" s="27"/>
       <c r="I183" s="27"/>
       <c r="J183" s="27"/>
       <c r="K183" s="27"/>
       <c r="L183" s="27"/>
       <c r="M183" s="27"/>
     </row>
-    <row r="184" spans="1:13" ht="81.599999999999994" customHeight="1">
+    <row r="184" spans="1:13" ht="207.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A184" s="27" t="s">
-        <v>361</v>
+        <v>394</v>
       </c>
       <c r="B184" s="32" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="C184" s="32">
         <v>2021</v>
       </c>
       <c r="D184" s="27"/>
       <c r="E184" s="27"/>
       <c r="F184" s="27"/>
       <c r="G184" s="27"/>
       <c r="H184" s="27"/>
       <c r="I184" s="27"/>
       <c r="J184" s="27"/>
       <c r="K184" s="27"/>
       <c r="L184" s="27"/>
       <c r="M184" s="27"/>
     </row>
-    <row r="185" spans="1:13" ht="30">
+    <row r="185" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A185" s="27" t="s">
-        <v>284</v>
+        <v>395</v>
       </c>
       <c r="B185" s="32" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="C185" s="32">
         <v>2021</v>
       </c>
       <c r="D185" s="27"/>
       <c r="E185" s="27"/>
       <c r="F185" s="27"/>
       <c r="G185" s="27"/>
       <c r="H185" s="27"/>
       <c r="I185" s="27"/>
       <c r="J185" s="27"/>
       <c r="K185" s="27"/>
       <c r="L185" s="27"/>
       <c r="M185" s="27"/>
     </row>
-    <row r="186" spans="1:13" ht="30">
+    <row r="186" spans="1:13" ht="81.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A186" s="27" t="s">
-        <v>286</v>
+        <v>361</v>
       </c>
       <c r="B186" s="32" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="C186" s="32">
         <v>2021</v>
       </c>
       <c r="D186" s="27"/>
       <c r="E186" s="27"/>
       <c r="F186" s="27"/>
       <c r="G186" s="27"/>
       <c r="H186" s="27"/>
       <c r="I186" s="27"/>
       <c r="J186" s="27"/>
       <c r="K186" s="27"/>
       <c r="L186" s="27"/>
       <c r="M186" s="27"/>
     </row>
-    <row r="187" spans="1:13" ht="45">
+    <row r="187" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A187" s="27" t="s">
-        <v>362</v>
+        <v>284</v>
       </c>
       <c r="B187" s="32" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C187" s="32">
         <v>2021</v>
       </c>
       <c r="D187" s="27"/>
       <c r="E187" s="27"/>
       <c r="F187" s="27"/>
       <c r="G187" s="27"/>
       <c r="H187" s="27"/>
       <c r="I187" s="27"/>
       <c r="J187" s="27"/>
       <c r="K187" s="27"/>
       <c r="L187" s="27"/>
       <c r="M187" s="27"/>
     </row>
-    <row r="188" spans="1:13">
-[...16 lines deleted...]
-    <row r="189" spans="1:13" ht="30">
+    <row r="188" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A188" s="27" t="s">
+        <v>286</v>
+      </c>
+      <c r="B188" s="32" t="s">
+        <v>298</v>
+      </c>
+      <c r="C188" s="32">
+        <v>2021</v>
+      </c>
+      <c r="D188" s="27"/>
+      <c r="E188" s="27"/>
+      <c r="F188" s="27"/>
+      <c r="G188" s="27"/>
+      <c r="H188" s="27"/>
+      <c r="I188" s="27"/>
+      <c r="J188" s="27"/>
+      <c r="K188" s="27"/>
+      <c r="L188" s="27"/>
+      <c r="M188" s="27"/>
+    </row>
+    <row r="189" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A189" s="27" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B189" s="32" t="s">
-        <v>351</v>
+        <v>300</v>
       </c>
       <c r="C189" s="32">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="D189" s="27"/>
       <c r="E189" s="27"/>
       <c r="F189" s="27"/>
       <c r="G189" s="27"/>
       <c r="H189" s="27"/>
       <c r="I189" s="27"/>
       <c r="J189" s="27"/>
       <c r="K189" s="27"/>
       <c r="L189" s="27"/>
       <c r="M189" s="27"/>
     </row>
-    <row r="190" spans="1:13">
+    <row r="190" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A190" s="26" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="B190" s="31"/>
       <c r="C190" s="31"/>
       <c r="D190" s="26"/>
       <c r="E190" s="26"/>
       <c r="F190" s="26"/>
       <c r="G190" s="26"/>
       <c r="H190" s="26"/>
       <c r="I190" s="26"/>
       <c r="J190" s="26"/>
       <c r="K190" s="26"/>
       <c r="L190" s="26"/>
       <c r="M190" s="26"/>
     </row>
-    <row r="191" spans="1:13" ht="51.6" customHeight="1">
+    <row r="191" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A191" s="27" t="s">
-        <v>292</v>
+        <v>363</v>
       </c>
       <c r="B191" s="32" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>351</v>
+      </c>
+      <c r="C191" s="32">
+        <v>2004</v>
       </c>
       <c r="D191" s="27"/>
       <c r="E191" s="27"/>
       <c r="F191" s="27"/>
       <c r="G191" s="27"/>
       <c r="H191" s="27"/>
       <c r="I191" s="27"/>
       <c r="J191" s="27"/>
       <c r="K191" s="27"/>
       <c r="L191" s="27"/>
       <c r="M191" s="27"/>
     </row>
-    <row r="192" spans="1:13">
+    <row r="192" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A192" s="26" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B192" s="31"/>
       <c r="C192" s="31"/>
       <c r="D192" s="26"/>
       <c r="E192" s="26"/>
       <c r="F192" s="26"/>
       <c r="G192" s="26"/>
       <c r="H192" s="26"/>
       <c r="I192" s="26"/>
       <c r="J192" s="26"/>
       <c r="K192" s="26"/>
       <c r="L192" s="26"/>
       <c r="M192" s="26"/>
     </row>
-    <row r="193" spans="1:13" ht="60">
+    <row r="193" spans="1:13" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A193" s="27" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B193" s="32" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>352</v>
+      </c>
+      <c r="C193" s="32" t="s">
+        <v>32</v>
       </c>
       <c r="D193" s="27"/>
       <c r="E193" s="27"/>
       <c r="F193" s="27"/>
       <c r="G193" s="27"/>
       <c r="H193" s="27"/>
       <c r="I193" s="27"/>
       <c r="J193" s="27"/>
       <c r="K193" s="27"/>
       <c r="L193" s="27"/>
       <c r="M193" s="27"/>
     </row>
-    <row r="194" spans="1:13">
+    <row r="194" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A194" s="26" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B194" s="31"/>
       <c r="C194" s="31"/>
       <c r="D194" s="26"/>
       <c r="E194" s="26"/>
       <c r="F194" s="26"/>
       <c r="G194" s="26"/>
       <c r="H194" s="26"/>
       <c r="I194" s="26"/>
       <c r="J194" s="26"/>
       <c r="K194" s="26"/>
       <c r="L194" s="26"/>
       <c r="M194" s="26"/>
     </row>
-    <row r="195" spans="1:13" ht="30">
+    <row r="195" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A195" s="27" t="s">
-        <v>365</v>
+        <v>295</v>
       </c>
       <c r="B195" s="32" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>353</v>
+      </c>
+      <c r="C195" s="32">
+        <v>2004</v>
       </c>
       <c r="D195" s="27"/>
       <c r="E195" s="27"/>
       <c r="F195" s="27"/>
       <c r="G195" s="27"/>
       <c r="H195" s="27"/>
       <c r="I195" s="27"/>
       <c r="J195" s="27"/>
       <c r="K195" s="27"/>
       <c r="L195" s="27"/>
       <c r="M195" s="27"/>
     </row>
-    <row r="196" spans="1:13" ht="60">
-      <c r="A196" s="27" t="s">
+    <row r="196" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A196" s="26" t="s">
+        <v>297</v>
+      </c>
+      <c r="B196" s="31"/>
+      <c r="C196" s="31"/>
+      <c r="D196" s="26"/>
+      <c r="E196" s="26"/>
+      <c r="F196" s="26"/>
+      <c r="G196" s="26"/>
+      <c r="H196" s="26"/>
+      <c r="I196" s="26"/>
+      <c r="J196" s="26"/>
+      <c r="K196" s="26"/>
+      <c r="L196" s="26"/>
+      <c r="M196" s="26"/>
+    </row>
+    <row r="197" spans="1:13" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A197" s="27" t="s">
+        <v>365</v>
+      </c>
+      <c r="B197" s="32" t="s">
+        <v>364</v>
+      </c>
+      <c r="C197" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="D197" s="27"/>
+      <c r="E197" s="27"/>
+      <c r="F197" s="27"/>
+      <c r="G197" s="27"/>
+      <c r="H197" s="27"/>
+      <c r="I197" s="27"/>
+      <c r="J197" s="27"/>
+      <c r="K197" s="27"/>
+      <c r="L197" s="27"/>
+      <c r="M197" s="27"/>
+    </row>
+    <row r="198" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A198" s="27" t="s">
         <v>299</v>
       </c>
-      <c r="B196" s="32" t="s">
+      <c r="B198" s="32" t="s">
         <v>366</v>
       </c>
-      <c r="C196" s="32" t="s">
+      <c r="C198" s="32" t="s">
         <v>32</v>
-      </c>
-[...36 lines deleted...]
-        <v>2004</v>
       </c>
       <c r="D198" s="27"/>
       <c r="E198" s="27"/>
       <c r="F198" s="27"/>
       <c r="G198" s="27"/>
       <c r="H198" s="27"/>
       <c r="I198" s="27"/>
       <c r="J198" s="27"/>
       <c r="K198" s="27"/>
       <c r="L198" s="27"/>
       <c r="M198" s="27"/>
     </row>
-    <row r="199" spans="1:13">
-[...16 lines deleted...]
-    <row r="200" spans="1:13" ht="47.4">
+    <row r="199" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A199" s="25" t="s">
+        <v>301</v>
+      </c>
+      <c r="B199" s="30"/>
+      <c r="C199" s="30"/>
+      <c r="D199" s="25"/>
+      <c r="E199" s="25"/>
+      <c r="F199" s="25"/>
+      <c r="G199" s="25"/>
+      <c r="H199" s="25"/>
+      <c r="I199" s="25"/>
+      <c r="J199" s="25"/>
+      <c r="K199" s="25"/>
+      <c r="L199" s="25"/>
+      <c r="M199" s="25"/>
+    </row>
+    <row r="200" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A200" s="27" t="s">
-        <v>340</v>
+        <v>302</v>
       </c>
       <c r="B200" s="32" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C200" s="32">
-        <v>2021</v>
+        <v>2004</v>
       </c>
       <c r="D200" s="27"/>
       <c r="E200" s="27"/>
       <c r="F200" s="27"/>
       <c r="G200" s="27"/>
       <c r="H200" s="27"/>
       <c r="I200" s="27"/>
       <c r="J200" s="27"/>
       <c r="K200" s="27"/>
       <c r="L200" s="27"/>
       <c r="M200" s="27"/>
     </row>
-    <row r="201" spans="1:13" ht="105">
-[...6 lines deleted...]
-      <c r="C201" s="32">
+    <row r="201" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A201" s="26" t="s">
+        <v>304</v>
+      </c>
+      <c r="B201" s="31"/>
+      <c r="C201" s="31"/>
+      <c r="D201" s="26"/>
+      <c r="E201" s="26"/>
+      <c r="F201" s="26"/>
+      <c r="G201" s="26"/>
+      <c r="H201" s="26"/>
+      <c r="I201" s="26"/>
+      <c r="J201" s="26"/>
+      <c r="K201" s="26"/>
+      <c r="L201" s="26"/>
+      <c r="M201" s="26"/>
+    </row>
+    <row r="202" spans="1:13" ht="49.2" x14ac:dyDescent="0.3">
+      <c r="A202" s="27" t="s">
+        <v>340</v>
+      </c>
+      <c r="B202" s="32" t="s">
+        <v>305</v>
+      </c>
+      <c r="C202" s="32">
         <v>2021</v>
-      </c>
-[...19 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D202" s="27"/>
       <c r="E202" s="27"/>
       <c r="F202" s="27"/>
       <c r="G202" s="27"/>
       <c r="H202" s="27"/>
       <c r="I202" s="27"/>
       <c r="J202" s="27"/>
       <c r="K202" s="27"/>
       <c r="L202" s="27"/>
       <c r="M202" s="27"/>
     </row>
-    <row r="203" spans="1:13">
-[...16 lines deleted...]
-    <row r="204" spans="1:13" ht="126.9" customHeight="1">
+    <row r="203" spans="1:13" ht="109.2" x14ac:dyDescent="0.3">
+      <c r="A203" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="B203" s="32" t="s">
+        <v>307</v>
+      </c>
+      <c r="C203" s="32">
+        <v>2021</v>
+      </c>
+      <c r="D203" s="27"/>
+      <c r="E203" s="27"/>
+      <c r="F203" s="27"/>
+      <c r="G203" s="27"/>
+      <c r="H203" s="27"/>
+      <c r="I203" s="27"/>
+      <c r="J203" s="27"/>
+      <c r="K203" s="27"/>
+      <c r="L203" s="27"/>
+      <c r="M203" s="27"/>
+    </row>
+    <row r="204" spans="1:13" ht="221.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A204" s="27" t="s">
-        <v>310</v>
+        <v>341</v>
       </c>
       <c r="B204" s="32" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C204" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D204" s="27"/>
       <c r="E204" s="27"/>
       <c r="F204" s="27"/>
       <c r="G204" s="27"/>
       <c r="H204" s="27"/>
       <c r="I204" s="27"/>
       <c r="J204" s="27"/>
       <c r="K204" s="27"/>
       <c r="L204" s="27"/>
       <c r="M204" s="27"/>
     </row>
-    <row r="205" spans="1:13" ht="60">
-[...20 lines deleted...]
-    <row r="206" spans="1:13" ht="85.5" customHeight="1">
+    <row r="205" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A205" s="26" t="s">
+        <v>309</v>
+      </c>
+      <c r="B205" s="31"/>
+      <c r="C205" s="31"/>
+      <c r="D205" s="26"/>
+      <c r="E205" s="26"/>
+      <c r="F205" s="26"/>
+      <c r="G205" s="26"/>
+      <c r="H205" s="26"/>
+      <c r="I205" s="26"/>
+      <c r="J205" s="26"/>
+      <c r="K205" s="26"/>
+      <c r="L205" s="26"/>
+      <c r="M205" s="26"/>
+    </row>
+    <row r="206" spans="1:13" ht="126.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A206" s="27" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B206" s="32" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C206" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D206" s="27"/>
       <c r="E206" s="27"/>
       <c r="F206" s="27"/>
       <c r="G206" s="27"/>
       <c r="H206" s="27"/>
       <c r="I206" s="27"/>
       <c r="J206" s="27"/>
       <c r="K206" s="27"/>
       <c r="L206" s="27"/>
       <c r="M206" s="27"/>
     </row>
-    <row r="207" spans="1:13">
-[...16 lines deleted...]
-    <row r="208" spans="1:13" ht="60">
+    <row r="207" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A207" s="27" t="s">
+        <v>312</v>
+      </c>
+      <c r="B207" s="32" t="s">
+        <v>313</v>
+      </c>
+      <c r="C207" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="D207" s="27"/>
+      <c r="E207" s="27"/>
+      <c r="F207" s="27"/>
+      <c r="G207" s="27"/>
+      <c r="H207" s="27"/>
+      <c r="I207" s="27"/>
+      <c r="J207" s="27"/>
+      <c r="K207" s="27"/>
+      <c r="L207" s="27"/>
+      <c r="M207" s="27"/>
+    </row>
+    <row r="208" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A208" s="27" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B208" s="32" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C208" s="32" t="s">
         <v>32</v>
       </c>
       <c r="D208" s="27"/>
       <c r="E208" s="27"/>
       <c r="F208" s="27"/>
       <c r="G208" s="27"/>
       <c r="H208" s="27"/>
       <c r="I208" s="27"/>
       <c r="J208" s="27"/>
       <c r="K208" s="27"/>
       <c r="L208" s="27"/>
       <c r="M208" s="27"/>
     </row>
-    <row r="209" spans="1:13" ht="60">
-[...6 lines deleted...]
-      <c r="C209" s="32" t="s">
+    <row r="209" spans="1:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A209" s="26" t="s">
+        <v>316</v>
+      </c>
+      <c r="B209" s="31"/>
+      <c r="C209" s="31"/>
+      <c r="D209" s="26"/>
+      <c r="E209" s="26"/>
+      <c r="F209" s="26"/>
+      <c r="G209" s="26"/>
+      <c r="H209" s="26"/>
+      <c r="I209" s="26"/>
+      <c r="J209" s="26"/>
+      <c r="K209" s="26"/>
+      <c r="L209" s="26"/>
+      <c r="M209" s="26"/>
+    </row>
+    <row r="210" spans="1:13" ht="78" x14ac:dyDescent="0.3">
+      <c r="A210" s="27" t="s">
+        <v>317</v>
+      </c>
+      <c r="B210" s="32" t="s">
+        <v>318</v>
+      </c>
+      <c r="C210" s="32" t="s">
         <v>32</v>
-      </c>
-[...19 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D210" s="27"/>
       <c r="E210" s="27"/>
       <c r="F210" s="27"/>
       <c r="G210" s="27"/>
       <c r="H210" s="27"/>
       <c r="I210" s="27"/>
       <c r="J210" s="27"/>
       <c r="K210" s="27"/>
       <c r="L210" s="27"/>
       <c r="M210" s="27"/>
     </row>
-    <row r="211" spans="1:13" ht="65.400000000000006" customHeight="1">
+    <row r="211" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A211" s="27" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="B211" s="32" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>320</v>
+      </c>
+      <c r="C211" s="32" t="s">
+        <v>32</v>
       </c>
       <c r="D211" s="27"/>
       <c r="E211" s="27"/>
       <c r="F211" s="27"/>
       <c r="G211" s="27"/>
       <c r="H211" s="27"/>
       <c r="I211" s="27"/>
       <c r="J211" s="27"/>
       <c r="K211" s="27"/>
       <c r="L211" s="27"/>
       <c r="M211" s="27"/>
     </row>
-    <row r="212" spans="1:13">
-[...16 lines deleted...]
-    <row r="213" spans="1:13" ht="90">
+    <row r="212" spans="1:13" ht="93.6" x14ac:dyDescent="0.3">
+      <c r="A212" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="B212" s="32" t="s">
+        <v>322</v>
+      </c>
+      <c r="C212" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="D212" s="27"/>
+      <c r="E212" s="27"/>
+      <c r="F212" s="27"/>
+      <c r="G212" s="27"/>
+      <c r="H212" s="27"/>
+      <c r="I212" s="27"/>
+      <c r="J212" s="27"/>
+      <c r="K212" s="27"/>
+      <c r="L212" s="27"/>
+      <c r="M212" s="27"/>
+    </row>
+    <row r="213" spans="1:13" ht="65.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A213" s="27" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B213" s="32" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C213" s="32">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="D213" s="27"/>
       <c r="E213" s="27"/>
       <c r="F213" s="27"/>
       <c r="G213" s="27"/>
       <c r="H213" s="27"/>
       <c r="I213" s="27"/>
       <c r="J213" s="27"/>
       <c r="K213" s="27"/>
       <c r="L213" s="27"/>
       <c r="M213" s="27"/>
     </row>
-    <row r="214" spans="1:13" ht="60">
-[...20 lines deleted...]
-    <row r="215" spans="1:13" ht="75">
+    <row r="214" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A214" s="25" t="s">
+        <v>325</v>
+      </c>
+      <c r="B214" s="30"/>
+      <c r="C214" s="30"/>
+      <c r="D214" s="25"/>
+      <c r="E214" s="25"/>
+      <c r="F214" s="25"/>
+      <c r="G214" s="25"/>
+      <c r="H214" s="25"/>
+      <c r="I214" s="25"/>
+      <c r="J214" s="25"/>
+      <c r="K214" s="25"/>
+      <c r="L214" s="25"/>
+      <c r="M214" s="25"/>
+    </row>
+    <row r="215" spans="1:13" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A215" s="27" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B215" s="32" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C215" s="32">
         <v>2011</v>
       </c>
       <c r="D215" s="27"/>
       <c r="E215" s="27"/>
       <c r="F215" s="27"/>
       <c r="G215" s="27"/>
       <c r="H215" s="27"/>
       <c r="I215" s="27"/>
       <c r="J215" s="27"/>
       <c r="K215" s="27"/>
       <c r="L215" s="27"/>
       <c r="M215" s="27"/>
     </row>
-    <row r="216" spans="1:13" ht="75">
+    <row r="216" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A216" s="27" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="B216" s="32" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C216" s="32">
         <v>2011</v>
       </c>
       <c r="D216" s="27"/>
       <c r="E216" s="27"/>
       <c r="F216" s="27"/>
       <c r="G216" s="27"/>
       <c r="H216" s="27"/>
       <c r="I216" s="27"/>
       <c r="J216" s="27"/>
       <c r="K216" s="27"/>
       <c r="L216" s="27"/>
       <c r="M216" s="27"/>
     </row>
-    <row r="217" spans="1:13" ht="60">
+    <row r="217" spans="1:13" ht="78" x14ac:dyDescent="0.3">
       <c r="A217" s="27" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B217" s="32" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C217" s="32">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="D217" s="27"/>
       <c r="E217" s="27"/>
       <c r="F217" s="27"/>
       <c r="G217" s="27"/>
       <c r="H217" s="27"/>
       <c r="I217" s="27"/>
       <c r="J217" s="27"/>
       <c r="K217" s="27"/>
       <c r="L217" s="27"/>
       <c r="M217" s="27"/>
     </row>
+    <row r="218" spans="1:13" ht="78" x14ac:dyDescent="0.3">
+      <c r="A218" s="27" t="s">
+        <v>332</v>
+      </c>
+      <c r="B218" s="32" t="s">
+        <v>333</v>
+      </c>
+      <c r="C218" s="32">
+        <v>2011</v>
+      </c>
+      <c r="D218" s="27"/>
+      <c r="E218" s="27"/>
+      <c r="F218" s="27"/>
+      <c r="G218" s="27"/>
+      <c r="H218" s="27"/>
+      <c r="I218" s="27"/>
+      <c r="J218" s="27"/>
+      <c r="K218" s="27"/>
+      <c r="L218" s="27"/>
+      <c r="M218" s="27"/>
+    </row>
+    <row r="219" spans="1:13" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A219" s="27" t="s">
+        <v>334</v>
+      </c>
+      <c r="B219" s="32" t="s">
+        <v>335</v>
+      </c>
+      <c r="C219" s="32">
+        <v>2004</v>
+      </c>
+      <c r="D219" s="27"/>
+      <c r="E219" s="27"/>
+      <c r="F219" s="27"/>
+      <c r="G219" s="27"/>
+      <c r="H219" s="27"/>
+      <c r="I219" s="27"/>
+      <c r="J219" s="27"/>
+      <c r="K219" s="27"/>
+      <c r="L219" s="27"/>
+      <c r="M219" s="27"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:M217" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}"/>
+  <autoFilter ref="A2:M219" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}"/>
   <phoneticPr fontId="17" type="noConversion"/>
-  <conditionalFormatting sqref="E5:L167 E169:L170 E172:L182 E186:L186 E198:L217">
+  <conditionalFormatting sqref="E5:L169 E171:L172 E174:L184 E188:L188 E200:L219">
     <cfRule type="expression" dxfId="8" priority="8">
       <formula>$D5="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E168:L168">
+  <conditionalFormatting sqref="E170:L170">
     <cfRule type="expression" dxfId="7" priority="10">
       <formula>#REF!="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E171:L171 E189:L189 E191:L191 E193:L193 E195:L195">
+  <conditionalFormatting sqref="E173:L173 E191:L191 E193:L193 E195:L195 E197:L197">
     <cfRule type="expression" dxfId="6" priority="12">
-      <formula>$D169="No"</formula>
+      <formula>$D171="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E183:L185">
+  <conditionalFormatting sqref="E185:L187">
     <cfRule type="expression" dxfId="5" priority="6">
       <formula>#REF!="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E187:L187">
+  <conditionalFormatting sqref="E189:L189">
     <cfRule type="expression" dxfId="4" priority="5">
       <formula>#REF!="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E192:L192">
+  <conditionalFormatting sqref="E194:L194">
     <cfRule type="expression" dxfId="3" priority="3">
-      <formula>$D191="No"</formula>
-[...3 lines deleted...]
-    <cfRule type="expression" dxfId="2" priority="4">
       <formula>$D193="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E196:L196">
-    <cfRule type="expression" dxfId="1" priority="16">
-      <formula>$D193="No"</formula>
+    <cfRule type="expression" dxfId="2" priority="4">
+      <formula>$D195="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E197:L197">
+  <conditionalFormatting sqref="E198:L198">
+    <cfRule type="expression" dxfId="1" priority="16">
+      <formula>$D195="No"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E199:L199">
     <cfRule type="expression" dxfId="0" priority="14">
-      <formula>$D191="No"</formula>
+      <formula>$D193="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="21" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000000000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$1:$A$3</xm:f>
           </x14:formula1>
-          <xm:sqref>D5:D6 D8:D9 D12:D14 D16 D18 D20 D22:D29 D31:D32 D35 D37 D39:D40 D42:D43 D45 D47:D49 D51:D56 D59:D61 D63:D64 D66 D68:D69 D72 D74 D77:D79 D81:D84 D86:D96 D98:D100 D103:D104 D106:D107 D109 D111 D113 D115 D117 D119 D121 D123 D125 D127 D129 D131 D133 D135 D137 D139:D141 D143 D145 D148 D150 D152 D154 D157 D160:D161 D163:D169 D171:D187 D189 D191 D193 D195:D196 D198 D200:D202 D204:D206 D208:D211 D213:D217 F5:F217</xm:sqref>
+          <xm:sqref>D5:D6 D8:D9 D12:D14 D16 D18 D20 D22:D29 D31:D32 D35 D37 D39:D40 D42:D43 D45 D47:D49 D51:D56 D59:D61 D63:D64 D66 D68:D69 D72 D74 D77:D79 D81:D84 D86:D96 D98:D100 D103:D104 D106:D107 D109 D111 D113:D115 D117 D119 D121 D123 D125 D127 D129 D131 D133 D135 D137 D139 D141:D143 D145 D147 D150 D152 D154 D156 D159 D162:D163 D165:D171 D173:D189 D191 D193 D195 D197:D198 D200 D202:D204 D206:D208 D210:D213 D215:D219 F5:F219</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000002000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$1:$A$2</xm:f>
           </x14:formula1>
-          <xm:sqref>H5:H217</xm:sqref>
+          <xm:sqref>H5:H219</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:B546"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="18.600000000000001"/>
+  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="50.75" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="33.9" customHeight="1">
+    <row r="1" spans="1:2" ht="33.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="15">
-        <f>SUMPRODUCT(COUNTIF('Data sheet'!D3:D217,{"Yes","Partial"}))</f>
+        <f>SUMPRODUCT(COUNTIF('Data sheet'!D3:D219,{"Yes","Partial"}))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="21.75" customHeight="1">
+    <row r="2" spans="1:2" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="15">
-        <f>COUNTIF('Data sheet'!F3:F217,"Yes")</f>
+        <f>COUNTIF('Data sheet'!F3:F219,"Yes")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="22.5" customHeight="1">
+    <row r="3" spans="1:2" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="18">
-        <f>COUNTIF('Data sheet'!F3:F217,"Partial")</f>
+        <f>COUNTIF('Data sheet'!F3:F219,"Partial")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="19.5" customHeight="1">
+    <row r="4" spans="1:2" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="12" t="str">
         <f>IF(ISERROR(B2/B1),"",B2/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="21.75" customHeight="1">
+    <row r="5" spans="1:2" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="13" t="str">
         <f>IF(ISERROR(B3/B1),"",B3/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="15.6" customHeight="1">
+    <row r="6" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
     </row>
-    <row r="7" spans="1:2" ht="15.6" customHeight="1"/>
-[...538 lines deleted...]
-    <row r="546" ht="15.6" customHeight="1"/>
+    <row r="7" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="14" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="16" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="19" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="20" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="22" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="23" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="24" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="25" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="26" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="28" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="29" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="30" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="31" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="38" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="39" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="40" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="41" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="42" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="43" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="45" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="46" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="50" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="56" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="60" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="61" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="62" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="66" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="67" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="68" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="69" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="71" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="72" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="74" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="75" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="76" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="77" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="78" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="79" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="80" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="81" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="82" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="83" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="84" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="85" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="86" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="87" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="88" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="89" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="90" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="91" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="92" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="93" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="94" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="95" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="96" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="97" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="98" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="99" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="100" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="101" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="102" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="103" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="104" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="105" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="106" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="107" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="108" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="112" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="113" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="114" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="115" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="116" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="117" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="118" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="119" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="120" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="121" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="122" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="123" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="124" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="125" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="126" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="127" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="128" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="129" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="130" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="131" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="132" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="133" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="134" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="135" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="136" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="137" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="138" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="139" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="140" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="141" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="142" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="143" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="144" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="145" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="146" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="147" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="148" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="149" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="150" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="151" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="152" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="153" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="154" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="155" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="156" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="157" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="158" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="159" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="160" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="161" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="162" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="163" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="164" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="165" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="166" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="167" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="168" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="169" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="170" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="171" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="172" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="173" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="174" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="175" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="176" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="177" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="178" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="179" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="180" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="181" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="182" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="183" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="184" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="185" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="186" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="187" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="188" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="189" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="190" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="191" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="192" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="193" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="194" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="195" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="196" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="197" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="198" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="199" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="200" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="201" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="202" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="203" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="204" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="205" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="206" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="207" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="208" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="209" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="210" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="211" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="212" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="213" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="214" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="215" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="216" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="217" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="218" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="219" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="220" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="221" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="222" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="223" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="224" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="225" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="226" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="227" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="228" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="229" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="230" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="231" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="232" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="233" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="234" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="235" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="236" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="237" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="238" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="239" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="240" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="241" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="242" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="243" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="244" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="245" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="246" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="247" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="248" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="249" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="250" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="251" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="252" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="253" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="254" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="255" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="256" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="257" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="258" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="259" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="260" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="261" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="262" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="263" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="264" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="265" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="266" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="267" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="268" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="269" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="270" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="271" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="272" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="273" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="274" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="275" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="276" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="277" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="278" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="279" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="280" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="281" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="282" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="283" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="284" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="285" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="286" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="287" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="288" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="289" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="290" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="291" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="292" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="293" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="294" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="295" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="296" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="297" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="298" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="299" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="300" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="301" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="302" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="303" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="304" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="305" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="306" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="307" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="308" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="309" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="310" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="311" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="312" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="313" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="314" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="315" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="316" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="317" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="318" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="319" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="320" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="321" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="322" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="323" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="324" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="325" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="326" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="327" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="328" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="329" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="330" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="331" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="332" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="333" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="334" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="335" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="336" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="337" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="338" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="339" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="340" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="341" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="342" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="343" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="344" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="345" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="346" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="347" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="348" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="349" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="350" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="351" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="352" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="353" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="354" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="355" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="356" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="357" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="358" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="359" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="360" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="361" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="362" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="363" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="364" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="365" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="366" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="367" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="368" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="369" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="370" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="371" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="372" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="373" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="374" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="375" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="376" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="377" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="378" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="379" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="380" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="381" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="382" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="383" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="384" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="385" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="386" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="387" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="388" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="389" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="390" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="391" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="392" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="393" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="394" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="395" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="396" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="397" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="398" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="399" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="400" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="401" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="402" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="403" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="404" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="405" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="406" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="407" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="408" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="409" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="410" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="411" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="412" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="413" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="414" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="415" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="416" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="417" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="418" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="419" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="420" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="421" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="422" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="423" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="424" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="425" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="426" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="427" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="428" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="429" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="430" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="431" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="432" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="433" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="434" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="435" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="436" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="437" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="438" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="439" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="440" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="441" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="442" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="443" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="444" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="445" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="446" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="447" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="448" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="449" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="450" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="451" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="452" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="453" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="454" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="455" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="456" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="457" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="458" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="459" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="460" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="461" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="462" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="463" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="464" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="465" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="466" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="467" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="468" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="469" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="470" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="471" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="472" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="473" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="474" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="475" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="476" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="477" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="478" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="479" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="480" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="481" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="482" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="483" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="484" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="485" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="486" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="487" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="488" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="489" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="490" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="491" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="492" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="493" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="494" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="495" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="496" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="497" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="498" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="499" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="500" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="501" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="502" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="503" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="504" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="505" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="506" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="507" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="508" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="509" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="510" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="511" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="512" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="513" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="514" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="515" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="516" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="517" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="518" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="519" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="520" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="521" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="522" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="523" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="524" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="525" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="526" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="527" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="528" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="529" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="530" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="531" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="532" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="533" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="534" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="535" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="536" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="537" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="538" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="539" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="540" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="541" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="542" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="543" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="544" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="545" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="546" ht="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E34" sqref="E34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="18.600000000000001"/>
+  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:1">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="2" spans="1:1">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:1">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...23 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d886e9f0196ab673da6bef6c2dfa2844" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c37bd64d371b53378ab3c7d697853b0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a27c068249a90173a5e7c41d8f53cde5" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7859,92 +7878,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </geb11f8ce9d940728585fae6d5409a45>
+    <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{939846E5-A8ED-478A-B8FE-02AC6E028F65}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D028237C-CC0F-419F-BD8A-682220A8AF2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D556B2D-1AAC-492B-85CC-709DE7913EE1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E5F61F6-1A1D-48B2-9994-FB819D38F95E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -7988,27 +8030,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
     <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
     <vt:lpwstr>78f81ec5-d239-4312-a430-202ca8681d05</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
     <vt:lpwstr>0x010100B99456BF0FC3654992BB01F701E3BF13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Display Status">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Display_x0020_Status">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>