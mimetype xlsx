--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -9,55 +9,55 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C5D17C5-923C-4110-9B04-1EB1F8CD7F45}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E06B14E7-6CD4-4379-B8E1-A188E55B9C5C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="21840" windowHeight="13020" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="23" r:id="rId1"/>
     <sheet name="Data sheet" sheetId="26" r:id="rId2"/>
     <sheet name="Data sheet totals" sheetId="27" r:id="rId3"/>
     <sheet name="Update information" sheetId="29" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Data sheet'!$A$2:$L$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Data sheet'!$A$1:$I$123</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Data sheet totals'!$A$1:$B$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$A$11</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Data sheet'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -1186,55 +1186,50 @@
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Inter"/>
       </rPr>
       <t>and</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Inter"/>
       </rPr>
       <t xml:space="preserve">
 •	stop second-line systemic anticancer therapy if there is excessive toxicity or disease progression.</t>
     </r>
   </si>
   <si>
     <t>For medicines not recommended in NICE technology appraisal guidance for treating locally advanced or metastatic urothelial cancer after platinum-containing chemotherapy, see the guidance on:
 •	pembrolizumab (TA692, 2021)
 •	nivolumab (TA530, 2018)
 •	vinflunine (TA272, 2013).</t>
   </si>
   <si>
-    <t>For NTRK inhibitors recommended as options in NICE technology appraisal guidance through the Cancer Drugs Fund for treating locally advanced or metastatic NTRK fusion-positive solid tumours when there are no other satisfactory treatment options, see the guidance on:
-[...3 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Discuss options for people with bladder cancer and ureteric obstruction with a specialist urology multidisciplinary team, if: 
 •	facilities for percutaneous nephrostomy or retrograde stenting are not available at the local hospital, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>or</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 •	these procedures are unsuccessful.</t>
     </r>
   </si>
@@ -1290,50 +1285,53 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color rgb="FF005EA5"/>
         <rFont val="Inter"/>
       </rPr>
       <t>Tools and resources</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Inter"/>
       </rPr>
       <t xml:space="preserve"> to help put the guidance into practice are available on the NICE website. These include resource impact reports and templates to help you identify the financial impact of implementing this guideline.</t>
     </r>
   </si>
   <si>
     <t>Baseline assessment tool for bladder cancer: diagnosis and management (NG2)</t>
   </si>
   <si>
     <t>Published: 25 February 2015</t>
+  </si>
+  <si>
+    <t>Larotrectinib is recommended as an option in NICE technology appraisal guidance through the Cancer Drugs Fund for treating locally advanced or metastatic NTRK fusion-positive solid tumours when there are no other satisfactory treatment options. For full details, see the guidance on larotrectinib (TA630, May 2020).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1920,92 +1918,92 @@
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>298450</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>12700</xdr:rowOff>
+      <xdr:colOff>296545</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>6985</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>4077564</xdr:colOff>
-      <xdr:row>11</xdr:row>
-      <xdr:rowOff>15865</xdr:rowOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>10150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C779677-4499-4128-AC80-87B14DB63AFA}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="298450" y="8591550"/>
-          <a:ext cx="3779114" cy="400675"/>
+          <a:off x="296545" y="8284210"/>
+          <a:ext cx="3781019" cy="403215"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -2309,3200 +2307,3202 @@
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/terms-and-conditions" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/ng2/resources" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/ng2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E152"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A16" sqref="A16"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.35546875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.33203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="108.42578125" style="1" customWidth="1"/>
-    <col min="2" max="16384" width="8.35546875" style="1"/>
+    <col min="1" max="1" width="108.4140625" style="1" customWidth="1"/>
+    <col min="2" max="16384" width="8.33203125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="82" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="82.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="21" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="46.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="22" t="s">
         <v>234</v>
-      </c>
-[...3 lines deleted...]
-        <v>235</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
     </row>
-    <row r="3" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="23" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="24" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="25" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="268.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:5" ht="268.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="32" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="27" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:5" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A9" s="28"/>
     </row>
-    <row r="10" spans="1:5" s="31" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" s="31" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A10" s="28"/>
     </row>
-    <row r="11" spans="1:5" s="31" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5" s="31" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A11" s="28"/>
     </row>
-    <row r="12" spans="1:5" s="31" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" s="31" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A12" s="28"/>
     </row>
-    <row r="13" spans="1:5" s="28" customFormat="1" ht="15.5" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:5" s="28" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:5" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="14" spans="1:5" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:5" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A15" s="20"/>
     </row>
-    <row r="16" spans="1:5" s="28" customFormat="1" ht="15.5" x14ac:dyDescent="0.3"/>
-[...135 lines deleted...]
-    <row r="152" s="31" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="16" spans="1:5" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="17" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="18" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="19" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="20" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="21" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="22" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="23" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="24" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="25" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="26" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="27" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="28" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="29" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="30" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="31" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="32" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="33" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="34" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="35" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="36" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="37" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="38" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="39" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="40" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="41" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="42" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="43" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="44" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="45" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="46" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="47" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="48" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="49" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="50" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="51" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="52" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="53" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="54" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="55" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="56" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="57" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="58" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="59" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="60" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="61" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="62" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="63" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="64" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="65" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="66" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="67" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="68" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="69" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="70" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="71" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="72" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="73" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="74" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="75" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="76" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="77" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="78" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="79" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="80" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="81" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="82" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="83" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="84" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="85" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="86" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="87" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="88" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="89" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="90" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="91" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="92" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="93" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="94" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="95" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="96" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="97" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="98" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="99" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="100" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="101" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="102" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="103" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="104" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="105" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="106" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="107" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="108" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="109" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="110" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="111" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="112" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="113" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="114" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="115" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="116" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="117" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="118" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="119" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="120" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="121" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="122" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="123" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="124" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="125" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="126" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="127" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="128" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="129" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="130" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="131" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="132" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="133" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="134" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="135" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="136" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="137" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="138" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="139" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="140" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="141" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="142" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="143" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="144" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="145" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="146" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="147" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="148" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="149" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="150" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="151" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="152" s="31" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId1" display="This baseline assessment tool should be used in conjuction with bladder cancer: diagnosis and management (NG2). It can be used to evaluate whether practice is in line with the recommendations in the guideline. It can also help to plan activity to meet the recommendations." xr:uid="{763EFD94-6A3A-4779-9E1F-06F758183946}"/>
     <hyperlink ref="A7" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A8" r:id="rId3" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" orientation="portrait" verticalDpi="300" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L123"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="55" style="3" customWidth="1"/>
-    <col min="2" max="2" width="18.35546875" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="78.85546875" style="3" customWidth="1"/>
+    <col min="2" max="2" width="18.33203125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="38.33203125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="74.4140625" style="3" customWidth="1"/>
+    <col min="5" max="5" width="36.83203125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="78.83203125" style="3" customWidth="1"/>
     <col min="7" max="7" width="43" style="3" customWidth="1"/>
-    <col min="8" max="8" width="48.7109375" style="3" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="1"/>
+    <col min="8" max="8" width="48.75" style="3" customWidth="1"/>
+    <col min="9" max="9" width="39.6640625" style="3" customWidth="1"/>
+    <col min="10" max="10" width="8.6640625" style="3" customWidth="1"/>
+    <col min="11" max="11" width="16.25" style="3" customWidth="1"/>
+    <col min="12" max="12" width="13.75" style="3" customWidth="1"/>
+    <col min="13" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="31.5" customHeight="1" x14ac:dyDescent="0.85">
+    <row r="1" spans="1:12" ht="31.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A1" s="30" t="str">
         <f>Introduction!A1</f>
         <v>Baseline assessment tool for bladder cancer: diagnosis and management (NG2)</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
     </row>
-    <row r="2" spans="1:12" s="18" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:12" s="18" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="19" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="19" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="19" t="s">
         <v>12</v>
       </c>
       <c r="I2" s="19" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="17" t="s">
         <v>2</v>
       </c>
       <c r="K2" s="17" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="17" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="1:12" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:12" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A3" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B3" s="29"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="7"/>
     </row>
-    <row r="4" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:12" s="28" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A4" s="11" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C4" s="41"/>
       <c r="D4" s="41"/>
       <c r="E4" s="41"/>
       <c r="F4" s="41"/>
       <c r="G4" s="41"/>
       <c r="H4" s="41"/>
       <c r="I4" s="41"/>
       <c r="J4" s="41"/>
       <c r="K4" s="41"/>
       <c r="L4" s="11"/>
     </row>
-    <row r="5" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A5" s="11" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="11"/>
     </row>
-    <row r="6" spans="1:12" s="28" customFormat="1" ht="139.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12" s="28" customFormat="1" ht="140.4" x14ac:dyDescent="0.3">
       <c r="A6" s="11" t="s">
         <v>37</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="11"/>
     </row>
-    <row r="7" spans="1:12" s="28" customFormat="1" ht="170.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:12" s="28" customFormat="1" ht="171.6" x14ac:dyDescent="0.3">
       <c r="A7" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>30</v>
       </c>
       <c r="C7" s="41"/>
       <c r="D7" s="41"/>
       <c r="E7" s="41"/>
       <c r="F7" s="41"/>
       <c r="G7" s="41"/>
       <c r="H7" s="41"/>
       <c r="I7" s="41"/>
       <c r="J7" s="41"/>
       <c r="K7" s="41"/>
       <c r="L7" s="11"/>
     </row>
-    <row r="8" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A8" s="11" t="s">
         <v>191</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>39</v>
       </c>
       <c r="C8" s="41"/>
       <c r="D8" s="41"/>
       <c r="E8" s="41"/>
       <c r="F8" s="41"/>
       <c r="G8" s="41"/>
       <c r="H8" s="41"/>
       <c r="I8" s="41"/>
       <c r="J8" s="41"/>
       <c r="K8" s="41"/>
       <c r="L8" s="11"/>
     </row>
-    <row r="9" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A9" s="11" t="s">
         <v>192</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="41"/>
       <c r="D9" s="41"/>
       <c r="E9" s="41"/>
       <c r="F9" s="41"/>
       <c r="G9" s="41"/>
       <c r="H9" s="41"/>
       <c r="I9" s="41"/>
       <c r="J9" s="41"/>
       <c r="K9" s="41"/>
       <c r="L9" s="11"/>
     </row>
-    <row r="10" spans="1:12" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:12" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A10" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="29"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
     </row>
-    <row r="11" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A11" s="33" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="34"/>
       <c r="C11" s="34"/>
       <c r="D11" s="34"/>
       <c r="E11" s="34"/>
       <c r="F11" s="34"/>
       <c r="G11" s="34"/>
       <c r="H11" s="34"/>
       <c r="I11" s="34"/>
       <c r="J11" s="34"/>
       <c r="K11" s="34"/>
       <c r="L11" s="34"/>
     </row>
-    <row r="12" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A12" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="41"/>
       <c r="J12" s="41"/>
       <c r="K12" s="41"/>
       <c r="L12" s="11"/>
     </row>
-    <row r="13" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A13" s="11" t="s">
         <v>45</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="41"/>
       <c r="D13" s="41"/>
       <c r="E13" s="41"/>
       <c r="F13" s="41"/>
       <c r="G13" s="41"/>
       <c r="H13" s="41"/>
       <c r="I13" s="41"/>
       <c r="J13" s="41"/>
       <c r="K13" s="41"/>
       <c r="L13" s="11"/>
     </row>
-    <row r="14" spans="1:12" s="28" customFormat="1" ht="93" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:12" s="28" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A14" s="11" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>48</v>
       </c>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="41"/>
       <c r="J14" s="41"/>
       <c r="K14" s="41"/>
       <c r="L14" s="11"/>
     </row>
-    <row r="15" spans="1:12" s="28" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:12" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A15" s="11" t="s">
         <v>49</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C15" s="41"/>
       <c r="D15" s="41"/>
       <c r="E15" s="41"/>
       <c r="F15" s="41"/>
       <c r="G15" s="41"/>
       <c r="H15" s="41"/>
       <c r="I15" s="41"/>
       <c r="J15" s="41"/>
       <c r="K15" s="41"/>
       <c r="L15" s="11"/>
     </row>
-    <row r="16" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A16" s="11" t="s">
         <v>51</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="41"/>
       <c r="J16" s="41"/>
       <c r="K16" s="41"/>
       <c r="L16" s="11"/>
     </row>
-    <row r="17" spans="1:12" s="28" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:12" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A17" s="11" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="41"/>
       <c r="D17" s="41"/>
       <c r="E17" s="41"/>
       <c r="F17" s="41"/>
       <c r="G17" s="41"/>
       <c r="H17" s="41"/>
       <c r="I17" s="41"/>
       <c r="J17" s="41"/>
       <c r="K17" s="41"/>
       <c r="L17" s="11"/>
     </row>
-    <row r="18" spans="1:12" s="28" customFormat="1" ht="34.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:12" s="28" customFormat="1" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="11" t="s">
         <v>55</v>
       </c>
       <c r="B18" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="41"/>
       <c r="J18" s="41"/>
       <c r="K18" s="41"/>
       <c r="L18" s="11"/>
     </row>
-    <row r="19" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A19" s="33" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="34"/>
       <c r="C19" s="34"/>
       <c r="D19" s="34"/>
       <c r="E19" s="34"/>
       <c r="F19" s="34"/>
       <c r="G19" s="34"/>
       <c r="H19" s="34"/>
       <c r="I19" s="34"/>
       <c r="J19" s="34"/>
       <c r="K19" s="34"/>
       <c r="L19" s="34"/>
     </row>
-    <row r="20" spans="1:12" s="28" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:12" s="28" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A20" s="11" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>59</v>
       </c>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="41"/>
       <c r="J20" s="41"/>
       <c r="K20" s="41"/>
       <c r="L20" s="11"/>
     </row>
-    <row r="21" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>193</v>
       </c>
       <c r="B21" s="11" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="41"/>
       <c r="D21" s="41"/>
       <c r="E21" s="41"/>
       <c r="F21" s="41"/>
       <c r="G21" s="41"/>
       <c r="H21" s="41"/>
       <c r="I21" s="41"/>
       <c r="J21" s="41"/>
       <c r="K21" s="41"/>
       <c r="L21" s="11"/>
     </row>
-    <row r="22" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A22" s="11" t="s">
         <v>61</v>
       </c>
       <c r="B22" s="11" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="41"/>
       <c r="J22" s="41"/>
       <c r="K22" s="41"/>
       <c r="L22" s="11"/>
     </row>
-    <row r="23" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A23" s="11" t="s">
         <v>194</v>
       </c>
       <c r="B23" s="11" t="s">
         <v>63</v>
       </c>
       <c r="C23" s="41"/>
       <c r="D23" s="41"/>
       <c r="E23" s="41"/>
       <c r="F23" s="41"/>
       <c r="G23" s="41"/>
       <c r="H23" s="41"/>
       <c r="I23" s="41"/>
       <c r="J23" s="41"/>
       <c r="K23" s="41"/>
       <c r="L23" s="11"/>
     </row>
-    <row r="24" spans="1:12" s="28" customFormat="1" ht="93" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A24" s="11" t="s">
         <v>195</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>64</v>
       </c>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="41"/>
       <c r="J24" s="41"/>
       <c r="K24" s="41"/>
       <c r="L24" s="11"/>
     </row>
-    <row r="25" spans="1:12" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:12" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A25" s="8" t="s">
         <v>65</v>
       </c>
       <c r="B25" s="29"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
     </row>
-    <row r="26" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A26" s="33" t="s">
         <v>66</v>
       </c>
       <c r="B26" s="34"/>
       <c r="C26" s="34"/>
       <c r="D26" s="34"/>
       <c r="E26" s="34"/>
       <c r="F26" s="34"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="34"/>
       <c r="K26" s="34"/>
       <c r="L26" s="34"/>
     </row>
-    <row r="27" spans="1:12" s="28" customFormat="1" ht="186" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:12" s="28" customFormat="1" ht="187.2" x14ac:dyDescent="0.3">
       <c r="A27" s="11" t="s">
         <v>67</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>68</v>
       </c>
       <c r="C27" s="41"/>
       <c r="D27" s="41"/>
       <c r="E27" s="41"/>
       <c r="F27" s="41"/>
       <c r="G27" s="41"/>
       <c r="H27" s="41"/>
       <c r="I27" s="41"/>
       <c r="J27" s="41"/>
       <c r="K27" s="41"/>
       <c r="L27" s="11"/>
     </row>
-    <row r="28" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A28" s="33" t="s">
         <v>69</v>
       </c>
       <c r="B28" s="34"/>
       <c r="C28" s="34"/>
       <c r="D28" s="34"/>
       <c r="E28" s="34"/>
       <c r="F28" s="34"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="34"/>
       <c r="K28" s="34"/>
       <c r="L28" s="34"/>
     </row>
-    <row r="29" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A29" s="11" t="s">
         <v>196</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>70</v>
       </c>
       <c r="C29" s="41"/>
       <c r="D29" s="41"/>
       <c r="E29" s="41"/>
       <c r="F29" s="41"/>
       <c r="G29" s="41"/>
       <c r="H29" s="41"/>
       <c r="I29" s="41"/>
       <c r="J29" s="41"/>
       <c r="K29" s="41"/>
       <c r="L29" s="11"/>
     </row>
-    <row r="30" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A30" s="33" t="s">
         <v>71</v>
       </c>
       <c r="B30" s="34"/>
       <c r="C30" s="34"/>
       <c r="D30" s="34"/>
       <c r="E30" s="34"/>
       <c r="F30" s="34"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="34"/>
       <c r="K30" s="34"/>
       <c r="L30" s="34"/>
     </row>
-    <row r="31" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A31" s="11" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="11" t="s">
         <v>72</v>
       </c>
       <c r="C31" s="41"/>
       <c r="D31" s="41"/>
       <c r="E31" s="41"/>
       <c r="F31" s="41"/>
       <c r="G31" s="41"/>
       <c r="H31" s="41"/>
       <c r="I31" s="41"/>
       <c r="J31" s="41"/>
       <c r="K31" s="41"/>
       <c r="L31" s="11"/>
     </row>
-    <row r="32" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A32" s="11" t="s">
         <v>73</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="41"/>
       <c r="J32" s="41"/>
       <c r="K32" s="41"/>
       <c r="L32" s="11"/>
     </row>
-    <row r="33" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A33" s="33" t="s">
         <v>75</v>
       </c>
       <c r="B33" s="34"/>
       <c r="C33" s="34"/>
       <c r="D33" s="34"/>
       <c r="E33" s="34"/>
       <c r="F33" s="34"/>
       <c r="G33" s="34"/>
       <c r="H33" s="34"/>
       <c r="I33" s="34"/>
       <c r="J33" s="34"/>
       <c r="K33" s="34"/>
       <c r="L33" s="34"/>
     </row>
-    <row r="34" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A34" s="11" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="11" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="41"/>
       <c r="J34" s="41"/>
       <c r="K34" s="41"/>
       <c r="L34" s="11"/>
     </row>
-    <row r="35" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A35" s="11" t="s">
         <v>198</v>
       </c>
       <c r="B35" s="11" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="41"/>
       <c r="D35" s="41"/>
       <c r="E35" s="41"/>
       <c r="F35" s="41"/>
       <c r="G35" s="41"/>
       <c r="H35" s="41"/>
       <c r="I35" s="41"/>
       <c r="J35" s="41"/>
       <c r="K35" s="41"/>
       <c r="L35" s="11"/>
     </row>
-    <row r="36" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A36" s="11" t="s">
         <v>199</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="41"/>
       <c r="D36" s="41"/>
       <c r="E36" s="41"/>
       <c r="F36" s="41"/>
       <c r="G36" s="41"/>
       <c r="H36" s="41"/>
       <c r="I36" s="41"/>
       <c r="J36" s="41"/>
       <c r="K36" s="41"/>
       <c r="L36" s="11"/>
     </row>
-    <row r="37" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A37" s="33" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="34"/>
       <c r="C37" s="34"/>
       <c r="D37" s="34"/>
       <c r="E37" s="34"/>
       <c r="F37" s="34"/>
       <c r="G37" s="34"/>
       <c r="H37" s="34"/>
       <c r="I37" s="34"/>
       <c r="J37" s="34"/>
       <c r="K37" s="34"/>
       <c r="L37" s="34"/>
     </row>
-    <row r="38" spans="1:12" s="28" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:12" s="28" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A38" s="11" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="11" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="41"/>
       <c r="D38" s="41"/>
       <c r="E38" s="41"/>
       <c r="F38" s="41"/>
       <c r="G38" s="41"/>
       <c r="H38" s="41"/>
       <c r="I38" s="41"/>
       <c r="J38" s="41"/>
       <c r="K38" s="41"/>
       <c r="L38" s="11"/>
     </row>
-    <row r="39" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A39" s="11" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="11" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="41"/>
       <c r="D39" s="41"/>
       <c r="E39" s="41"/>
       <c r="F39" s="41"/>
       <c r="G39" s="41"/>
       <c r="H39" s="41"/>
       <c r="I39" s="41"/>
       <c r="J39" s="41"/>
       <c r="K39" s="41"/>
       <c r="L39" s="11"/>
     </row>
-    <row r="40" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A40" s="11" t="s">
         <v>200</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="41"/>
       <c r="D40" s="41"/>
       <c r="E40" s="41"/>
       <c r="F40" s="41"/>
       <c r="G40" s="41"/>
       <c r="H40" s="41"/>
       <c r="I40" s="41"/>
       <c r="J40" s="41"/>
       <c r="K40" s="41"/>
       <c r="L40" s="11"/>
     </row>
-    <row r="41" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A41" s="33" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="34"/>
       <c r="C41" s="34"/>
       <c r="D41" s="34"/>
       <c r="E41" s="34"/>
       <c r="F41" s="34"/>
       <c r="G41" s="34"/>
       <c r="H41" s="34"/>
       <c r="I41" s="34"/>
       <c r="J41" s="34"/>
       <c r="K41" s="34"/>
       <c r="L41" s="34"/>
     </row>
-    <row r="42" spans="1:12" s="28" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:12" s="28" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A42" s="11" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="41"/>
       <c r="D42" s="41"/>
       <c r="E42" s="41"/>
       <c r="F42" s="41"/>
       <c r="G42" s="41"/>
       <c r="H42" s="41"/>
       <c r="I42" s="41"/>
       <c r="J42" s="41"/>
       <c r="K42" s="41"/>
       <c r="L42" s="11"/>
     </row>
-    <row r="43" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A43" s="33" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="34"/>
       <c r="C43" s="34"/>
       <c r="D43" s="34"/>
       <c r="E43" s="34"/>
       <c r="F43" s="34"/>
       <c r="G43" s="34"/>
       <c r="H43" s="34"/>
       <c r="I43" s="34"/>
       <c r="J43" s="34"/>
       <c r="K43" s="34"/>
       <c r="L43" s="34"/>
     </row>
-    <row r="44" spans="1:12" s="28" customFormat="1" ht="93" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:12" s="28" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A44" s="11" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="41"/>
       <c r="D44" s="41"/>
       <c r="E44" s="41"/>
       <c r="F44" s="41"/>
       <c r="G44" s="41"/>
       <c r="H44" s="41"/>
       <c r="I44" s="41"/>
       <c r="J44" s="41"/>
       <c r="K44" s="41"/>
       <c r="L44" s="11"/>
     </row>
-    <row r="45" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A45" s="33" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="34"/>
       <c r="C45" s="34"/>
       <c r="D45" s="34"/>
       <c r="E45" s="34"/>
       <c r="F45" s="34"/>
       <c r="G45" s="34"/>
       <c r="H45" s="34"/>
       <c r="I45" s="34"/>
       <c r="J45" s="34"/>
       <c r="K45" s="34"/>
       <c r="L45" s="34"/>
     </row>
-    <row r="46" spans="1:12" s="28" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:12" s="28" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A46" s="11" t="s">
         <v>92</v>
       </c>
       <c r="B46" s="11" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="41"/>
       <c r="D46" s="41"/>
       <c r="E46" s="41"/>
       <c r="F46" s="41"/>
       <c r="G46" s="41"/>
       <c r="H46" s="41"/>
       <c r="I46" s="41"/>
       <c r="J46" s="41"/>
       <c r="K46" s="41"/>
       <c r="L46" s="11"/>
     </row>
-    <row r="47" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A47" s="11" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="11" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="41"/>
       <c r="D47" s="41"/>
       <c r="E47" s="41"/>
       <c r="F47" s="41"/>
       <c r="G47" s="41"/>
       <c r="H47" s="41"/>
       <c r="I47" s="41"/>
       <c r="J47" s="41"/>
       <c r="K47" s="41"/>
       <c r="L47" s="11"/>
     </row>
-    <row r="48" spans="1:12" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:12" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A48" s="8" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="29"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="7"/>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
     </row>
-    <row r="49" spans="1:12" s="28" customFormat="1" ht="49.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:12" s="28" customFormat="1" ht="49.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="11" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="41"/>
       <c r="D49" s="41"/>
       <c r="E49" s="41"/>
       <c r="F49" s="41"/>
       <c r="G49" s="41"/>
       <c r="H49" s="41"/>
       <c r="I49" s="41"/>
       <c r="J49" s="41"/>
       <c r="K49" s="41"/>
       <c r="L49" s="11"/>
     </row>
-    <row r="50" spans="1:12" s="28" customFormat="1" ht="34.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:12" s="28" customFormat="1" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="11" t="s">
         <v>201</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>99</v>
       </c>
       <c r="C50" s="41"/>
       <c r="D50" s="41"/>
       <c r="E50" s="41"/>
       <c r="F50" s="41"/>
       <c r="G50" s="41"/>
       <c r="H50" s="41"/>
       <c r="I50" s="41"/>
       <c r="J50" s="41"/>
       <c r="K50" s="41"/>
       <c r="L50" s="11"/>
     </row>
-    <row r="51" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A51" s="33" t="s">
         <v>69</v>
       </c>
       <c r="B51" s="34"/>
       <c r="C51" s="34"/>
       <c r="D51" s="34"/>
       <c r="E51" s="34"/>
       <c r="F51" s="34"/>
       <c r="G51" s="34"/>
       <c r="H51" s="34"/>
       <c r="I51" s="34"/>
       <c r="J51" s="34"/>
       <c r="K51" s="34"/>
       <c r="L51" s="34"/>
     </row>
-    <row r="52" spans="1:12" s="28" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:12" s="28" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A52" s="11" t="s">
         <v>202</v>
       </c>
       <c r="B52" s="11" t="s">
         <v>100</v>
       </c>
       <c r="C52" s="41"/>
       <c r="D52" s="41"/>
       <c r="E52" s="41"/>
       <c r="F52" s="41"/>
       <c r="G52" s="41"/>
       <c r="H52" s="41"/>
       <c r="I52" s="41"/>
       <c r="J52" s="41"/>
       <c r="K52" s="41"/>
       <c r="L52" s="11"/>
     </row>
-    <row r="53" spans="1:12" s="28" customFormat="1" ht="31.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:12" s="28" customFormat="1" ht="31.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="11" t="s">
         <v>101</v>
       </c>
       <c r="B53" s="11" t="s">
         <v>102</v>
       </c>
       <c r="C53" s="41"/>
       <c r="D53" s="41"/>
       <c r="E53" s="41"/>
       <c r="F53" s="41"/>
       <c r="G53" s="41"/>
       <c r="H53" s="41"/>
       <c r="I53" s="41"/>
       <c r="J53" s="41"/>
       <c r="K53" s="41"/>
       <c r="L53" s="11"/>
     </row>
-    <row r="54" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A54" s="11" t="s">
         <v>103</v>
       </c>
       <c r="B54" s="11" t="s">
         <v>104</v>
       </c>
       <c r="C54" s="41"/>
       <c r="D54" s="41"/>
       <c r="E54" s="41"/>
       <c r="F54" s="41"/>
       <c r="G54" s="41"/>
       <c r="H54" s="41"/>
       <c r="I54" s="41"/>
       <c r="J54" s="41"/>
       <c r="K54" s="41"/>
       <c r="L54" s="11"/>
     </row>
-    <row r="55" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A55" s="11" t="s">
         <v>105</v>
       </c>
       <c r="B55" s="11" t="s">
         <v>106</v>
       </c>
       <c r="C55" s="41"/>
       <c r="D55" s="41"/>
       <c r="E55" s="41"/>
       <c r="F55" s="41"/>
       <c r="G55" s="41"/>
       <c r="H55" s="41"/>
       <c r="I55" s="41"/>
       <c r="J55" s="41"/>
       <c r="K55" s="41"/>
       <c r="L55" s="11"/>
     </row>
-    <row r="56" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A56" s="33" t="s">
         <v>71</v>
       </c>
       <c r="B56" s="34"/>
       <c r="C56" s="34"/>
       <c r="D56" s="34"/>
       <c r="E56" s="34"/>
       <c r="F56" s="34"/>
       <c r="G56" s="34"/>
       <c r="H56" s="34"/>
       <c r="I56" s="34"/>
       <c r="J56" s="34"/>
       <c r="K56" s="34"/>
       <c r="L56" s="34"/>
     </row>
-    <row r="57" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A57" s="11" t="s">
         <v>203</v>
       </c>
       <c r="B57" s="11" t="s">
         <v>107</v>
       </c>
       <c r="C57" s="41"/>
       <c r="D57" s="41"/>
       <c r="E57" s="41"/>
       <c r="F57" s="41"/>
       <c r="G57" s="41"/>
       <c r="H57" s="41"/>
       <c r="I57" s="41"/>
       <c r="J57" s="41"/>
       <c r="K57" s="41"/>
       <c r="L57" s="11"/>
     </row>
-    <row r="58" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A58" s="11" t="s">
         <v>108</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>109</v>
       </c>
       <c r="C58" s="41"/>
       <c r="D58" s="41"/>
       <c r="E58" s="41"/>
       <c r="F58" s="41"/>
       <c r="G58" s="41"/>
       <c r="H58" s="41"/>
       <c r="I58" s="41"/>
       <c r="J58" s="41"/>
       <c r="K58" s="41"/>
       <c r="L58" s="11"/>
     </row>
-    <row r="59" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A59" s="33" t="s">
         <v>75</v>
       </c>
       <c r="B59" s="34"/>
       <c r="C59" s="34"/>
       <c r="D59" s="34"/>
       <c r="E59" s="34"/>
       <c r="F59" s="34"/>
       <c r="G59" s="34"/>
       <c r="H59" s="34"/>
       <c r="I59" s="34"/>
       <c r="J59" s="34"/>
       <c r="K59" s="34"/>
       <c r="L59" s="34"/>
     </row>
-    <row r="60" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A60" s="11" t="s">
         <v>204</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>110</v>
       </c>
       <c r="C60" s="41"/>
       <c r="D60" s="41"/>
       <c r="E60" s="41"/>
       <c r="F60" s="41"/>
       <c r="G60" s="41"/>
       <c r="H60" s="41"/>
       <c r="I60" s="41"/>
       <c r="J60" s="41"/>
       <c r="K60" s="41"/>
       <c r="L60" s="11"/>
     </row>
-    <row r="61" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A61" s="11" t="s">
         <v>205</v>
       </c>
       <c r="B61" s="11" t="s">
         <v>111</v>
       </c>
       <c r="C61" s="41"/>
       <c r="D61" s="41"/>
       <c r="E61" s="41"/>
       <c r="F61" s="41"/>
       <c r="G61" s="41"/>
       <c r="H61" s="41"/>
       <c r="I61" s="41"/>
       <c r="J61" s="41"/>
       <c r="K61" s="41"/>
       <c r="L61" s="11"/>
     </row>
-    <row r="62" spans="1:12" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:12" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A62" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B62" s="29"/>
       <c r="C62" s="6"/>
       <c r="D62" s="6"/>
       <c r="E62" s="6"/>
       <c r="F62" s="6"/>
       <c r="G62" s="7"/>
       <c r="H62" s="7"/>
       <c r="I62" s="7"/>
       <c r="J62" s="7"/>
       <c r="K62" s="7"/>
       <c r="L62" s="7"/>
     </row>
-    <row r="63" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A63" s="11" t="s">
         <v>113</v>
       </c>
       <c r="B63" s="11" t="s">
         <v>114</v>
       </c>
       <c r="C63" s="41"/>
       <c r="D63" s="41"/>
       <c r="E63" s="41"/>
       <c r="F63" s="41"/>
       <c r="G63" s="41"/>
       <c r="H63" s="41"/>
       <c r="I63" s="41"/>
       <c r="J63" s="41"/>
       <c r="K63" s="41"/>
       <c r="L63" s="11"/>
     </row>
-    <row r="64" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A64" s="33" t="s">
         <v>115</v>
       </c>
       <c r="B64" s="34"/>
       <c r="C64" s="34"/>
       <c r="D64" s="34"/>
       <c r="E64" s="34"/>
       <c r="F64" s="34"/>
       <c r="G64" s="34"/>
       <c r="H64" s="34"/>
       <c r="I64" s="34"/>
       <c r="J64" s="34"/>
       <c r="K64" s="34"/>
       <c r="L64" s="34"/>
     </row>
-    <row r="65" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A65" s="11" t="s">
         <v>116</v>
       </c>
       <c r="B65" s="11" t="s">
         <v>117</v>
       </c>
       <c r="C65" s="41"/>
       <c r="D65" s="41"/>
       <c r="E65" s="41"/>
       <c r="F65" s="41"/>
       <c r="G65" s="41"/>
       <c r="H65" s="41"/>
       <c r="I65" s="41"/>
       <c r="J65" s="41"/>
       <c r="K65" s="41"/>
       <c r="L65" s="11"/>
     </row>
-    <row r="66" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A66" s="11" t="s">
         <v>206</v>
       </c>
       <c r="B66" s="11" t="s">
         <v>118</v>
       </c>
       <c r="C66" s="41"/>
       <c r="D66" s="41"/>
       <c r="E66" s="41"/>
       <c r="F66" s="41"/>
       <c r="G66" s="41"/>
       <c r="H66" s="41"/>
       <c r="I66" s="41"/>
       <c r="J66" s="41"/>
       <c r="K66" s="41"/>
       <c r="L66" s="11"/>
     </row>
-    <row r="67" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A67" s="33" t="s">
         <v>119</v>
       </c>
       <c r="B67" s="34"/>
       <c r="C67" s="34"/>
       <c r="D67" s="34"/>
       <c r="E67" s="34"/>
       <c r="F67" s="34"/>
       <c r="G67" s="34"/>
       <c r="H67" s="34"/>
       <c r="I67" s="34"/>
       <c r="J67" s="34"/>
       <c r="K67" s="34"/>
       <c r="L67" s="34"/>
     </row>
-    <row r="68" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A68" s="11" t="s">
         <v>207</v>
       </c>
       <c r="B68" s="11" t="s">
         <v>120</v>
       </c>
       <c r="C68" s="41"/>
       <c r="D68" s="41"/>
       <c r="E68" s="41"/>
       <c r="F68" s="41"/>
       <c r="G68" s="41"/>
       <c r="H68" s="41"/>
       <c r="I68" s="41"/>
       <c r="J68" s="41"/>
       <c r="K68" s="41"/>
       <c r="L68" s="11"/>
     </row>
-    <row r="69" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A69" s="11" t="s">
         <v>208</v>
       </c>
       <c r="B69" s="11" t="s">
         <v>121</v>
       </c>
       <c r="C69" s="41"/>
       <c r="D69" s="41"/>
       <c r="E69" s="41"/>
       <c r="F69" s="41"/>
       <c r="G69" s="41"/>
       <c r="H69" s="41"/>
       <c r="I69" s="41"/>
       <c r="J69" s="41"/>
       <c r="K69" s="41"/>
       <c r="L69" s="11"/>
     </row>
-    <row r="70" spans="1:12" s="28" customFormat="1" ht="108.5" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:12" s="28" customFormat="1" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A70" s="11" t="s">
         <v>209</v>
       </c>
       <c r="B70" s="11" t="s">
         <v>122</v>
       </c>
       <c r="C70" s="41"/>
       <c r="D70" s="41"/>
       <c r="E70" s="41"/>
       <c r="F70" s="41"/>
       <c r="G70" s="41"/>
       <c r="H70" s="41"/>
       <c r="I70" s="41"/>
       <c r="J70" s="41"/>
       <c r="K70" s="41"/>
       <c r="L70" s="11"/>
     </row>
-    <row r="71" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A71" s="33" t="s">
         <v>86</v>
       </c>
       <c r="B71" s="34"/>
       <c r="C71" s="34"/>
       <c r="D71" s="34"/>
       <c r="E71" s="34"/>
       <c r="F71" s="34"/>
       <c r="G71" s="34"/>
       <c r="H71" s="34"/>
       <c r="I71" s="34"/>
       <c r="J71" s="34"/>
       <c r="K71" s="34"/>
       <c r="L71" s="34"/>
     </row>
-    <row r="72" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A72" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B72" s="11" t="s">
         <v>124</v>
       </c>
       <c r="C72" s="41"/>
       <c r="D72" s="41"/>
       <c r="E72" s="41"/>
       <c r="F72" s="41"/>
       <c r="G72" s="41"/>
       <c r="H72" s="41"/>
       <c r="I72" s="41"/>
       <c r="J72" s="41"/>
       <c r="K72" s="41"/>
       <c r="L72" s="11"/>
     </row>
-    <row r="73" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A73" s="11" t="s">
         <v>125</v>
       </c>
       <c r="B73" s="11" t="s">
         <v>126</v>
       </c>
       <c r="C73" s="41"/>
       <c r="D73" s="41"/>
       <c r="E73" s="41"/>
       <c r="F73" s="41"/>
       <c r="G73" s="41"/>
       <c r="H73" s="41"/>
       <c r="I73" s="41"/>
       <c r="J73" s="41"/>
       <c r="K73" s="41"/>
       <c r="L73" s="11"/>
     </row>
-    <row r="74" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A74" s="11" t="s">
         <v>127</v>
       </c>
       <c r="B74" s="11" t="s">
         <v>128</v>
       </c>
       <c r="C74" s="41"/>
       <c r="D74" s="41"/>
       <c r="E74" s="41"/>
       <c r="F74" s="41"/>
       <c r="G74" s="41"/>
       <c r="H74" s="41"/>
       <c r="I74" s="41"/>
       <c r="J74" s="41"/>
       <c r="K74" s="41"/>
       <c r="L74" s="11"/>
     </row>
-    <row r="75" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A75" s="33" t="s">
         <v>129</v>
       </c>
       <c r="B75" s="34"/>
       <c r="C75" s="34"/>
       <c r="D75" s="34"/>
       <c r="E75" s="34"/>
       <c r="F75" s="34"/>
       <c r="G75" s="34"/>
       <c r="H75" s="34"/>
       <c r="I75" s="34"/>
       <c r="J75" s="34"/>
       <c r="K75" s="34"/>
       <c r="L75" s="34"/>
     </row>
-    <row r="76" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A76" s="11" t="s">
         <v>130</v>
       </c>
       <c r="B76" s="11" t="s">
         <v>131</v>
       </c>
       <c r="C76" s="41"/>
       <c r="D76" s="41"/>
       <c r="E76" s="41"/>
       <c r="F76" s="41"/>
       <c r="G76" s="41"/>
       <c r="H76" s="41"/>
       <c r="I76" s="41"/>
       <c r="J76" s="41"/>
       <c r="K76" s="41"/>
       <c r="L76" s="11"/>
     </row>
-    <row r="77" spans="1:12" s="28" customFormat="1" ht="93" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:12" s="28" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A77" s="11" t="s">
         <v>210</v>
       </c>
       <c r="B77" s="11" t="s">
         <v>132</v>
       </c>
       <c r="C77" s="41"/>
       <c r="D77" s="41"/>
       <c r="E77" s="41"/>
       <c r="F77" s="41"/>
       <c r="G77" s="41"/>
       <c r="H77" s="41"/>
       <c r="I77" s="41"/>
       <c r="J77" s="41"/>
       <c r="K77" s="41"/>
       <c r="L77" s="11"/>
     </row>
-    <row r="78" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A78" s="11" t="s">
         <v>211</v>
       </c>
       <c r="B78" s="11" t="s">
         <v>133</v>
       </c>
       <c r="C78" s="41"/>
       <c r="D78" s="41"/>
       <c r="E78" s="41"/>
       <c r="F78" s="41"/>
       <c r="G78" s="41"/>
       <c r="H78" s="41"/>
       <c r="I78" s="41"/>
       <c r="J78" s="41"/>
       <c r="K78" s="41"/>
       <c r="L78" s="11"/>
     </row>
-    <row r="79" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A79" s="33" t="s">
         <v>134</v>
       </c>
       <c r="B79" s="34"/>
       <c r="C79" s="34"/>
       <c r="D79" s="34"/>
       <c r="E79" s="34"/>
       <c r="F79" s="34"/>
       <c r="G79" s="34"/>
       <c r="H79" s="34"/>
       <c r="I79" s="34"/>
       <c r="J79" s="34"/>
       <c r="K79" s="34"/>
       <c r="L79" s="34"/>
     </row>
-    <row r="80" spans="1:12" s="28" customFormat="1" ht="139.5" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:12" s="28" customFormat="1" ht="140.4" x14ac:dyDescent="0.3">
       <c r="A80" s="11" t="s">
         <v>212</v>
       </c>
       <c r="B80" s="11" t="s">
         <v>135</v>
       </c>
       <c r="C80" s="41"/>
       <c r="D80" s="41"/>
       <c r="E80" s="41"/>
       <c r="F80" s="41"/>
       <c r="G80" s="41"/>
       <c r="H80" s="41"/>
       <c r="I80" s="41"/>
       <c r="J80" s="41"/>
       <c r="K80" s="41"/>
       <c r="L80" s="11"/>
     </row>
-    <row r="81" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A81" s="33" t="s">
         <v>136</v>
       </c>
       <c r="B81" s="34"/>
       <c r="C81" s="34"/>
       <c r="D81" s="34"/>
       <c r="E81" s="34"/>
       <c r="F81" s="34"/>
       <c r="G81" s="34"/>
       <c r="H81" s="34"/>
       <c r="I81" s="34"/>
       <c r="J81" s="34"/>
       <c r="K81" s="34"/>
       <c r="L81" s="34"/>
     </row>
-    <row r="82" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A82" s="11" t="s">
         <v>137</v>
       </c>
       <c r="B82" s="11" t="s">
         <v>138</v>
       </c>
       <c r="C82" s="41"/>
       <c r="D82" s="41"/>
       <c r="E82" s="41"/>
       <c r="F82" s="41"/>
       <c r="G82" s="41"/>
       <c r="H82" s="41"/>
       <c r="I82" s="41"/>
       <c r="J82" s="41"/>
       <c r="K82" s="41"/>
       <c r="L82" s="11"/>
     </row>
-    <row r="83" spans="1:12" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:12" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A83" s="8" t="s">
         <v>139</v>
       </c>
       <c r="B83" s="29"/>
       <c r="C83" s="6"/>
       <c r="D83" s="6"/>
       <c r="E83" s="6"/>
       <c r="F83" s="6"/>
       <c r="G83" s="7"/>
       <c r="H83" s="7"/>
       <c r="I83" s="7"/>
       <c r="J83" s="7"/>
       <c r="K83" s="7"/>
       <c r="L83" s="7"/>
     </row>
-    <row r="84" spans="1:12" s="28" customFormat="1" ht="225" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:12" s="28" customFormat="1" ht="225" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="11" t="s">
         <v>213</v>
       </c>
       <c r="B84" s="11" t="s">
         <v>140</v>
       </c>
       <c r="C84" s="41"/>
       <c r="D84" s="41"/>
       <c r="E84" s="41"/>
       <c r="F84" s="41"/>
       <c r="G84" s="41"/>
       <c r="H84" s="41"/>
       <c r="I84" s="41"/>
       <c r="J84" s="41"/>
       <c r="K84" s="41"/>
       <c r="L84" s="11"/>
     </row>
-    <row r="85" spans="1:12" s="28" customFormat="1" ht="201.5" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:12" s="28" customFormat="1" ht="202.8" x14ac:dyDescent="0.3">
       <c r="A85" s="11" t="s">
         <v>214</v>
       </c>
       <c r="B85" s="11" t="s">
         <v>141</v>
       </c>
       <c r="C85" s="41"/>
       <c r="D85" s="41"/>
       <c r="E85" s="41"/>
       <c r="F85" s="41"/>
       <c r="G85" s="41"/>
       <c r="H85" s="41"/>
       <c r="I85" s="41"/>
       <c r="J85" s="41"/>
       <c r="K85" s="41"/>
       <c r="L85" s="11"/>
     </row>
-    <row r="86" spans="1:12" s="28" customFormat="1" ht="49.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:12" s="28" customFormat="1" ht="49.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="11" t="s">
         <v>215</v>
       </c>
       <c r="B86" s="11" t="s">
         <v>142</v>
       </c>
       <c r="C86" s="41"/>
       <c r="D86" s="41"/>
       <c r="E86" s="41"/>
       <c r="F86" s="41"/>
       <c r="G86" s="41"/>
       <c r="H86" s="41"/>
       <c r="I86" s="41"/>
       <c r="J86" s="41"/>
       <c r="K86" s="41"/>
       <c r="L86" s="11"/>
     </row>
-    <row r="87" spans="1:12" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:12" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A87" s="8" t="s">
         <v>143</v>
       </c>
       <c r="B87" s="29"/>
       <c r="C87" s="6"/>
       <c r="D87" s="6"/>
       <c r="E87" s="6"/>
       <c r="F87" s="6"/>
       <c r="G87" s="7"/>
       <c r="H87" s="7"/>
       <c r="I87" s="7"/>
       <c r="J87" s="7"/>
       <c r="K87" s="7"/>
       <c r="L87" s="7"/>
     </row>
-    <row r="88" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A88" s="33" t="s">
         <v>144</v>
       </c>
       <c r="B88" s="34"/>
       <c r="C88" s="34"/>
       <c r="D88" s="34"/>
       <c r="E88" s="34"/>
       <c r="F88" s="34"/>
       <c r="G88" s="34"/>
       <c r="H88" s="34"/>
       <c r="I88" s="34"/>
       <c r="J88" s="34"/>
       <c r="K88" s="34"/>
       <c r="L88" s="34"/>
     </row>
-    <row r="89" spans="1:12" s="28" customFormat="1" ht="157" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:12" s="28" customFormat="1" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A89" s="11" t="s">
         <v>216</v>
       </c>
       <c r="B89" s="11" t="s">
         <v>145</v>
       </c>
       <c r="C89" s="41"/>
       <c r="D89" s="41"/>
       <c r="E89" s="41"/>
       <c r="F89" s="41"/>
       <c r="G89" s="41"/>
       <c r="H89" s="41"/>
       <c r="I89" s="41"/>
       <c r="J89" s="41"/>
       <c r="K89" s="41"/>
       <c r="L89" s="11"/>
     </row>
-    <row r="90" spans="1:12" s="28" customFormat="1" ht="157" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:12" s="28" customFormat="1" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A90" s="11" t="s">
         <v>218</v>
       </c>
       <c r="B90" s="11" t="s">
         <v>146</v>
       </c>
       <c r="C90" s="41"/>
       <c r="D90" s="41"/>
       <c r="E90" s="41"/>
       <c r="F90" s="41"/>
       <c r="G90" s="41"/>
       <c r="H90" s="41"/>
       <c r="I90" s="41"/>
       <c r="J90" s="41"/>
       <c r="K90" s="41"/>
       <c r="L90" s="11"/>
     </row>
-    <row r="91" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A91" s="11" t="s">
         <v>217</v>
       </c>
       <c r="B91" s="11" t="s">
         <v>147</v>
       </c>
       <c r="C91" s="41"/>
       <c r="D91" s="41"/>
       <c r="E91" s="41"/>
       <c r="F91" s="41"/>
       <c r="G91" s="41"/>
       <c r="H91" s="41"/>
       <c r="I91" s="41"/>
       <c r="J91" s="41"/>
       <c r="K91" s="41"/>
       <c r="L91" s="11"/>
     </row>
-    <row r="92" spans="1:12" s="28" customFormat="1" ht="93" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:12" s="28" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A92" s="11" t="s">
         <v>219</v>
       </c>
       <c r="B92" s="11" t="s">
         <v>148</v>
       </c>
       <c r="C92" s="41"/>
       <c r="D92" s="41"/>
       <c r="E92" s="41"/>
       <c r="F92" s="41"/>
       <c r="G92" s="41"/>
       <c r="H92" s="41"/>
       <c r="I92" s="41"/>
       <c r="J92" s="41"/>
       <c r="K92" s="41"/>
       <c r="L92" s="11"/>
     </row>
-    <row r="93" spans="1:12" s="28" customFormat="1" ht="108.5" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:12" s="28" customFormat="1" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A93" s="11" t="s">
         <v>220</v>
       </c>
       <c r="B93" s="11" t="s">
         <v>149</v>
       </c>
       <c r="C93" s="41"/>
       <c r="D93" s="41"/>
       <c r="E93" s="41"/>
       <c r="F93" s="41"/>
       <c r="G93" s="41"/>
       <c r="H93" s="41"/>
       <c r="I93" s="41"/>
       <c r="J93" s="41"/>
       <c r="K93" s="41"/>
       <c r="L93" s="11"/>
     </row>
-    <row r="94" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A94" s="33" t="s">
         <v>150</v>
       </c>
       <c r="B94" s="34"/>
       <c r="C94" s="34"/>
       <c r="D94" s="34"/>
       <c r="E94" s="34"/>
       <c r="F94" s="34"/>
       <c r="G94" s="34"/>
       <c r="H94" s="34"/>
       <c r="I94" s="34"/>
       <c r="J94" s="34"/>
       <c r="K94" s="34"/>
       <c r="L94" s="34"/>
     </row>
-    <row r="95" spans="1:12" s="28" customFormat="1" ht="108.5" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:12" s="28" customFormat="1" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A95" s="11" t="s">
         <v>151</v>
       </c>
       <c r="B95" s="11" t="s">
         <v>152</v>
       </c>
       <c r="C95" s="41"/>
       <c r="D95" s="41"/>
       <c r="E95" s="41"/>
       <c r="F95" s="41"/>
       <c r="G95" s="41"/>
       <c r="H95" s="41"/>
       <c r="I95" s="41"/>
       <c r="J95" s="41"/>
       <c r="K95" s="41"/>
       <c r="L95" s="11"/>
     </row>
-    <row r="96" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A96" s="33" t="s">
         <v>153</v>
       </c>
       <c r="B96" s="34"/>
       <c r="C96" s="34"/>
       <c r="D96" s="34"/>
       <c r="E96" s="34"/>
       <c r="F96" s="34"/>
       <c r="G96" s="34"/>
       <c r="H96" s="34"/>
       <c r="I96" s="34"/>
       <c r="J96" s="34"/>
       <c r="K96" s="34"/>
       <c r="L96" s="34"/>
     </row>
-    <row r="97" spans="1:12" s="28" customFormat="1" ht="157" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:12" s="28" customFormat="1" ht="142.80000000000001" x14ac:dyDescent="0.3">
       <c r="A97" s="11" t="s">
         <v>221</v>
       </c>
       <c r="B97" s="11" t="s">
         <v>154</v>
       </c>
       <c r="C97" s="41"/>
       <c r="D97" s="41"/>
       <c r="E97" s="41"/>
       <c r="F97" s="41"/>
       <c r="G97" s="41"/>
       <c r="H97" s="41"/>
       <c r="I97" s="41"/>
       <c r="J97" s="41"/>
       <c r="K97" s="41"/>
       <c r="L97" s="11"/>
     </row>
-    <row r="98" spans="1:12" s="28" customFormat="1" ht="139.5" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:12" s="28" customFormat="1" ht="140.4" x14ac:dyDescent="0.3">
       <c r="A98" s="11" t="s">
         <v>222</v>
       </c>
       <c r="B98" s="11" t="s">
         <v>155</v>
       </c>
       <c r="C98" s="41"/>
       <c r="D98" s="41"/>
       <c r="E98" s="41"/>
       <c r="F98" s="41"/>
       <c r="G98" s="41"/>
       <c r="H98" s="41"/>
       <c r="I98" s="41"/>
       <c r="J98" s="41"/>
       <c r="K98" s="41"/>
       <c r="L98" s="11"/>
     </row>
-    <row r="99" spans="1:12" s="28" customFormat="1" ht="93" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:12" s="28" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A99" s="11" t="s">
         <v>223</v>
       </c>
       <c r="B99" s="11" t="s">
         <v>156</v>
       </c>
       <c r="C99" s="41"/>
       <c r="D99" s="41"/>
       <c r="E99" s="41"/>
       <c r="F99" s="41"/>
       <c r="G99" s="41"/>
       <c r="H99" s="41"/>
       <c r="I99" s="41"/>
       <c r="J99" s="41"/>
       <c r="K99" s="41"/>
       <c r="L99" s="11"/>
     </row>
-    <row r="100" spans="1:12" s="28" customFormat="1" ht="93" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:12" s="28" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A100" s="11" t="s">
         <v>224</v>
       </c>
       <c r="B100" s="11" t="s">
         <v>157</v>
       </c>
       <c r="C100" s="41"/>
       <c r="D100" s="41"/>
       <c r="E100" s="41"/>
       <c r="F100" s="41"/>
       <c r="G100" s="41"/>
       <c r="H100" s="41"/>
       <c r="I100" s="41"/>
       <c r="J100" s="41"/>
       <c r="K100" s="41"/>
       <c r="L100" s="11"/>
     </row>
-    <row r="101" spans="1:12" s="28" customFormat="1" ht="108.5" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:12" s="28" customFormat="1" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A101" s="11" t="s">
         <v>225</v>
       </c>
       <c r="B101" s="11" t="s">
         <v>158</v>
       </c>
       <c r="C101" s="41"/>
       <c r="D101" s="41"/>
       <c r="E101" s="41"/>
       <c r="F101" s="41"/>
       <c r="G101" s="41"/>
       <c r="H101" s="41"/>
       <c r="I101" s="41"/>
       <c r="J101" s="41"/>
       <c r="K101" s="41"/>
       <c r="L101" s="11"/>
     </row>
-    <row r="102" spans="1:12" s="28" customFormat="1" ht="108.5" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:12" s="28" customFormat="1" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A102" s="11" t="s">
         <v>226</v>
       </c>
       <c r="B102" s="11" t="s">
         <v>159</v>
       </c>
       <c r="C102" s="41"/>
       <c r="D102" s="41"/>
       <c r="E102" s="41"/>
       <c r="F102" s="41"/>
       <c r="G102" s="41"/>
       <c r="H102" s="41"/>
       <c r="I102" s="41"/>
       <c r="J102" s="41"/>
       <c r="K102" s="41"/>
       <c r="L102" s="11"/>
     </row>
-    <row r="103" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A103" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B103" s="34"/>
       <c r="C103" s="34"/>
       <c r="D103" s="34"/>
       <c r="E103" s="34"/>
       <c r="F103" s="34"/>
       <c r="G103" s="34"/>
       <c r="H103" s="34"/>
       <c r="I103" s="34"/>
       <c r="J103" s="34"/>
       <c r="K103" s="34"/>
       <c r="L103" s="34"/>
     </row>
-    <row r="104" spans="1:12" s="28" customFormat="1" ht="108.5" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A104" s="11" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="B104" s="11" t="s">
         <v>161</v>
       </c>
       <c r="C104" s="41"/>
       <c r="D104" s="41"/>
       <c r="E104" s="41"/>
       <c r="F104" s="41"/>
       <c r="G104" s="41"/>
       <c r="H104" s="41"/>
       <c r="I104" s="41"/>
       <c r="J104" s="41"/>
       <c r="K104" s="41"/>
       <c r="L104" s="11"/>
     </row>
-    <row r="105" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A105" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B105" s="34"/>
       <c r="C105" s="34"/>
       <c r="D105" s="34"/>
       <c r="E105" s="34"/>
       <c r="F105" s="34"/>
       <c r="G105" s="34"/>
       <c r="H105" s="34"/>
       <c r="I105" s="34"/>
       <c r="J105" s="34"/>
       <c r="K105" s="34"/>
       <c r="L105" s="34"/>
     </row>
-    <row r="106" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A106" s="33" t="s">
         <v>163</v>
       </c>
       <c r="B106" s="34"/>
       <c r="C106" s="34"/>
       <c r="D106" s="34"/>
       <c r="E106" s="34"/>
       <c r="F106" s="34"/>
       <c r="G106" s="34"/>
       <c r="H106" s="34"/>
       <c r="I106" s="34"/>
       <c r="J106" s="34"/>
       <c r="K106" s="34"/>
       <c r="L106" s="34"/>
     </row>
-    <row r="107" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:12" s="28" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A107" s="11" t="s">
         <v>164</v>
       </c>
       <c r="B107" s="11" t="s">
         <v>165</v>
       </c>
       <c r="C107" s="41"/>
       <c r="D107" s="41"/>
       <c r="E107" s="41"/>
       <c r="F107" s="41"/>
       <c r="G107" s="41"/>
       <c r="H107" s="41"/>
       <c r="I107" s="41"/>
       <c r="J107" s="41"/>
       <c r="K107" s="41"/>
       <c r="L107" s="11"/>
     </row>
-    <row r="108" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A108" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B108" s="34"/>
       <c r="C108" s="34"/>
       <c r="D108" s="34"/>
       <c r="E108" s="34"/>
       <c r="F108" s="34"/>
       <c r="G108" s="34"/>
       <c r="H108" s="34"/>
       <c r="I108" s="34"/>
       <c r="J108" s="34"/>
       <c r="K108" s="34"/>
       <c r="L108" s="34"/>
     </row>
-    <row r="109" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A109" s="11" t="s">
         <v>167</v>
       </c>
       <c r="B109" s="11" t="s">
         <v>168</v>
       </c>
       <c r="C109" s="41"/>
       <c r="D109" s="41"/>
       <c r="E109" s="41"/>
       <c r="F109" s="41"/>
       <c r="G109" s="41"/>
       <c r="H109" s="41"/>
       <c r="I109" s="41"/>
       <c r="J109" s="41"/>
       <c r="K109" s="41"/>
       <c r="L109" s="11"/>
     </row>
-    <row r="110" spans="1:12" s="28" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:12" s="28" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A110" s="11" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B110" s="11" t="s">
         <v>169</v>
       </c>
       <c r="C110" s="41"/>
       <c r="D110" s="41"/>
       <c r="E110" s="41"/>
       <c r="F110" s="41"/>
       <c r="G110" s="41"/>
       <c r="H110" s="41"/>
       <c r="I110" s="41"/>
       <c r="J110" s="41"/>
       <c r="K110" s="41"/>
       <c r="L110" s="11"/>
     </row>
-    <row r="111" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A111" s="33" t="s">
         <v>170</v>
       </c>
       <c r="B111" s="34"/>
       <c r="C111" s="34"/>
       <c r="D111" s="34"/>
       <c r="E111" s="34"/>
       <c r="F111" s="34"/>
       <c r="G111" s="34"/>
       <c r="H111" s="34"/>
       <c r="I111" s="34"/>
       <c r="J111" s="34"/>
       <c r="K111" s="34"/>
       <c r="L111" s="34"/>
     </row>
-    <row r="112" spans="1:12" s="28" customFormat="1" ht="33.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:12" s="28" customFormat="1" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="11" t="s">
         <v>171</v>
       </c>
       <c r="B112" s="11" t="s">
         <v>172</v>
       </c>
       <c r="C112" s="41"/>
       <c r="D112" s="41"/>
       <c r="E112" s="41"/>
       <c r="F112" s="41"/>
       <c r="G112" s="41"/>
       <c r="H112" s="41"/>
       <c r="I112" s="41"/>
       <c r="J112" s="41"/>
       <c r="K112" s="41"/>
       <c r="L112" s="11"/>
     </row>
-    <row r="113" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:12" s="28" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A113" s="11" t="s">
         <v>173</v>
       </c>
       <c r="B113" s="11" t="s">
         <v>174</v>
       </c>
       <c r="C113" s="41"/>
       <c r="D113" s="41"/>
       <c r="E113" s="41"/>
       <c r="F113" s="41"/>
       <c r="G113" s="41"/>
       <c r="H113" s="41"/>
       <c r="I113" s="41"/>
       <c r="J113" s="41"/>
       <c r="K113" s="41"/>
       <c r="L113" s="11"/>
     </row>
-    <row r="114" spans="1:12" s="28" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:12" s="28" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="11" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B114" s="11" t="s">
         <v>175</v>
       </c>
       <c r="C114" s="41"/>
       <c r="D114" s="41"/>
       <c r="E114" s="41"/>
       <c r="F114" s="41"/>
       <c r="G114" s="41"/>
       <c r="H114" s="41"/>
       <c r="I114" s="41"/>
       <c r="J114" s="41"/>
       <c r="K114" s="41"/>
       <c r="L114" s="11"/>
     </row>
-    <row r="115" spans="1:12" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:12" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A115" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B115" s="34"/>
       <c r="C115" s="34"/>
       <c r="D115" s="34"/>
       <c r="E115" s="34"/>
       <c r="F115" s="34"/>
       <c r="G115" s="34"/>
       <c r="H115" s="34"/>
       <c r="I115" s="34"/>
       <c r="J115" s="34"/>
       <c r="K115" s="34"/>
       <c r="L115" s="34"/>
     </row>
-    <row r="116" spans="1:12" s="28" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:12" s="28" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A116" s="11" t="s">
         <v>177</v>
       </c>
       <c r="B116" s="11" t="s">
         <v>178</v>
       </c>
       <c r="C116" s="41"/>
       <c r="D116" s="41"/>
       <c r="E116" s="41"/>
       <c r="F116" s="41"/>
       <c r="G116" s="41"/>
       <c r="H116" s="41"/>
       <c r="I116" s="41"/>
       <c r="J116" s="41"/>
       <c r="K116" s="41"/>
       <c r="L116" s="11"/>
     </row>
-    <row r="117" spans="1:12" s="28" customFormat="1" ht="108.5" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:12" s="28" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A117" s="11" t="s">
         <v>179</v>
       </c>
       <c r="B117" s="11" t="s">
         <v>180</v>
       </c>
       <c r="C117" s="41"/>
       <c r="D117" s="41"/>
       <c r="E117" s="41"/>
       <c r="F117" s="41"/>
       <c r="G117" s="41"/>
       <c r="H117" s="41"/>
       <c r="I117" s="41"/>
       <c r="J117" s="41"/>
       <c r="K117" s="41"/>
       <c r="L117" s="11"/>
     </row>
-    <row r="118" spans="1:12" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:12" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A118" s="8" t="s">
         <v>181</v>
       </c>
       <c r="B118" s="29"/>
       <c r="C118" s="6"/>
       <c r="D118" s="6"/>
       <c r="E118" s="6"/>
       <c r="F118" s="6"/>
       <c r="G118" s="7"/>
       <c r="H118" s="7"/>
       <c r="I118" s="7"/>
       <c r="J118" s="7"/>
       <c r="K118" s="7"/>
       <c r="L118" s="7"/>
     </row>
-    <row r="119" spans="1:12" s="28" customFormat="1" ht="31.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="119" spans="1:12" s="28" customFormat="1" ht="31.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A119" s="11" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B119" s="11" t="s">
         <v>182</v>
       </c>
       <c r="C119" s="41"/>
       <c r="D119" s="41"/>
       <c r="E119" s="41"/>
       <c r="F119" s="41"/>
       <c r="G119" s="41"/>
       <c r="H119" s="41"/>
       <c r="I119" s="41"/>
       <c r="J119" s="41"/>
       <c r="K119" s="41"/>
       <c r="L119" s="11"/>
     </row>
-    <row r="120" spans="1:12" s="28" customFormat="1" ht="62" x14ac:dyDescent="0.35">
+    <row r="120" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A120" s="11" t="s">
         <v>183</v>
       </c>
       <c r="B120" s="11" t="s">
         <v>184</v>
       </c>
       <c r="C120" s="41"/>
       <c r="D120" s="41"/>
       <c r="E120" s="41"/>
       <c r="F120" s="41"/>
       <c r="G120" s="41"/>
       <c r="H120" s="41"/>
       <c r="I120" s="41"/>
       <c r="J120" s="41"/>
       <c r="K120" s="41"/>
       <c r="L120" s="11"/>
     </row>
-    <row r="121" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="121" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A121" s="11" t="s">
         <v>185</v>
       </c>
       <c r="B121" s="11" t="s">
         <v>186</v>
       </c>
       <c r="C121" s="41"/>
       <c r="D121" s="41"/>
       <c r="E121" s="41"/>
       <c r="F121" s="41"/>
       <c r="G121" s="41"/>
       <c r="H121" s="41"/>
       <c r="I121" s="41"/>
       <c r="J121" s="41"/>
       <c r="K121" s="41"/>
       <c r="L121" s="11"/>
     </row>
-    <row r="122" spans="1:12" s="28" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:12" s="28" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A122" s="11" t="s">
         <v>187</v>
       </c>
       <c r="B122" s="11" t="s">
         <v>188</v>
       </c>
       <c r="C122" s="41"/>
       <c r="D122" s="41"/>
       <c r="E122" s="41"/>
       <c r="F122" s="41"/>
       <c r="G122" s="41"/>
       <c r="H122" s="41"/>
       <c r="I122" s="41"/>
       <c r="J122" s="41"/>
       <c r="K122" s="41"/>
       <c r="L122" s="11"/>
     </row>
-    <row r="123" spans="1:12" s="28" customFormat="1" ht="108.5" x14ac:dyDescent="0.35">
+    <row r="123" spans="1:12" s="28" customFormat="1" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A123" s="11" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B123" s="11" t="s">
         <v>189</v>
       </c>
       <c r="C123" s="41"/>
       <c r="D123" s="41"/>
       <c r="E123" s="41"/>
       <c r="F123" s="41"/>
       <c r="G123" s="41"/>
       <c r="H123" s="41"/>
       <c r="I123" s="41"/>
       <c r="J123" s="41"/>
       <c r="K123" s="41"/>
       <c r="L123" s="11"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:L2" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}"/>
   <phoneticPr fontId="16" type="noConversion"/>
   <conditionalFormatting sqref="D4:K9 D12:K18 D20:K24 D27:K27 D29:K29 D31:K32 D34:K36 D38:K40 D42:K42 D44:K44 D46:K47 D49:K50 D52:K55 D57:K58 D60:K61 D63:K63 D65:K66 D68:K70 D72:K74 D76:K78 D80:K80 D82:K82 D84:K86 D89:K93 D95:K95 D97:K102 D104:K104 D107:K107 D109:K110 D112:K114 D116:K117 D119:K123">
     <cfRule type="expression" dxfId="1" priority="3" stopIfTrue="1">
       <formula>$C4="No"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="0" priority="4">
       <formula>$C4="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C3:C123 E3:E123" xr:uid="{BC68F320-9289-4C1E-89B8-4E3B381BB4FE}">
       <formula1>"yes,no,partial"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="24" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E74BFAB2-BADC-45DB-BC49-1D70379F76BF}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:B546"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="49.5703125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="49.58203125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="50.7109375" customWidth="1"/>
+    <col min="1" max="1" width="50.75" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:2" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="10" cm="1">
         <f t="array" ref="B1">SUMPRODUCT(COUNTIF('Data sheet'!C3:C123,{"Yes","Partial"}))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="10">
         <f>COUNTIF('Data sheet'!E3:E123,"Yes")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:2" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="13">
         <f>COUNTIF('Data sheet'!E3:E123,"Partial")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="14" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="15" t="str">
         <f>IF(ISERROR(B2/B1),"",B2/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A5" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="16" t="str">
         <f>IF(ISERROR(B3/B1),"",B3/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="6" spans="1:2" s="20" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A6" s="28"/>
       <c r="B6" s="28"/>
     </row>
-    <row r="7" spans="1:2" s="20" customFormat="1" ht="15.5" x14ac:dyDescent="0.3"/>
-[...538 lines deleted...]
-    <row r="546" s="20" customFormat="1" ht="15.5" x14ac:dyDescent="0.3"/>
+    <row r="7" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="14" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="16" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="17" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="18" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="19" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="20" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="21" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="22" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="23" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="24" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="25" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="26" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="27" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="28" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="29" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="30" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="31" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="32" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="33" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="34" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="35" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="36" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="37" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="38" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="39" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="40" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="41" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="42" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="43" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="44" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="45" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="46" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="47" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="48" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="49" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="50" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="51" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="52" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="53" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="54" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="55" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="56" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="57" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="58" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="59" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="60" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="61" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="62" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="63" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="64" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="65" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="66" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="67" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="68" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="69" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="70" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="71" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="72" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="73" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="74" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="75" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="76" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="77" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="78" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="79" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="80" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="81" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="82" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="83" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="84" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="85" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="86" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="87" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="88" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="89" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="90" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="91" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="92" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="93" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="94" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="95" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="96" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="97" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="98" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="99" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="100" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="101" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="102" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="103" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="104" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="105" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="106" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="107" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="108" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="109" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="110" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="111" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="112" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="113" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="114" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="115" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="116" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="117" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="118" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="119" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="120" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="121" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="122" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="123" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="124" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="125" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="126" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="127" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="128" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="129" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="130" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="131" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="132" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="133" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="134" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="135" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="136" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="137" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="138" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="139" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="140" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="141" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="142" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="143" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="144" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="145" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="146" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="147" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="148" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="149" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="150" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="151" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="152" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="153" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="154" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="155" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="156" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="157" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="158" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="159" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="160" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="161" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="162" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="163" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="164" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="165" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="166" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="167" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="168" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="169" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="170" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="171" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="172" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="173" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="174" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="175" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="176" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="177" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="178" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="179" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="180" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="181" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="182" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="183" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="184" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="185" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="186" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="187" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="188" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="189" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="190" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="191" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="192" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="193" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="194" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="195" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="196" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="197" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="198" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="199" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="200" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="201" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="202" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="203" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="204" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="205" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="206" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="207" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="208" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="209" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="210" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="211" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="212" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="213" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="214" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="215" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="216" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="217" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="218" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="219" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="220" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="221" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="222" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="223" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="224" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="225" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="226" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="227" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="228" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="229" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="230" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="231" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="232" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="233" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="234" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="235" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="236" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="237" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="238" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="239" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="240" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="241" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="242" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="243" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="244" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="245" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="246" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="247" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="248" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="249" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="250" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="251" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="252" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="253" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="254" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="255" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="256" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="257" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="258" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="259" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="260" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="261" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="262" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="263" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="264" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="265" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="266" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="267" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="268" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="269" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="270" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="271" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="272" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="273" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="274" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="275" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="276" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="277" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="278" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="279" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="280" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="281" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="282" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="283" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="284" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="285" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="286" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="287" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="288" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="289" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="290" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="291" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="292" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="293" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="294" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="295" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="296" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="297" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="298" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="299" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="300" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="301" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="302" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="303" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="304" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="305" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="306" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="307" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="308" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="309" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="310" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="311" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="312" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="313" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="314" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="315" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="316" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="317" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="318" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="319" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="320" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="321" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="322" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="323" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="324" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="325" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="326" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="327" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="328" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="329" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="330" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="331" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="332" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="333" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="334" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="335" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="336" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="337" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="338" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="339" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="340" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="341" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="342" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="343" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="344" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="345" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="346" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="347" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="348" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="349" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="350" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="351" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="352" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="353" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="354" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="355" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="356" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="357" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="358" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="359" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="360" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="361" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="362" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="363" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="364" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="365" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="366" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="367" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="368" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="369" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="370" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="371" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="372" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="373" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="374" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="375" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="376" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="377" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="378" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="379" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="380" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="381" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="382" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="383" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="384" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="385" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="386" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="387" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="388" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="389" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="390" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="391" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="392" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="393" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="394" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="395" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="396" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="397" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="398" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="399" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="400" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="401" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="402" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="403" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="404" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="405" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="406" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="407" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="408" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="409" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="410" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="411" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="412" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="413" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="414" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="415" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="416" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="417" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="418" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="419" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="420" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="421" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="422" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="423" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="424" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="425" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="426" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="427" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="428" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="429" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="430" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="431" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="432" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="433" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="434" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="435" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="436" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="437" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="438" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="439" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="440" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="441" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="442" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="443" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="444" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="445" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="446" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="447" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="448" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="449" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="450" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="451" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="452" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="453" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="454" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="455" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="456" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="457" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="458" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="459" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="460" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="461" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="462" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="463" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="464" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="465" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="466" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="467" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="468" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="469" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="470" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="471" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="472" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="473" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="474" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="475" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="476" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="477" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="478" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="479" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="480" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="481" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="482" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="483" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="484" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="485" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="486" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="487" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="488" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="489" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="490" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="491" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="492" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="493" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="494" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="495" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="496" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="497" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="498" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="499" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="500" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="501" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="502" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="503" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="504" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="505" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="506" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="507" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="508" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="509" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="510" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="511" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="512" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="513" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="514" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="515" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="516" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="517" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="518" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="519" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="520" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="521" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="522" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="523" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="524" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="525" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="526" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="527" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="528" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="529" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="530" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="531" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="532" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="533" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="534" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="535" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="536" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="537" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="538" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="539" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="540" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="541" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="542" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="543" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="544" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="545" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="546" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9552940-3359-4EBE-BFB7-2B9992101154}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FF228096"/>
   </sheetPr>
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView topLeftCell="A4" workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.85546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="17.2109375" customWidth="1"/>
+    <col min="1" max="1" width="13.83203125" customWidth="1"/>
+    <col min="2" max="2" width="16.08203125" customWidth="1"/>
+    <col min="3" max="3" width="15.6640625" customWidth="1"/>
+    <col min="4" max="4" width="17.25" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="35" t="s">
         <v>20</v>
       </c>
       <c r="B1" s="35"/>
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" s="35" t="s">
         <v>21</v>
       </c>
       <c r="B2" s="35"/>
       <c r="C2" s="35"/>
       <c r="D2" s="35"/>
     </row>
-    <row r="3" spans="1:4" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="36" t="s">
         <v>22</v>
       </c>
       <c r="B3" s="35"/>
       <c r="C3" s="35"/>
       <c r="D3" s="35"/>
     </row>
-    <row r="4" spans="1:4" ht="49.5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" ht="50.4" x14ac:dyDescent="0.25">
       <c r="A4" s="42" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="43" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="42" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="42" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="37" t="s">
         <v>27</v>
       </c>
       <c r="B5" s="38">
         <v>2013</v>
       </c>
       <c r="C5" s="37" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="39" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="40" t="s">
         <v>30</v>
       </c>
       <c r="B6" s="38">
         <v>2013</v>
       </c>
       <c r="C6" s="40" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="39" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c122098d4e003b4384c4da8d0c27443">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d886e9f0196ab673da6bef6c2dfa2844" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c37bd64d371b53378ab3c7d697853b0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a27c068249a90173a5e7c41d8f53cde5" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -5721,83 +5721,83 @@
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </geb11f8ce9d940728585fae6d5409a45>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EFBDEDA-E7CA-4DC3-991F-7EB0DFA3A11F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DE5EA2D-32EF-4A41-8F24-F60C03BBBBD5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7A66CAA-5A2B-41B3-8EDE-E689479F1B47}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E421C7A-6B20-49B2-B2F9-78366946B415}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -5841,27 +5841,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SetDate">
     <vt:lpwstr>2024-02-07T07:20:08Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
     <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
     <vt:lpwstr>5df9b0e1-4b88-4441-8a25-d5407b6e934e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Display Status">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Display_x0020_Status">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>