--- v0 (2025-12-05)
+++ v1 (2026-03-21)
@@ -1,98 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="25629"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A4DFBBF6-055B-433A-87EB-8EC53C9529BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3ECEDD24-2F8A-470C-B913-D3EE412FDEB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="21840" windowHeight="13020" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="23" r:id="rId1"/>
     <sheet name="Data sheet" sheetId="26" r:id="rId2"/>
     <sheet name="Data sheet totals" sheetId="27" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Data sheet'!$A$2:$M$161</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Data sheet'!$A$2:$M$175</definedName>
     <definedName name="_Toc104463442" localSheetId="1">'Data sheet'!$A$3</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Data sheet'!$A$1:$M$162</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Data sheet'!$A$1:$M$175</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Data sheet totals'!$A$1:$B$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$A$18</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Data sheet'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A1" i="26" l="1"/>
   <c r="B3" i="27"/>
   <c r="B2" i="27"/>
   <c r="B1" i="27"/>
   <c r="B5" i="27" l="1"/>
   <c r="B4" i="27"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="325">
   <si>
     <t>In the first instance, consider whether the guideline is relevant and record the conclusion in the box below.</t>
   </si>
   <si>
     <t>Number of recommendations met</t>
   </si>
   <si>
     <t>Percentage of recommendations met</t>
   </si>
   <si>
     <t>Deadline</t>
   </si>
   <si>
     <t>The tool can be used by individual services or organisations. Alternatively, an assessment completed with the involvement of all relevant services or organisations would help to develop a picture of activity in the local area.</t>
   </si>
   <si>
     <t>Number of relevant or partially relevant recommendations</t>
   </si>
   <si>
     <t>Number of recommendations partially met</t>
   </si>
   <si>
     <t>Percentage of recommendations partially met</t>
   </si>
   <si>
@@ -144,119 +148,53 @@
 • merged cells, so that evidence and planned actions are recorded for multiple recommendations together.</t>
   </si>
   <si>
     <t>When the recommendation was originally published (and when it was updated).</t>
   </si>
   <si>
     <t xml:space="preserve">Evidence of current activity to meet the recommendation 
 (If the recommendation is not applicable to your service or organisation you may wish to record why not) </t>
   </si>
   <si>
     <r>
       <t>Is the guideline relevant</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>?</t>
     </r>
   </si>
   <si>
-    <r>
-[...61 lines deleted...]
-  <si>
     <t>Guideline recommendation</t>
   </si>
   <si>
-    <t>Published: 15 June 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Recognising multiple sclerosis</t>
   </si>
   <si>
     <t>See also NICE’s guideline on suspected neurological conditions: recognition and referral for advice for non-specialists on initial assessment of symptoms and signs that might indicate a neurological condition.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t>Initial assessment</t>
   </si>
   <si>
     <t>Referral and diagnosis</t>
   </si>
   <si>
     <t>1.1.2</t>
   </si>
   <si>
     <t xml:space="preserve">1.1.5                                     </t>
   </si>
   <si>
     <t>1.1.6</t>
@@ -336,62 +274,53 @@
   <si>
     <t>Pain</t>
   </si>
   <si>
     <t>Cognitive and memory problems</t>
   </si>
   <si>
     <t>Dystonia and tremor</t>
   </si>
   <si>
     <t>For guidance on deep brain stimulation for tremor and dystonia, see the NICE interventional procedures guidance on deep brain stimulation for tremor and dystonia (excluding Parkinson's disease).</t>
   </si>
   <si>
     <t>Recognising a relapse</t>
   </si>
   <si>
     <t>Treating acute relapse of MS</t>
   </si>
   <si>
     <t>Information about treating a relapse with steroids</t>
   </si>
   <si>
     <t>Medical, therapy and social care needs at time of relapse or exacerbation</t>
   </si>
   <si>
-    <t>Disease-modifying treatments</t>
-[...4 lines deleted...]
-  <si>
     <t>Vitamin D</t>
   </si>
   <si>
-    <t>Omega fatty acids compounds</t>
-[...1 lines deleted...]
-  <si>
     <t>1.8.1</t>
   </si>
   <si>
     <t>1.8.2</t>
   </si>
   <si>
     <t>1.1.7</t>
   </si>
   <si>
     <t>1.1.8</t>
   </si>
   <si>
     <t>1.1.10</t>
   </si>
   <si>
     <t>1.1.9</t>
   </si>
   <si>
     <t>1.1.11</t>
   </si>
   <si>
     <t>1.2.11</t>
   </si>
   <si>
     <t>1.2.1</t>
@@ -676,53 +605,50 @@
     <t>1.7.15</t>
   </si>
   <si>
     <t>1.7.16</t>
   </si>
   <si>
     <t>1.1  Diagnosing multiple sclerosis</t>
   </si>
   <si>
     <t>1.2  Providing information and support</t>
   </si>
   <si>
     <t>1.3  Coordination of care</t>
   </si>
   <si>
     <t xml:space="preserve">1.4  Modifiable risk factors for relapse or progression of MS </t>
   </si>
   <si>
     <t>1.5  MS symptom management and rehabilitation</t>
   </si>
   <si>
     <t>1.6  Comprehensive review</t>
   </si>
   <si>
     <t>1.7  Relapse and exacerbation</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.8  Other treatments</t>
   </si>
   <si>
     <t>1.1.4</t>
   </si>
   <si>
     <t>1.1.3</t>
   </si>
   <si>
     <t xml:space="preserve">Be aware that people with multiple sclerosis (MS) may present with a wide range of symptoms affecting different parts of the body. The most common are:
 •	loss or reduction of vision in 1 eye with painful eye movements
 •	double vision
 •	ascending sensory disturbance and/or weakness 
 •	altered sensation or pain travelling down the back and sometimes into the limbs when bending the neck forwards (Lhermitte’s sign)
 •	progressive difficulties with balance and gait. </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Be aware that usually people with MS present with neurological symptoms or signs as described in recommendation 1.1.1, and:
 •	are often aged under 50 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF222222"/>
@@ -857,66 +783,50 @@
   <si>
     <t xml:space="preserve">Review information, support and social care needs regularly. Continue to offer information and support to people with MS or their family members or carers even if this has been declined previously. </t>
   </si>
   <si>
     <t xml:space="preserve">Ensure people with MS and their family members or carers have a management plan that includes who to contact if their symptoms change significantly. </t>
   </si>
   <si>
     <t xml:space="preserve">Explain to people with MS that the possible causes of symptom changes include:
 •	another illness such as an infection
 •	further relapse
 •	change of disease status (for example progression). </t>
   </si>
   <si>
     <t xml:space="preserve">Talk to people with MS and their family members or carers about the possibility that the condition might lead to cognitive problems. </t>
   </si>
   <si>
     <t xml:space="preserve">Provide ongoing information and support tailored to the person’s changing needs or circumstances, for example, when planning to have children, if their MS is changing to a more progressive phase or as their MS becomes more advanced. </t>
   </si>
   <si>
     <t xml:space="preserve">Explain to carers (including young carers) about their right to a carer’s assessment and tell them about other sources of information and support that may be available (see NICE’s guideline on supporting adult carers and the Young Carers [Needs Assessment] Regulations 2015). </t>
   </si>
   <si>
     <t xml:space="preserve">Ask the person with MS soon after diagnosis and at regular intervals if they have any plans for starting or extending their family now or in the future, either through pregnancy or adoption. </t>
   </si>
   <si>
-    <t xml:space="preserve">Explain to people with MS that they should discuss with their healthcare professionals if they are planning to start or extend their family or become pregnant. In particular, ensure that people taking disease-modifying treatments understand that they should tell their healthcare professionals straight away if they are trying to become pregnant or if they become pregnant. </t>
-[...14 lines deleted...]
-  <si>
     <t xml:space="preserve">Discuss caring for a child and the possible impact of MS symptoms, such as fatigue, and how these could be managed. </t>
   </si>
   <si>
     <t xml:space="preserve">Give people with MS that is becoming more advanced and their family members or carers information and support covering: 
 •	social isolation and feelings of depression
 •	mobility aids and home adaptations
 •	other support available, such as legal rights including social care, employment rights and benefits, and the right to a carer’s assessment (see recommendation 1.2.6). </t>
   </si>
   <si>
     <t xml:space="preserve">Explain to people with advanced MS and their family members or carers about the services available (for example, occupational therapy, palliative care and social services) and give them support to access them if needed. </t>
   </si>
   <si>
     <t xml:space="preserve">For advice on identifying people who may be approaching the end of their life and providing information and support, follow the recommendations in NICE’s guideline on end of life care for adults. </t>
   </si>
   <si>
     <t xml:space="preserve">When appropriate, explain to the person with MS (and their family members or carers if the person wishes) about advance care planning and power of attorney. Think about discussing advance care planning early if you expect the person’s ability to communicate, cognitive status or mental capacity will deteriorate. Follow the recommendations on advance care planning in NICE’s guideline on decision making and mental capacity. </t>
   </si>
   <si>
     <t xml:space="preserve">Offer the person with MS an appropriate single point of contact with knowledge of MS services to coordinate care and help them access services. </t>
   </si>
   <si>
     <t xml:space="preserve">Care for people with MS using a coordinated multidisciplinary approach. Involve professionals who can best meet the needs of the person with MS and who have expertise in managing MS including:
 •	MS nurses 
 •	consultant neurologists
 •	physiotherapists with expertise in MS and occupational therapists 
@@ -1049,53 +959,50 @@
     <t xml:space="preserve">Consider supervised exercise programmes involving moderate progressive resistance training and aerobic exercise to treat people with MS who have mobility problems or fatigue. </t>
   </si>
   <si>
     <t xml:space="preserve">Help the person with MS continue to exercise, for example, by referring them to a physiotherapist with expertise in MS or to exercise referral schemes. </t>
   </si>
   <si>
     <t>If more than 1 of the interventions recommended for mobility or fatigue are suitable, offer treatment based on which the person prefers and whether they can continue the activity after the treatment programme ends.</t>
   </si>
   <si>
     <t xml:space="preserve">Encourage people with MS to keep exercising after treatment programmes end for longer term benefits (see NICE's guideline on behaviour change: individual approaches). </t>
   </si>
   <si>
     <t xml:space="preserve">Suspect spasticity when a person with MS presents with any of the following:
 •	involuntary muscle movements (spasms)
 •	muscle stiffness
 •	pain and restriction with certain movements or positions causing difficulty in performing various activities
 •	a change in their mobility or upper limb function. </t>
   </si>
   <si>
     <t xml:space="preserve">Assess people with MS and suspected spasticity for factors that might worsen spasticity, for example, pressure ulcers, bladder and bowel dysfunction and infections, poor posture or positioning, and pain. Provide support and information to help people with MS, and their families and carers if appropriate, to prevent and manage these factors. </t>
   </si>
   <si>
     <t xml:space="preserve">Discuss with the person the balance between the benefits and harms of treating spasticity. In particular, explain that some people use their spasticity to maintain their posture and ability to stand, walk or transfer, and that treatment with muscle relaxants may adversely affect this. </t>
   </si>
   <si>
-    <t xml:space="preserve">Consider oral baclofen as a first-line drug treatment to treat spasticity in people with MS who have specific treatment goals such as improving mobility or easing pain and discomfort. Take into account any contraindications, comorbidities and the person’s preferences. </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">If spasticity is causing significant impairments in mobility, posture or function and initial treatments are unsuccessful, refer to a multidisciplinary team experienced in the management of spasticity for assessment and treatment planning. </t>
   </si>
   <si>
     <t xml:space="preserve">For guidance on THC:CBD spray for treating spasticity in people with MS, see the recommendations on spasticity in NICE’s guideline on cannabis-based medicinal products. </t>
   </si>
   <si>
     <t xml:space="preserve">Refer the person with MS for specialist advice if there is no improvement in oscillopsia after treatment with gabapentin and memantine or if side effects prevent continued use. </t>
   </si>
   <si>
     <t xml:space="preserve">Assess and investigate the cause of pain to establish a diagnosis and offer treatment specific to the cause of the pain. </t>
   </si>
   <si>
     <t xml:space="preserve">Be mindful of the impact of pain on the mental wellbeing of people with MS, and provide advice and support. See NICE’s guideline on depression in adults with a chronic physical health problem. </t>
   </si>
   <si>
     <t xml:space="preserve">Treat neuropathic pain in people with MS and refer people to pain services according to NICE's guideline on neuropathic pain in adults. </t>
   </si>
   <si>
     <t xml:space="preserve">Be aware that musculoskeletal pain is common in people with MS and is usually secondary to problems with immobility, spasticity and posture. Assess musculoskeletal pain and offer treatment appropriate to the cause, for example see the sections on managing mobility problems and spasticity, and NICE’s guideline on low back pain and sciatica in over 16s. </t>
   </si>
   <si>
     <t xml:space="preserve">Be aware that the symptoms of MS can include cognitive problems, including memory problems, that the person may not immediately recognise or associate with their MS. </t>
   </si>
   <si>
     <t xml:space="preserve">Assess cognition as part of the person’s comprehensive review. Tailor the assessment to the person’s needs, for example, use a clinic interview or brief formal assessment, or consider referral for a full neuropsychological assessment if needed. </t>
@@ -1204,53 +1111,50 @@
     <t xml:space="preserve">Do not prescribe steroids at lower doses than methylprednisolone 0.5 g daily for 5 days to treat an acute relapse of MS. </t>
   </si>
   <si>
     <t xml:space="preserve">Do not give people with MS a supply of steroids to self‑administer at home for future relapses. </t>
   </si>
   <si>
     <t xml:space="preserve">Discuss the benefits and risks of steroids with the person with MS, taking into account the effect of the relapse on the person’s ability to perform their usual tasks and their wellbeing. </t>
   </si>
   <si>
     <t xml:space="preserve">Explain the potential complications of high‑dose steroids, for example temporary effects on mental health (such as insomnia, depression, confusion and agitation) and worsening of blood glucose control in people with diabetes. </t>
   </si>
   <si>
     <t xml:space="preserve">Give the person with MS and their family members or carers (as appropriate) information that they can take away about side effects of high‑dose steroids in a format that is appropriate for them. </t>
   </si>
   <si>
     <t>Ensure that the MS multidisciplinary team is told that the person is having a relapse, because relapse frequency may influence which disease-modifying therapies are chosen and whether they need to be changed.</t>
   </si>
   <si>
     <t xml:space="preserve">Identify whether the person having a relapse of MS or their family members or carers have social care needs and if so refer them to social services for assessment. </t>
   </si>
   <si>
     <t xml:space="preserve">Offer inpatient treatment to the person having a relapse of MS if their relapse is severe or if it is difficult to meet their medical and social care needs at home. </t>
   </si>
   <si>
     <t xml:space="preserve">Explain that a relapse of MS may have short‑term effects on cognitive function. </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Identify whether the person with MS having a relapse or exacerbation needs additional symptom management, rehabilitation or consideration for disease-modifying treatments. </t>
   </si>
   <si>
     <t xml:space="preserve">Do not offer vitamin D solely for the purpose of treating MS. </t>
   </si>
   <si>
     <t xml:space="preserve">Do not offer omega‑3 or omega‑6 fatty acid compounds to treat MS. Explain that there is no evidence that they affect relapse frequency or progression of MS. </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">This baseline assessment tool should be used in conjuction with </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>multiple sclerosis in adults: management</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
@@ -1322,117 +1226,329 @@
     <t>Ataxia and tremor</t>
   </si>
   <si>
     <t>The evidence was reviewed for the pharmacological management of ataxia and tremor, and the committee made a recommendation for research.</t>
   </si>
   <si>
     <t xml:space="preserve">Tailor the comprehensive review to the needs of the person with MS assessing: 
 •	MS symptoms:
 -	mobility and balance including falls
 -	need for mobility aids including wheelchair assessment
 -	use of arms and hands
 -	muscle spasms and stiffness 
 -	tremor 
 -	bladder, bowel and sexual function (see NICE's guidelines on urinary incontinence in neurological disease and faecal incontinence in adults) 
 -	sensory symptoms and pain
 -	speech and swallowing (see NICE's guideline on nutrition support for adults)
 -	vision
 -	cognitive symptoms
 -	fatigue
 -	depression and anxiety (see NICE's guidelines on depression in adults with a chronic physical health problem and generalised anxiety disorder and panic disorder in adults)
 -	sleep
 -	respiratory function.
 </t>
   </si>
   <si>
+    <t xml:space="preserve">Use shared decision making to decide whether to try a medicine for fatigue and which would be most suitable. Taking into account the needs, priorities and preferences of the person with MS, and the risks and benefits of each treatment, consider any of the following:
+•	amantadine:
+-	see the BNF for amantadine dosages
+•	modafinil, except in people who are pregnant or planning pregnancy:
+-	see the Medicines and Healthcare products Regulatory Agency (MHRA) safety advice on modafinil for advice on monitoring and cautions for use, including cardiovascular monitoring before and during treatment
+-	follow the MHRA safety advice on modafinil and pregnancy for people who are able to get pregnant, including explaining the risks, advising on effective contraception and explaining that modafinil may reduce the effectiveness of steroidal contraceptives
+-	use the lowest effective dose
+•	selective serotonin reuptake inhibitor (SSRI):
+-	use the lowest dose recommended for licensed indications
+-	see also, the section on making decisions about prescribing in NICE’s guideline on medicines associated with dependence or withdrawal symptoms. 
+In June 2022 this was an off-label use of amantadine, modafinil and SSRIs. See NICE’s information on prescribing medicines. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">If oral baclofen is not tolerated or does not provide adequate relief, consider gabapentin as a second-line option to treat spasticity in people with MS. For guidance on safe prescribing of gabapentin and managing withdrawal, see NICE’s guideline on medicines associated with dependence or withdrawal symptoms. 
+In June 2022, this was an off-label use of gabapentin. See NICE’s information on prescribing medicines. See also the 2019 MHRA drug safety update on pregabalin, gabapentin and risk of abuse and dependence. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consider a combination of oral baclofen and gabapentin for people with MS if:
+•	individual medicines do not provide adequate relief or 
+•	side effects from individual medicines prevent the dose being increased. 
+See the BNF and the summary of product characteristics for baclofen and gabapentin. Use caution when using these medicines in combination because of the risk of severe respiratory depression (see the 2017 MHRA advice on gabapentin: risk of severe respiratory depression). For guidance on safe prescribing of gabapentin and managing withdrawal, see NICE’s guideline on medicines associated with dependence or withdrawal symptoms.
+In June 2022, this was an off-label use of gabapentin. See NICE’s information on prescribing medicines. See also the 2019 MHRA drug safety update on pregabalin, gabapentin and risk of abuse and dependence. </t>
+  </si>
+  <si>
+    <t>Consider memantine as the second line treatment for oscillopsia in people with MS. 
+In June 2022, this was an off-label use of memantine. See NICE’s information on prescribing medicines.</t>
+  </si>
+  <si>
+    <t>Consider amitriptyline to treat emotional lability (involuntary laughing and crying related to a frontal lobe lesion) in people with MS. For guidance on safe prescribing of antidepressants and managing withdrawal, see NICE’s guideline on medicines associated with dependence or withdrawal symptoms. 
+In June 2022, this was an off-label use of amitriptyline. See NICE’s information on prescribing medicines.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Explain to people with MS that they should discuss with their healthcare professionals if they are planning to start or extend their family or become pregnant. In particular, ensure that people taking disease-modifying therapies understand that they should tell their healthcare professionals straight away if they are trying to become pregnant or if they become pregnant. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Explain to people with MS, and their partners if appropriate, that MS should not stop them from planning a family. Offer the opportunity to talk with a healthcare professional with knowledge of MS to answer any questions they have. For example, this may include discussing the following:
+•	that fertility is not affected by MS
+•	that pregnancy can be well managed in people with MS
+•	the risk of the child developing MS
+•	taking vitamin D and folic acid supplements before and during pregnancy (see NICE's guidelines on vitamin D and maternal and child nutrition) 
+•	possible changes to medicine use before and during pregnancy
+•	that pregnancy does not increase the risk of disease progression 
+•	that relapses may decrease during pregnancy and may increase 3 to 6 months after childbirth before returning to pre-pregnancy rates
+•	that birth options and pain relief choices available (including epidurals) should not be affected by MS
+•	that breastfeeding is safe unless the person with MS is taking certain disease-modifying therapies
+•	support that may be available with caring for and supporting children. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consider oral baclofen as a first-line treatment to treat spasticity in people with MS who have specific treatment goals such as improving mobility or easing pain and discomfort. Take into account any contraindications, comorbidities and the person’s preferences. </t>
+  </si>
+  <si>
+    <t>Consider gabapentin as a first-line treatment for oscillopsia in people with MS. For guidance on safe prescribing of gabapentin and managing withdrawal, see NICE’s guideline on medicines associated with dependence or withdrawal symptoms. 
+In June 2022, this was an off-label use of gabapentin. See NICE’s information on prescribing medicines and the 2019 MHRA drug safety update on pregabalin, gabapentin and risk of abuse and dependence.</t>
+  </si>
+  <si>
     <t xml:space="preserve">•	MS disease course:
 -	evidence of progression
 -	evidence of active disease
 -	relapses in past year
--	eligibility for disease-modifying treatments (see the section on other treatments)
+-	eligibility for disease-modifying therapies (see the section on disease-modifying therapies)
 -	the nature and extent of disability (which should be documented).
 •	General health:
 -	weight
 -	smoking, alcohol and recreational drugs
 -	exercise 
 -	access to routine health screening and contraception
 -	care of other chronic conditions.
 •	Social activity and participation:
 -	family and social circumstances
 -	driving and access to transport
 -	employment (for example, the need for vocational support or rehabilitation)
 -	access to daily activities and leisure.
 •	Care and carers:
 -	personal care needs
 -	social care needs
 -	access to adaptations and equipment at home. </t>
   </si>
   <si>
-    <t xml:space="preserve">Use shared decision making to decide whether to try a medicine for fatigue and which would be most suitable. Taking into account the needs, priorities and preferences of the person with MS, and the risks and benefits of each treatment, consider any of the following:
-[...32 lines deleted...]
-In June 2022, this was an off-label use of amitriptyline. See NICE’s information on prescribing medicines.</t>
+    <t xml:space="preserve">Identify whether the person with MS having a relapse or exacerbation needs additional symptom management, rehabilitation or consideration for disease-modifying therapies. </t>
+  </si>
+  <si>
+    <t>1.8  Disease-modifying therapies</t>
+  </si>
+  <si>
+    <t>See also the NHS England treatment algorithm for multiple sclerosis disease-modifying therapies, which provides a framework to aid decision-making around prescribing (this is not NICE guidance).</t>
+  </si>
+  <si>
+    <t>Relapsing–remitting MS</t>
+  </si>
+  <si>
+    <t>For medicines recommended as options for treating active relapsing–remitting MS, see NICE’s technology appraisal guidance on:
+•	cladribine (TA1053, April 2025)
+•	ublituximab (TA1025, December 2024)
+•	diroximel fumarate (TA794, June 2022)
+•	ponesimod (TA767, February 2022)
+•	ofatumumab (TA699, May 2021)
+•	peginterferon beta-1a (TA624, February 2020)
+•	ocrelizumab (TA533, July 2018)
+•	glatiramer acetate (TA527, June 2018)
+•	interferon beta-1a (TA527, June 2018)
+•	interferon beta-1b (Extavia, TA527, June 2018)
+•	dimethyl fumarate (TA320, August 2014)
+•	teriflunomide (TA303, June 2014). 
+See individual technology appraisal guidance for more details.</t>
+  </si>
+  <si>
+    <t>1.8.3</t>
+  </si>
+  <si>
+    <t>1.8.4</t>
+  </si>
+  <si>
+    <t>1.8.5</t>
+  </si>
+  <si>
+    <t>1.8.6</t>
+  </si>
+  <si>
+    <t>Secondary progressive MS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Primary progressive MS </t>
+  </si>
+  <si>
+    <t>1.8.11</t>
+  </si>
+  <si>
+    <t>1.9  Other treatments</t>
+  </si>
+  <si>
+    <t>1.9.1</t>
+  </si>
+  <si>
+    <t>Omega fatty acid compounds</t>
+  </si>
+  <si>
+    <t>1.9.2</t>
+  </si>
+  <si>
+    <t>1.8.7</t>
+  </si>
+  <si>
+    <t>1.8.8</t>
+  </si>
+  <si>
+    <t>1.8.9</t>
+  </si>
+  <si>
+    <t>1.8.10</t>
+  </si>
+  <si>
+    <t>Interferon beta‑1b (Betaferon) is not recommended for treating relapsing–remitting MS. For full details, see NICE's technology appraisal guidance on interferon beta-1b (TA527, 2018).</t>
+  </si>
+  <si>
+    <t>Ozanimod is not recommended for treating active relapsing–remitting MS. For full details, see NICE's technology appraisal guidance on ozanimod (TA706, 2021).</t>
+  </si>
+  <si>
+    <t>For medicines recommended as options for treating highly active relapsing–remitting MS, where there is disease activity on treatment, see NICE’s technology appraisal guidance on:
+•	natalizumab (subcutaneous originator and intravenous biosimilar) (TA1126, January 2026)
+•	ublituximab (TA1025, December 2024)
+•	cladribine (TA616, December 2019, updated May 2024)
+•	alemtuzumab (TA312, May 2014, updated May 2024)
+•	ponesimod (TA767, February 2022)
+•	ofatumumab (TA699, May 2021)
+•	ocrelizumab (TA533, July 2018)
+•	fingolimod (TA254, April 2012).
+See individual technology appraisal guidance for more details.</t>
+  </si>
+  <si>
+    <t>Natalizumab (intravenous originator) is not recommended for treating highly active relapsing–remitting MS, where there is disease activity on treatment. For full details, see NICE’s technology appraisal guidance on natalizumab (intravenous originator) (TA1126, January 2026).</t>
+  </si>
+  <si>
+    <t>For medicines recommended as options for treating rapidly evolving severe relapsing–remitting MS, see NICE’s technology appraisal guidance on:
+•	ublituximab (TA1025, December 2024)
+•	cladribine (TA616, December 2019, updated May 2024)
+•	alemtuzumab (TA312, May 2014, updated May 2024)
+•	natalizumab (TA127, August 2007, updated May 2024) 
+•	ofatumumab (TA699, May 2021)
+•	ocrelizumab (TA533, July 2018).
+See individual technology appraisal guidance for more details.</t>
+  </si>
+  <si>
+    <t>Fingolimod is recommended as an option by NHS England as an alternative to natalizumab for treating rapidly evolving severe relapsing–remitting MS for people who are at high risk of developing progressive multifocal leukoencephalopathy. For full details, see the NHS England Commissioning Policy.</t>
+  </si>
+  <si>
+    <t>Siponimod is recommended as an option for treating secondary progressive MS with evidence of active disease (that is, relapses or imaging features of inflammatory activity). For full details, see NICE’s technology appraisal guidance on siponimod (TA656, 2020).</t>
+  </si>
+  <si>
+    <t>Interferon beta-1b (Extavia) is recommended as an option for treating secondary progressive MS with continuing relapses. For full details, see NICE’s technology appraisal guidance on interferon beta-1b (TA527, 2018).</t>
+  </si>
+  <si>
+    <t>Interferon beta‑1b (Betaferon) is not recommended for treating secondary progressive MS in NICE’s technology appraisal guidance on interferon beta-1b (TA527, 2018). However, NHS England allows use of Betaferon under clinical discretion for secondary progressive MS since Extavia has been discontinued. For more information, see the NHS England treatment algorithm for multiple sclerosis disease-modifying therapies.</t>
+  </si>
+  <si>
+    <t>Ocrelizumab is recommended as an option for treating early primary progressive MS with imaging features characteristic of inflammatory activity. For full details, see NICE’s technology appraisal guidance on ocrelizumab (TA585, 2019).</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>National Institute for Health and Care Excellence
+3rd floor, 3 Piccadilly Place, Manchester, M1 3BN; www.nice.org.uk
+Copyright</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>© NICE 2026. All rights reserved.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="12"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>Subject to Notice of rights</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <t>Published: 22 June 2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="26" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1552,50 +1668,55 @@
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="0"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF222222"/>
+      <name val="Lato"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA2BDC1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1747,51 +1868,51 @@
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="1"/>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="1"/>
     <xf numFmtId="0" fontId="22" fillId="6" borderId="4">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="54">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1902,110 +2023,130 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="8" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="4" xfId="8" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="8" applyBorder="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="8" applyFont="1" applyBorder="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="9" xfId="5" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="2" xfId="5" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="3" xfId="5" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="1" xfId="6"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="7" xfId="6" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="8" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Notes and additional information" xfId="7" xr:uid="{75828F94-A2A4-4DED-808B-82F23FE3CFAB}"/>
     <cellStyle name="Section heading" xfId="5" xr:uid="{CF00F1C3-9839-42FF-9B05-D0E399FD4818}"/>
     <cellStyle name="Section sub-heading" xfId="6" xr:uid="{8E467419-B37F-4324-AB43-932A367574C2}"/>
     <cellStyle name="Table heading" xfId="4" xr:uid="{592F587D-ED00-4FAC-ABA0-A7851B7846DB}"/>
     <cellStyle name="Table text" xfId="8" xr:uid="{458222CC-0668-4AE4-81A9-112F765C4478}"/>
     <cellStyle name="Table title" xfId="9" xr:uid="{810F7CC3-76CE-4E98-973A-D8ACBFAE5C1A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FF222222"/>
       <color rgb="FF233746"/>
       <color rgb="FF004650"/>
       <color rgb="FF15434A"/>
       <color rgb="FFA2BDC1"/>
       <color rgb="FF314C60"/>
       <color rgb="FF393939"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>25400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>3581400</xdr:colOff>
       <xdr:row>15</xdr:row>
-      <xdr:rowOff>368300</xdr:rowOff>
+      <xdr:rowOff>364490</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15869959-E0D5-43A1-9A4B-A07CA58B68C5}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
@@ -2351,3494 +2492,4121 @@
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/ng220/resources" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/ng220" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/terms-and-conditions" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:E17"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C1" sqref="C1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.9140625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="75.5546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="75.58203125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="2.25" style="1" customWidth="1"/>
+    <col min="3" max="16384" width="8.9140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="50.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:5" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="52" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" ht="29.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
-        <v>26</v>
+        <v>324</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
     </row>
-    <row r="3" spans="1:5" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:5" ht="26.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
     </row>
-    <row r="4" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="51" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="11"/>
       <c r="D9" s="3"/>
     </row>
-    <row r="10" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="13" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="155.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:5" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:5" ht="76.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="53" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5" ht="83.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="117.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="16"/>
     </row>
-    <row r="17" spans="1:1" ht="15" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="16"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A9" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Yes,Partially,No"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A15" r:id="rId1" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="A4" r:id="rId2" display="This baseline assessment tool should be used in conjuction with multiple sclerosis in adults: management (NG220). It can be used to evaluate whether practice is in line with the recommendations in the guideline. It can also help to plan activity to meet the recommendations." xr:uid="{763EFD94-6A3A-4779-9E1F-06F758183946}"/>
     <hyperlink ref="A14" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M162"/>
+  <dimension ref="A1:M176"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A105" sqref="A105"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.08203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="55" style="4" customWidth="1"/>
-    <col min="2" max="2" width="19.5546875" style="4" customWidth="1"/>
-    <col min="3" max="3" width="22.88671875" style="4" customWidth="1"/>
+    <col min="2" max="2" width="19.58203125" style="4" customWidth="1"/>
+    <col min="3" max="3" width="22.9140625" style="4" customWidth="1"/>
     <col min="4" max="4" width="24.6640625" style="4" customWidth="1"/>
-    <col min="5" max="5" width="59.77734375" style="4" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="11" width="12.5546875" style="4" customWidth="1"/>
+    <col min="5" max="5" width="59.75" style="4" customWidth="1"/>
+    <col min="6" max="6" width="19.75" style="4" customWidth="1"/>
+    <col min="7" max="7" width="59.75" style="4" customWidth="1"/>
+    <col min="8" max="8" width="24.08203125" style="4" customWidth="1"/>
+    <col min="9" max="9" width="23.08203125" style="4" customWidth="1"/>
+    <col min="10" max="10" width="22.58203125" style="4" customWidth="1"/>
+    <col min="11" max="11" width="12.58203125" style="4" customWidth="1"/>
     <col min="12" max="13" width="22" style="4" customWidth="1"/>
-    <col min="14" max="16384" width="9.109375" style="1"/>
+    <col min="14" max="16384" width="9.08203125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:13" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="str">
         <f>Introduction!A1</f>
         <v>Baseline assessment tool for multiple sclerosis in adults: management (NG220)</v>
       </c>
     </row>
-    <row r="2" spans="1:13" s="7" customFormat="1" ht="82.5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" s="7" customFormat="1" ht="84" x14ac:dyDescent="0.3">
       <c r="A2" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="28" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C2" s="28" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="28" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="28" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="28" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="28" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="28" t="s">
         <v>11</v>
       </c>
       <c r="I2" s="28" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="28" t="s">
         <v>13</v>
       </c>
       <c r="K2" s="28" t="s">
         <v>3</v>
       </c>
       <c r="L2" s="28" t="s">
         <v>16</v>
       </c>
       <c r="M2" s="28" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A3" s="29" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
       <c r="K3" s="30"/>
       <c r="L3" s="30"/>
       <c r="M3" s="31"/>
     </row>
-    <row r="4" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="32" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B4" s="33"/>
       <c r="C4" s="33"/>
       <c r="D4" s="33"/>
       <c r="E4" s="33"/>
       <c r="F4" s="33"/>
       <c r="G4" s="33"/>
       <c r="H4" s="33"/>
       <c r="I4" s="34"/>
       <c r="J4" s="34"/>
       <c r="K4" s="34"/>
       <c r="L4" s="35"/>
       <c r="M4" s="35"/>
     </row>
-    <row r="5" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A5" s="43" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B5" s="38"/>
       <c r="C5" s="38"/>
       <c r="D5" s="26"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="26"/>
       <c r="I5" s="26"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
       <c r="L5" s="26"/>
       <c r="M5" s="26"/>
     </row>
-    <row r="6" spans="1:13" s="2" customFormat="1" ht="135" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:13" s="2" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="A6" s="40" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B6" s="39" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C6" s="39">
         <v>2022</v>
       </c>
       <c r="D6" s="26"/>
       <c r="E6" s="26"/>
       <c r="F6" s="26"/>
       <c r="G6" s="26"/>
       <c r="H6" s="26"/>
       <c r="I6" s="26"/>
       <c r="J6" s="26"/>
       <c r="K6" s="26"/>
       <c r="L6" s="26"/>
       <c r="M6" s="26"/>
     </row>
-    <row r="7" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A7" s="40" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="B7" s="39" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C7" s="39">
         <v>2022</v>
       </c>
       <c r="D7" s="26"/>
       <c r="E7" s="26"/>
       <c r="F7" s="26"/>
       <c r="G7" s="26"/>
       <c r="H7" s="26"/>
       <c r="I7" s="26"/>
       <c r="J7" s="26"/>
       <c r="K7" s="26"/>
       <c r="L7" s="26"/>
       <c r="M7" s="26"/>
     </row>
-    <row r="8" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A8" s="40" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="B8" s="39" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C8" s="39">
         <v>2022</v>
       </c>
       <c r="D8" s="26"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
       <c r="L8" s="26"/>
       <c r="M8" s="26"/>
     </row>
-    <row r="9" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="32" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B9" s="33"/>
       <c r="C9" s="33"/>
       <c r="D9" s="33"/>
       <c r="E9" s="33"/>
       <c r="F9" s="33"/>
       <c r="G9" s="33"/>
       <c r="H9" s="33"/>
       <c r="I9" s="34"/>
       <c r="J9" s="34"/>
       <c r="K9" s="34"/>
       <c r="L9" s="35"/>
       <c r="M9" s="35"/>
     </row>
-    <row r="10" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="40" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="B10" s="39" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="C10" s="39">
         <v>2022</v>
       </c>
       <c r="D10" s="26"/>
       <c r="E10" s="26"/>
       <c r="F10" s="26"/>
       <c r="G10" s="26"/>
       <c r="H10" s="26"/>
       <c r="I10" s="26"/>
       <c r="J10" s="26"/>
       <c r="K10" s="26"/>
       <c r="L10" s="26"/>
       <c r="M10" s="26"/>
     </row>
-    <row r="11" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="32" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B11" s="33"/>
       <c r="C11" s="33"/>
       <c r="D11" s="33"/>
       <c r="E11" s="33"/>
       <c r="F11" s="33"/>
       <c r="G11" s="33"/>
       <c r="H11" s="33"/>
       <c r="I11" s="34"/>
       <c r="J11" s="34"/>
       <c r="K11" s="34"/>
       <c r="L11" s="35"/>
       <c r="M11" s="35"/>
     </row>
-    <row r="12" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="40" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B12" s="39" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C12" s="39">
         <v>2022</v>
       </c>
       <c r="D12" s="26"/>
       <c r="E12" s="26"/>
       <c r="F12" s="26"/>
       <c r="G12" s="26"/>
       <c r="H12" s="26"/>
       <c r="I12" s="26"/>
       <c r="J12" s="26"/>
       <c r="K12" s="26"/>
       <c r="L12" s="26"/>
       <c r="M12" s="26"/>
     </row>
-    <row r="13" spans="1:13" s="2" customFormat="1" ht="240" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:13" s="2" customFormat="1" ht="210" x14ac:dyDescent="0.25">
       <c r="A13" s="40" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="B13" s="39" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C13" s="39">
         <v>2022</v>
       </c>
       <c r="D13" s="26"/>
       <c r="E13" s="26"/>
       <c r="F13" s="26"/>
       <c r="G13" s="26"/>
       <c r="H13" s="26"/>
       <c r="I13" s="26"/>
       <c r="J13" s="26"/>
       <c r="K13" s="26"/>
       <c r="L13" s="26"/>
       <c r="M13" s="26"/>
     </row>
-    <row r="14" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A14" s="40" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="B14" s="39" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C14" s="39">
         <v>2022</v>
       </c>
       <c r="D14" s="26"/>
       <c r="E14" s="26"/>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
       <c r="H14" s="26"/>
       <c r="I14" s="26"/>
       <c r="J14" s="26"/>
       <c r="K14" s="26"/>
       <c r="L14" s="26"/>
       <c r="M14" s="26"/>
     </row>
-    <row r="15" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="40" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="B15" s="39" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C15" s="39">
         <v>2022</v>
       </c>
       <c r="D15" s="26"/>
       <c r="E15" s="26"/>
       <c r="F15" s="26"/>
       <c r="G15" s="26"/>
       <c r="H15" s="26"/>
       <c r="I15" s="26"/>
       <c r="J15" s="26"/>
       <c r="K15" s="26"/>
       <c r="L15" s="26"/>
       <c r="M15" s="26"/>
     </row>
-    <row r="16" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="40" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="B16" s="39" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C16" s="39">
         <v>2022</v>
       </c>
       <c r="D16" s="26"/>
       <c r="E16" s="26"/>
       <c r="F16" s="26"/>
       <c r="G16" s="26"/>
       <c r="H16" s="26"/>
       <c r="I16" s="26"/>
       <c r="J16" s="26"/>
       <c r="K16" s="26"/>
       <c r="L16" s="26"/>
       <c r="M16" s="26"/>
     </row>
-    <row r="17" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="32" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="33"/>
       <c r="H17" s="33"/>
       <c r="I17" s="34"/>
       <c r="J17" s="34"/>
       <c r="K17" s="34"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
     </row>
-    <row r="18" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A18" s="40" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="B18" s="39" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C18" s="44">
         <v>2014</v>
       </c>
       <c r="D18" s="26"/>
       <c r="E18" s="26"/>
       <c r="F18" s="26"/>
       <c r="G18" s="26"/>
       <c r="H18" s="26"/>
       <c r="I18" s="26"/>
       <c r="J18" s="26"/>
       <c r="K18" s="26"/>
       <c r="L18" s="26"/>
       <c r="M18" s="26"/>
     </row>
-    <row r="19" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="40" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="B19" s="39" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C19" s="44">
         <v>2014</v>
       </c>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
       <c r="F19" s="26"/>
       <c r="G19" s="26"/>
       <c r="H19" s="26"/>
       <c r="I19" s="26"/>
       <c r="J19" s="26"/>
       <c r="K19" s="26"/>
       <c r="L19" s="26"/>
       <c r="M19" s="26"/>
     </row>
-    <row r="20" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A20" s="29" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B20" s="30"/>
       <c r="C20" s="30"/>
       <c r="D20" s="30"/>
       <c r="E20" s="30"/>
       <c r="F20" s="30"/>
       <c r="G20" s="30"/>
       <c r="H20" s="30"/>
       <c r="I20" s="30"/>
       <c r="J20" s="30"/>
       <c r="K20" s="30"/>
       <c r="L20" s="30"/>
       <c r="M20" s="31"/>
     </row>
-    <row r="21" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A21" s="43" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B21" s="38"/>
       <c r="C21" s="38"/>
       <c r="D21" s="26"/>
       <c r="E21" s="26"/>
       <c r="F21" s="26"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
       <c r="I21" s="26"/>
       <c r="J21" s="26"/>
       <c r="K21" s="26"/>
       <c r="L21" s="26"/>
       <c r="M21" s="26"/>
     </row>
-    <row r="22" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="32" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B22" s="33"/>
       <c r="C22" s="33"/>
       <c r="D22" s="33"/>
       <c r="E22" s="33"/>
       <c r="F22" s="33"/>
       <c r="G22" s="33"/>
       <c r="H22" s="33"/>
       <c r="I22" s="34"/>
       <c r="J22" s="34"/>
       <c r="K22" s="34"/>
       <c r="L22" s="35"/>
       <c r="M22" s="35"/>
     </row>
-    <row r="23" spans="1:13" s="2" customFormat="1" ht="210" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:13" s="2" customFormat="1" ht="210" x14ac:dyDescent="0.25">
       <c r="A23" s="40" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B23" s="39" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C23" s="38" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D23" s="26"/>
       <c r="E23" s="26"/>
       <c r="F23" s="26"/>
       <c r="G23" s="26"/>
       <c r="H23" s="26"/>
       <c r="I23" s="26"/>
       <c r="J23" s="26"/>
       <c r="K23" s="26"/>
       <c r="L23" s="26"/>
       <c r="M23" s="26"/>
     </row>
-    <row r="24" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A24" s="40" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B24" s="39" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="C24" s="39">
         <v>2014</v>
       </c>
       <c r="D24" s="26"/>
       <c r="E24" s="26"/>
       <c r="F24" s="26"/>
       <c r="G24" s="26"/>
       <c r="H24" s="26"/>
       <c r="I24" s="26"/>
       <c r="J24" s="26"/>
       <c r="K24" s="26"/>
       <c r="L24" s="26"/>
       <c r="M24" s="26"/>
     </row>
-    <row r="25" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A25" s="40" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B25" s="39" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C25" s="39">
         <v>2014</v>
       </c>
       <c r="D25" s="26"/>
       <c r="E25" s="26"/>
       <c r="F25" s="26"/>
       <c r="G25" s="26"/>
       <c r="H25" s="26"/>
       <c r="I25" s="26"/>
       <c r="J25" s="26"/>
       <c r="K25" s="26"/>
       <c r="L25" s="26"/>
       <c r="M25" s="26"/>
     </row>
-    <row r="26" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="32" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B26" s="33"/>
       <c r="C26" s="33"/>
       <c r="D26" s="33"/>
       <c r="E26" s="33"/>
       <c r="F26" s="33"/>
       <c r="G26" s="33"/>
       <c r="H26" s="33"/>
       <c r="I26" s="34"/>
       <c r="J26" s="34"/>
       <c r="K26" s="34"/>
       <c r="L26" s="35"/>
       <c r="M26" s="35"/>
     </row>
-    <row r="27" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A27" s="40" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="B27" s="39" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="C27" s="39">
         <v>2022</v>
       </c>
       <c r="D27" s="26"/>
       <c r="E27" s="26"/>
       <c r="F27" s="26"/>
       <c r="G27" s="26"/>
       <c r="H27" s="26"/>
       <c r="I27" s="26"/>
       <c r="J27" s="26"/>
       <c r="K27" s="26"/>
       <c r="L27" s="26"/>
       <c r="M27" s="26"/>
     </row>
-    <row r="28" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A28" s="40" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B28" s="39" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C28" s="39">
         <v>2014</v>
       </c>
       <c r="D28" s="26"/>
       <c r="E28" s="26"/>
       <c r="F28" s="26"/>
       <c r="G28" s="26"/>
       <c r="H28" s="26"/>
       <c r="I28" s="26"/>
       <c r="J28" s="26"/>
       <c r="K28" s="26"/>
       <c r="L28" s="26"/>
       <c r="M28" s="26"/>
     </row>
-    <row r="29" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A29" s="40" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="B29" s="39" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C29" s="39">
         <v>2014</v>
       </c>
       <c r="D29" s="26"/>
       <c r="E29" s="26"/>
       <c r="F29" s="26"/>
       <c r="G29" s="26"/>
       <c r="H29" s="26"/>
       <c r="I29" s="26"/>
       <c r="J29" s="26"/>
       <c r="K29" s="26"/>
       <c r="L29" s="26"/>
       <c r="M29" s="26"/>
     </row>
-    <row r="30" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A30" s="40" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B30" s="39" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C30" s="39">
         <v>2014</v>
       </c>
       <c r="D30" s="26"/>
       <c r="E30" s="26"/>
       <c r="F30" s="26"/>
       <c r="G30" s="26"/>
       <c r="H30" s="26"/>
       <c r="I30" s="26"/>
       <c r="J30" s="26"/>
       <c r="K30" s="26"/>
       <c r="L30" s="26"/>
       <c r="M30" s="26"/>
     </row>
-    <row r="31" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="40" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="B31" s="39" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C31" s="39">
         <v>2014</v>
       </c>
       <c r="D31" s="26"/>
       <c r="E31" s="26"/>
       <c r="F31" s="26"/>
       <c r="G31" s="26"/>
       <c r="H31" s="26"/>
       <c r="I31" s="26"/>
       <c r="J31" s="26"/>
       <c r="K31" s="26"/>
       <c r="L31" s="26"/>
       <c r="M31" s="26"/>
     </row>
-    <row r="32" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A32" s="40" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="B32" s="39" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C32" s="39">
         <v>2022</v>
       </c>
       <c r="D32" s="26"/>
       <c r="E32" s="26"/>
       <c r="F32" s="26"/>
       <c r="G32" s="26"/>
       <c r="H32" s="26"/>
       <c r="I32" s="26"/>
       <c r="J32" s="26"/>
       <c r="K32" s="26"/>
       <c r="L32" s="26"/>
       <c r="M32" s="26"/>
     </row>
-    <row r="33" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A33" s="40" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="B33" s="39" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C33" s="39">
         <v>2022</v>
       </c>
       <c r="D33" s="26"/>
       <c r="E33" s="26"/>
       <c r="F33" s="26"/>
       <c r="G33" s="26"/>
       <c r="H33" s="26"/>
       <c r="I33" s="26"/>
       <c r="J33" s="26"/>
       <c r="K33" s="26"/>
       <c r="L33" s="26"/>
       <c r="M33" s="26"/>
     </row>
-    <row r="34" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="32" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B34" s="33"/>
       <c r="C34" s="33"/>
       <c r="D34" s="33"/>
       <c r="E34" s="33"/>
       <c r="F34" s="33"/>
       <c r="G34" s="33"/>
       <c r="H34" s="33"/>
       <c r="I34" s="34"/>
       <c r="J34" s="34"/>
       <c r="K34" s="34"/>
       <c r="L34" s="35"/>
       <c r="M34" s="35"/>
     </row>
-    <row r="35" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A35" s="40" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="B35" s="39" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C35" s="39">
         <v>2022</v>
       </c>
       <c r="D35" s="26"/>
       <c r="E35" s="26"/>
       <c r="F35" s="26"/>
       <c r="G35" s="26"/>
       <c r="H35" s="26"/>
       <c r="I35" s="26"/>
       <c r="J35" s="26"/>
       <c r="K35" s="26"/>
       <c r="L35" s="26"/>
       <c r="M35" s="26"/>
     </row>
-    <row r="36" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A36" s="40" t="s">
-        <v>207</v>
+        <v>288</v>
       </c>
       <c r="B36" s="39" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C36" s="39">
         <v>2022</v>
       </c>
       <c r="D36" s="26"/>
       <c r="E36" s="26"/>
       <c r="F36" s="26"/>
       <c r="G36" s="26"/>
       <c r="H36" s="26"/>
       <c r="I36" s="26"/>
       <c r="J36" s="26"/>
       <c r="K36" s="26"/>
       <c r="L36" s="26"/>
       <c r="M36" s="26"/>
     </row>
-    <row r="37" spans="1:13" s="2" customFormat="1" ht="330" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:13" s="2" customFormat="1" ht="300" x14ac:dyDescent="0.25">
       <c r="A37" s="40" t="s">
-        <v>208</v>
+        <v>289</v>
       </c>
       <c r="B37" s="39" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>86</v>
+      </c>
+      <c r="C37" s="39">
+        <v>2022</v>
       </c>
       <c r="D37" s="26"/>
       <c r="E37" s="26"/>
       <c r="F37" s="26"/>
       <c r="G37" s="26"/>
       <c r="H37" s="26"/>
       <c r="I37" s="26"/>
       <c r="J37" s="26"/>
       <c r="K37" s="26"/>
       <c r="L37" s="26"/>
       <c r="M37" s="26"/>
     </row>
-    <row r="38" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="40" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="B38" s="39" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C38" s="39">
         <v>2022</v>
       </c>
       <c r="D38" s="26"/>
       <c r="E38" s="26"/>
       <c r="F38" s="26"/>
       <c r="G38" s="26"/>
       <c r="H38" s="26"/>
       <c r="I38" s="26"/>
       <c r="J38" s="26"/>
       <c r="K38" s="26"/>
       <c r="L38" s="26"/>
       <c r="M38" s="26"/>
     </row>
-    <row r="39" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A39" s="32" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B39" s="41"/>
       <c r="C39" s="33"/>
       <c r="D39" s="33"/>
       <c r="E39" s="33"/>
       <c r="F39" s="33"/>
       <c r="G39" s="33"/>
       <c r="H39" s="33"/>
       <c r="I39" s="34"/>
       <c r="J39" s="34"/>
       <c r="K39" s="34"/>
       <c r="L39" s="35"/>
       <c r="M39" s="35"/>
     </row>
-    <row r="40" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="A40" s="40" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="B40" s="39" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="C40" s="39">
         <v>2022</v>
       </c>
       <c r="D40" s="26"/>
       <c r="E40" s="26"/>
       <c r="F40" s="26"/>
       <c r="G40" s="26"/>
       <c r="H40" s="26"/>
       <c r="I40" s="26"/>
       <c r="J40" s="26"/>
       <c r="K40" s="26"/>
       <c r="L40" s="26"/>
       <c r="M40" s="26"/>
     </row>
-    <row r="41" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A41" s="40" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="B41" s="39" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C41" s="39">
         <v>2022</v>
       </c>
       <c r="D41" s="26"/>
       <c r="E41" s="26"/>
       <c r="F41" s="26"/>
       <c r="G41" s="26"/>
       <c r="H41" s="26"/>
       <c r="I41" s="26"/>
       <c r="J41" s="26"/>
       <c r="K41" s="26"/>
       <c r="L41" s="26"/>
       <c r="M41" s="26"/>
     </row>
-    <row r="42" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A42" s="40" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="B42" s="39" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C42" s="39">
         <v>2022</v>
       </c>
       <c r="D42" s="26"/>
       <c r="E42" s="26"/>
       <c r="F42" s="26"/>
       <c r="G42" s="26"/>
       <c r="H42" s="26"/>
       <c r="I42" s="26"/>
       <c r="J42" s="26"/>
       <c r="K42" s="26"/>
       <c r="L42" s="26"/>
       <c r="M42" s="26"/>
     </row>
-    <row r="43" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="A43" s="40" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B43" s="39" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="C43" s="39">
         <v>2022</v>
       </c>
       <c r="D43" s="26"/>
       <c r="E43" s="26"/>
       <c r="F43" s="26"/>
       <c r="G43" s="26"/>
       <c r="H43" s="26"/>
       <c r="I43" s="26"/>
       <c r="J43" s="26"/>
       <c r="K43" s="26"/>
       <c r="L43" s="26"/>
       <c r="M43" s="26"/>
     </row>
-    <row r="44" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A44" s="29" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B44" s="42"/>
       <c r="C44" s="30"/>
       <c r="D44" s="30"/>
       <c r="E44" s="30"/>
       <c r="F44" s="30"/>
       <c r="G44" s="30"/>
       <c r="H44" s="30"/>
       <c r="I44" s="30"/>
       <c r="J44" s="30"/>
       <c r="K44" s="30"/>
       <c r="L44" s="30"/>
       <c r="M44" s="31"/>
     </row>
-    <row r="45" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A45" s="43" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B45" s="38"/>
       <c r="C45" s="38"/>
       <c r="D45" s="26"/>
       <c r="E45" s="26"/>
       <c r="F45" s="26"/>
       <c r="G45" s="26"/>
       <c r="H45" s="26"/>
       <c r="I45" s="26"/>
       <c r="J45" s="26"/>
       <c r="K45" s="26"/>
       <c r="L45" s="26"/>
       <c r="M45" s="26"/>
     </row>
-    <row r="46" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A46" s="40" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="B46" s="39" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C46" s="39">
         <v>2022</v>
       </c>
       <c r="D46" s="26"/>
       <c r="E46" s="26"/>
       <c r="F46" s="26"/>
       <c r="G46" s="26"/>
       <c r="H46" s="26"/>
       <c r="I46" s="26"/>
       <c r="J46" s="26"/>
       <c r="K46" s="26"/>
       <c r="L46" s="26"/>
       <c r="M46" s="26"/>
     </row>
-    <row r="47" spans="1:13" s="2" customFormat="1" ht="180" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:13" s="2" customFormat="1" ht="165" x14ac:dyDescent="0.25">
       <c r="A47" s="40" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="B47" s="39" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="C47" s="38" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D47" s="26"/>
       <c r="E47" s="26"/>
       <c r="F47" s="26"/>
       <c r="G47" s="26"/>
       <c r="H47" s="26"/>
       <c r="I47" s="26"/>
       <c r="J47" s="26"/>
       <c r="K47" s="26"/>
       <c r="L47" s="26"/>
       <c r="M47" s="26"/>
     </row>
-    <row r="48" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A48" s="29" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B48" s="42"/>
       <c r="C48" s="30"/>
       <c r="D48" s="30"/>
       <c r="E48" s="30"/>
       <c r="F48" s="30"/>
       <c r="G48" s="30"/>
       <c r="H48" s="30"/>
       <c r="I48" s="30"/>
       <c r="J48" s="30"/>
       <c r="K48" s="30"/>
       <c r="L48" s="30"/>
       <c r="M48" s="31"/>
     </row>
-    <row r="49" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A49" s="32" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B49" s="33"/>
       <c r="C49" s="33"/>
       <c r="D49" s="33"/>
       <c r="E49" s="33"/>
       <c r="F49" s="33"/>
       <c r="G49" s="33"/>
       <c r="H49" s="33"/>
       <c r="I49" s="34"/>
       <c r="J49" s="34"/>
       <c r="K49" s="34"/>
       <c r="L49" s="35"/>
       <c r="M49" s="35"/>
     </row>
-    <row r="50" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A50" s="40" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B50" s="39" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C50" s="44">
         <v>2014</v>
       </c>
       <c r="D50" s="26"/>
       <c r="E50" s="26"/>
       <c r="F50" s="26"/>
       <c r="G50" s="26"/>
       <c r="H50" s="26"/>
       <c r="I50" s="26"/>
       <c r="J50" s="26"/>
       <c r="K50" s="26"/>
       <c r="L50" s="26"/>
       <c r="M50" s="26"/>
     </row>
-    <row r="51" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A51" s="32" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B51" s="33"/>
       <c r="C51" s="33"/>
       <c r="D51" s="33"/>
       <c r="E51" s="33"/>
       <c r="F51" s="33"/>
       <c r="G51" s="33"/>
       <c r="H51" s="33"/>
       <c r="I51" s="34"/>
       <c r="J51" s="34"/>
       <c r="K51" s="34"/>
       <c r="L51" s="35"/>
       <c r="M51" s="35"/>
     </row>
-    <row r="52" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A52" s="40" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="B52" s="39" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="C52" s="38" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D52" s="26"/>
       <c r="E52" s="26"/>
       <c r="F52" s="26"/>
       <c r="G52" s="26"/>
       <c r="H52" s="26"/>
       <c r="I52" s="26"/>
       <c r="J52" s="26"/>
       <c r="K52" s="26"/>
       <c r="L52" s="26"/>
       <c r="M52" s="26"/>
     </row>
-    <row r="53" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A53" s="32" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B53" s="33"/>
       <c r="C53" s="33"/>
       <c r="D53" s="33"/>
       <c r="E53" s="33"/>
       <c r="F53" s="33"/>
       <c r="G53" s="33"/>
       <c r="H53" s="33"/>
       <c r="I53" s="34"/>
       <c r="J53" s="34"/>
       <c r="K53" s="34"/>
       <c r="L53" s="35"/>
       <c r="M53" s="35"/>
     </row>
-    <row r="54" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A54" s="40" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="B54" s="39" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C54" s="38" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D54" s="26"/>
       <c r="E54" s="26"/>
       <c r="F54" s="26"/>
       <c r="G54" s="26"/>
       <c r="H54" s="26"/>
       <c r="I54" s="26"/>
       <c r="J54" s="26"/>
       <c r="K54" s="26"/>
       <c r="L54" s="26"/>
       <c r="M54" s="26"/>
     </row>
-    <row r="55" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A55" s="29" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="B55" s="30"/>
       <c r="C55" s="30"/>
       <c r="D55" s="30"/>
       <c r="E55" s="30"/>
       <c r="F55" s="30"/>
       <c r="G55" s="30"/>
       <c r="H55" s="30"/>
       <c r="I55" s="30"/>
       <c r="J55" s="30"/>
       <c r="K55" s="30"/>
       <c r="L55" s="30"/>
       <c r="M55" s="31"/>
     </row>
-    <row r="56" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A56" s="43" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B56" s="38"/>
       <c r="C56" s="38"/>
       <c r="D56" s="26"/>
       <c r="E56" s="26"/>
       <c r="F56" s="26"/>
       <c r="G56" s="26"/>
       <c r="H56" s="26"/>
       <c r="I56" s="26"/>
       <c r="J56" s="26"/>
       <c r="K56" s="26"/>
       <c r="L56" s="26"/>
       <c r="M56" s="26"/>
     </row>
-    <row r="57" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A57" s="40" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="B57" s="39" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C57" s="39">
         <v>2014</v>
       </c>
       <c r="D57" s="26"/>
       <c r="E57" s="26"/>
       <c r="F57" s="26"/>
       <c r="G57" s="26"/>
       <c r="H57" s="26"/>
       <c r="I57" s="26"/>
       <c r="J57" s="26"/>
       <c r="K57" s="26"/>
       <c r="L57" s="26"/>
       <c r="M57" s="26"/>
     </row>
-    <row r="58" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A58" s="40" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B58" s="39" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C58" s="39">
         <v>2022</v>
       </c>
       <c r="D58" s="26"/>
       <c r="E58" s="26"/>
       <c r="F58" s="26"/>
       <c r="G58" s="26"/>
       <c r="H58" s="26"/>
       <c r="I58" s="26"/>
       <c r="J58" s="26"/>
       <c r="K58" s="26"/>
       <c r="L58" s="26"/>
       <c r="M58" s="26"/>
     </row>
-    <row r="59" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A59" s="32" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B59" s="33"/>
       <c r="C59" s="33"/>
       <c r="D59" s="33"/>
       <c r="E59" s="33"/>
       <c r="F59" s="33"/>
       <c r="G59" s="33"/>
       <c r="H59" s="33"/>
       <c r="I59" s="34"/>
       <c r="J59" s="34"/>
       <c r="K59" s="34"/>
       <c r="L59" s="35"/>
       <c r="M59" s="35"/>
     </row>
-    <row r="60" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A60" s="32" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B60" s="33"/>
       <c r="C60" s="33"/>
       <c r="D60" s="33"/>
       <c r="E60" s="33"/>
       <c r="F60" s="33"/>
       <c r="G60" s="33"/>
       <c r="H60" s="33"/>
       <c r="I60" s="34"/>
       <c r="J60" s="34"/>
       <c r="K60" s="34"/>
       <c r="L60" s="35"/>
       <c r="M60" s="35"/>
     </row>
-    <row r="61" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="40" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="B61" s="39" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="C61" s="39">
         <v>2022</v>
       </c>
       <c r="D61" s="26"/>
       <c r="E61" s="26"/>
       <c r="F61" s="26"/>
       <c r="G61" s="26"/>
       <c r="H61" s="26"/>
       <c r="I61" s="26"/>
       <c r="J61" s="26"/>
       <c r="K61" s="26"/>
       <c r="L61" s="26"/>
       <c r="M61" s="26"/>
     </row>
-    <row r="62" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A62" s="40" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B62" s="39" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C62" s="39">
         <v>2022</v>
       </c>
       <c r="D62" s="26"/>
       <c r="E62" s="26"/>
       <c r="F62" s="26"/>
       <c r="G62" s="26"/>
       <c r="H62" s="26"/>
       <c r="I62" s="26"/>
       <c r="J62" s="26"/>
       <c r="K62" s="26"/>
       <c r="L62" s="26"/>
       <c r="M62" s="26"/>
     </row>
-    <row r="63" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="40" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="B63" s="39" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="C63" s="39">
         <v>2022</v>
       </c>
       <c r="D63" s="26"/>
       <c r="E63" s="26"/>
       <c r="F63" s="26"/>
       <c r="G63" s="26"/>
       <c r="H63" s="26"/>
       <c r="I63" s="26"/>
       <c r="J63" s="26"/>
       <c r="K63" s="26"/>
       <c r="L63" s="26"/>
       <c r="M63" s="26"/>
     </row>
-    <row r="64" spans="1:13" s="2" customFormat="1" ht="135" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A64" s="40" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B64" s="39" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C64" s="39">
         <v>2022</v>
       </c>
       <c r="D64" s="26"/>
       <c r="E64" s="26"/>
       <c r="F64" s="26"/>
       <c r="G64" s="26"/>
       <c r="H64" s="26"/>
       <c r="I64" s="26"/>
       <c r="J64" s="26"/>
       <c r="K64" s="26"/>
       <c r="L64" s="26"/>
       <c r="M64" s="26"/>
     </row>
-    <row r="65" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A65" s="40" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="B65" s="39" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C65" s="39">
         <v>2022</v>
       </c>
       <c r="D65" s="26"/>
       <c r="E65" s="26"/>
       <c r="F65" s="26"/>
       <c r="G65" s="26"/>
       <c r="H65" s="26"/>
       <c r="I65" s="26"/>
       <c r="J65" s="26"/>
       <c r="K65" s="26"/>
       <c r="L65" s="26"/>
       <c r="M65" s="26"/>
     </row>
-    <row r="66" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A66" s="40" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="B66" s="39" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="C66" s="39">
         <v>2022</v>
       </c>
       <c r="D66" s="26"/>
       <c r="E66" s="26"/>
       <c r="F66" s="26"/>
       <c r="G66" s="26"/>
       <c r="H66" s="26"/>
       <c r="I66" s="26"/>
       <c r="J66" s="26"/>
       <c r="K66" s="26"/>
       <c r="L66" s="26"/>
       <c r="M66" s="26"/>
     </row>
-    <row r="67" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A67" s="40" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="B67" s="39" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C67" s="39">
         <v>2022</v>
       </c>
       <c r="D67" s="26"/>
       <c r="E67" s="26"/>
       <c r="F67" s="26"/>
       <c r="G67" s="26"/>
       <c r="H67" s="26"/>
       <c r="I67" s="26"/>
       <c r="J67" s="26"/>
       <c r="K67" s="26"/>
       <c r="L67" s="26"/>
       <c r="M67" s="26"/>
     </row>
-    <row r="68" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A68" s="40" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="B68" s="39" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C68" s="39">
         <v>2014</v>
       </c>
       <c r="D68" s="26"/>
       <c r="E68" s="26"/>
       <c r="F68" s="26"/>
       <c r="G68" s="26"/>
       <c r="H68" s="26"/>
       <c r="I68" s="26"/>
       <c r="J68" s="26"/>
       <c r="K68" s="26"/>
       <c r="L68" s="26"/>
       <c r="M68" s="26"/>
     </row>
-    <row r="69" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A69" s="40" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="B69" s="39" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C69" s="39">
         <v>2022</v>
       </c>
       <c r="D69" s="26"/>
       <c r="E69" s="26"/>
       <c r="F69" s="26"/>
       <c r="G69" s="26"/>
       <c r="H69" s="26"/>
       <c r="I69" s="26"/>
       <c r="J69" s="26"/>
       <c r="K69" s="26"/>
       <c r="L69" s="26"/>
       <c r="M69" s="26"/>
     </row>
-    <row r="70" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A70" s="43" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B70" s="38"/>
       <c r="C70" s="38"/>
       <c r="D70" s="26"/>
       <c r="E70" s="26"/>
       <c r="F70" s="26"/>
       <c r="G70" s="26"/>
       <c r="H70" s="26"/>
       <c r="I70" s="26"/>
       <c r="J70" s="26"/>
       <c r="K70" s="26"/>
       <c r="L70" s="26"/>
       <c r="M70" s="26"/>
     </row>
-    <row r="71" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A71" s="32" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B71" s="33"/>
       <c r="C71" s="33"/>
       <c r="D71" s="33"/>
       <c r="E71" s="33"/>
       <c r="F71" s="33"/>
       <c r="G71" s="33"/>
       <c r="H71" s="33"/>
       <c r="I71" s="34"/>
       <c r="J71" s="34"/>
       <c r="K71" s="34"/>
       <c r="L71" s="35"/>
       <c r="M71" s="35"/>
     </row>
-    <row r="72" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A72" s="40" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="B72" s="39" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C72" s="39">
         <v>2022</v>
       </c>
       <c r="D72" s="26"/>
       <c r="E72" s="26"/>
       <c r="F72" s="26"/>
       <c r="G72" s="26"/>
       <c r="H72" s="26"/>
       <c r="I72" s="26"/>
       <c r="J72" s="26"/>
       <c r="K72" s="26"/>
       <c r="L72" s="26"/>
       <c r="M72" s="26"/>
     </row>
-    <row r="73" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A73" s="40" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="B73" s="39" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C73" s="39">
         <v>2022</v>
       </c>
       <c r="D73" s="26"/>
       <c r="E73" s="26"/>
       <c r="F73" s="26"/>
       <c r="G73" s="26"/>
       <c r="H73" s="26"/>
       <c r="I73" s="26"/>
       <c r="J73" s="26"/>
       <c r="K73" s="26"/>
       <c r="L73" s="26"/>
       <c r="M73" s="26"/>
     </row>
-    <row r="74" spans="1:13" s="2" customFormat="1" ht="375" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:13" s="2" customFormat="1" ht="345" x14ac:dyDescent="0.25">
       <c r="A74" s="40" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="B74" s="39" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C74" s="39">
         <v>2022</v>
       </c>
       <c r="D74" s="26"/>
       <c r="E74" s="26"/>
       <c r="F74" s="26"/>
       <c r="G74" s="26"/>
       <c r="H74" s="26"/>
       <c r="I74" s="26"/>
       <c r="J74" s="26"/>
       <c r="K74" s="26"/>
       <c r="L74" s="26"/>
       <c r="M74" s="26"/>
     </row>
-    <row r="75" spans="1:13" s="2" customFormat="1" ht="165" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A75" s="40" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="B75" s="39" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C75" s="39">
         <v>2022</v>
       </c>
       <c r="D75" s="26"/>
       <c r="E75" s="26"/>
       <c r="F75" s="26"/>
       <c r="G75" s="26"/>
       <c r="H75" s="26"/>
       <c r="I75" s="26"/>
       <c r="J75" s="26"/>
       <c r="K75" s="26"/>
       <c r="L75" s="26"/>
       <c r="M75" s="26"/>
     </row>
-    <row r="76" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A76" s="40" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="B76" s="39" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C76" s="39">
         <v>2022</v>
       </c>
       <c r="D76" s="26"/>
       <c r="E76" s="26"/>
       <c r="F76" s="26"/>
       <c r="G76" s="26"/>
       <c r="H76" s="26"/>
       <c r="I76" s="26"/>
       <c r="J76" s="26"/>
       <c r="K76" s="26"/>
       <c r="L76" s="26"/>
       <c r="M76" s="26"/>
     </row>
-    <row r="77" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A77" s="32" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B77" s="33"/>
       <c r="C77" s="33"/>
       <c r="D77" s="33"/>
       <c r="E77" s="33"/>
       <c r="F77" s="33"/>
       <c r="G77" s="33"/>
       <c r="H77" s="33"/>
       <c r="I77" s="34"/>
       <c r="J77" s="34"/>
       <c r="K77" s="34"/>
       <c r="L77" s="35"/>
       <c r="M77" s="35"/>
     </row>
-    <row r="78" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A78" s="43" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B78" s="38"/>
       <c r="C78" s="38"/>
       <c r="D78" s="26"/>
       <c r="E78" s="26"/>
       <c r="F78" s="26"/>
       <c r="G78" s="26"/>
       <c r="H78" s="26"/>
       <c r="I78" s="26"/>
       <c r="J78" s="26"/>
       <c r="K78" s="26"/>
       <c r="L78" s="26"/>
       <c r="M78" s="26"/>
     </row>
-    <row r="79" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A79" s="43" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B79" s="38"/>
       <c r="C79" s="38"/>
       <c r="D79" s="26"/>
       <c r="E79" s="26"/>
       <c r="F79" s="26"/>
       <c r="G79" s="26"/>
       <c r="H79" s="26"/>
       <c r="I79" s="26"/>
       <c r="J79" s="26"/>
       <c r="K79" s="26"/>
       <c r="L79" s="26"/>
       <c r="M79" s="26"/>
     </row>
-    <row r="80" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A80" s="40" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B80" s="39" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C80" s="39">
         <v>2014</v>
       </c>
       <c r="D80" s="26"/>
       <c r="E80" s="26"/>
       <c r="F80" s="26"/>
       <c r="G80" s="26"/>
       <c r="H80" s="26"/>
       <c r="I80" s="26"/>
       <c r="J80" s="26"/>
       <c r="K80" s="26"/>
       <c r="L80" s="26"/>
       <c r="M80" s="26"/>
     </row>
-    <row r="81" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A81" s="32" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B81" s="33"/>
       <c r="C81" s="33"/>
       <c r="D81" s="33"/>
       <c r="E81" s="33"/>
       <c r="F81" s="33"/>
       <c r="G81" s="33"/>
       <c r="H81" s="33"/>
       <c r="I81" s="34"/>
       <c r="J81" s="34"/>
       <c r="K81" s="34"/>
       <c r="L81" s="35"/>
       <c r="M81" s="35"/>
     </row>
-    <row r="82" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="A82" s="40" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="B82" s="39" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C82" s="38" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D82" s="26"/>
       <c r="E82" s="26"/>
       <c r="F82" s="26"/>
       <c r="G82" s="26"/>
       <c r="H82" s="26"/>
       <c r="I82" s="26"/>
       <c r="J82" s="26"/>
       <c r="K82" s="26"/>
       <c r="L82" s="26"/>
       <c r="M82" s="26"/>
     </row>
-    <row r="83" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A83" s="32" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B83" s="33"/>
       <c r="C83" s="33"/>
       <c r="D83" s="33"/>
       <c r="E83" s="33"/>
       <c r="F83" s="33"/>
       <c r="G83" s="33"/>
       <c r="H83" s="33"/>
       <c r="I83" s="34"/>
       <c r="J83" s="34"/>
       <c r="K83" s="34"/>
       <c r="L83" s="35"/>
       <c r="M83" s="35"/>
     </row>
-    <row r="84" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A84" s="40" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="B84" s="39" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C84" s="39">
         <v>2014</v>
       </c>
       <c r="D84" s="26"/>
       <c r="E84" s="26"/>
       <c r="F84" s="26"/>
       <c r="G84" s="26"/>
       <c r="H84" s="26"/>
       <c r="I84" s="26"/>
       <c r="J84" s="26"/>
       <c r="K84" s="26"/>
       <c r="L84" s="26"/>
       <c r="M84" s="26"/>
     </row>
-    <row r="85" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A85" s="40" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="B85" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C85" s="39">
         <v>2014</v>
       </c>
       <c r="D85" s="26"/>
       <c r="E85" s="26"/>
       <c r="F85" s="26"/>
       <c r="G85" s="26"/>
       <c r="H85" s="26"/>
       <c r="I85" s="26"/>
       <c r="J85" s="26"/>
       <c r="K85" s="26"/>
       <c r="L85" s="26"/>
       <c r="M85" s="26"/>
     </row>
-    <row r="86" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A86" s="40" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="B86" s="39" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="C86" s="38" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D86" s="26"/>
       <c r="E86" s="26"/>
       <c r="F86" s="26"/>
       <c r="G86" s="26"/>
       <c r="H86" s="26"/>
       <c r="I86" s="26"/>
       <c r="J86" s="26"/>
       <c r="K86" s="26"/>
       <c r="L86" s="26"/>
       <c r="M86" s="26"/>
     </row>
-    <row r="87" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A87" s="40" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="B87" s="39" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C87" s="39">
         <v>2014</v>
       </c>
       <c r="D87" s="26"/>
       <c r="E87" s="26"/>
       <c r="F87" s="26"/>
       <c r="G87" s="26"/>
       <c r="H87" s="26"/>
       <c r="I87" s="26"/>
       <c r="J87" s="26"/>
       <c r="K87" s="26"/>
       <c r="L87" s="26"/>
       <c r="M87" s="26"/>
     </row>
-    <row r="88" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A88" s="40" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B88" s="39" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C88" s="39">
         <v>2014</v>
       </c>
       <c r="D88" s="26"/>
       <c r="E88" s="26"/>
       <c r="F88" s="26"/>
       <c r="G88" s="26"/>
       <c r="H88" s="26"/>
       <c r="I88" s="26"/>
       <c r="J88" s="26"/>
       <c r="K88" s="26"/>
       <c r="L88" s="26"/>
       <c r="M88" s="26"/>
     </row>
-    <row r="89" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A89" s="32" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B89" s="33"/>
       <c r="C89" s="33"/>
       <c r="D89" s="33"/>
       <c r="E89" s="33"/>
       <c r="F89" s="33"/>
       <c r="G89" s="33"/>
       <c r="H89" s="33"/>
       <c r="I89" s="34"/>
       <c r="J89" s="34"/>
       <c r="K89" s="34"/>
       <c r="L89" s="35"/>
       <c r="M89" s="35"/>
     </row>
-    <row r="90" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="A90" s="40" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="B90" s="39" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C90" s="39">
         <v>2022</v>
       </c>
       <c r="D90" s="26"/>
       <c r="E90" s="26"/>
       <c r="F90" s="26"/>
       <c r="G90" s="26"/>
       <c r="H90" s="26"/>
       <c r="I90" s="26"/>
       <c r="J90" s="26"/>
       <c r="K90" s="26"/>
       <c r="L90" s="26"/>
       <c r="M90" s="26"/>
     </row>
-    <row r="91" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A91" s="40" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="B91" s="39" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C91" s="39">
         <v>2022</v>
       </c>
       <c r="D91" s="26"/>
       <c r="E91" s="26"/>
       <c r="F91" s="26"/>
       <c r="G91" s="26"/>
       <c r="H91" s="26"/>
       <c r="I91" s="26"/>
       <c r="J91" s="26"/>
       <c r="K91" s="26"/>
       <c r="L91" s="26"/>
       <c r="M91" s="26"/>
     </row>
-    <row r="92" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A92" s="40" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="B92" s="39" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C92" s="39">
         <v>2022</v>
       </c>
       <c r="D92" s="26"/>
       <c r="E92" s="26"/>
       <c r="F92" s="26"/>
       <c r="G92" s="26"/>
       <c r="H92" s="26"/>
       <c r="I92" s="26"/>
       <c r="J92" s="26"/>
       <c r="K92" s="26"/>
       <c r="L92" s="26"/>
       <c r="M92" s="26"/>
     </row>
-    <row r="93" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A93" s="40" t="s">
-        <v>244</v>
+        <v>290</v>
       </c>
       <c r="B93" s="39" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C93" s="39">
         <v>2022</v>
       </c>
       <c r="D93" s="26"/>
       <c r="E93" s="26"/>
       <c r="F93" s="26"/>
       <c r="G93" s="26"/>
       <c r="H93" s="26"/>
       <c r="I93" s="26"/>
       <c r="J93" s="26"/>
       <c r="K93" s="26"/>
       <c r="L93" s="26"/>
       <c r="M93" s="26"/>
     </row>
-    <row r="94" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A94" s="40" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="B94" s="39" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="C94" s="39">
         <v>2022</v>
       </c>
       <c r="D94" s="26"/>
       <c r="E94" s="26"/>
       <c r="F94" s="26"/>
       <c r="G94" s="26"/>
       <c r="H94" s="26"/>
       <c r="I94" s="26"/>
       <c r="J94" s="26"/>
       <c r="K94" s="26"/>
       <c r="L94" s="26"/>
       <c r="M94" s="26"/>
     </row>
-    <row r="95" spans="1:13" s="2" customFormat="1" ht="165" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A95" s="40" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="B95" s="39" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C95" s="39">
         <v>2022</v>
       </c>
       <c r="D95" s="26"/>
       <c r="E95" s="26"/>
       <c r="F95" s="26"/>
       <c r="G95" s="26"/>
       <c r="H95" s="26"/>
       <c r="I95" s="26"/>
       <c r="J95" s="26"/>
       <c r="K95" s="26"/>
       <c r="L95" s="26"/>
       <c r="M95" s="26"/>
     </row>
-    <row r="96" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A96" s="43" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B96" s="38"/>
       <c r="C96" s="38"/>
       <c r="D96" s="26"/>
       <c r="E96" s="26"/>
       <c r="F96" s="26"/>
       <c r="G96" s="26"/>
       <c r="H96" s="26"/>
       <c r="I96" s="26"/>
       <c r="J96" s="26"/>
       <c r="K96" s="26"/>
       <c r="L96" s="26"/>
       <c r="M96" s="26"/>
     </row>
-    <row r="97" spans="1:13" s="2" customFormat="1" ht="270" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:13" s="2" customFormat="1" ht="270" x14ac:dyDescent="0.25">
       <c r="A97" s="40" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="B97" s="39" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="C97" s="39">
         <v>2022</v>
       </c>
       <c r="D97" s="26"/>
       <c r="E97" s="26"/>
       <c r="F97" s="26"/>
       <c r="G97" s="26"/>
       <c r="H97" s="26"/>
       <c r="I97" s="26"/>
       <c r="J97" s="26"/>
       <c r="K97" s="26"/>
       <c r="L97" s="26"/>
       <c r="M97" s="26"/>
     </row>
-    <row r="98" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A98" s="40" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="B98" s="39" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C98" s="39">
         <v>2022</v>
       </c>
       <c r="D98" s="26"/>
       <c r="E98" s="26"/>
       <c r="F98" s="26"/>
       <c r="G98" s="26"/>
       <c r="H98" s="26"/>
       <c r="I98" s="26"/>
       <c r="J98" s="26"/>
       <c r="K98" s="26"/>
       <c r="L98" s="26"/>
       <c r="M98" s="26"/>
     </row>
-    <row r="99" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A99" s="40" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="B99" s="39" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C99" s="39">
         <v>2019</v>
       </c>
       <c r="D99" s="26"/>
       <c r="E99" s="26"/>
       <c r="F99" s="26"/>
       <c r="G99" s="26"/>
       <c r="H99" s="26"/>
       <c r="I99" s="26"/>
       <c r="J99" s="26"/>
       <c r="K99" s="26"/>
       <c r="L99" s="26"/>
       <c r="M99" s="26"/>
     </row>
-    <row r="100" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A100" s="32" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B100" s="33"/>
       <c r="C100" s="33"/>
       <c r="D100" s="33"/>
       <c r="E100" s="33"/>
       <c r="F100" s="33"/>
       <c r="G100" s="33"/>
       <c r="H100" s="33"/>
       <c r="I100" s="34"/>
       <c r="J100" s="34"/>
       <c r="K100" s="34"/>
       <c r="L100" s="35"/>
       <c r="M100" s="35"/>
     </row>
-    <row r="101" spans="1:13" s="2" customFormat="1" ht="135" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A101" s="40" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="B101" s="39" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="C101" s="39">
         <v>2014</v>
       </c>
       <c r="D101" s="26"/>
       <c r="E101" s="26"/>
       <c r="F101" s="26"/>
       <c r="G101" s="26"/>
       <c r="H101" s="26"/>
       <c r="I101" s="26"/>
       <c r="J101" s="26"/>
       <c r="K101" s="26"/>
       <c r="L101" s="26"/>
       <c r="M101" s="26"/>
     </row>
-    <row r="102" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A102" s="40" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="B102" s="39" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C102" s="39">
         <v>2014</v>
       </c>
       <c r="D102" s="26"/>
       <c r="E102" s="26"/>
       <c r="F102" s="26"/>
       <c r="G102" s="26"/>
       <c r="H102" s="26"/>
       <c r="I102" s="26"/>
       <c r="J102" s="26"/>
       <c r="K102" s="26"/>
       <c r="L102" s="26"/>
       <c r="M102" s="26"/>
     </row>
-    <row r="103" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A103" s="40" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="B103" s="39" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="C103" s="39">
         <v>2014</v>
       </c>
       <c r="D103" s="26"/>
       <c r="E103" s="26"/>
       <c r="F103" s="26"/>
       <c r="G103" s="26"/>
       <c r="H103" s="26"/>
       <c r="I103" s="26"/>
       <c r="J103" s="26"/>
       <c r="K103" s="26"/>
       <c r="L103" s="26"/>
       <c r="M103" s="26"/>
     </row>
-    <row r="104" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A104" s="32" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B104" s="33"/>
       <c r="C104" s="33"/>
       <c r="D104" s="33"/>
       <c r="E104" s="33"/>
       <c r="F104" s="33"/>
       <c r="G104" s="33"/>
       <c r="H104" s="33"/>
       <c r="I104" s="34"/>
       <c r="J104" s="34"/>
       <c r="K104" s="34"/>
       <c r="L104" s="35"/>
       <c r="M104" s="35"/>
     </row>
-    <row r="105" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A105" s="40" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="B105" s="39" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C105" s="39">
         <v>2014</v>
       </c>
       <c r="D105" s="26"/>
       <c r="E105" s="26"/>
       <c r="F105" s="26"/>
       <c r="G105" s="26"/>
       <c r="H105" s="26"/>
       <c r="I105" s="26"/>
       <c r="J105" s="26"/>
       <c r="K105" s="26"/>
       <c r="L105" s="26"/>
       <c r="M105" s="26"/>
     </row>
-    <row r="106" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A106" s="32" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B106" s="33"/>
       <c r="C106" s="33"/>
       <c r="D106" s="33"/>
       <c r="E106" s="33"/>
       <c r="F106" s="33"/>
       <c r="G106" s="33"/>
       <c r="H106" s="33"/>
       <c r="I106" s="34"/>
       <c r="J106" s="34"/>
       <c r="K106" s="34"/>
       <c r="L106" s="35"/>
       <c r="M106" s="35"/>
     </row>
-    <row r="107" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A107" s="40" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="B107" s="39" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C107" s="39">
         <v>2022</v>
       </c>
       <c r="D107" s="26"/>
       <c r="E107" s="26"/>
       <c r="F107" s="26"/>
       <c r="G107" s="26"/>
       <c r="H107" s="26"/>
       <c r="I107" s="26"/>
       <c r="J107" s="26"/>
       <c r="K107" s="26"/>
       <c r="L107" s="26"/>
       <c r="M107" s="26"/>
     </row>
-    <row r="108" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A108" s="40" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="B108" s="39" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C108" s="39">
         <v>2022</v>
       </c>
       <c r="D108" s="26"/>
       <c r="E108" s="26"/>
       <c r="F108" s="26"/>
       <c r="G108" s="26"/>
       <c r="H108" s="26"/>
       <c r="I108" s="26"/>
       <c r="J108" s="26"/>
       <c r="K108" s="26"/>
       <c r="L108" s="26"/>
       <c r="M108" s="26"/>
     </row>
-    <row r="109" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A109" s="40" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="B109" s="39" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C109" s="39">
         <v>2022</v>
       </c>
       <c r="D109" s="26"/>
       <c r="E109" s="26"/>
       <c r="F109" s="26"/>
       <c r="G109" s="26"/>
       <c r="H109" s="26"/>
       <c r="I109" s="26"/>
       <c r="J109" s="26"/>
       <c r="K109" s="26"/>
       <c r="L109" s="26"/>
       <c r="M109" s="26"/>
     </row>
-    <row r="110" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A110" s="40" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="B110" s="39" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C110" s="39">
         <v>2022</v>
       </c>
       <c r="D110" s="26"/>
       <c r="E110" s="26"/>
       <c r="F110" s="26"/>
       <c r="G110" s="26"/>
       <c r="H110" s="26"/>
       <c r="I110" s="26"/>
       <c r="J110" s="26"/>
       <c r="K110" s="26"/>
       <c r="L110" s="26"/>
       <c r="M110" s="26"/>
     </row>
-    <row r="111" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A111" s="32" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B111" s="33"/>
       <c r="C111" s="33"/>
       <c r="D111" s="33"/>
       <c r="E111" s="33"/>
       <c r="F111" s="33"/>
       <c r="G111" s="33"/>
       <c r="H111" s="33"/>
       <c r="I111" s="34"/>
       <c r="J111" s="34"/>
       <c r="K111" s="34"/>
       <c r="L111" s="35"/>
       <c r="M111" s="35"/>
     </row>
-    <row r="112" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A112" s="40" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="B112" s="39" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C112" s="39">
         <v>2022</v>
       </c>
       <c r="D112" s="26"/>
       <c r="E112" s="26"/>
       <c r="F112" s="26"/>
       <c r="G112" s="26"/>
       <c r="H112" s="26"/>
       <c r="I112" s="26"/>
       <c r="J112" s="26"/>
       <c r="K112" s="26"/>
       <c r="L112" s="26"/>
       <c r="M112" s="26"/>
     </row>
-    <row r="113" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A113" s="40" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="B113" s="39" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C113" s="39">
         <v>2022</v>
       </c>
       <c r="D113" s="26"/>
       <c r="E113" s="26"/>
       <c r="F113" s="26"/>
       <c r="G113" s="26"/>
       <c r="H113" s="26"/>
       <c r="I113" s="26"/>
       <c r="J113" s="26"/>
       <c r="K113" s="26"/>
       <c r="L113" s="26"/>
       <c r="M113" s="26"/>
     </row>
-    <row r="114" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A114" s="40" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="B114" s="39" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C114" s="39">
         <v>2022</v>
       </c>
       <c r="D114" s="26"/>
       <c r="E114" s="26"/>
       <c r="F114" s="26"/>
       <c r="G114" s="26"/>
       <c r="H114" s="26"/>
       <c r="I114" s="26"/>
       <c r="J114" s="26"/>
       <c r="K114" s="26"/>
       <c r="L114" s="26"/>
       <c r="M114" s="26"/>
     </row>
-    <row r="115" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A115" s="40" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="B115" s="39" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C115" s="39">
         <v>2022</v>
       </c>
       <c r="D115" s="26"/>
       <c r="E115" s="26"/>
       <c r="F115" s="26"/>
       <c r="G115" s="26"/>
       <c r="H115" s="26"/>
       <c r="I115" s="26"/>
       <c r="J115" s="26"/>
       <c r="K115" s="26"/>
       <c r="L115" s="26"/>
       <c r="M115" s="26"/>
     </row>
-    <row r="116" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A116" s="32" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="B116" s="33"/>
       <c r="C116" s="33"/>
       <c r="D116" s="33"/>
       <c r="E116" s="33"/>
       <c r="F116" s="33"/>
       <c r="G116" s="33"/>
       <c r="H116" s="33"/>
       <c r="I116" s="34"/>
       <c r="J116" s="34"/>
       <c r="K116" s="34"/>
       <c r="L116" s="35"/>
       <c r="M116" s="35"/>
     </row>
-    <row r="117" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A117" s="43" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="B117" s="38"/>
       <c r="C117" s="38"/>
       <c r="D117" s="26"/>
       <c r="E117" s="26"/>
       <c r="F117" s="26"/>
       <c r="G117" s="26"/>
       <c r="H117" s="26"/>
       <c r="I117" s="26"/>
       <c r="J117" s="26"/>
       <c r="K117" s="26"/>
       <c r="L117" s="26"/>
       <c r="M117" s="26"/>
     </row>
-    <row r="118" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A118" s="32" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B118" s="33"/>
       <c r="C118" s="33"/>
       <c r="D118" s="33"/>
       <c r="E118" s="33"/>
       <c r="F118" s="33"/>
       <c r="G118" s="33"/>
       <c r="H118" s="33"/>
       <c r="I118" s="34"/>
       <c r="J118" s="34"/>
       <c r="K118" s="34"/>
       <c r="L118" s="35"/>
       <c r="M118" s="35"/>
     </row>
-    <row r="119" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A119" s="43" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B119" s="38"/>
       <c r="C119" s="38"/>
       <c r="D119" s="26"/>
       <c r="E119" s="26"/>
       <c r="F119" s="26"/>
       <c r="G119" s="26"/>
       <c r="H119" s="26"/>
       <c r="I119" s="26"/>
       <c r="J119" s="26"/>
       <c r="K119" s="26"/>
       <c r="L119" s="26"/>
       <c r="M119" s="26"/>
     </row>
-    <row r="120" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A120" s="29" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B120" s="42"/>
       <c r="C120" s="30"/>
       <c r="D120" s="30"/>
       <c r="E120" s="30"/>
       <c r="F120" s="30"/>
       <c r="G120" s="30"/>
       <c r="H120" s="30"/>
       <c r="I120" s="30"/>
       <c r="J120" s="30"/>
       <c r="K120" s="30"/>
       <c r="L120" s="30"/>
       <c r="M120" s="31"/>
     </row>
-    <row r="121" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A121" s="40" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B121" s="39" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C121" s="39">
         <v>2014</v>
       </c>
       <c r="D121" s="26"/>
       <c r="E121" s="26"/>
       <c r="F121" s="26"/>
       <c r="G121" s="26"/>
       <c r="H121" s="26"/>
       <c r="I121" s="26"/>
       <c r="J121" s="26"/>
       <c r="K121" s="26"/>
       <c r="L121" s="26"/>
       <c r="M121" s="26"/>
     </row>
-    <row r="122" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A122" s="40" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="B122" s="39" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C122" s="39">
         <v>2014</v>
       </c>
       <c r="D122" s="26"/>
       <c r="E122" s="26"/>
       <c r="F122" s="26"/>
       <c r="G122" s="26"/>
       <c r="H122" s="26"/>
       <c r="I122" s="26"/>
       <c r="J122" s="26"/>
       <c r="K122" s="26"/>
       <c r="L122" s="26"/>
       <c r="M122" s="26"/>
     </row>
-    <row r="123" spans="1:13" s="2" customFormat="1" ht="317.10000000000002" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:13" s="2" customFormat="1" ht="317.10000000000002" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="45" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="B123" s="46"/>
       <c r="C123" s="47"/>
       <c r="D123" s="48"/>
       <c r="E123" s="48"/>
       <c r="F123" s="48"/>
       <c r="G123" s="48"/>
       <c r="H123" s="48"/>
       <c r="I123" s="48"/>
       <c r="J123" s="48"/>
       <c r="K123" s="48"/>
       <c r="L123" s="48"/>
       <c r="M123" s="48"/>
     </row>
-    <row r="124" spans="1:13" s="2" customFormat="1" ht="360" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:13" s="2" customFormat="1" ht="345" x14ac:dyDescent="0.25">
       <c r="A124" s="49" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B124" s="50" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C124" s="37" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D124" s="36"/>
       <c r="E124" s="36"/>
       <c r="F124" s="36"/>
       <c r="G124" s="36"/>
       <c r="H124" s="36"/>
       <c r="I124" s="36"/>
       <c r="J124" s="36"/>
       <c r="K124" s="36"/>
       <c r="L124" s="36"/>
       <c r="M124" s="36"/>
     </row>
-    <row r="125" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A125" s="40" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="B125" s="39" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C125" s="39">
         <v>2014</v>
       </c>
       <c r="D125" s="26"/>
       <c r="E125" s="26"/>
       <c r="F125" s="26"/>
       <c r="G125" s="26"/>
       <c r="H125" s="26"/>
       <c r="I125" s="26"/>
       <c r="J125" s="26"/>
       <c r="K125" s="26"/>
       <c r="L125" s="26"/>
       <c r="M125" s="26"/>
     </row>
-    <row r="126" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A126" s="40" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="B126" s="39" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C126" s="39">
         <v>2014</v>
       </c>
       <c r="D126" s="26"/>
       <c r="E126" s="26"/>
       <c r="F126" s="26"/>
       <c r="G126" s="26"/>
       <c r="H126" s="26"/>
       <c r="I126" s="26"/>
       <c r="J126" s="26"/>
       <c r="K126" s="26"/>
       <c r="L126" s="26"/>
       <c r="M126" s="26"/>
     </row>
-    <row r="127" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A127" s="40" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="B127" s="39" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C127" s="39">
         <v>2014</v>
       </c>
       <c r="D127" s="26"/>
       <c r="E127" s="26"/>
       <c r="F127" s="26"/>
       <c r="G127" s="26"/>
       <c r="H127" s="26"/>
       <c r="I127" s="26"/>
       <c r="J127" s="26"/>
       <c r="K127" s="26"/>
       <c r="L127" s="26"/>
       <c r="M127" s="26"/>
     </row>
-    <row r="128" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A128" s="40" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="B128" s="39" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C128" s="39">
         <v>2014</v>
       </c>
       <c r="D128" s="26"/>
       <c r="E128" s="26"/>
       <c r="F128" s="26"/>
       <c r="G128" s="26"/>
       <c r="H128" s="26"/>
       <c r="I128" s="26"/>
       <c r="J128" s="26"/>
       <c r="K128" s="26"/>
       <c r="L128" s="26"/>
       <c r="M128" s="26"/>
     </row>
-    <row r="129" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A129" s="40" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="B129" s="39" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C129" s="39">
         <v>2014</v>
       </c>
       <c r="D129" s="26"/>
       <c r="E129" s="26"/>
       <c r="F129" s="26"/>
       <c r="G129" s="26"/>
       <c r="H129" s="26"/>
       <c r="I129" s="26"/>
       <c r="J129" s="26"/>
       <c r="K129" s="26"/>
       <c r="L129" s="26"/>
       <c r="M129" s="26"/>
     </row>
-    <row r="130" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A130" s="40" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="B130" s="39" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C130" s="38" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D130" s="26"/>
       <c r="E130" s="26"/>
       <c r="F130" s="26"/>
       <c r="G130" s="26"/>
       <c r="H130" s="26"/>
       <c r="I130" s="26"/>
       <c r="J130" s="26"/>
       <c r="K130" s="26"/>
       <c r="L130" s="26"/>
       <c r="M130" s="26"/>
     </row>
-    <row r="131" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A131" s="40" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="B131" s="39" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C131" s="39">
         <v>2014</v>
       </c>
       <c r="D131" s="26"/>
       <c r="E131" s="26"/>
       <c r="F131" s="26"/>
       <c r="G131" s="26"/>
       <c r="H131" s="26"/>
       <c r="I131" s="26"/>
       <c r="J131" s="26"/>
       <c r="K131" s="26"/>
       <c r="L131" s="26"/>
       <c r="M131" s="26"/>
     </row>
-    <row r="132" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A132" s="29" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B132" s="30"/>
       <c r="C132" s="30"/>
       <c r="D132" s="30"/>
       <c r="E132" s="30"/>
       <c r="F132" s="30"/>
       <c r="G132" s="30"/>
       <c r="H132" s="30"/>
       <c r="I132" s="30"/>
       <c r="J132" s="30"/>
       <c r="K132" s="30"/>
       <c r="L132" s="30"/>
       <c r="M132" s="31"/>
     </row>
-    <row r="133" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="133" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A133" s="32" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B133" s="33"/>
       <c r="C133" s="33"/>
       <c r="D133" s="33"/>
       <c r="E133" s="33"/>
       <c r="F133" s="33"/>
       <c r="G133" s="33"/>
       <c r="H133" s="33"/>
       <c r="I133" s="34"/>
       <c r="J133" s="34"/>
       <c r="K133" s="34"/>
       <c r="L133" s="35"/>
       <c r="M133" s="35"/>
     </row>
-    <row r="134" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A134" s="40" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="B134" s="39" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C134" s="39">
         <v>2014</v>
       </c>
       <c r="D134" s="26"/>
       <c r="E134" s="26"/>
       <c r="F134" s="26"/>
       <c r="G134" s="26"/>
       <c r="H134" s="26"/>
       <c r="I134" s="26"/>
       <c r="J134" s="26"/>
       <c r="K134" s="26"/>
       <c r="L134" s="26"/>
       <c r="M134" s="26"/>
     </row>
-    <row r="135" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A135" s="40" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="B135" s="39" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C135" s="39">
         <v>2014</v>
       </c>
       <c r="D135" s="26"/>
       <c r="E135" s="26"/>
       <c r="F135" s="26"/>
       <c r="G135" s="26"/>
       <c r="H135" s="26"/>
       <c r="I135" s="26"/>
       <c r="J135" s="26"/>
       <c r="K135" s="26"/>
       <c r="L135" s="26"/>
       <c r="M135" s="26"/>
     </row>
-    <row r="136" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A136" s="40" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="B136" s="39" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="C136" s="39">
         <v>2014</v>
       </c>
       <c r="D136" s="26"/>
       <c r="E136" s="26"/>
       <c r="F136" s="26"/>
       <c r="G136" s="26"/>
       <c r="H136" s="26"/>
       <c r="I136" s="26"/>
       <c r="J136" s="26"/>
       <c r="K136" s="26"/>
       <c r="L136" s="26"/>
       <c r="M136" s="26"/>
     </row>
-    <row r="137" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A137" s="32" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B137" s="33"/>
       <c r="C137" s="33"/>
       <c r="D137" s="33"/>
       <c r="E137" s="33"/>
       <c r="F137" s="33"/>
       <c r="G137" s="33"/>
       <c r="H137" s="33"/>
       <c r="I137" s="34"/>
       <c r="J137" s="34"/>
       <c r="K137" s="34"/>
       <c r="L137" s="35"/>
       <c r="M137" s="35"/>
     </row>
-    <row r="138" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A138" s="40" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="B138" s="39" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="C138" s="39">
         <v>2014</v>
       </c>
       <c r="D138" s="26"/>
       <c r="E138" s="26"/>
       <c r="F138" s="26"/>
       <c r="G138" s="26"/>
       <c r="H138" s="26"/>
       <c r="I138" s="26"/>
       <c r="J138" s="26"/>
       <c r="K138" s="26"/>
       <c r="L138" s="26"/>
       <c r="M138" s="26"/>
     </row>
-    <row r="139" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A139" s="40" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="B139" s="39" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C139" s="39">
         <v>2014</v>
       </c>
       <c r="D139" s="26"/>
       <c r="E139" s="26"/>
       <c r="F139" s="26"/>
       <c r="G139" s="26"/>
       <c r="H139" s="26"/>
       <c r="I139" s="26"/>
       <c r="J139" s="26"/>
       <c r="K139" s="26"/>
       <c r="L139" s="26"/>
       <c r="M139" s="26"/>
     </row>
-    <row r="140" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A140" s="40" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="B140" s="39" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C140" s="39">
         <v>2014</v>
       </c>
       <c r="D140" s="26"/>
       <c r="E140" s="26"/>
       <c r="F140" s="26"/>
       <c r="G140" s="26"/>
       <c r="H140" s="26"/>
       <c r="I140" s="26"/>
       <c r="J140" s="26"/>
       <c r="K140" s="26"/>
       <c r="L140" s="26"/>
       <c r="M140" s="26"/>
     </row>
-    <row r="141" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A141" s="40" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="B141" s="39" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C141" s="39">
         <v>2014</v>
       </c>
       <c r="D141" s="26"/>
       <c r="E141" s="26"/>
       <c r="F141" s="26"/>
       <c r="G141" s="26"/>
       <c r="H141" s="26"/>
       <c r="I141" s="26"/>
       <c r="J141" s="26"/>
       <c r="K141" s="26"/>
       <c r="L141" s="26"/>
       <c r="M141" s="26"/>
     </row>
-    <row r="142" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A142" s="40" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="B142" s="39" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C142" s="39">
         <v>2014</v>
       </c>
       <c r="D142" s="26"/>
       <c r="E142" s="26"/>
       <c r="F142" s="26"/>
       <c r="G142" s="26"/>
       <c r="H142" s="26"/>
       <c r="I142" s="26"/>
       <c r="J142" s="26"/>
       <c r="K142" s="26"/>
       <c r="L142" s="26"/>
       <c r="M142" s="26"/>
     </row>
-    <row r="143" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A143" s="40" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="B143" s="39" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="C143" s="39">
         <v>2014</v>
       </c>
       <c r="D143" s="26"/>
       <c r="E143" s="26"/>
       <c r="F143" s="26"/>
       <c r="G143" s="26"/>
       <c r="H143" s="26"/>
       <c r="I143" s="26"/>
       <c r="J143" s="26"/>
       <c r="K143" s="26"/>
       <c r="L143" s="26"/>
       <c r="M143" s="26"/>
     </row>
-    <row r="144" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A144" s="40" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="B144" s="39" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C144" s="39">
         <v>2014</v>
       </c>
       <c r="D144" s="26"/>
       <c r="E144" s="26"/>
       <c r="F144" s="26"/>
       <c r="G144" s="26"/>
       <c r="H144" s="26"/>
       <c r="I144" s="26"/>
       <c r="J144" s="26"/>
       <c r="K144" s="26"/>
       <c r="L144" s="26"/>
       <c r="M144" s="26"/>
     </row>
-    <row r="145" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A145" s="32" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B145" s="33"/>
       <c r="C145" s="33"/>
       <c r="D145" s="33"/>
       <c r="E145" s="33"/>
       <c r="F145" s="33"/>
       <c r="G145" s="33"/>
       <c r="H145" s="33"/>
       <c r="I145" s="34"/>
       <c r="J145" s="34"/>
       <c r="K145" s="34"/>
       <c r="L145" s="35"/>
       <c r="M145" s="35"/>
     </row>
-    <row r="146" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A146" s="40" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="B146" s="39" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="C146" s="39">
         <v>2014</v>
       </c>
       <c r="D146" s="26"/>
       <c r="E146" s="26"/>
       <c r="F146" s="26"/>
       <c r="G146" s="26"/>
       <c r="H146" s="26"/>
       <c r="I146" s="26"/>
       <c r="J146" s="26"/>
       <c r="K146" s="26"/>
       <c r="L146" s="26"/>
       <c r="M146" s="26"/>
     </row>
-    <row r="147" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A147" s="40" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="B147" s="39" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C147" s="39">
         <v>2014</v>
       </c>
       <c r="D147" s="26"/>
       <c r="E147" s="26"/>
       <c r="F147" s="26"/>
       <c r="G147" s="26"/>
       <c r="H147" s="26"/>
       <c r="I147" s="26"/>
       <c r="J147" s="26"/>
       <c r="K147" s="26"/>
       <c r="L147" s="26"/>
       <c r="M147" s="26"/>
     </row>
-    <row r="148" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A148" s="40" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="B148" s="39" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="C148" s="39">
         <v>2014</v>
       </c>
       <c r="D148" s="26"/>
       <c r="E148" s="26"/>
       <c r="F148" s="26"/>
       <c r="G148" s="26"/>
       <c r="H148" s="26"/>
       <c r="I148" s="26"/>
       <c r="J148" s="26"/>
       <c r="K148" s="26"/>
       <c r="L148" s="26"/>
       <c r="M148" s="26"/>
     </row>
-    <row r="149" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A149" s="40" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="B149" s="39" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="C149" s="39">
         <v>2014</v>
       </c>
       <c r="D149" s="26"/>
       <c r="E149" s="26"/>
       <c r="F149" s="26"/>
       <c r="G149" s="26"/>
       <c r="H149" s="26"/>
       <c r="I149" s="26"/>
       <c r="J149" s="26"/>
       <c r="K149" s="26"/>
       <c r="L149" s="26"/>
       <c r="M149" s="26"/>
     </row>
-    <row r="150" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A150" s="32" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B150" s="33"/>
       <c r="C150" s="33"/>
       <c r="D150" s="33"/>
       <c r="E150" s="33"/>
       <c r="F150" s="33"/>
       <c r="G150" s="33"/>
       <c r="H150" s="33"/>
       <c r="I150" s="34"/>
       <c r="J150" s="34"/>
       <c r="K150" s="34"/>
       <c r="L150" s="35"/>
       <c r="M150" s="35"/>
     </row>
-    <row r="151" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A151" s="40" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="B151" s="39" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C151" s="39">
         <v>2014</v>
       </c>
       <c r="D151" s="26"/>
       <c r="E151" s="26"/>
       <c r="F151" s="26"/>
       <c r="G151" s="26"/>
       <c r="H151" s="26"/>
       <c r="I151" s="26"/>
       <c r="J151" s="26"/>
       <c r="K151" s="26"/>
       <c r="L151" s="26"/>
       <c r="M151" s="26"/>
     </row>
-    <row r="152" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A152" s="40" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="B152" s="39" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C152" s="39">
         <v>2014</v>
       </c>
       <c r="D152" s="26"/>
       <c r="E152" s="26"/>
       <c r="F152" s="26"/>
       <c r="G152" s="26"/>
       <c r="H152" s="26"/>
       <c r="I152" s="26"/>
       <c r="J152" s="26"/>
       <c r="K152" s="26"/>
       <c r="L152" s="26"/>
       <c r="M152" s="26"/>
     </row>
-    <row r="153" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A153" s="40" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="B153" s="39" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="C153" s="39">
         <v>2014</v>
       </c>
       <c r="D153" s="26"/>
       <c r="E153" s="26"/>
       <c r="F153" s="26"/>
       <c r="G153" s="26"/>
       <c r="H153" s="26"/>
       <c r="I153" s="26"/>
       <c r="J153" s="26"/>
       <c r="K153" s="26"/>
       <c r="L153" s="26"/>
       <c r="M153" s="26"/>
     </row>
-    <row r="154" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A154" s="40" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="B154" s="39" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C154" s="38" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D154" s="26"/>
       <c r="E154" s="26"/>
       <c r="F154" s="26"/>
       <c r="G154" s="26"/>
       <c r="H154" s="26"/>
       <c r="I154" s="26"/>
       <c r="J154" s="26"/>
       <c r="K154" s="26"/>
       <c r="L154" s="26"/>
       <c r="M154" s="26"/>
     </row>
-    <row r="155" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A155" s="29" t="s">
-        <v>182</v>
+        <v>294</v>
       </c>
       <c r="B155" s="30"/>
       <c r="C155" s="30"/>
       <c r="D155" s="30"/>
       <c r="E155" s="30"/>
       <c r="F155" s="30"/>
       <c r="G155" s="30"/>
       <c r="H155" s="30"/>
       <c r="I155" s="30"/>
       <c r="J155" s="30"/>
       <c r="K155" s="30"/>
       <c r="L155" s="30"/>
       <c r="M155" s="31"/>
     </row>
-    <row r="156" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A156" s="32" t="s">
+    <row r="156" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A156" s="43" t="s">
+        <v>295</v>
+      </c>
+      <c r="B156" s="38"/>
+      <c r="C156" s="38"/>
+      <c r="D156" s="26"/>
+      <c r="E156" s="26"/>
+      <c r="F156" s="26"/>
+      <c r="G156" s="26"/>
+      <c r="H156" s="26"/>
+      <c r="I156" s="26"/>
+      <c r="J156" s="26"/>
+      <c r="K156" s="26"/>
+      <c r="L156" s="26"/>
+      <c r="M156" s="26"/>
+    </row>
+    <row r="157" spans="1:13" s="16" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A157" s="54" t="s">
+        <v>296</v>
+      </c>
+      <c r="B157" s="55"/>
+      <c r="C157" s="55"/>
+      <c r="D157" s="55"/>
+      <c r="E157" s="55"/>
+      <c r="F157" s="55"/>
+      <c r="G157" s="55"/>
+      <c r="H157" s="55"/>
+      <c r="I157" s="55"/>
+      <c r="J157" s="55"/>
+      <c r="K157" s="55"/>
+      <c r="L157" s="55"/>
+      <c r="M157" s="56"/>
+    </row>
+    <row r="158" spans="1:13" s="2" customFormat="1" ht="240" x14ac:dyDescent="0.25">
+      <c r="A158" s="40" t="s">
+        <v>297</v>
+      </c>
+      <c r="B158" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="C158" s="38"/>
+      <c r="D158" s="26"/>
+      <c r="E158" s="26"/>
+      <c r="F158" s="26"/>
+      <c r="G158" s="26"/>
+      <c r="H158" s="26"/>
+      <c r="I158" s="26"/>
+      <c r="J158" s="26"/>
+      <c r="K158" s="26"/>
+      <c r="L158" s="26"/>
+      <c r="M158" s="26"/>
+    </row>
+    <row r="159" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A159" s="40" t="s">
+        <v>313</v>
+      </c>
+      <c r="B159" s="39" t="s">
         <v>68</v>
       </c>
-      <c r="B156" s="33"/>
-[...55 lines deleted...]
-      </c>
+      <c r="C159" s="38"/>
       <c r="D159" s="26"/>
       <c r="E159" s="26"/>
       <c r="F159" s="26"/>
       <c r="G159" s="26"/>
       <c r="H159" s="26"/>
       <c r="I159" s="26"/>
       <c r="J159" s="26"/>
       <c r="K159" s="26"/>
       <c r="L159" s="26"/>
       <c r="M159" s="26"/>
     </row>
-    <row r="160" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-    <row r="161" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A160" s="40" t="s">
+        <v>314</v>
+      </c>
+      <c r="B160" s="39" t="s">
+        <v>298</v>
+      </c>
+      <c r="C160" s="38"/>
+      <c r="D160" s="26"/>
+      <c r="E160" s="26"/>
+      <c r="F160" s="26"/>
+      <c r="G160" s="26"/>
+      <c r="H160" s="26"/>
+      <c r="I160" s="26"/>
+      <c r="J160" s="26"/>
+      <c r="K160" s="26"/>
+      <c r="L160" s="26"/>
+      <c r="M160" s="26"/>
+    </row>
+    <row r="161" spans="1:13" s="2" customFormat="1" ht="210" x14ac:dyDescent="0.25">
       <c r="A161" s="40" t="s">
-        <v>283</v>
-[...6 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="B161" s="39" t="s">
+        <v>299</v>
+      </c>
+      <c r="C161" s="38"/>
       <c r="D161" s="26"/>
       <c r="E161" s="26"/>
       <c r="F161" s="26"/>
       <c r="G161" s="26"/>
       <c r="H161" s="26"/>
       <c r="I161" s="26"/>
       <c r="J161" s="26"/>
       <c r="K161" s="26"/>
       <c r="L161" s="26"/>
       <c r="M161" s="26"/>
     </row>
-    <row r="162" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B162" s="38"/>
+    <row r="162" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A162" s="40" t="s">
+        <v>316</v>
+      </c>
+      <c r="B162" s="39" t="s">
+        <v>300</v>
+      </c>
       <c r="C162" s="38"/>
       <c r="D162" s="26"/>
       <c r="E162" s="26"/>
       <c r="F162" s="26"/>
       <c r="G162" s="26"/>
       <c r="H162" s="26"/>
       <c r="I162" s="26"/>
       <c r="J162" s="26"/>
       <c r="K162" s="26"/>
       <c r="L162" s="26"/>
       <c r="M162" s="26"/>
     </row>
+    <row r="163" spans="1:13" s="2" customFormat="1" ht="165" x14ac:dyDescent="0.25">
+      <c r="A163" s="40" t="s">
+        <v>317</v>
+      </c>
+      <c r="B163" s="39" t="s">
+        <v>301</v>
+      </c>
+      <c r="C163" s="38"/>
+      <c r="D163" s="26"/>
+      <c r="E163" s="26"/>
+      <c r="F163" s="26"/>
+      <c r="G163" s="26"/>
+      <c r="H163" s="26"/>
+      <c r="I163" s="26"/>
+      <c r="J163" s="26"/>
+      <c r="K163" s="26"/>
+      <c r="L163" s="26"/>
+      <c r="M163" s="26"/>
+    </row>
+    <row r="164" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A164" s="40" t="s">
+        <v>318</v>
+      </c>
+      <c r="B164" s="39" t="s">
+        <v>309</v>
+      </c>
+      <c r="C164" s="38"/>
+      <c r="D164" s="26"/>
+      <c r="E164" s="26"/>
+      <c r="F164" s="26"/>
+      <c r="G164" s="26"/>
+      <c r="H164" s="26"/>
+      <c r="I164" s="26"/>
+      <c r="J164" s="26"/>
+      <c r="K164" s="26"/>
+      <c r="L164" s="26"/>
+      <c r="M164" s="26"/>
+    </row>
+    <row r="165" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A165" s="32" t="s">
+        <v>302</v>
+      </c>
+      <c r="B165" s="33"/>
+      <c r="C165" s="33"/>
+      <c r="D165" s="33"/>
+      <c r="E165" s="33"/>
+      <c r="F165" s="33"/>
+      <c r="G165" s="33"/>
+      <c r="H165" s="33"/>
+      <c r="I165" s="34"/>
+      <c r="J165" s="34"/>
+      <c r="K165" s="34"/>
+      <c r="L165" s="35"/>
+      <c r="M165" s="35"/>
+    </row>
+    <row r="166" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A166" s="40" t="s">
+        <v>319</v>
+      </c>
+      <c r="B166" s="39" t="s">
+        <v>310</v>
+      </c>
+      <c r="C166" s="38"/>
+      <c r="D166" s="26"/>
+      <c r="E166" s="26"/>
+      <c r="F166" s="26"/>
+      <c r="G166" s="26"/>
+      <c r="H166" s="26"/>
+      <c r="I166" s="26"/>
+      <c r="J166" s="26"/>
+      <c r="K166" s="26"/>
+      <c r="L166" s="26"/>
+      <c r="M166" s="26"/>
+    </row>
+    <row r="167" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A167" s="40" t="s">
+        <v>320</v>
+      </c>
+      <c r="B167" s="39" t="s">
+        <v>311</v>
+      </c>
+      <c r="C167" s="38"/>
+      <c r="D167" s="26"/>
+      <c r="E167" s="26"/>
+      <c r="F167" s="26"/>
+      <c r="G167" s="26"/>
+      <c r="H167" s="26"/>
+      <c r="I167" s="26"/>
+      <c r="J167" s="26"/>
+      <c r="K167" s="26"/>
+      <c r="L167" s="26"/>
+      <c r="M167" s="26"/>
+    </row>
+    <row r="168" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A168" s="40" t="s">
+        <v>321</v>
+      </c>
+      <c r="B168" s="39" t="s">
+        <v>312</v>
+      </c>
+      <c r="C168" s="38"/>
+      <c r="D168" s="26"/>
+      <c r="E168" s="26"/>
+      <c r="F168" s="26"/>
+      <c r="G168" s="26"/>
+      <c r="H168" s="26"/>
+      <c r="I168" s="26"/>
+      <c r="J168" s="26"/>
+      <c r="K168" s="26"/>
+      <c r="L168" s="26"/>
+      <c r="M168" s="26"/>
+    </row>
+    <row r="169" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A169" s="32" t="s">
+        <v>303</v>
+      </c>
+      <c r="B169" s="33"/>
+      <c r="C169" s="33"/>
+      <c r="D169" s="33"/>
+      <c r="E169" s="33"/>
+      <c r="F169" s="33"/>
+      <c r="G169" s="33"/>
+      <c r="H169" s="33"/>
+      <c r="I169" s="34"/>
+      <c r="J169" s="34"/>
+      <c r="K169" s="34"/>
+      <c r="L169" s="35"/>
+      <c r="M169" s="35"/>
+    </row>
+    <row r="170" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A170" s="40" t="s">
+        <v>322</v>
+      </c>
+      <c r="B170" s="39" t="s">
+        <v>304</v>
+      </c>
+      <c r="C170" s="38"/>
+      <c r="D170" s="26"/>
+      <c r="E170" s="26"/>
+      <c r="F170" s="26"/>
+      <c r="G170" s="26"/>
+      <c r="H170" s="26"/>
+      <c r="I170" s="26"/>
+      <c r="J170" s="26"/>
+      <c r="K170" s="26"/>
+      <c r="L170" s="26"/>
+      <c r="M170" s="26"/>
+    </row>
+    <row r="171" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A171" s="61" t="s">
+        <v>305</v>
+      </c>
+      <c r="B171" s="33"/>
+      <c r="C171" s="33"/>
+      <c r="D171" s="33"/>
+      <c r="E171" s="33"/>
+      <c r="F171" s="33"/>
+      <c r="G171" s="33"/>
+      <c r="H171" s="33"/>
+      <c r="I171" s="34"/>
+      <c r="J171" s="34"/>
+      <c r="K171" s="34"/>
+      <c r="L171" s="35"/>
+      <c r="M171" s="35"/>
+    </row>
+    <row r="172" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A172" s="57" t="s">
+        <v>66</v>
+      </c>
+      <c r="B172" s="58"/>
+      <c r="C172" s="58"/>
+      <c r="D172" s="58"/>
+      <c r="E172" s="58"/>
+      <c r="F172" s="58"/>
+      <c r="G172" s="58"/>
+      <c r="H172" s="58"/>
+      <c r="I172" s="59"/>
+      <c r="J172" s="59"/>
+      <c r="K172" s="59"/>
+      <c r="L172" s="60"/>
+      <c r="M172" s="60"/>
+    </row>
+    <row r="173" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A173" s="40" t="s">
+        <v>272</v>
+      </c>
+      <c r="B173" s="39" t="s">
+        <v>306</v>
+      </c>
+      <c r="C173" s="39">
+        <v>2014</v>
+      </c>
+      <c r="D173" s="26"/>
+      <c r="E173" s="26"/>
+      <c r="F173" s="26"/>
+      <c r="G173" s="26"/>
+      <c r="H173" s="26"/>
+      <c r="I173" s="26"/>
+      <c r="J173" s="26"/>
+      <c r="K173" s="26"/>
+      <c r="L173" s="26"/>
+      <c r="M173" s="26"/>
+    </row>
+    <row r="174" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A174" s="32" t="s">
+        <v>307</v>
+      </c>
+      <c r="B174" s="33"/>
+      <c r="C174" s="33"/>
+      <c r="D174" s="33"/>
+      <c r="E174" s="33"/>
+      <c r="F174" s="33"/>
+      <c r="G174" s="33"/>
+      <c r="H174" s="33"/>
+      <c r="I174" s="34"/>
+      <c r="J174" s="34"/>
+      <c r="K174" s="34"/>
+      <c r="L174" s="35"/>
+      <c r="M174" s="35"/>
+    </row>
+    <row r="175" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A175" s="40" t="s">
+        <v>273</v>
+      </c>
+      <c r="B175" s="38" t="s">
+        <v>308</v>
+      </c>
+      <c r="C175" s="39">
+        <v>2014</v>
+      </c>
+      <c r="D175" s="26"/>
+      <c r="E175" s="26"/>
+      <c r="F175" s="26"/>
+      <c r="G175" s="26"/>
+      <c r="H175" s="26"/>
+      <c r="I175" s="26"/>
+      <c r="J175" s="26"/>
+      <c r="K175" s="26"/>
+      <c r="L175" s="26"/>
+      <c r="M175" s="26"/>
+    </row>
+    <row r="176" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A176" s="62"/>
+      <c r="B176" s="63"/>
+      <c r="C176" s="63"/>
+      <c r="D176" s="62"/>
+      <c r="E176" s="62"/>
+      <c r="F176" s="62"/>
+      <c r="G176" s="62"/>
+      <c r="H176" s="62"/>
+      <c r="I176" s="62"/>
+      <c r="J176" s="62"/>
+      <c r="K176" s="62"/>
+      <c r="L176" s="62"/>
+      <c r="M176" s="62"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:M161" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}"/>
+  <autoFilter ref="A2:M175" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}"/>
+  <phoneticPr fontId="26" type="noConversion"/>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D124:D162 F3:F4 D3:D4 F124:F162 F6:F122 D6:D122" xr:uid="{95EA4F51-DA69-4FE7-A903-E26AAA0A7237}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F3:F4 D3:D4 F6:F122 D6:D122 F124:F176 D124:D176" xr:uid="{95EA4F51-DA69-4FE7-A903-E26AAA0A7237}">
       <formula1>"Yes,No,Partial"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H3:H4 H124:H162 H6:H122" xr:uid="{DB607B85-4C7A-495A-BA38-0DDA540CB2B0}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H3:H4 H6:H122 H124:H176" xr:uid="{DB607B85-4C7A-495A-BA38-0DDA540CB2B0}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="27" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="27" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E74BFAB2-BADC-45DB-BC49-1D70379F76BF}">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="49.5546875" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="49.58203125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="48.109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="48.08203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="18">
-        <f>SUMPRODUCT(COUNTIF('Data sheet'!D3:D162,{"Yes","Partial"}))</f>
+        <f>SUMPRODUCT(COUNTIF('Data sheet'!D3:D176,{"Yes","Partial"}))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="18">
-        <f>COUNTIF('Data sheet'!F3:F162,"Yes")</f>
+        <f>COUNTIF('Data sheet'!F3:F176,"Yes")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:2" ht="15.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="20" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="21">
-        <f>COUNTIF('Data sheet'!F3:F162,"Partial")</f>
+        <f>COUNTIF('Data sheet'!F3:F176,"Partial")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" s="22" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="23" t="str">
         <f>IF(ISERROR(B2/B1),"",B2/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" s="19" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="24" t="str">
         <f>IF(ISERROR(B3/B1),"",B3/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:2" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A6" s="25"/>
       <c r="B6" s="25"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b279931570174c37f1ca6db59fb09807">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309418f1a588f56cad73cb47b3118d34" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="acaf4567-dc07-471f-892c-2bcb86ef35ae" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="geb11f8ce9d940728585fae6d5409a45" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="geb11f8ce9d940728585fae6d5409a45" ma:taxonomyFieldName="Display_x0020_Status" ma:displayName="Display Status" ma:default="" ma:fieldId="{0eb11f8c-e9d9-4072-8585-fae6d5409a45}" ma:taxonomyMulti="true" ma:sspId="9abb4586-6e39-4769-a9e9-e64cee0e77fc" ma:termSetId="a3edbbf6-09fc-44dd-a9a2-ad1f41badab5" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9abb4586-6e39-4769-a9e9-e64cee0e77fc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1f338ac-e338-414f-952c-f74dcc6d59e1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2ee1930f-003b-4c79-bb18-414e791589f1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c1f338ac-e338-414f-952c-f74dcc6d59e1">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </geb11f8ce9d940728585fae6d5409a45>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93D7A377-1A52-49EB-8047-D8A301494977}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{051166ED-32CF-4561-8772-BCA18447661E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02A5F670-5F50-4B67-BC65-D680CFCA2008}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Data sheet</vt:lpstr>
       <vt:lpstr>Data sheet totals</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Toc104463442</vt:lpstr>
       <vt:lpstr>'Data sheet'!Print_Area</vt:lpstr>
       <vt:lpstr>'Data sheet totals'!Print_Area</vt:lpstr>
       <vt:lpstr>Introduction!Print_Area</vt:lpstr>
       <vt:lpstr>'Data sheet'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>NG220 Baseline assessment tool</dc:title>
+  <dc:title>NG220 Multiple sclerosis in adults: management: Baseline assessment tool 22/06/2022</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SetDate">
+    <vt:lpwstr>2026-02-17T11:47:29Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
+    <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
+    <vt:lpwstr>01c005ae-4a3f-4fdf-bc9d-32cbcc5fbd9f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x010100B99456BF0FC3654992BB01F701E3BF13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Display_x0020_Status">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Display Status">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>