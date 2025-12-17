--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -9,53 +9,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{61A8E2BE-4C2C-4C82-A204-CE2D220A673C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B31A81CA-BDB2-49D7-8062-C145BF6AC5F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="23" r:id="rId1"/>
     <sheet name="Data sheet" sheetId="26" r:id="rId2"/>
     <sheet name="Table 1" sheetId="28" r:id="rId3"/>
     <sheet name="Table 2" sheetId="29" r:id="rId4"/>
     <sheet name="Data sheet totals" sheetId="27" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Data sheet'!$A$2:$M$2</definedName>
     <definedName name="crisis_care" localSheetId="1">'Data sheet'!$A$181</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Data sheet'!$A$1:$M$187</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Data sheet totals'!$A$1:$B$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$A$17</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Data sheet'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -1432,55 +1432,50 @@
   <si>
     <t>•	May be helpful for people who want to develop a different perspective on negative thoughts, feelings or bodily sensations
 •	May be difficult for people experiencing intense or highly distressing thoughts, or who find focusing on the body difficult
 •	May allow peer support from others who may be having similar experiences
 •	Avoids potential side effects of medication
 •	The person will need to be willing to complete homework assignments, including using mindfulness recordings at home in between sessions</t>
   </si>
   <si>
     <t>•	Individual intervention delivered by a practitioner with therapy-specific training and competence
 •	Usually consists of 8 to 16 regular sessions, although additional sessions may be needed for people with comorbid mental or physical health problems or complex social needs, or to address residual symptoms
 •	Delivered in line with current treatment manuals</t>
   </si>
   <si>
     <t>•	Focus is on identifying how interpersonal relationships or circumstances are related to feelings of depression, exploring emotions and changing interpersonal responses
 •	Structured approach
 •	Focuses on resolving current issues
 •	The goal is to change relationship patterns rather than directly targeting associated depressive thoughts</t>
   </si>
   <si>
     <t>•	May be helpful for people with depression associated with interpersonal difficulties, especially adjusting to transitions in relationships, loss, or changing interpersonal roles
 •	May suit people who do not like talking about their depression in a group
 •	Needs a willingness to examine interpersonal relationships
 •	Avoids potential side effects of medication</t>
   </si>
   <si>
-    <t>•	A course of antidepressant medication
-[...3 lines deleted...]
-  <si>
     <t>•	Modify neuronal transmission in the brain</t>
   </si>
   <si>
     <t>•	Minimal time commitment although regular reviews needed (especially when starting and stopping treatment)
 •	Benefits should be felt within 4 weeks
 •	There may be side effects from the medication, and some people may find it difficult to later stop antidepressant medication</t>
   </si>
   <si>
     <t xml:space="preserve">Counselling </t>
   </si>
   <si>
     <t>•	Individual intervention delivered by a practitioner with therapy-specific training and competence
 •	Usually consists of 8 regular sessions, although additional sessions may be needed for people with comorbid mental or physical health problems or complex social needs, or to address residual symptoms
 •	Uses an empirically validated protocol developed specifically for depression</t>
   </si>
   <si>
     <t>•	Focus is on emotional processing and finding emotional meaning, to help people find their own solutions and develop coping mechanisms
 •	Provides empathic listening, facilitated emotional exploration and encouragement
 •	Collaborative use of emotion focused activities to increase self-awareness, to help people gain greater understanding of themselves, their relationships, and their responses to others, but not specific advice to change behaviour</t>
   </si>
   <si>
     <t>•	May be useful for people with psychosocial, relationship or employment problems contributing to their depression
 •	May suit people who do not like talking about their depression in a group
 •	Avoids potential side effects of medication</t>
   </si>
@@ -1506,55 +1501,50 @@
   </si>
   <si>
     <t>Combination of individual cognitive behavioural therapy (CBT) and an antidepressant</t>
   </si>
   <si>
     <t>Individual behavioural activation (BA)</t>
   </si>
   <si>
     <t>Antidepressant medication</t>
   </si>
   <si>
     <t>Individual problem-solving</t>
   </si>
   <si>
     <t>•	A combination of individual CBT and a course of antidepressant medication (see details below)</t>
   </si>
   <si>
     <t>•	Individual intervention delivered by a practitioner with therapy-specific training and competence
 •	Usually consists of 16 regular sessions, although additional sessions may be needed for people with comorbid mental or physical health problems or complex social needs, or to address residual symptoms
 •	Delivered in line with current treatment manuals</t>
   </si>
   <si>
     <t>•	Individual intervention delivered by a practitioner with therapy-specific training and competence
 •	Usually consists of 12 to 16 regular sessions, although additional sessions may be needed for people with comorbid mental or physical health problems or complex social needs, or to address residual symptoms
 •	Delivered in line with current treatment manuals</t>
-  </si>
-[...3 lines deleted...]
-•	See the recommendations on starting and stopping antidepressant medication for more details</t>
   </si>
   <si>
     <t>•	Individual sessions delivered by a practitioner with therapy-specific training and competence
 •	Usually consists of 6 to 12 regular sessions
 •	Delivered in line with current treatment manuals</t>
   </si>
   <si>
     <t>•	Individual sessions delivered by a practitioner with therapy-specific training and competence
 •	Usually consists of 12 to 16 regular sessions, although additional sessions may be needed for people with comorbid mental or physical health problems or complex social needs, or to address residual symptoms
 •	Uses an empirically validated protocol developed specifically for depression</t>
   </si>
   <si>
     <t>•	Individual sessions delivered by a practitioner with therapy-specific training and competence
 •	Usually consists of 16 regular sessions, although additional sessions may be needed for people with comorbid mental or physical health problems or complex social needs, or to address residual symptoms
 •	Uses an empirically validated protocol developed specifically for depression</t>
   </si>
   <si>
     <t xml:space="preserve">•	Individual sessions delivered by a practitioner with therapy-specific training and competence
 •	Usually consists of 16 regular sessions, although additional sessions may be needed for people with comorbid mental or physical health problems or complex social needs, or to address residual symptoms
 •	Delivered in line with current treatment manuals </t>
   </si>
   <si>
     <t xml:space="preserve">•	Printed or digital materials that follow the principles of guided self-help including structured CBT, structured BA, problem-solving or psychoeducation materials. These can be delivered in person, by telephone, or online.
 •	Support from a trained practitioner who facilitates the self-help intervention, encourages completion and reviews progress and outcome
 •	Support usually consists of 6 to 8 structured, regular sessions </t>
@@ -2202,50 +2192,63 @@
       <t>Subject to Notice of rights</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>Do not routinely offer antidepressant medication as first-line treatment for less severe depression. Only offer it if that is the person’s informed preference.</t>
+  </si>
+  <si>
+    <t>•	A review, usually within 2 weeks, to check the person’s symptoms are improving and for side effects.
+•	A review 1 week after starting antidepressant medication if a new prescription is for a person aged 18 to 25 years or if there is a particular concern for risk of suicide. 
+•	Typically taken for at least 6 months (including after symptoms remit), with regular reviews.
+•	See the recommendations on starting and stopping antidepressant medication for more details on regular monitoring, when reviews will happen during treatment, continuing treatment after remission to prevent relapse, and tapering over time to help prevent withdrawal symptoms.</t>
+  </si>
+  <si>
+    <t>•	A review, usually within 2 weeks, to check the person’s symptoms are improving and for side effects.
+•	A review 1 week after starting antidepressant medication if a new prescription is for a person aged 18 to 25 years or if there is a particular concern for risk of suicide. 
+•	Typically taken for at least 6 months (including after symptoms remit), with regular reviews.
+•	Can be a selective serotonin reuptake inhibitor (SSRI), serotonin–norepinephrine reuptake inhibitor (SNRI), or other antidepressant if indicated based on previous clinical and treatment history.
+•	See the recommendations on starting and stopping antidepressant medication for more details on regular monitoring, when reviews will happen during treatment, continuing treatment after remission to prevent relapse, and tapering over time to help prevent withdrawal symptoms.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Lato"/>
@@ -2845,51 +2848,51 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>25400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>3581400</xdr:colOff>
       <xdr:row>14</xdr:row>
-      <xdr:rowOff>371475</xdr:rowOff>
+      <xdr:rowOff>369570</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15869959-E0D5-43A1-9A4B-A07CA58B68C5}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
@@ -3254,119 +3257,119 @@
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.83203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="75.58203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="2.25" style="1" customWidth="1"/>
     <col min="3" max="16384" width="8.83203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="49" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="46.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
     </row>
     <row r="3" spans="1:5" ht="56.55" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="50" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="16"/>
       <c r="D8" s="3"/>
     </row>
     <row r="9" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="17" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="18" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="19" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="50" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="96.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="20" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="21"/>
     </row>
     <row r="16" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="21"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A8" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Yes,Partially,No"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A14" r:id="rId1" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="A3" r:id="rId2" display="This baseline assessment tool should be used in conjuction with depression in adults (NG222). It can be used to evaluate whether practice is in line with the recommendations in the guideline. It can also help to plan activity to meet the recommendations." xr:uid="{763EFD94-6A3A-4779-9E1F-06F758183946}"/>
     <hyperlink ref="A13" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
@@ -3443,108 +3446,108 @@
         <v>16</v>
       </c>
       <c r="M2" s="34" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A3" s="35" t="s">
         <v>77</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="36"/>
       <c r="G3" s="36"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
       <c r="J3" s="36"/>
       <c r="K3" s="36"/>
       <c r="L3" s="36"/>
       <c r="M3" s="37"/>
     </row>
     <row r="4" spans="1:13" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="46" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B4" s="45" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="31"/>
       <c r="E4" s="31"/>
       <c r="F4" s="31"/>
       <c r="G4" s="31"/>
       <c r="H4" s="31"/>
       <c r="I4" s="31"/>
       <c r="J4" s="31"/>
       <c r="K4" s="31"/>
       <c r="L4" s="31"/>
       <c r="M4" s="31"/>
     </row>
     <row r="5" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>27</v>
       </c>
       <c r="B5" s="39"/>
       <c r="C5" s="39"/>
       <c r="D5" s="39"/>
       <c r="E5" s="39"/>
       <c r="F5" s="39"/>
       <c r="G5" s="39"/>
       <c r="H5" s="39"/>
       <c r="I5" s="40"/>
       <c r="J5" s="40"/>
       <c r="K5" s="40"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
     </row>
     <row r="6" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A6" s="46" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B6" s="45" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="45"/>
       <c r="D6" s="31"/>
       <c r="E6" s="31"/>
       <c r="F6" s="31"/>
       <c r="G6" s="31"/>
       <c r="H6" s="31"/>
       <c r="I6" s="31"/>
       <c r="J6" s="31"/>
       <c r="K6" s="31"/>
       <c r="L6" s="31"/>
       <c r="M6" s="31"/>
     </row>
     <row r="7" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A7" s="46" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B7" s="45" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="47" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="31"/>
       <c r="E7" s="31"/>
       <c r="F7" s="31"/>
       <c r="G7" s="31"/>
       <c r="H7" s="31"/>
       <c r="I7" s="31"/>
       <c r="J7" s="31"/>
       <c r="K7" s="31"/>
       <c r="L7" s="31"/>
       <c r="M7" s="31"/>
     </row>
     <row r="8" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A8" s="31" t="s">
         <v>199</v>
       </c>
       <c r="B8" s="51" t="s">
         <v>78</v>
       </c>
@@ -3643,51 +3646,51 @@
       <c r="M12" s="31"/>
     </row>
     <row r="13" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A13" s="31" t="s">
         <v>203</v>
       </c>
       <c r="B13" s="45" t="s">
         <v>82</v>
       </c>
       <c r="C13" s="47">
         <v>2009</v>
       </c>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
     </row>
     <row r="14" spans="1:13" s="2" customFormat="1" ht="165" x14ac:dyDescent="0.25">
       <c r="A14" s="31" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B14" s="45" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="31"/>
       <c r="E14" s="31"/>
       <c r="F14" s="31"/>
       <c r="G14" s="31"/>
       <c r="H14" s="31"/>
       <c r="I14" s="31"/>
       <c r="J14" s="31"/>
       <c r="K14" s="31"/>
       <c r="L14" s="31"/>
       <c r="M14" s="31"/>
     </row>
     <row r="15" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="38" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="39"/>
       <c r="C15" s="39"/>
       <c r="D15" s="39"/>
@@ -3702,51 +3705,51 @@
       <c r="M15" s="41"/>
     </row>
     <row r="16" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A16" s="31" t="s">
         <v>204</v>
       </c>
       <c r="B16" s="45" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D16" s="31"/>
       <c r="E16" s="31"/>
       <c r="F16" s="31"/>
       <c r="G16" s="31"/>
       <c r="H16" s="31"/>
       <c r="I16" s="31"/>
       <c r="J16" s="31"/>
       <c r="K16" s="31"/>
       <c r="L16" s="31"/>
       <c r="M16" s="31"/>
     </row>
     <row r="17" spans="1:13" s="2" customFormat="1" ht="240" x14ac:dyDescent="0.25">
       <c r="A17" s="31" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="B17" s="45" t="s">
         <v>84</v>
       </c>
       <c r="C17" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
     </row>
     <row r="18" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="38" t="s">
         <v>33</v>
       </c>
       <c r="B18" s="39"/>
       <c r="C18" s="39"/>
       <c r="D18" s="39"/>
@@ -3824,51 +3827,51 @@
       <c r="M21" s="31"/>
     </row>
     <row r="22" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A22" s="31" t="s">
         <v>208</v>
       </c>
       <c r="B22" s="45" t="s">
         <v>88</v>
       </c>
       <c r="C22" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D22" s="31"/>
       <c r="E22" s="31"/>
       <c r="F22" s="31"/>
       <c r="G22" s="31"/>
       <c r="H22" s="31"/>
       <c r="I22" s="31"/>
       <c r="J22" s="31"/>
       <c r="K22" s="31"/>
       <c r="L22" s="31"/>
       <c r="M22" s="31"/>
     </row>
     <row r="23" spans="1:13" s="2" customFormat="1" ht="195" x14ac:dyDescent="0.25">
       <c r="A23" s="31" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B23" s="45" t="s">
         <v>89</v>
       </c>
       <c r="C23" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
     </row>
     <row r="24" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="38" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="39"/>
       <c r="C24" s="39"/>
       <c r="D24" s="39"/>
@@ -3921,131 +3924,131 @@
       <c r="M26" s="41"/>
     </row>
     <row r="27" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A27" s="31" t="s">
         <v>210</v>
       </c>
       <c r="B27" s="45" t="s">
         <v>91</v>
       </c>
       <c r="C27" s="47">
         <v>2009</v>
       </c>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
     </row>
     <row r="28" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A28" s="46" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="B28" s="45" t="s">
         <v>92</v>
       </c>
       <c r="C28" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D28" s="31"/>
       <c r="E28" s="31"/>
       <c r="F28" s="31"/>
       <c r="G28" s="31"/>
       <c r="H28" s="31"/>
       <c r="I28" s="31"/>
       <c r="J28" s="31"/>
       <c r="K28" s="31"/>
       <c r="L28" s="31"/>
       <c r="M28" s="31"/>
     </row>
     <row r="29" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A29" s="35" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="36"/>
       <c r="L29" s="36"/>
       <c r="M29" s="37"/>
     </row>
     <row r="30" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A30" s="46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B30" s="45" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="47">
         <v>2022</v>
       </c>
       <c r="D30" s="31"/>
       <c r="E30" s="31"/>
       <c r="F30" s="31"/>
       <c r="G30" s="31"/>
       <c r="H30" s="31"/>
       <c r="I30" s="31"/>
       <c r="J30" s="31"/>
       <c r="K30" s="31"/>
       <c r="L30" s="31"/>
       <c r="M30" s="31"/>
     </row>
     <row r="31" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A31" s="31" t="s">
         <v>211</v>
       </c>
       <c r="B31" s="51" t="s">
         <v>94</v>
       </c>
       <c r="C31" s="47">
         <v>2022</v>
       </c>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
     </row>
     <row r="32" spans="1:13" s="2" customFormat="1" ht="270" x14ac:dyDescent="0.25">
       <c r="A32" s="46" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B32" s="51" t="s">
         <v>95</v>
       </c>
       <c r="C32" s="47">
         <v>2022</v>
       </c>
       <c r="D32" s="31"/>
       <c r="E32" s="31"/>
       <c r="F32" s="31"/>
       <c r="G32" s="31"/>
       <c r="H32" s="31"/>
       <c r="I32" s="31"/>
       <c r="J32" s="31"/>
       <c r="K32" s="31"/>
       <c r="L32" s="31"/>
       <c r="M32" s="31"/>
     </row>
     <row r="33" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A33" s="31" t="s">
         <v>212</v>
       </c>
       <c r="B33" s="45" t="s">
         <v>96</v>
       </c>
@@ -4077,68 +4080,68 @@
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
       <c r="K34" s="36"/>
       <c r="L34" s="36"/>
       <c r="M34" s="37"/>
     </row>
     <row r="35" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A35" s="38" t="s">
         <v>37</v>
       </c>
       <c r="B35" s="39"/>
       <c r="C35" s="39"/>
       <c r="D35" s="39"/>
       <c r="E35" s="39"/>
       <c r="F35" s="39"/>
       <c r="G35" s="39"/>
       <c r="H35" s="39"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="41"/>
       <c r="M35" s="41"/>
     </row>
     <row r="36" spans="1:13" s="2" customFormat="1" ht="210" x14ac:dyDescent="0.25">
       <c r="A36" s="67" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="B36" s="64"/>
       <c r="C36" s="58"/>
       <c r="D36" s="59"/>
       <c r="E36" s="59"/>
       <c r="F36" s="59"/>
       <c r="G36" s="59"/>
       <c r="H36" s="59"/>
       <c r="I36" s="59"/>
       <c r="J36" s="59"/>
       <c r="K36" s="59"/>
       <c r="L36" s="59"/>
       <c r="M36" s="59"/>
     </row>
     <row r="37" spans="1:13" s="2" customFormat="1" ht="180" x14ac:dyDescent="0.25">
       <c r="A37" s="66" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B37" s="65" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="61">
         <v>2022</v>
       </c>
       <c r="D37" s="60"/>
       <c r="E37" s="60"/>
       <c r="F37" s="60"/>
       <c r="G37" s="60"/>
       <c r="H37" s="60"/>
       <c r="I37" s="60"/>
       <c r="J37" s="60"/>
       <c r="K37" s="60"/>
       <c r="L37" s="60"/>
       <c r="M37" s="60"/>
     </row>
     <row r="38" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A38" s="31" t="s">
         <v>213</v>
       </c>
       <c r="B38" s="65" t="s">
         <v>41</v>
       </c>
@@ -4237,51 +4240,51 @@
       <c r="M42" s="31"/>
     </row>
     <row r="43" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A43" s="31" t="s">
         <v>217</v>
       </c>
       <c r="B43" s="45" t="s">
         <v>45</v>
       </c>
       <c r="C43" s="47">
         <v>2009</v>
       </c>
       <c r="D43" s="31"/>
       <c r="E43" s="31"/>
       <c r="F43" s="31"/>
       <c r="G43" s="31"/>
       <c r="H43" s="31"/>
       <c r="I43" s="31"/>
       <c r="J43" s="31"/>
       <c r="K43" s="31"/>
       <c r="L43" s="31"/>
       <c r="M43" s="31"/>
     </row>
     <row r="44" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A44" s="46" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B44" s="45" t="s">
         <v>46</v>
       </c>
       <c r="C44" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D44" s="31"/>
       <c r="E44" s="31"/>
       <c r="F44" s="31"/>
       <c r="G44" s="31"/>
       <c r="H44" s="31"/>
       <c r="I44" s="31"/>
       <c r="J44" s="31"/>
       <c r="K44" s="31"/>
       <c r="L44" s="31"/>
       <c r="M44" s="31"/>
     </row>
     <row r="45" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A45" s="31" t="s">
         <v>218</v>
       </c>
       <c r="B45" s="45" t="s">
         <v>97</v>
       </c>
@@ -4334,72 +4337,72 @@
       <c r="I47" s="54"/>
       <c r="J47" s="54"/>
       <c r="K47" s="54"/>
       <c r="L47" s="55"/>
       <c r="M47" s="55"/>
     </row>
     <row r="48" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A48" s="38" t="s">
         <v>48</v>
       </c>
       <c r="B48" s="39"/>
       <c r="C48" s="39"/>
       <c r="D48" s="39"/>
       <c r="E48" s="39"/>
       <c r="F48" s="39"/>
       <c r="G48" s="39"/>
       <c r="H48" s="39"/>
       <c r="I48" s="40"/>
       <c r="J48" s="40"/>
       <c r="K48" s="40"/>
       <c r="L48" s="41"/>
       <c r="M48" s="41"/>
     </row>
     <row r="49" spans="1:13" s="2" customFormat="1" ht="240" x14ac:dyDescent="0.25">
       <c r="A49" s="46" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B49" s="45" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="47">
         <v>2022</v>
       </c>
       <c r="D49" s="31"/>
       <c r="E49" s="31"/>
       <c r="F49" s="31"/>
       <c r="G49" s="31"/>
       <c r="H49" s="31"/>
       <c r="I49" s="31"/>
       <c r="J49" s="31"/>
       <c r="K49" s="31"/>
       <c r="L49" s="31"/>
       <c r="M49" s="31"/>
     </row>
     <row r="50" spans="1:13" s="2" customFormat="1" ht="375" x14ac:dyDescent="0.25">
       <c r="A50" s="46" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B50" s="51" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="47">
         <v>2022</v>
       </c>
       <c r="D50" s="31"/>
       <c r="E50" s="31"/>
       <c r="F50" s="31"/>
       <c r="G50" s="31"/>
       <c r="H50" s="31"/>
       <c r="I50" s="31"/>
       <c r="J50" s="31"/>
       <c r="K50" s="31"/>
       <c r="L50" s="31"/>
       <c r="M50" s="31"/>
     </row>
     <row r="51" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A51" s="38" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="39"/>
       <c r="C51" s="39"/>
       <c r="D51" s="39"/>
@@ -4477,68 +4480,68 @@
       <c r="M54" s="31"/>
     </row>
     <row r="55" spans="1:13" s="2" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="A55" s="31" t="s">
         <v>223</v>
       </c>
       <c r="B55" s="51" t="s">
         <v>104</v>
       </c>
       <c r="C55" s="47">
         <v>2022</v>
       </c>
       <c r="D55" s="31"/>
       <c r="E55" s="31"/>
       <c r="F55" s="31"/>
       <c r="G55" s="31"/>
       <c r="H55" s="31"/>
       <c r="I55" s="31"/>
       <c r="J55" s="31"/>
       <c r="K55" s="31"/>
       <c r="L55" s="31"/>
       <c r="M55" s="31"/>
     </row>
     <row r="56" spans="1:13" s="2" customFormat="1" ht="240" x14ac:dyDescent="0.25">
       <c r="A56" s="56" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B56" s="57"/>
       <c r="C56" s="58"/>
       <c r="D56" s="59"/>
       <c r="E56" s="59"/>
       <c r="F56" s="59"/>
       <c r="G56" s="59"/>
       <c r="H56" s="59"/>
       <c r="I56" s="59"/>
       <c r="J56" s="59"/>
       <c r="K56" s="59"/>
       <c r="L56" s="59"/>
       <c r="M56" s="59"/>
     </row>
     <row r="57" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A57" s="62" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B57" s="63" t="s">
         <v>105</v>
       </c>
       <c r="C57" s="61">
         <v>2022</v>
       </c>
       <c r="D57" s="60"/>
       <c r="E57" s="60"/>
       <c r="F57" s="60"/>
       <c r="G57" s="60"/>
       <c r="H57" s="60"/>
       <c r="I57" s="60"/>
       <c r="J57" s="60"/>
       <c r="K57" s="60"/>
       <c r="L57" s="60"/>
       <c r="M57" s="60"/>
     </row>
     <row r="58" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A58" s="60" t="s">
         <v>224</v>
       </c>
       <c r="B58" s="63" t="s">
         <v>106</v>
       </c>
@@ -4578,51 +4581,51 @@
       <c r="M59" s="31"/>
     </row>
     <row r="60" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A60" s="31" t="s">
         <v>226</v>
       </c>
       <c r="B60" s="51" t="s">
         <v>108</v>
       </c>
       <c r="C60" s="47">
         <v>2022</v>
       </c>
       <c r="D60" s="31"/>
       <c r="E60" s="31"/>
       <c r="F60" s="31"/>
       <c r="G60" s="31"/>
       <c r="H60" s="31"/>
       <c r="I60" s="31"/>
       <c r="J60" s="31"/>
       <c r="K60" s="31"/>
       <c r="L60" s="31"/>
       <c r="M60" s="31"/>
     </row>
     <row r="61" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A61" s="31" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B61" s="51" t="s">
         <v>109</v>
       </c>
       <c r="C61" s="47">
         <v>2022</v>
       </c>
       <c r="D61" s="31"/>
       <c r="E61" s="31"/>
       <c r="F61" s="31"/>
       <c r="G61" s="31"/>
       <c r="H61" s="31"/>
       <c r="I61" s="31"/>
       <c r="J61" s="31"/>
       <c r="K61" s="31"/>
       <c r="L61" s="31"/>
       <c r="M61" s="31"/>
     </row>
     <row r="62" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A62" s="31" t="s">
         <v>227</v>
       </c>
       <c r="B62" s="51" t="s">
         <v>110</v>
       </c>
@@ -4637,51 +4640,51 @@
       <c r="I62" s="31"/>
       <c r="J62" s="31"/>
       <c r="K62" s="31"/>
       <c r="L62" s="31"/>
       <c r="M62" s="31"/>
     </row>
     <row r="63" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A63" s="38" t="s">
         <v>50</v>
       </c>
       <c r="B63" s="39"/>
       <c r="C63" s="39"/>
       <c r="D63" s="39"/>
       <c r="E63" s="39"/>
       <c r="F63" s="39"/>
       <c r="G63" s="39"/>
       <c r="H63" s="39"/>
       <c r="I63" s="40"/>
       <c r="J63" s="40"/>
       <c r="K63" s="40"/>
       <c r="L63" s="41"/>
       <c r="M63" s="41"/>
     </row>
     <row r="64" spans="1:13" s="2" customFormat="1" ht="300" x14ac:dyDescent="0.25">
       <c r="A64" s="31" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B64" s="51" t="s">
         <v>111</v>
       </c>
       <c r="C64" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D64" s="31"/>
       <c r="E64" s="31"/>
       <c r="F64" s="31"/>
       <c r="G64" s="31"/>
       <c r="H64" s="31"/>
       <c r="I64" s="31"/>
       <c r="J64" s="31"/>
       <c r="K64" s="31"/>
       <c r="L64" s="31"/>
       <c r="M64" s="31"/>
     </row>
     <row r="65" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A65" s="31" t="s">
         <v>228</v>
       </c>
       <c r="B65" s="51" t="s">
         <v>112</v>
       </c>
@@ -4696,51 +4699,51 @@
       <c r="I65" s="31"/>
       <c r="J65" s="31"/>
       <c r="K65" s="31"/>
       <c r="L65" s="31"/>
       <c r="M65" s="31"/>
     </row>
     <row r="66" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A66" s="38" t="s">
         <v>51</v>
       </c>
       <c r="B66" s="39"/>
       <c r="C66" s="39"/>
       <c r="D66" s="39"/>
       <c r="E66" s="39"/>
       <c r="F66" s="39"/>
       <c r="G66" s="39"/>
       <c r="H66" s="39"/>
       <c r="I66" s="40"/>
       <c r="J66" s="40"/>
       <c r="K66" s="40"/>
       <c r="L66" s="41"/>
       <c r="M66" s="41"/>
     </row>
     <row r="67" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A67" s="46" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B67" s="51" t="s">
         <v>113</v>
       </c>
       <c r="C67" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D67" s="31"/>
       <c r="E67" s="31"/>
       <c r="F67" s="31"/>
       <c r="G67" s="31"/>
       <c r="H67" s="31"/>
       <c r="I67" s="31"/>
       <c r="J67" s="31"/>
       <c r="K67" s="31"/>
       <c r="L67" s="31"/>
       <c r="M67" s="31"/>
     </row>
     <row r="68" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A68" s="38" t="s">
         <v>52</v>
       </c>
       <c r="B68" s="39"/>
       <c r="C68" s="39"/>
       <c r="D68" s="39"/>
@@ -4797,51 +4800,51 @@
       <c r="M70" s="31"/>
     </row>
     <row r="71" spans="1:13" s="2" customFormat="1" ht="225" x14ac:dyDescent="0.25">
       <c r="A71" s="31" t="s">
         <v>231</v>
       </c>
       <c r="B71" s="51" t="s">
         <v>116</v>
       </c>
       <c r="C71" s="47">
         <v>2022</v>
       </c>
       <c r="D71" s="31"/>
       <c r="E71" s="31"/>
       <c r="F71" s="31"/>
       <c r="G71" s="31"/>
       <c r="H71" s="31"/>
       <c r="I71" s="31"/>
       <c r="J71" s="31"/>
       <c r="K71" s="31"/>
       <c r="L71" s="31"/>
       <c r="M71" s="31"/>
     </row>
     <row r="72" spans="1:13" s="2" customFormat="1" ht="270" x14ac:dyDescent="0.25">
       <c r="A72" s="46" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B72" s="51" t="s">
         <v>117</v>
       </c>
       <c r="C72" s="47">
         <v>2022</v>
       </c>
       <c r="D72" s="31"/>
       <c r="E72" s="31"/>
       <c r="F72" s="31"/>
       <c r="G72" s="31"/>
       <c r="H72" s="31"/>
       <c r="I72" s="31"/>
       <c r="J72" s="31"/>
       <c r="K72" s="31"/>
       <c r="L72" s="31"/>
       <c r="M72" s="31"/>
     </row>
     <row r="73" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A73" s="31" t="s">
         <v>232</v>
       </c>
       <c r="B73" s="51" t="s">
         <v>118</v>
       </c>
@@ -4939,90 +4942,90 @@
       <c r="L77" s="41"/>
       <c r="M77" s="41"/>
     </row>
     <row r="78" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A78" s="42" t="s">
         <v>54</v>
       </c>
       <c r="B78" s="43"/>
       <c r="C78" s="43"/>
       <c r="D78" s="43"/>
       <c r="E78" s="43"/>
       <c r="F78" s="43"/>
       <c r="G78" s="43"/>
       <c r="H78" s="43"/>
       <c r="I78" s="43"/>
       <c r="J78" s="43"/>
       <c r="K78" s="43"/>
       <c r="L78" s="43"/>
       <c r="M78" s="44"/>
     </row>
     <row r="79" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A79" s="31" t="s">
         <v>236</v>
       </c>
       <c r="B79" s="45" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C79" s="47">
         <v>2022</v>
       </c>
       <c r="D79" s="31"/>
       <c r="E79" s="31"/>
       <c r="F79" s="31"/>
       <c r="G79" s="31"/>
       <c r="H79" s="31"/>
       <c r="I79" s="31"/>
       <c r="J79" s="31"/>
       <c r="K79" s="31"/>
       <c r="L79" s="31"/>
       <c r="M79" s="31"/>
     </row>
     <row r="80" spans="1:13" s="2" customFormat="1" ht="345" x14ac:dyDescent="0.25">
       <c r="A80" s="31" t="s">
         <v>237</v>
       </c>
       <c r="B80" s="45" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C80" s="47">
         <v>2022</v>
       </c>
       <c r="D80" s="31"/>
       <c r="E80" s="31"/>
       <c r="F80" s="31"/>
       <c r="G80" s="31"/>
       <c r="H80" s="31"/>
       <c r="I80" s="31"/>
       <c r="J80" s="31"/>
       <c r="K80" s="31"/>
       <c r="L80" s="31"/>
       <c r="M80" s="31"/>
     </row>
     <row r="81" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A81" s="31" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="B81" s="45" t="s">
         <v>114</v>
       </c>
       <c r="C81" s="47">
         <v>2022</v>
       </c>
       <c r="D81" s="31"/>
       <c r="E81" s="31"/>
       <c r="F81" s="31"/>
       <c r="G81" s="31"/>
       <c r="H81" s="31"/>
       <c r="I81" s="31"/>
       <c r="J81" s="31"/>
       <c r="K81" s="31"/>
       <c r="L81" s="31"/>
       <c r="M81" s="31"/>
     </row>
     <row r="82" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A82" s="31" t="s">
         <v>238</v>
       </c>
       <c r="B82" s="45" t="s">
         <v>122</v>
       </c>
@@ -5282,72 +5285,72 @@
       <c r="I95" s="31"/>
       <c r="J95" s="31"/>
       <c r="K95" s="31"/>
       <c r="L95" s="31"/>
       <c r="M95" s="31"/>
     </row>
     <row r="96" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A96" s="38" t="s">
         <v>62</v>
       </c>
       <c r="B96" s="39"/>
       <c r="C96" s="39"/>
       <c r="D96" s="39"/>
       <c r="E96" s="39"/>
       <c r="F96" s="39"/>
       <c r="G96" s="39"/>
       <c r="H96" s="39"/>
       <c r="I96" s="40"/>
       <c r="J96" s="40"/>
       <c r="K96" s="40"/>
       <c r="L96" s="41"/>
       <c r="M96" s="41"/>
     </row>
     <row r="97" spans="1:13" s="2" customFormat="1" ht="180" x14ac:dyDescent="0.25">
       <c r="A97" s="31" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B97" s="45" t="s">
         <v>129</v>
       </c>
       <c r="C97" s="47">
         <v>2022</v>
       </c>
       <c r="D97" s="31"/>
       <c r="E97" s="31"/>
       <c r="F97" s="31"/>
       <c r="G97" s="31"/>
       <c r="H97" s="31"/>
       <c r="I97" s="31"/>
       <c r="J97" s="31"/>
       <c r="K97" s="31"/>
       <c r="L97" s="31"/>
       <c r="M97" s="31"/>
     </row>
     <row r="98" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A98" s="31" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B98" s="45" t="s">
         <v>130</v>
       </c>
       <c r="C98" s="47">
         <v>2022</v>
       </c>
       <c r="D98" s="31"/>
       <c r="E98" s="31"/>
       <c r="F98" s="31"/>
       <c r="G98" s="31"/>
       <c r="H98" s="31"/>
       <c r="I98" s="31"/>
       <c r="J98" s="31"/>
       <c r="K98" s="31"/>
       <c r="L98" s="31"/>
       <c r="M98" s="31"/>
     </row>
     <row r="99" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A99" s="35" t="s">
         <v>64</v>
       </c>
       <c r="B99" s="36"/>
       <c r="C99" s="36"/>
       <c r="D99" s="36"/>
@@ -5375,51 +5378,51 @@
       <c r="I100" s="43"/>
       <c r="J100" s="43"/>
       <c r="K100" s="43"/>
       <c r="L100" s="43"/>
       <c r="M100" s="44"/>
     </row>
     <row r="101" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A101" s="38" t="s">
         <v>62</v>
       </c>
       <c r="B101" s="39"/>
       <c r="C101" s="39"/>
       <c r="D101" s="39"/>
       <c r="E101" s="39"/>
       <c r="F101" s="39"/>
       <c r="G101" s="39"/>
       <c r="H101" s="39"/>
       <c r="I101" s="40"/>
       <c r="J101" s="40"/>
       <c r="K101" s="40"/>
       <c r="L101" s="41"/>
       <c r="M101" s="41"/>
     </row>
     <row r="102" spans="1:13" s="2" customFormat="1" ht="165" x14ac:dyDescent="0.25">
       <c r="A102" s="31" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B102" s="45" t="s">
         <v>131</v>
       </c>
       <c r="C102" s="47">
         <v>2022</v>
       </c>
       <c r="D102" s="31"/>
       <c r="E102" s="31"/>
       <c r="F102" s="31"/>
       <c r="G102" s="31"/>
       <c r="H102" s="31"/>
       <c r="I102" s="31"/>
       <c r="J102" s="31"/>
       <c r="K102" s="31"/>
       <c r="L102" s="31"/>
       <c r="M102" s="31"/>
     </row>
     <row r="103" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A103" s="35" t="s">
         <v>65</v>
       </c>
       <c r="B103" s="36"/>
       <c r="C103" s="36"/>
       <c r="D103" s="36"/>
@@ -5493,93 +5496,93 @@
       <c r="M106" s="37"/>
     </row>
     <row r="107" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A107" s="31" t="s">
         <v>247</v>
       </c>
       <c r="B107" s="45" t="s">
         <v>67</v>
       </c>
       <c r="C107" s="47">
         <v>2022</v>
       </c>
       <c r="D107" s="31"/>
       <c r="E107" s="31"/>
       <c r="F107" s="31"/>
       <c r="G107" s="31"/>
       <c r="H107" s="31"/>
       <c r="I107" s="31"/>
       <c r="J107" s="31"/>
       <c r="K107" s="31"/>
       <c r="L107" s="31"/>
       <c r="M107" s="31"/>
     </row>
     <row r="108" spans="1:13" s="2" customFormat="1" ht="210" x14ac:dyDescent="0.25">
       <c r="A108" s="31" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B108" s="45" t="s">
         <v>134</v>
       </c>
       <c r="C108" s="47">
         <v>2022</v>
       </c>
       <c r="D108" s="31"/>
       <c r="E108" s="31"/>
       <c r="F108" s="31"/>
       <c r="G108" s="31"/>
       <c r="H108" s="31"/>
       <c r="I108" s="31"/>
       <c r="J108" s="31"/>
       <c r="K108" s="31"/>
       <c r="L108" s="31"/>
       <c r="M108" s="31"/>
     </row>
     <row r="109" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A109" s="31" t="s">
         <v>248</v>
       </c>
       <c r="B109" s="45" t="s">
         <v>135</v>
       </c>
       <c r="C109" s="47">
         <v>2022</v>
       </c>
       <c r="D109" s="31"/>
       <c r="E109" s="31"/>
       <c r="F109" s="31"/>
       <c r="G109" s="31"/>
       <c r="H109" s="31"/>
       <c r="I109" s="31"/>
       <c r="J109" s="31"/>
       <c r="K109" s="31"/>
       <c r="L109" s="31"/>
       <c r="M109" s="31"/>
     </row>
     <row r="110" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A110" s="46" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B110" s="45" t="s">
         <v>136</v>
       </c>
       <c r="C110" s="47">
         <v>2022</v>
       </c>
       <c r="D110" s="31"/>
       <c r="E110" s="31"/>
       <c r="F110" s="31"/>
       <c r="G110" s="31"/>
       <c r="H110" s="31"/>
       <c r="I110" s="31"/>
       <c r="J110" s="31"/>
       <c r="K110" s="31"/>
       <c r="L110" s="31"/>
       <c r="M110" s="31"/>
     </row>
     <row r="111" spans="1:13" s="2" customFormat="1" ht="180" x14ac:dyDescent="0.25">
       <c r="A111" s="46" t="s">
         <v>249</v>
       </c>
       <c r="B111" s="45" t="s">
         <v>137</v>
       </c>
@@ -5825,110 +5828,110 @@
       <c r="M122" s="31"/>
     </row>
     <row r="123" spans="1:13" s="2" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="A123" s="31" t="s">
         <v>260</v>
       </c>
       <c r="B123" s="45" t="s">
         <v>148</v>
       </c>
       <c r="C123" s="47">
         <v>2022</v>
       </c>
       <c r="D123" s="31"/>
       <c r="E123" s="31"/>
       <c r="F123" s="31"/>
       <c r="G123" s="31"/>
       <c r="H123" s="31"/>
       <c r="I123" s="31"/>
       <c r="J123" s="31"/>
       <c r="K123" s="31"/>
       <c r="L123" s="31"/>
       <c r="M123" s="31"/>
     </row>
     <row r="124" spans="1:13" s="2" customFormat="1" ht="283.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="46" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B124" s="45"/>
       <c r="C124" s="47"/>
       <c r="D124" s="31"/>
       <c r="E124" s="31"/>
       <c r="F124" s="31"/>
       <c r="G124" s="31"/>
       <c r="H124" s="31"/>
       <c r="I124" s="31"/>
       <c r="J124" s="31"/>
       <c r="K124" s="31"/>
       <c r="L124" s="31"/>
       <c r="M124" s="31"/>
     </row>
     <row r="125" spans="1:13" s="2" customFormat="1" ht="240" x14ac:dyDescent="0.25">
       <c r="A125" s="46" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B125" s="45" t="s">
         <v>149</v>
       </c>
       <c r="C125" s="47">
         <v>2022</v>
       </c>
       <c r="D125" s="31"/>
       <c r="E125" s="31"/>
       <c r="F125" s="31"/>
       <c r="G125" s="31"/>
       <c r="H125" s="31"/>
       <c r="I125" s="31"/>
       <c r="J125" s="31"/>
       <c r="K125" s="31"/>
       <c r="L125" s="31"/>
       <c r="M125" s="31"/>
     </row>
     <row r="126" spans="1:13" s="2" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="A126" s="31" t="s">
         <v>261</v>
       </c>
       <c r="B126" s="45" t="s">
         <v>150</v>
       </c>
       <c r="C126" s="47">
         <v>2022</v>
       </c>
       <c r="D126" s="31"/>
       <c r="E126" s="31"/>
       <c r="F126" s="31"/>
       <c r="G126" s="31"/>
       <c r="H126" s="31"/>
       <c r="I126" s="31"/>
       <c r="J126" s="31"/>
       <c r="K126" s="31"/>
       <c r="L126" s="31"/>
       <c r="M126" s="31"/>
     </row>
     <row r="127" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A127" s="46" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B127" s="45" t="s">
         <v>151</v>
       </c>
       <c r="C127" s="47">
         <v>2022</v>
       </c>
       <c r="D127" s="31"/>
       <c r="E127" s="31"/>
       <c r="F127" s="31"/>
       <c r="G127" s="31"/>
       <c r="H127" s="31"/>
       <c r="I127" s="31"/>
       <c r="J127" s="31"/>
       <c r="K127" s="31"/>
       <c r="L127" s="31"/>
       <c r="M127" s="31"/>
     </row>
     <row r="128" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A128" s="31" t="s">
         <v>262</v>
       </c>
       <c r="B128" s="45" t="s">
         <v>152</v>
       </c>
@@ -5985,51 +5988,51 @@
       <c r="M130" s="37"/>
     </row>
     <row r="131" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A131" s="31" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="45" t="s">
         <v>155</v>
       </c>
       <c r="C131" s="47">
         <v>2022</v>
       </c>
       <c r="D131" s="31"/>
       <c r="E131" s="31"/>
       <c r="F131" s="31"/>
       <c r="G131" s="31"/>
       <c r="H131" s="31"/>
       <c r="I131" s="31"/>
       <c r="J131" s="31"/>
       <c r="K131" s="31"/>
       <c r="L131" s="31"/>
       <c r="M131" s="31"/>
     </row>
     <row r="132" spans="1:13" s="2" customFormat="1" ht="195" x14ac:dyDescent="0.25">
       <c r="A132" s="46" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B132" s="45" t="s">
         <v>154</v>
       </c>
       <c r="C132" s="47">
         <v>2022</v>
       </c>
       <c r="D132" s="31"/>
       <c r="E132" s="31"/>
       <c r="F132" s="31"/>
       <c r="G132" s="31"/>
       <c r="H132" s="31"/>
       <c r="I132" s="31"/>
       <c r="J132" s="31"/>
       <c r="K132" s="31"/>
       <c r="L132" s="31"/>
       <c r="M132" s="31"/>
     </row>
     <row r="133" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A133" s="31" t="s">
         <v>265</v>
       </c>
       <c r="B133" s="45" t="s">
         <v>157</v>
       </c>
@@ -6111,72 +6114,72 @@
       <c r="M136" s="31"/>
     </row>
     <row r="137" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A137" s="31" t="s">
         <v>269</v>
       </c>
       <c r="B137" s="45" t="s">
         <v>161</v>
       </c>
       <c r="C137" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D137" s="31"/>
       <c r="E137" s="31"/>
       <c r="F137" s="31"/>
       <c r="G137" s="31"/>
       <c r="H137" s="31"/>
       <c r="I137" s="31"/>
       <c r="J137" s="31"/>
       <c r="K137" s="31"/>
       <c r="L137" s="31"/>
       <c r="M137" s="31"/>
     </row>
     <row r="138" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A138" s="31" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B138" s="45" t="s">
         <v>162</v>
       </c>
       <c r="C138" s="47">
         <v>2022</v>
       </c>
       <c r="D138" s="31"/>
       <c r="E138" s="31"/>
       <c r="F138" s="31"/>
       <c r="G138" s="31"/>
       <c r="H138" s="31"/>
       <c r="I138" s="31"/>
       <c r="J138" s="31"/>
       <c r="K138" s="31"/>
       <c r="L138" s="31"/>
       <c r="M138" s="31"/>
     </row>
     <row r="139" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A139" s="31" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B139" s="45" t="s">
         <v>163</v>
       </c>
       <c r="C139" s="47">
         <v>2022</v>
       </c>
       <c r="D139" s="31"/>
       <c r="E139" s="31"/>
       <c r="F139" s="31"/>
       <c r="G139" s="31"/>
       <c r="H139" s="31"/>
       <c r="I139" s="31"/>
       <c r="J139" s="31"/>
       <c r="K139" s="31"/>
       <c r="L139" s="31"/>
       <c r="M139" s="31"/>
     </row>
     <row r="140" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A140" s="35" t="s">
         <v>69</v>
       </c>
       <c r="B140" s="36"/>
       <c r="C140" s="36"/>
       <c r="D140" s="36"/>
@@ -6286,51 +6289,51 @@
       <c r="I145" s="36"/>
       <c r="J145" s="36"/>
       <c r="K145" s="36"/>
       <c r="L145" s="36"/>
       <c r="M145" s="37"/>
     </row>
     <row r="146" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A146" s="42" t="s">
         <v>54</v>
       </c>
       <c r="B146" s="43"/>
       <c r="C146" s="43"/>
       <c r="D146" s="43"/>
       <c r="E146" s="43"/>
       <c r="F146" s="43"/>
       <c r="G146" s="43"/>
       <c r="H146" s="43"/>
       <c r="I146" s="43"/>
       <c r="J146" s="43"/>
       <c r="K146" s="43"/>
       <c r="L146" s="43"/>
       <c r="M146" s="44"/>
     </row>
     <row r="147" spans="1:13" s="2" customFormat="1" ht="180" x14ac:dyDescent="0.25">
       <c r="A147" s="31" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B147" s="45" t="s">
         <v>168</v>
       </c>
       <c r="C147" s="47">
         <v>2022</v>
       </c>
       <c r="D147" s="31"/>
       <c r="E147" s="31"/>
       <c r="F147" s="31"/>
       <c r="G147" s="31"/>
       <c r="H147" s="31"/>
       <c r="I147" s="31"/>
       <c r="J147" s="31"/>
       <c r="K147" s="31"/>
       <c r="L147" s="31"/>
       <c r="M147" s="31"/>
     </row>
     <row r="148" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A148" s="31" t="s">
         <v>274</v>
       </c>
       <c r="B148" s="45" t="s">
         <v>169</v>
       </c>
@@ -6574,51 +6577,51 @@
       <c r="M159" s="31"/>
     </row>
     <row r="160" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A160" s="31" t="s">
         <v>285</v>
       </c>
       <c r="B160" s="45" t="s">
         <v>180</v>
       </c>
       <c r="C160" s="47">
         <v>2022</v>
       </c>
       <c r="D160" s="31"/>
       <c r="E160" s="31"/>
       <c r="F160" s="31"/>
       <c r="G160" s="31"/>
       <c r="H160" s="31"/>
       <c r="I160" s="31"/>
       <c r="J160" s="31"/>
       <c r="K160" s="31"/>
       <c r="L160" s="31"/>
       <c r="M160" s="31"/>
     </row>
     <row r="161" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A161" s="46" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B161" s="45" t="s">
         <v>181</v>
       </c>
       <c r="C161" s="47">
         <v>2022</v>
       </c>
       <c r="D161" s="31"/>
       <c r="E161" s="31"/>
       <c r="F161" s="31"/>
       <c r="G161" s="31"/>
       <c r="H161" s="31"/>
       <c r="I161" s="31"/>
       <c r="J161" s="31"/>
       <c r="K161" s="31"/>
       <c r="L161" s="31"/>
       <c r="M161" s="31"/>
     </row>
     <row r="162" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A162" s="31" t="s">
         <v>286</v>
       </c>
       <c r="B162" s="45" t="s">
         <v>182</v>
       </c>
@@ -6652,90 +6655,90 @@
       <c r="K163" s="36"/>
       <c r="L163" s="36"/>
       <c r="M163" s="37"/>
     </row>
     <row r="164" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A164" s="31" t="s">
         <v>287</v>
       </c>
       <c r="B164" s="45" t="s">
         <v>183</v>
       </c>
       <c r="C164" s="45"/>
       <c r="D164" s="31"/>
       <c r="E164" s="31"/>
       <c r="F164" s="31"/>
       <c r="G164" s="31"/>
       <c r="H164" s="31"/>
       <c r="I164" s="31"/>
       <c r="J164" s="31"/>
       <c r="K164" s="31"/>
       <c r="L164" s="31"/>
       <c r="M164" s="31"/>
     </row>
     <row r="165" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A165" s="35" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B165" s="36"/>
       <c r="C165" s="36"/>
       <c r="D165" s="36"/>
       <c r="E165" s="36"/>
       <c r="F165" s="36"/>
       <c r="G165" s="36"/>
       <c r="H165" s="36"/>
       <c r="I165" s="36"/>
       <c r="J165" s="36"/>
       <c r="K165" s="36"/>
       <c r="L165" s="36"/>
       <c r="M165" s="37"/>
     </row>
     <row r="166" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A166" s="31" t="s">
         <v>288</v>
       </c>
       <c r="B166" s="45" t="s">
         <v>184</v>
       </c>
       <c r="C166" s="45"/>
       <c r="D166" s="31"/>
       <c r="E166" s="31"/>
       <c r="F166" s="31"/>
       <c r="G166" s="31"/>
       <c r="H166" s="31"/>
       <c r="I166" s="31"/>
       <c r="J166" s="31"/>
       <c r="K166" s="31"/>
       <c r="L166" s="31"/>
       <c r="M166" s="31"/>
     </row>
     <row r="167" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A167" s="31" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="B167" s="45" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="C167" s="45"/>
       <c r="D167" s="31"/>
       <c r="E167" s="31"/>
       <c r="F167" s="31"/>
       <c r="G167" s="31"/>
       <c r="H167" s="31"/>
       <c r="I167" s="31"/>
       <c r="J167" s="31"/>
       <c r="K167" s="31"/>
       <c r="L167" s="31"/>
       <c r="M167" s="31"/>
     </row>
     <row r="168" spans="1:13" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A168" s="35" t="s">
         <v>73</v>
       </c>
       <c r="B168" s="36"/>
       <c r="C168" s="36"/>
       <c r="D168" s="36"/>
       <c r="E168" s="36"/>
       <c r="F168" s="36"/>
       <c r="G168" s="36"/>
       <c r="H168" s="36"/>
       <c r="I168" s="36"/>
@@ -6804,72 +6807,72 @@
       <c r="M171" s="31"/>
     </row>
     <row r="172" spans="1:13" s="2" customFormat="1" ht="165" x14ac:dyDescent="0.25">
       <c r="A172" s="31" t="s">
         <v>291</v>
       </c>
       <c r="B172" s="45" t="s">
         <v>187</v>
       </c>
       <c r="C172" s="47">
         <v>2022</v>
       </c>
       <c r="D172" s="31"/>
       <c r="E172" s="31"/>
       <c r="F172" s="31"/>
       <c r="G172" s="31"/>
       <c r="H172" s="31"/>
       <c r="I172" s="31"/>
       <c r="J172" s="31"/>
       <c r="K172" s="31"/>
       <c r="L172" s="31"/>
       <c r="M172" s="31"/>
     </row>
     <row r="173" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.25">
       <c r="A173" s="31" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B173" s="45" t="s">
         <v>188</v>
       </c>
       <c r="C173" s="47" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D173" s="31"/>
       <c r="E173" s="31"/>
       <c r="F173" s="31"/>
       <c r="G173" s="31"/>
       <c r="H173" s="31"/>
       <c r="I173" s="31"/>
       <c r="J173" s="31"/>
       <c r="K173" s="31"/>
       <c r="L173" s="31"/>
       <c r="M173" s="31"/>
     </row>
     <row r="174" spans="1:13" s="2" customFormat="1" ht="255" x14ac:dyDescent="0.25">
       <c r="A174" s="31" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="B174" s="45" t="s">
         <v>189</v>
       </c>
       <c r="C174" s="47">
         <v>2022</v>
       </c>
       <c r="D174" s="31"/>
       <c r="E174" s="31"/>
       <c r="F174" s="31"/>
       <c r="G174" s="31"/>
       <c r="H174" s="31"/>
       <c r="I174" s="31"/>
       <c r="J174" s="31"/>
       <c r="K174" s="31"/>
       <c r="L174" s="31"/>
       <c r="M174" s="31"/>
     </row>
     <row r="175" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A175" s="38" t="s">
         <v>75</v>
       </c>
       <c r="B175" s="39"/>
       <c r="C175" s="39"/>
       <c r="D175" s="39"/>
@@ -6922,93 +6925,93 @@
       <c r="I177" s="31"/>
       <c r="J177" s="31"/>
       <c r="K177" s="31"/>
       <c r="L177" s="31"/>
       <c r="M177" s="31"/>
     </row>
     <row r="178" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A178" s="38" t="s">
         <v>76</v>
       </c>
       <c r="B178" s="39"/>
       <c r="C178" s="39"/>
       <c r="D178" s="39"/>
       <c r="E178" s="39"/>
       <c r="F178" s="39"/>
       <c r="G178" s="39"/>
       <c r="H178" s="39"/>
       <c r="I178" s="40"/>
       <c r="J178" s="40"/>
       <c r="K178" s="40"/>
       <c r="L178" s="41"/>
       <c r="M178" s="41"/>
     </row>
     <row r="179" spans="1:13" s="2" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="A179" s="46" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B179" s="45" t="s">
         <v>192</v>
       </c>
       <c r="C179" s="47">
         <v>2022</v>
       </c>
       <c r="D179" s="31"/>
       <c r="E179" s="31"/>
       <c r="F179" s="31"/>
       <c r="G179" s="31"/>
       <c r="H179" s="31"/>
       <c r="I179" s="31"/>
       <c r="J179" s="31"/>
       <c r="K179" s="31"/>
       <c r="L179" s="31"/>
       <c r="M179" s="31"/>
     </row>
     <row r="180" spans="1:13" s="2" customFormat="1" ht="270" x14ac:dyDescent="0.25">
       <c r="A180" s="31" t="s">
         <v>294</v>
       </c>
       <c r="B180" s="45" t="s">
         <v>193</v>
       </c>
       <c r="C180" s="47">
         <v>2022</v>
       </c>
       <c r="D180" s="31"/>
       <c r="E180" s="31"/>
       <c r="F180" s="31"/>
       <c r="G180" s="31"/>
       <c r="H180" s="31"/>
       <c r="I180" s="31"/>
       <c r="J180" s="31"/>
       <c r="K180" s="31"/>
       <c r="L180" s="31"/>
       <c r="M180" s="31"/>
     </row>
     <row r="181" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A181" s="38" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B181" s="39"/>
       <c r="C181" s="39"/>
       <c r="D181" s="39"/>
       <c r="E181" s="39"/>
       <c r="F181" s="39"/>
       <c r="G181" s="39"/>
       <c r="H181" s="39"/>
       <c r="I181" s="40"/>
       <c r="J181" s="40"/>
       <c r="K181" s="40"/>
       <c r="L181" s="41"/>
       <c r="M181" s="41"/>
     </row>
     <row r="182" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A182" s="46" t="s">
         <v>295</v>
       </c>
       <c r="B182" s="45" t="s">
         <v>194</v>
       </c>
       <c r="C182" s="47">
         <v>2022</v>
       </c>
       <c r="D182" s="31"/>
@@ -7089,51 +7092,51 @@
       <c r="A186" s="31" t="s">
         <v>299</v>
       </c>
       <c r="B186" s="45" t="s">
         <v>198</v>
       </c>
       <c r="C186" s="47">
         <v>2009</v>
       </c>
       <c r="D186" s="31"/>
       <c r="E186" s="31"/>
       <c r="F186" s="31"/>
       <c r="G186" s="31"/>
       <c r="H186" s="31"/>
       <c r="I186" s="31"/>
       <c r="J186" s="31"/>
       <c r="K186" s="31"/>
       <c r="L186" s="31"/>
       <c r="M186" s="31"/>
     </row>
     <row r="187" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A187" s="31" t="s">
         <v>300</v>
       </c>
       <c r="B187" s="45" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C187" s="47">
         <v>2009</v>
       </c>
       <c r="D187" s="31"/>
       <c r="E187" s="31"/>
       <c r="F187" s="31"/>
       <c r="G187" s="31"/>
       <c r="H187" s="31"/>
       <c r="I187" s="31"/>
       <c r="J187" s="31"/>
       <c r="K187" s="31"/>
       <c r="L187" s="31"/>
       <c r="M187" s="31"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:M2" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}"/>
   <phoneticPr fontId="28" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D37:D55 D3:D35 F3:F35 F37:F55 D57:D187 F57:F187" xr:uid="{95EA4F51-DA69-4FE7-A903-E26AAA0A7237}">
       <formula1>"Yes,No,Partial"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H3:H35 H37:H55 H57:H187" xr:uid="{DB607B85-4C7A-495A-BA38-0DDA540CB2B0}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
@@ -7271,90 +7274,90 @@
       </c>
       <c r="B9" s="46" t="s">
         <v>332</v>
       </c>
       <c r="C9" s="46" t="s">
         <v>333</v>
       </c>
       <c r="D9" s="46" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="105" x14ac:dyDescent="0.25">
       <c r="A10" s="31" t="s">
         <v>311</v>
       </c>
       <c r="B10" s="46" t="s">
         <v>335</v>
       </c>
       <c r="C10" s="46" t="s">
         <v>336</v>
       </c>
       <c r="D10" s="46" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" ht="180" x14ac:dyDescent="0.25">
       <c r="A11" s="31" t="s">
         <v>312</v>
       </c>
       <c r="B11" s="46" t="s">
+        <v>422</v>
+      </c>
+      <c r="C11" s="46" t="s">
         <v>338</v>
       </c>
-      <c r="C11" s="46" t="s">
+      <c r="D11" s="46" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="120" x14ac:dyDescent="0.25">
       <c r="A12" s="31" t="s">
+        <v>340</v>
+      </c>
+      <c r="B12" s="46" t="s">
         <v>341</v>
       </c>
-      <c r="B12" s="46" t="s">
+      <c r="C12" s="46" t="s">
         <v>342</v>
       </c>
-      <c r="C12" s="46" t="s">
+      <c r="D12" s="46" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="150" x14ac:dyDescent="0.25">
       <c r="A13" s="46" t="s">
         <v>314</v>
       </c>
       <c r="B13" s="46" t="s">
+        <v>344</v>
+      </c>
+      <c r="C13" s="46" t="s">
         <v>345</v>
       </c>
-      <c r="C13" s="46" t="s">
+      <c r="D13" s="46" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="48"/>
       <c r="B14" s="48"/>
       <c r="C14" s="48"/>
       <c r="D14" s="48"/>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
     </row>
     <row r="16" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="33"/>
       <c r="B16" s="12"/>
       <c r="C16" s="33"/>
       <c r="D16" s="33"/>
     </row>
     <row r="17" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="11"/>
       <c r="B17" s="12"/>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
     </row>
@@ -7441,207 +7444,207 @@
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AB33CF2-578D-4BCE-9CD8-7578E11133D6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.4140625" style="7" customWidth="1"/>
     <col min="2" max="2" width="54" style="7" customWidth="1"/>
     <col min="3" max="4" width="52.6640625" style="7" customWidth="1"/>
     <col min="5" max="16384" width="9.1640625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="32" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
     </row>
     <row r="2" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
         <v>302</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>303</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>304</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="90" x14ac:dyDescent="0.25">
       <c r="A3" s="31" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B3" s="46" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C3" s="46" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="D3" s="46" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="90" x14ac:dyDescent="0.25">
       <c r="A4" s="31" t="s">
         <v>308</v>
       </c>
       <c r="B4" s="46" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C4" s="46" t="s">
         <v>316</v>
       </c>
       <c r="D4" s="46" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="150" x14ac:dyDescent="0.25">
       <c r="A5" s="31" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B5" s="46" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C5" s="46" t="s">
         <v>322</v>
       </c>
       <c r="D5" s="46" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="240" x14ac:dyDescent="0.25">
       <c r="A6" s="31" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B6" s="46" t="s">
-        <v>356</v>
+        <v>423</v>
       </c>
       <c r="C6" s="46" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="D6" s="46" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="75" x14ac:dyDescent="0.25">
       <c r="A7" s="31" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B7" s="46" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C7" s="46" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D7" s="46" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="120" x14ac:dyDescent="0.25">
       <c r="A8" s="31" t="s">
         <v>313</v>
       </c>
       <c r="B8" s="46" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C8" s="46" t="s">
+        <v>342</v>
+      </c>
+      <c r="D8" s="46" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="150" x14ac:dyDescent="0.25">
       <c r="A9" s="31" t="s">
         <v>314</v>
       </c>
       <c r="B9" s="46" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="C9" s="46" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="D9" s="46" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="105" x14ac:dyDescent="0.25">
       <c r="A10" s="31" t="s">
         <v>311</v>
       </c>
       <c r="B10" s="46" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="C10" s="46" t="s">
         <v>336</v>
       </c>
       <c r="D10" s="46" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="180" x14ac:dyDescent="0.25">
       <c r="A11" s="31" t="s">
         <v>306</v>
       </c>
       <c r="B11" s="46" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="C11" s="46" t="s">
         <v>316</v>
       </c>
       <c r="D11" s="46" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="180" x14ac:dyDescent="0.25">
       <c r="A12" s="31" t="s">
         <v>309</v>
       </c>
       <c r="B12" s="46" t="s">
         <v>329</v>
       </c>
       <c r="C12" s="46" t="s">
         <v>330</v>
       </c>
       <c r="D12" s="46" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="11"/>
       <c r="B13" s="12"/>
       <c r="C13" s="11"/>
       <c r="D13" s="11"/>
     </row>
     <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="12"/>
       <c r="B14" s="12"/>
       <c r="C14" s="12"/>
       <c r="D14" s="12"/>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="8"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
@@ -7792,52 +7795,52 @@
       </c>
     </row>
     <row r="6" spans="1:2" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A6" s="30"/>
       <c r="B6" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f3d3eb94edc8424ae5a745a51ac60b0f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="090281c40d2c2945e40b641db12551d5" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c37bd64d371b53378ab3c7d697853b0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a27c068249a90173a5e7c41d8f53cde5" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8057,91 +8060,91 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </geb11f8ce9d940728585fae6d5409a45>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7D86C46-BCD0-473D-95C8-4419AE0C6D2C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF2A7599-27C5-492E-9C6F-62C81CA74A11}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94D6974C-608B-4065-8781-08B8E5775AA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41FB7FB1-267B-4CCB-BF16-31D25172EF8E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>