--- v0 (2025-12-13)
+++ v1 (2026-03-22)
@@ -1,91 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="25831"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5077077B-3AEB-4848-A285-99C20DD211A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5968D889-918A-40D7-925C-BFE1FD963CDC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="21840" windowHeight="13020" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="23" r:id="rId1"/>
     <sheet name="Data sheet" sheetId="26" r:id="rId2"/>
     <sheet name="Table 1" sheetId="28" r:id="rId3"/>
     <sheet name="Table 2" sheetId="29" r:id="rId4"/>
     <sheet name="Data sheet totals" sheetId="27" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Data sheet'!$A$2:$L$2</definedName>
-    <definedName name="_Hlk100219767" localSheetId="1">'Data sheet'!$A$28</definedName>
+    <definedName name="_Hlk100219767" localSheetId="1">'Data sheet'!#REF!</definedName>
     <definedName name="_Hlk100563946" localSheetId="3">'Table 2'!$A$4</definedName>
     <definedName name="_Hlk100564065" localSheetId="3">'Table 2'!$A$5</definedName>
-    <definedName name="_Hlk103358131" localSheetId="1">'Data sheet'!$A$30</definedName>
-[...8 lines deleted...]
-    <definedName name="_Hlk99489112" localSheetId="1">'Data sheet'!$A$35</definedName>
+    <definedName name="_Hlk103358131" localSheetId="1">'Data sheet'!$A$25</definedName>
+    <definedName name="_Hlk104193579" localSheetId="1">'Data sheet'!$A$26</definedName>
+    <definedName name="_Hlk104363817" localSheetId="1">'Data sheet'!$A$24</definedName>
+    <definedName name="_Hlk104373754" localSheetId="1">'Data sheet'!$A$42</definedName>
+    <definedName name="_Hlk115796621" localSheetId="1">'Data sheet'!#REF!</definedName>
+    <definedName name="_Hlk117266466" localSheetId="1">'Data sheet'!$A$39</definedName>
+    <definedName name="_Hlk117266504" localSheetId="1">'Data sheet'!$A$38</definedName>
+    <definedName name="_Hlk118885227" localSheetId="1">'Data sheet'!$A$32</definedName>
+    <definedName name="_Hlk119411382" localSheetId="1">'Data sheet'!$A$40</definedName>
+    <definedName name="_Hlk99489112" localSheetId="1">'Data sheet'!$A$30</definedName>
     <definedName name="_Information_for_people" localSheetId="1">'Data sheet'!$A$4</definedName>
-    <definedName name="_Performing_and_reporting" localSheetId="1">'Data sheet'!$A$33</definedName>
-[...2 lines deleted...]
-    <definedName name="AssessAndDiag" localSheetId="1">'Data sheet'!$A$18</definedName>
+    <definedName name="_Performing_and_reporting" localSheetId="1">'Data sheet'!$A$28</definedName>
+    <definedName name="_Surgery_and_active" localSheetId="1">'Data sheet'!$A$41</definedName>
+    <definedName name="_Toc120701744" localSheetId="1">'Data sheet'!$A$40</definedName>
+    <definedName name="AssessAndDiag" localSheetId="1">'Data sheet'!$A$14</definedName>
     <definedName name="InfoAndSupport" localSheetId="1">'Data sheet'!$A$3</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Data sheet'!$A$1:$L$99</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Data sheet'!$A$1:$L$95</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Data sheet totals'!$A$1:$B$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$A$12</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Data sheet'!$2:$2</definedName>
     <definedName name="Table2" localSheetId="3">'Table 2'!$A$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B3" i="27" l="1"/>
   <c r="B2" i="27"/>
   <c r="B1" i="27" a="1"/>
   <c r="B1" i="27" s="1"/>
@@ -96,51 +99,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <si>
     <t>Number of recommendations met</t>
   </si>
   <si>
     <t>Percentage of recommendations met</t>
   </si>
   <si>
     <t>Deadline</t>
   </si>
   <si>
     <t>The tool can be used by individual services or organisations. Alternatively, an assessment completed with the involvement of all relevant services or organisations would help to develop a picture of activity in the local area.</t>
   </si>
   <si>
     <t>Number of relevant or partially relevant recommendations</t>
   </si>
   <si>
     <t>Number of recommendations partially met</t>
   </si>
   <si>
     <t>Percentage of recommendations partially met</t>
   </si>
   <si>
     <t>NICE recommendation (taken from the guideline)</t>
   </si>
   <si>
@@ -220,724 +223,838 @@
       </rPr>
       <t>Tools and resources</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> to help put the guidance into practice are available on the NICE website. These include resource impact reports and templates to help you identify the financial impact of implementing this guideline.</t>
     </r>
   </si>
   <si>
     <t>Information for people with suspected thyroid cancer</t>
   </si>
   <si>
     <t>Information for people having surgery</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t>1.1.2</t>
   </si>
   <si>
-    <t>1.1.3</t>
-[...1 lines deleted...]
-  <si>
     <t>1.1.5</t>
   </si>
   <si>
     <t>Information for people with thyroid cancer</t>
   </si>
   <si>
     <t>Information for people having radioactive iodine</t>
   </si>
   <si>
     <t>Blood tests</t>
   </si>
   <si>
     <t>1.2.1</t>
   </si>
   <si>
     <t>1.2.2</t>
   </si>
   <si>
     <t>1.2.3</t>
   </si>
   <si>
     <t>1.2.4</t>
   </si>
   <si>
-    <t>1.2.5</t>
-[...1 lines deleted...]
-  <si>
     <t>Ultrasound</t>
   </si>
   <si>
     <t>Management options based on ultrasound results</t>
   </si>
   <si>
     <t>1.2.6</t>
   </si>
   <si>
     <t>1.2.7</t>
   </si>
   <si>
     <t>1.2.8</t>
   </si>
   <si>
     <t>1.2.9</t>
   </si>
   <si>
     <t>1.2.10</t>
   </si>
   <si>
     <t>FNAC testing</t>
   </si>
   <si>
     <t>Performing and reporting FNAC</t>
   </si>
   <si>
     <t>1.2.11</t>
   </si>
   <si>
     <t>1.2.12</t>
   </si>
   <si>
     <t>1.2.13</t>
   </si>
   <si>
     <t>1.2.14</t>
   </si>
   <si>
     <t>Management and further sampling after initial FNAC</t>
   </si>
   <si>
-    <t>Initial fine-needle aspiration cytology result</t>
-[...1 lines deleted...]
-  <si>
     <t>Management and further sampling</t>
   </si>
   <si>
     <t>Thy1 (inadequate)</t>
   </si>
   <si>
     <t>Thy1c (cystic lesion)</t>
   </si>
   <si>
     <t>Thy2 and Thy2c (benign)</t>
   </si>
   <si>
     <t>Thy3a (atypia, neoplasia possible)</t>
   </si>
   <si>
     <t>Thy3f (suggesting follicular neoplasm)</t>
   </si>
   <si>
     <t>Thy4 (suspicion of malignancy) and Thy5 (malignant)</t>
   </si>
   <si>
-    <t>Offer repeat sampling
-[...31 lines deleted...]
-  <si>
     <t>Radioisotope scans</t>
   </si>
   <si>
-    <t>1.2.16</t>
-[...1 lines deleted...]
-  <si>
     <t>Imaging for further staging</t>
   </si>
   <si>
-    <t>1.2.17</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.6</t>
-  </si>
-[...13 lines deleted...]
-    <t>1.1.10</t>
   </si>
   <si>
     <t>Surgery and active surveillance for primary tumours</t>
   </si>
   <si>
     <t>Offer total thyroidectomy to people who have:
 • a T3 or T4 stage primary tumour
 • regional lymph node involvement (N1)
 • adverse pathological features
 • distant metastatic disease (M1).</t>
   </si>
   <si>
     <t>1.3.3</t>
   </si>
   <si>
     <t>Offer completion thyroidectomy to people who have had a hemithyroidectomy if it is indicated on review of the histological features of the initial specimen.</t>
   </si>
   <si>
     <t>1.3.4</t>
   </si>
   <si>
     <t>1.3.5</t>
   </si>
   <si>
     <t>Surgery for nodal disease</t>
   </si>
   <si>
     <t>Offer a compartment-orientated lateral neck dissection for people with structural nodal disease in the lateral neck.</t>
   </si>
   <si>
     <t>1.3.6</t>
   </si>
   <si>
-    <t>Consider a prophylactic ipsilateral central neck dissection when doing the compartment-orientated lateral neck dissection for people with structural nodal disease in the lateral neck.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.7</t>
   </si>
   <si>
     <t>Offer a compartment-orientated central neck dissection for people with structural nodal disease in the central neck.</t>
   </si>
   <si>
     <t>1.3.8</t>
   </si>
   <si>
-    <t>Do not offer prophylactic central or lateral neck dissection (except in the circumstances in recommendation 1.3.7).</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.9</t>
   </si>
   <si>
     <t>Surgery during pregnancy</t>
   </si>
   <si>
-    <t>Consider deferring surgery until after pregnancy, taking into account:
-[...4 lines deleted...]
-  <si>
     <t>1.3.10</t>
   </si>
   <si>
-    <t>When surgery cannot be delayed until after pregnancy, it should be done during the second trimester if possible.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.11</t>
   </si>
   <si>
     <t>Thyrotropin alfa</t>
   </si>
   <si>
     <t>1.3.12</t>
   </si>
   <si>
-    <t>Use thyrotropin alfa with caution in people with thyroid cancer who have brain or spinal metastases, because there is a risk of clinically significant tumour flare.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.13</t>
   </si>
   <si>
     <t>RAI for initial ablation</t>
   </si>
   <si>
-    <t>Offer RAI to people who have had a total or completion thyroidectomy based on the criteria in the recommendation on offering total thyroidectomy in the section on surgery and active surveillance for primary tumours.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.14</t>
   </si>
   <si>
     <t>Do not offer RAI to people with T1a or T1b tumours including those with multifocal disease, unless there are adverse features, regional lymph node involvement, or evidence of other metastatic disease.</t>
   </si>
   <si>
     <t>1.3.15</t>
   </si>
   <si>
-    <t>Consider RAI for people with T2 disease who have had a total or completion thyroidectomy, but whose disease does not show any of the features in the recommendation on offering total thyroidectomy in the section on surgery and active surveillance for primary tumours.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.16</t>
   </si>
   <si>
     <t>RAI activity for initial ablation</t>
   </si>
   <si>
-    <t>Consider RAI with an activity for initial ablation of 3.7 GBq for people with high-risk features such as T4, N1b or M1 disease or aggressive subtypes, or people for whom multiple ablations should be avoided because they have one or more of the following characteristics:
-[...4 lines deleted...]
-  <si>
     <t>1.3.17</t>
   </si>
   <si>
-    <t>Offer RAI with an activity for initial ablation of 1.1 GBq to people who are not having 3.7 GBq.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.18</t>
   </si>
   <si>
     <t>External beam radiotherapy</t>
   </si>
   <si>
-    <t>Consider external beam radiotherapy (EBRT) if there is macroscopic disease after surgery or local disease that is unlikely to be controlled with RAI.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.19</t>
   </si>
   <si>
-    <t>Consider EBRT for symptom control for people receiving palliative care.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.20</t>
   </si>
   <si>
     <t>1.4 Ongoing treatment with thyroid stimulating hormone suppression for differentiated thyroid cancer</t>
   </si>
   <si>
-    <t>When to offer thyroid stimulating hormone suppression</t>
-[...6 lines deleted...]
-  <si>
     <t>1.4.1</t>
   </si>
   <si>
-    <t>Offer thyroid hormone at doses that will suppress TSH to below 0.1 mIU/litre, to people who have had total or completion thyroidectomy and RAI. TSH suppression should be continued until follow-up review at 9 to 12 months after initial treatment has been completed.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.4.2</t>
   </si>
   <si>
     <t>Assessing and managing response to TSH suppression</t>
   </si>
   <si>
-    <t>Use dynamic risk stratification to determine further management at 9 to 12 months after completion of initial RAI ablation, as follows:
-[...3 lines deleted...]
-  <si>
     <t>1.4.3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Continue to suppress TSH to less than 0.1 mIU/litre in people who have biochemical or structural evidence of persistent or recurrent disease.</t>
   </si>
   <si>
     <t>1.4.4</t>
   </si>
   <si>
     <t>Long-term duration of TSH suppression</t>
   </si>
   <si>
     <t>Offer a review to people who have had ongoing TSH suppression for more than 10 years. Decide whether the TSH suppression can be reduced after an individualised assessment of risks and benefits, and explain that:
 • lifelong suppression is not necessary unless they have high-risk or metastatic disease
 • reducing TSH suppression may lower the risk of developing bone and cardiac problems.</t>
   </si>
   <si>
     <t>1.4.5</t>
   </si>
   <si>
     <t>1.5 Post-thyroidectomy monitoring of differentiated thyroid cancer</t>
   </si>
   <si>
     <t>Measuring thyroglobulin and thyroglobulin antibodies</t>
   </si>
   <si>
-    <t>Be aware that:
-[...3 lines deleted...]
-  <si>
     <t>1.5.1</t>
   </si>
   <si>
     <t>1.5.2</t>
   </si>
   <si>
     <t>Consider further investigations if a person has had total thyroidectomy and RAI, and:
 • has detectable thyroglobulin levels without thyroglobulin antibodies
 • investigations have not shown recurrent or residual cancer in the presence of detectable thyroglobulin without thyroglobulin antibodies, and now the thyroglobulin levels without thyroglobulin antibodies are rising.</t>
   </si>
   <si>
     <t>1.5.3</t>
   </si>
   <si>
-    <t>Consider further investigations if a person has had a total thyroidectomy without RAI and has rising thyroglobulin levels without thyroglobulin antibodies.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.5.4</t>
   </si>
   <si>
-    <t>Do not routinely measure thyroglobulin levels in people who have not had total or completion thyroidectomy.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.5.5</t>
   </si>
   <si>
-    <t>Consider further investigation when thyroglobulin antibodies are first detected above the laboratory threshold or at any point if the levels of thyroglobulin or thyroglobulin antibodies are rising.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.5.6</t>
   </si>
   <si>
     <t>Stimulated thyroglobulin and highly sensitive thyroglobulin testing</t>
   </si>
   <si>
-    <t>Consider either a stimulated thyroglobulin test or highly sensitive thyroglobulin test if thyroglobulin is undetectable on a standard assay in people who have had a total or completion thyroidectomy and RAI, and have no evidence of structural persistent disease.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.5.7</t>
   </si>
   <si>
-    <t>Consider the following if using a stimulated thyroglobulin test:
-[...4 lines deleted...]
-  <si>
     <t>1.5.8</t>
   </si>
   <si>
-    <t>Consider the following if using a highly sensitive assay that can detect thyroglobulin levels lower than 0.2 microgram/litre:
-[...3 lines deleted...]
-  <si>
     <t>1.5.9</t>
   </si>
   <si>
     <t>Use caution when interpreting results in the presence of thyroglobulin antibodies because they may cause false-positive or negative findings.</t>
   </si>
   <si>
     <t>1.5.10</t>
   </si>
   <si>
-    <t>1.6 Follow up of differentiated thyroid cancer</t>
-[...1 lines deleted...]
-  <si>
     <t>Do not routinely follow up people with thyroid cancer who have a solitary microcarcinoma (T1a) that has been surgically removed.</t>
   </si>
   <si>
     <t>1.6.1</t>
   </si>
   <si>
-    <t>Consider an ultrasound at 6 to 12 months initially then annual clinical follow up for up to 5 years for people with T1a (m) or T1b stage or greater thyroid cancer, who have had a hemithyroidectomy or total thyroidectomy without RAI.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.6.2</t>
   </si>
   <si>
-    <t>Consider a risk-stratified approach to follow up for any person who has had total or completion thyroidectomy and RAI, as shown in table 2.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.6.3</t>
   </si>
   <si>
     <t>Discuss at the multidisciplinary team meeting any person who has had a total or completion thyroidectomy and RAI and has evidence of structural persistent disease.</t>
   </si>
   <si>
     <t>1.6.4</t>
   </si>
   <si>
     <t>1.1 Information and support</t>
-  </si>
-[...1 lines deleted...]
-    <t>Advise people where to find reliable high-quality information and support after consultations, from sources such as national and local support groups, networks and information services.</t>
   </si>
   <si>
     <t>Explain to people with suspected thyroid cancer:
 •	that not all lumps, nodules or swellings in the thyroid are cancer
 •	what the diagnostic pathway involves and what tests they may need.</t>
   </si>
   <si>
-    <t>Offer people with suspected or confirmed thyroid cancer, and their family and carers if appropriate, written and verbal information on what hemithyroidectomy or total thyroidectomy involves. Explain the benefits and risks of treatment, including long-term implications such as:
+    <t>Do not refer to thyroid cancer as a ‘good cancer’ because many people do not find this reassuring and it can cause them to feel that their diagnosis is unimportant.</t>
+  </si>
+  <si>
+    <t>Consider further appointments if they will benefit a person’s psychological wellbeing, even if they are not indicated for physical reasons.</t>
+  </si>
+  <si>
+    <t>1.2 Assessment and diagnosis</t>
+  </si>
+  <si>
+    <t>1.3  Initial treatment of differentiated thyroid cancer</t>
+  </si>
+  <si>
+    <t>Do not use calcitonin testing to assess thyroid nodules unless there is a reason to suspect medullary thyroid cancer (MTC), such as a family history or a nodule with an appearance on ultrasound that suggests MTC.</t>
+  </si>
+  <si>
+    <t>Do not routinely measure thyroid peroxidase antibody (TPO).</t>
+  </si>
+  <si>
+    <t>Offer greyscale ultrasound with an established system for grading ultrasound appearance as the initial diagnostic test when investigating thyroid nodules for malignancy.</t>
+  </si>
+  <si>
+    <t>Offer fine-needle aspiration cytology (FNAC) to people who meet the threshold using an established system for grading ultrasound appearance.</t>
+  </si>
+  <si>
+    <t>Use liquid-based cytology, direct smear or both when processing FNAC samples.</t>
+  </si>
+  <si>
+    <t>Use the initial FNAC results to determine further management and sampling options, as shown in table 1.</t>
+  </si>
+  <si>
+    <t>Do not routinely use radioisotope scans for the initial diagnosis of thyroid cancer.</t>
+  </si>
+  <si>
+    <t>Consider hemithyroidectomy or active surveillance for people with a solitary microcarcinoma (T1a) without evidence of nodal involvement.</t>
+  </si>
+  <si>
+    <t>Risk group</t>
+  </si>
+  <si>
+    <t>Low risk (no evidence of disease on imaging and thyroglobulin of less than 0.2 microgram/litre, or stimulated thyroglobulin of less than 1 microgram/litre)</t>
+  </si>
+  <si>
+    <t>Medium risk (thyroglobulin between 0.2 and 1.0 microgram/litre, or stimulated thyroglobulin of between 1 and 10 microgram/litre)</t>
+  </si>
+  <si>
+    <t>High risk (thyroglobulin of greater than 1.0 microgram/litre, or stimulated thyroglobulin of greater than 10 microgram/litre)</t>
+  </si>
+  <si>
+    <t>Anyone with biochemical or structural evidence of disease</t>
+  </si>
+  <si>
+    <t>Baseline assessment tool for thyroid cancer: assessment and management (NG230)</t>
+  </si>
+  <si>
+    <t>Published: 19 December 2022</t>
+  </si>
+  <si>
+    <t>Offer people with suspected or confirmed thyroid cancer, and their family and carers if appropriate, information on what hemithyroidectomy or total thyroidectomy involves. Explain the benefits and risks of treatment, including long-term implications such as:
 •	the effects of having part or all of your thyroid removed
 •	the potential for and possible consequences of:
 -	hypothyroidism and the subsequent need for lifelong thyroid hormone replacement
 -	the need for treatment for low parathyroid hormone
 -	voice change and swallowing disorders .</t>
   </si>
   <si>
-    <t>When giving people with thyroid cancer their diagnosis, even for low-risk thyroid cancers, it is important to acknowledge that this is a cancer diagnosis and allow the person time to ask questions and be fully informed.</t>
-[...18 lines deleted...]
-    <t>At follow up give people with thyroid cancer, and their family and carers if appropriate, information on:
+    <t>1.1.3</t>
+  </si>
+  <si>
+    <t>1.1.4</t>
+  </si>
+  <si>
+    <t>At follow up, give people with thyroid cancer, and their family and carers if appropriate, information on:
 •	follow up and how it is likely to be done
 •	what thyroglobulin is, how it is measured and why
 •	lifelong thyroid hormone replacement
 •	lifelong monitoring of thyroid function
 •	when to seek advice from a healthcare professional, who that healthcare professional should be and how to contact them.</t>
   </si>
   <si>
-    <t>Offer people with suspected or confirmed thyroid cancer, and their family and carers if appropriate, written and verbal information on the benefits, and short- and long-term risks of radioactive iodine (RAI). Explain that:
-[...1 lines deleted...]
-•	precautions may be needed when taking RAI which may temporarily affect conception, pregnancy, breast feeding and fertility
+    <t>Offer people with suspected or confirmed thyroid cancer, and their family and carers if appropriate, the following information on the benefits, and short- and long-term risks of, radioactive iodine (RAI):
+•	the aim of RAI is to destroy any residual thyroid tissue, including tissue that may be malignant, and to allow for effective monitoring for recurrence by a blood test
+•	precautions may be needed when taking RAI which may temporarily affect conception, pregnancy, breastfeeding and fertility
 •	although uncommon, there is the potential for dry mouth and salivary gland inflammation, both of which are temporary in most people
 •	there is a potential but very low risk of RAI causing new primary second cancers.</t>
   </si>
   <si>
-    <t>1.2 Assessment and diagnosis</t>
-[...65 lines deleted...]
-    <t>Consider hemithyroidectomy or active surveillance for people with a solitary microcarcinoma (T1a) without evidence of nodal involvement.</t>
+    <t>Follow the recommendation on referral for suspected thyroid cancer in the NICE guideline on suspected cancer.</t>
+  </si>
+  <si>
+    <t>Consider measuring TPO when interpreting indeterminate cytopathology.</t>
+  </si>
+  <si>
+    <t>See the section on investigating thyroid enlargement in the NICE guideline on thyroid disease, and follow the recommendation on referral for suspected thyroid cancer in the NICE guideline on suspected cancer.</t>
+  </si>
+  <si>
+    <t>1.2.5</t>
   </si>
   <si>
     <r>
-      <t>Offer thyroglobulin measurement alongside measurement of thyroglobulin antibodies in people with differentiated thyroid cancer who have had total or completion thyroidectomy and RAI. Measure at:
+      <t xml:space="preserve">Consider FNAC or active surveillance when: 
+•	ultrasound results do not meet the threshold for FNAC on ultrasound grading alone </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t>and</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">
+•	there are other reasons for clinical concern.</t>
+    </r>
+  </si>
+  <si>
+    <t>Use ultrasound guidance when performing fine needle aspiration cytology.
+This recommendation has been incorporated from NICE’s guideline on thyroid disease.</t>
+  </si>
+  <si>
+    <t>Do not routinely use cross-sectional imaging (CT or MRI) for people with T1 or T2 disease and no other indications.</t>
+  </si>
+  <si>
+    <t>1.3.1</t>
+  </si>
+  <si>
+    <t>1.3.2</t>
+  </si>
+  <si>
+    <t>Consider a preventive ipsilateral central neck dissection when doing the compartment-orientated lateral neck dissection for people with structural nodal disease in the lateral neck.</t>
+  </si>
+  <si>
+    <t>Do not offer preventive central or lateral neck dissection (except in the circumstances in recommendation 1.3.7).</t>
+  </si>
+  <si>
+    <t>Offer thyrotropin alfa for pretherapeutic stimulation for people with thyroid cancer (including those with distant metastases; see recommendation 1.3.13) who are having RAI ablation.
+In December 2022 this use of thyrotropin alfa as a treatment for thyroid cancer for people with distant metastases was off-label. See NICE’s information on prescribing medicines.</t>
+  </si>
+  <si>
+    <t>Use thyrotropin alfa with caution for people with thyroid cancer who have brain or spinal metastases, because there is a risk of clinically significant tumour flare.</t>
+  </si>
+  <si>
+    <t>Offer RAI to people who have had a total or completion thyroidectomy based on the criteria in the recommendations on offering total thyroidectomy in the section on surgery and active surveillance for primary tumours.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">National Institute for Health and Care Excellence
+3rd floor, 3 Piccadilly Place, Manchester, M1 3BN; www.nice.org.uk
+© NICE 2026. All rights reserved. </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="12"/>
+        <color rgb="FF005EA5"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t>Subject to Notice of rights</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <t>Offer RAI with an activity for initial ablation of 1.1 GBq for people who are not having 3.7 GBq.</t>
+  </si>
+  <si>
+    <t>Consider EBRT for symptom control for people having palliative care.</t>
+  </si>
+  <si>
+    <t>When to offer thyroid-stimulating hormone suppression</t>
+  </si>
+  <si>
+    <t>Do not offer thyroid-stimulating hormone (TSH) suppression to people who:
+• do not meet the threshold for RAI (see the section on RAI for initial ablation)
+• have significant comorbidities that mean low TSH levels should be avoided.</t>
+  </si>
+  <si>
+    <t>1.4.6</t>
+  </si>
+  <si>
+    <t>Continue to suppress TSH to less than 0.1 mIU/litre for people who have biochemical or structural evidence of persistent or recurrent disease.</t>
+  </si>
+  <si>
+    <r>
+      <t>Offer thyroglobulin measurement alongside measurement of thyroglobulin antibodies for people with differentiated thyroid cancer who have had total or completion thyroidectomy and RAI. Measure at:
 • 3- to 6-month intervals in the first 2 years after RAI ablation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Inter"/>
       </rPr>
       <t xml:space="preserve"> and</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Inter"/>
       </rPr>
       <t xml:space="preserve">
 • 6- to 12-month intervals thereafter.</t>
     </r>
   </si>
   <si>
-    <t>Table 2 Risk-stratified follow up for people who have had a total or completion thyroidectomy and radioactive iodine</t>
-[...20 lines deleted...]
-    <t>Consider (at least annually) follow up of 2 to 5 years with thyroglobulin testing
+    <t>Do not routinely measure thyroglobulin levels for people who have not had total or completion thyroidectomy.</t>
+  </si>
+  <si>
+    <t>Initial FNAC result</t>
+  </si>
+  <si>
+    <t>Table 1 Management options after initial FNAC</t>
+  </si>
+  <si>
+    <t>• Offer repeat sampling
+• Consider core-needle biopsy (CNB) or fine-needle aspiration cytology (FNAC) with rapid on-site evaluation (ROSE) as the first choice
+• Consider FNAC alone if ROSE is unavailable and CNB is unavailable or inappropriate
+• Consider diagnostic hemithyroidectomy if the repeat sample is also Thy1</t>
+  </si>
+  <si>
+    <t>• Offer repeat sampling with FNAC
+• Consider diagnostic hemithyroidectomy if the repeat sample is also Thy1c and the ultrasound appearances are concerning</t>
+  </si>
+  <si>
+    <t>• Consider repeat ultrasound
+• Offer repeat sampling with FNAC if the second ultrasound also reaches the threshold for FNAC
+• Consider CNB as an alternative to FNAC
+• Discharge people if there is no evidence of malignancy after all investigations are complete, unless there are other reasons for clinical concern</t>
+  </si>
+  <si>
+    <t>• Offer repeat sampling
+• Consider CNB (or FNAC if CNB unavailable or inappropriate)
+• Consider diagnostic hemithyroidectomy or active surveillance if repeated samples are still Thy3a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">• Consider diagnostic hemithyroidectomy </t>
+  </si>
+  <si>
+    <t>•Offer diagnostic hemithyroidectomy, or treatment with therapeutic hemithyroidectomy or total thyroidectomy</t>
+  </si>
+  <si>
+    <t>Consider (at least annually) 2 to 5 years follow-up with thyroglobulin testing
 Use ultrasound if needed</t>
   </si>
   <si>
-    <t>Consider (at least annually) 5 to 10 years follow up with thyroglobulin testing
+    <t>Consider (at least annually) 5 to 10 years follow-up with thyroglobulin testing
 Use ultrasound if needed</t>
   </si>
   <si>
-    <t>Consider (at least annually) 10 years follow up with thyroglobulin testing
+    <t>Consider (at least annually) 10 years follow-up with thyroglobulin testing
 Use ultrasound if needed</t>
   </si>
   <si>
-    <t>Consider (at least annually) lifelong follow up with thyroglobulin testing
+    <t>Consider (at least annually) lifelong follow-up with thyroglobulin testing
 Use ultrasound if needed</t>
   </si>
   <si>
-    <t>Offer thyrotropin alfa for pretherapeutic stimulation for people with thyroid cancer (including those with distant metastases; see recommendation 1.3.13) who are having RAI ablation.
-[...9 lines deleted...]
-    <t>Published: 19 December 2022</t>
+    <t>Use the Royal College of Pathologists modification of the British Thyroid Association (BTA) reporting system for thyroid cytology specimens to report cytology results.</t>
+  </si>
+  <si>
+    <t>Consider rapid on-site evaluation of FNAC adequacy rates to improve the diagnostic yield of samples if the Thy1 (inadequate) rate for the centre or individual healthcare professionals is higher than 15% (when Thy1c is excluded).</t>
+  </si>
+  <si>
+    <t>Consider CT of neck and chest, or MRI of neck and CT of chest for people with T3 or T4 thyroid cancer or any N1 or M1 thyroid cancer or other clinical suspicion of metastases.</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...5 lines deleted...]
-ISBN: 978-1-4731-4909-0 © NICE 2022. All rights reserved. </t>
+      <t xml:space="preserve">Offer hemithyroidectomy or total thyroidectomy to people with:
+•	differentiated thyroid tumours larger than 1 cm </t>
     </r>
     <r>
       <rPr>
-        <u/>
+        <b/>
         <sz val="12"/>
-        <color rgb="FF005EA5"/>
+        <color theme="1"/>
         <rFont val="Inter"/>
       </rPr>
-      <t>Subject to Notice of rights</t>
+      <t xml:space="preserve">or </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
-        <color rgb="FF0000FF"/>
+        <color theme="1"/>
         <rFont val="Inter"/>
       </rPr>
-      <t>.</t>
+      <t xml:space="preserve">
+•	multifocal disease (T1a [m] to T2N0M0).</t>
     </r>
+  </si>
+  <si>
+    <t>The obstetrician, surgeon and endocrinologist should discuss the factors in recommendation 1.3.9 and jointly decide with the person whether to delay surgery.</t>
+  </si>
+  <si>
+    <t>Consider delaying surgery until after pregnancy, taking into account the:
+•	risk of delaying surgery
+•	risk to the pregnancy
+•	rate of disease progression.</t>
+  </si>
+  <si>
+    <t>When surgery cannot be delayed until after pregnancy, do it during the second trimester, if possible.</t>
+  </si>
+  <si>
+    <t>Consider RAI for people with T2 disease who have had a total or completion thyroidectomy, but whose cancer does not show any of the features in the recommendations on offering total thyroidectomy in the section on surgery and active surveillance for primary tumours.</t>
+  </si>
+  <si>
+    <r>
+      <t>Consider RAI with an activity for initial ablation of 3.7 GBq for people: 
+•	with high-risk features, such as T4, N1b or M1 disease or aggressive subtypes</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve"> or </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">
+•	who should avoid multiple ablations because they have one or more of the following characteristics:
+-	significant comorbidities such as cardiovascular disease
+-	mobility issues
+-	complex social concerns.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Consider external beam radiotherapy (EBRT) if there is:
+•	macroscopic disease after surgery </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t>or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve"> 
+•	local disease that is unlikely to be controlled with RAI.</t>
+    </r>
+  </si>
+  <si>
+    <t>Continue TSH suppression until follow-up review at 9 to 12 months after initial treatment has been completed.</t>
+  </si>
+  <si>
+    <t>Use dynamic risk stratification to determine further management at 9 to 12 months after completion of initial RAI ablation, as follows:
+•	Reduce TSH suppression to achieve a TSH level of between 0.3 mIU/litre and 2.0 mIU/litre, and continue this for life for people who have an excellent response to treatment.
+•	Continue TSH suppression to achieve a TSH level of between 0.1 mIU/litre and 0.5 mIU/litre for people who have an intermediate response to initial treatment.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Consider further investigations if a person has:
+•	had a total thyroidectomy without RAI </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">and </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">
+•	rising thyroglobulin levels without thyroglobulin antibodies.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Consider further investigations: 
+•	when thyroglobulin antibodies are first detected above the laboratory threshold</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve"> or </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">
+•	at any point if the levels of thyroglobulin or thyroglobulin antibodies are rising.</t>
+    </r>
+  </si>
+  <si>
+    <t>When measuring thyroglobulin and thyroglobulin antibodies, take into account that:
+• the presence of thyroglobulin antibodies, above the laboratory threshold, can interfere with the measurement of thyroglobulin levels
+• detectable thyroglobulin levels for people without thyroglobulin antibodies suggest the presence of residual thyroid tissue or residual or recurrent thyroid cancer.</t>
+  </si>
+  <si>
+    <t>Follow the recommendations on thyroid function tests in the NICE guideline on thyroid disease.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Offer thyroid hormone at doses that will suppress TSH to below 0.1 mIU/litre to people who have had total or completion thyroidectomy and RAI. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Consider either a stimulated thyroglobulin test or highly sensitive thyroglobulin test if thyroglobulin is undetectable on a standard assay for people who have:
+•	had a total or completion thyroidectomy and RAI </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">and </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">
+•	no evidence of structural persistent disease.</t>
+    </r>
+  </si>
+  <si>
+    <t>Consider the following if using a stimulated thyroglobulin test:
+• less frequent follow-up, when appropriate, and more relaxed TSH suppression if stimulated thyroglobulin is below 1 microgram/litre (low risk)
+• continuing TSH suppression if stimulated thyroglobulin is between 1 and 10 microgram/litre (indeterminate risk)
+• further investigations and treatment if stimulated thyroglobulin is 10 microgram/litre or more and there is no resectable disease.</t>
+  </si>
+  <si>
+    <t>Consider the following if using a highly sensitive assay that can detect thyroglobulin levels lower than 0.2 microgram/litre:
+• less frequent follow-up, when appropriate, and more relaxed TSH suppression if the thyroglobulin level is lower than 0.2 microgram/litre
+• stimulated thyroglobulin, which can be helpful in separating people into lower- and higher-risk groups if the thyroglobulin level is between 0.2 and 1 microgram/litre.</t>
+  </si>
+  <si>
+    <t>1.6 Follow-up of differentiated thyroid cancer</t>
+  </si>
+  <si>
+    <t>Consider an ultrasound at 6 to 12 months initially then annual clinical follow-up for up to 5 years for people with T1a (m) or T1b stage or greater thyroid cancer, who have had a hemithyroidectomy or total thyroidectomy without RAI.</t>
+  </si>
+  <si>
+    <t>Table 2 Risk-stratified follow-up for people who have had a total or completion thyroidectomy and RAI</t>
+  </si>
+  <si>
+    <t>Follow-up</t>
+  </si>
+  <si>
+    <t>Consider a risk-stratified approach to follow-up for any person who has had total or completion thyroidectomy and RAI, as shown in table 2.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="42" x14ac:knownFonts="1">
+  <fonts count="43" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
@@ -1131,52 +1248,58 @@
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Inter SemiBold"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color rgb="FF005EA5"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Inter"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Inter"/>
     </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Inter"/>
+    </font>
   </fonts>
-  <fills count="12">
+  <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF228096"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00436C"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1196,50 +1319,56 @@
         <fgColor rgb="FF15434A"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF18646E"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.24994659260841701"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00436C"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFEAD054"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -1390,51 +1519,51 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="8" borderId="1"/>
     <xf numFmtId="0" fontId="31" fillId="9" borderId="3">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="8" borderId="1"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
@@ -1543,50 +1672,65 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="20" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="14">
     <cellStyle name="Header" xfId="7" xr:uid="{A871EE80-89FD-4DE3-BAD8-5728E4243900}"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Main header" xfId="6" xr:uid="{3837F553-1A6E-425A-8276-8F261E1DC6E4}"/>
     <cellStyle name="NICE normal" xfId="5" xr:uid="{AFB9A749-0CEB-4768-B6A5-163499E91586}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Notes and additional information" xfId="11" xr:uid="{9BE18986-78C4-4516-91FB-5B26D4B12185}"/>
     <cellStyle name="Section heading" xfId="10" xr:uid="{D157E30A-776B-4A99-A28D-CF53B67524B4}"/>
     <cellStyle name="Section sub-heading" xfId="13" xr:uid="{282EBB96-3D5F-4093-B340-DC88AC4D84BC}"/>
     <cellStyle name="Sub header" xfId="4" xr:uid="{9B919249-9610-4F2F-BB0E-78B5D14E760C}"/>
     <cellStyle name="Table heading" xfId="9" xr:uid="{F9844E2C-06D0-4174-9129-E6DF03197155}"/>
     <cellStyle name="Table text" xfId="12" xr:uid="{11DB1E9B-5AE2-4284-87F5-8E5C67F1AA9E}"/>
     <cellStyle name="White header" xfId="8" xr:uid="{687ACFCC-8C65-403E-98CE-97A194C92E90}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <sz val="12"/>
         <color rgb="FF222222"/>
         <name val="Lato"/>
       </font>
       <fill>
@@ -1601,51 +1745,51 @@
     <mruColors>
       <color rgb="FF005EA5"/>
       <color rgb="FF407291"/>
       <color rgb="FF228096"/>
       <color rgb="FF228046"/>
       <color rgb="FF00436C"/>
       <color rgb="FFEDD8CD"/>
       <color rgb="FFF7F4F1"/>
       <color rgb="FFBFBFBF"/>
       <color rgb="FF222222"/>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>298450</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>12700</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>4077564</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>19675</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
@@ -2010,3053 +2154,6538 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E153"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.33203125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.33203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="108.44140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="108.4140625" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.33203125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="81.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:5" ht="81.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="21" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" ht="27" x14ac:dyDescent="0.2">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A2" s="22" t="s">
-        <v>211</v>
+        <v>138</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
     </row>
-    <row r="3" spans="1:5" ht="27" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A3" s="22"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
     </row>
-    <row r="4" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="23" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="24" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="268.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:5" ht="268.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="25" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="45" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="26" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.2">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A10" s="27"/>
     </row>
-    <row r="11" spans="1:5" s="30" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:5" s="30" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A11" s="27"/>
     </row>
-    <row r="12" spans="1:5" s="30" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:5" s="30" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A12" s="27"/>
     </row>
-    <row r="13" spans="1:5" s="30" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:5" s="30" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A13" s="27"/>
     </row>
-    <row r="14" spans="1:5" s="27" customFormat="1" ht="15.75" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:5" s="27" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:5" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:5" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="16" spans="1:5" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A16" s="20"/>
     </row>
-    <row r="17" s="27" customFormat="1" ht="15.75" x14ac:dyDescent="0.2"/>
-[...135 lines deleted...]
-    <row r="153" s="30" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
+    <row r="17" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="18" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="19" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="20" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="21" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="22" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="23" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="24" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="25" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="26" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="27" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="28" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="29" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="30" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="31" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="32" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="33" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="34" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="35" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="36" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="37" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="38" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="39" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="40" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="41" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="42" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="43" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="44" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="45" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="46" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="47" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="48" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="49" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="50" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="51" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="52" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="53" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="54" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="55" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="56" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="57" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="58" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="59" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="60" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="61" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="62" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="63" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="64" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="65" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="66" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="67" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="68" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="69" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="70" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="71" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="72" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="73" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="74" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="75" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="76" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="77" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="78" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="79" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="80" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="81" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="82" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="83" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="84" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="85" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="86" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="87" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="88" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="89" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="90" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="91" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="92" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="93" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="94" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="95" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="96" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="97" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="98" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="99" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="100" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="101" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="102" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="103" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="104" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="105" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="106" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="107" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="108" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="109" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="110" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="111" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="112" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="113" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="114" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="115" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="116" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="117" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="118" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="119" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="120" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="121" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="122" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="123" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="124" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="125" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="126" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="127" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="128" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="129" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="130" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="131" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="132" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="133" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="134" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="135" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="136" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="137" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="138" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="139" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="140" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="141" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="142" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="143" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="144" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="145" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="146" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="147" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="148" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="149" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="150" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="151" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="152" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="153" s="30" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId1" display="This baseline assessment tool should be used in conjuction with thyroid cancer: assessment and management (NG230). It can be used to evaluate whether practice is in line with the recommendations in the guideline. It can also help to plan activity to meet the recommendations." xr:uid="{763EFD94-6A3A-4779-9E1F-06F758183946}"/>
     <hyperlink ref="A8" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A9" r:id="rId3" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" orientation="portrait" verticalDpi="300" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N100"/>
+  <dimension ref="A1:N1165"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="97" zoomScaleNormal="97" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.08203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="55" style="3" customWidth="1"/>
     <col min="2" max="2" width="18.33203125" style="42" customWidth="1"/>
     <col min="3" max="3" width="38.33203125" style="3" customWidth="1"/>
-    <col min="4" max="4" width="74.44140625" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="78.88671875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="74.4140625" style="3" customWidth="1"/>
+    <col min="5" max="5" width="36.9140625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="78.9140625" style="3" customWidth="1"/>
     <col min="7" max="7" width="43" style="3" customWidth="1"/>
-    <col min="8" max="8" width="48.77734375" style="3" customWidth="1"/>
+    <col min="8" max="8" width="48.75" style="3" customWidth="1"/>
     <col min="9" max="9" width="39.6640625" style="3" customWidth="1"/>
     <col min="10" max="10" width="8.6640625" style="3" customWidth="1"/>
-    <col min="11" max="11" width="16.21875" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="16384" width="9.109375" style="1"/>
+    <col min="11" max="11" width="16.25" style="3" customWidth="1"/>
+    <col min="12" max="12" width="13.75" style="3" customWidth="1"/>
+    <col min="13" max="16384" width="9.08203125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="31.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="1" spans="1:14" ht="31.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A1" s="29" t="str">
         <f>Introduction!A1</f>
         <v>Baseline assessment tool for thyroid cancer: assessment and management (NG230)</v>
       </c>
       <c r="B1" s="43"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
     </row>
-    <row r="2" spans="1:14" s="18" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:14" s="18" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="19" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="19" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="19" t="s">
         <v>12</v>
       </c>
       <c r="I2" s="19" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="17" t="s">
         <v>2</v>
       </c>
       <c r="K2" s="17" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="17" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="1:14" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:14" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A3" s="8" t="s">
-        <v>163</v>
+        <v>118</v>
       </c>
       <c r="B3" s="28"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="7"/>
     </row>
-    <row r="4" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="31" t="s">
         <v>22</v>
       </c>
       <c r="B4" s="31"/>
       <c r="C4" s="32"/>
       <c r="D4" s="32"/>
       <c r="E4" s="32"/>
       <c r="F4" s="32"/>
       <c r="G4" s="32"/>
       <c r="H4" s="32"/>
       <c r="I4" s="32"/>
       <c r="J4" s="32"/>
       <c r="K4" s="32"/>
       <c r="L4" s="32"/>
       <c r="M4" s="41"/>
       <c r="N4" s="41"/>
     </row>
-    <row r="5" spans="1:14" ht="78.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:14" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A5" s="11" t="s">
-        <v>209</v>
+        <v>119</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="40"/>
       <c r="D5" s="11"/>
       <c r="E5" s="40"/>
       <c r="F5" s="11"/>
       <c r="G5" s="40"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="11"/>
       <c r="K5" s="11"/>
       <c r="L5" s="11"/>
     </row>
-    <row r="6" spans="1:14" ht="78.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B6" s="11" t="s">
+    <row r="6" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A6" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="32"/>
+      <c r="J6" s="32"/>
+      <c r="K6" s="32"/>
+      <c r="L6" s="32"/>
+      <c r="M6" s="41"/>
+      <c r="N6" s="41"/>
+    </row>
+    <row r="7" spans="1:14" ht="171.6" x14ac:dyDescent="0.3">
+      <c r="A7" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="B7" s="11" t="s">
         <v>25</v>
-      </c>
-[...16 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C7" s="40"/>
       <c r="D7" s="11"/>
       <c r="E7" s="40"/>
       <c r="F7" s="11"/>
       <c r="G7" s="40"/>
       <c r="H7" s="11"/>
       <c r="I7" s="11"/>
       <c r="J7" s="11"/>
       <c r="K7" s="11"/>
       <c r="L7" s="11"/>
     </row>
-    <row r="8" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A8" s="31" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B8" s="31"/>
       <c r="C8" s="32"/>
       <c r="D8" s="32"/>
       <c r="E8" s="32"/>
       <c r="F8" s="32"/>
       <c r="G8" s="32"/>
       <c r="H8" s="32"/>
       <c r="I8" s="32"/>
       <c r="J8" s="32"/>
       <c r="K8" s="32"/>
       <c r="L8" s="32"/>
       <c r="M8" s="41"/>
       <c r="N8" s="41"/>
     </row>
-    <row r="9" spans="1:14" ht="173.25" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:14" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A9" s="11" t="s">
-        <v>166</v>
+        <v>120</v>
       </c>
       <c r="B9" s="11" t="s">
-        <v>75</v>
+        <v>140</v>
       </c>
       <c r="C9" s="40"/>
       <c r="D9" s="11"/>
       <c r="E9" s="40"/>
       <c r="F9" s="11"/>
       <c r="G9" s="40"/>
       <c r="H9" s="11"/>
       <c r="I9" s="11"/>
       <c r="J9" s="11"/>
       <c r="K9" s="11"/>
       <c r="L9" s="11"/>
     </row>
-    <row r="10" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="11" spans="1:14" ht="63" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:14" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A10" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="C10" s="40"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="40"/>
+      <c r="F10" s="11"/>
+      <c r="G10" s="40"/>
+      <c r="H10" s="11"/>
+      <c r="I10" s="11"/>
+      <c r="J10" s="11"/>
+      <c r="K10" s="11"/>
+      <c r="L10" s="11"/>
+    </row>
+    <row r="11" spans="1:14" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A11" s="11" t="s">
-        <v>167</v>
+        <v>142</v>
       </c>
       <c r="B11" s="11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C11" s="40"/>
       <c r="D11" s="11"/>
       <c r="E11" s="40"/>
       <c r="F11" s="11"/>
       <c r="G11" s="40"/>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
       <c r="J11" s="11"/>
       <c r="K11" s="11"/>
       <c r="L11" s="11"/>
     </row>
-    <row r="12" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="13" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A12" s="31" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="31"/>
+      <c r="C12" s="32"/>
+      <c r="D12" s="32"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="32"/>
+      <c r="I12" s="32"/>
+      <c r="J12" s="32"/>
+      <c r="K12" s="32"/>
+      <c r="L12" s="32"/>
+      <c r="M12" s="41"/>
+      <c r="N12" s="41"/>
+    </row>
+    <row r="13" spans="1:14" ht="234" x14ac:dyDescent="0.3">
       <c r="A13" s="11" t="s">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="C13" s="40"/>
       <c r="D13" s="11"/>
       <c r="E13" s="40"/>
       <c r="F13" s="11"/>
       <c r="G13" s="40"/>
       <c r="H13" s="11"/>
       <c r="I13" s="11"/>
       <c r="J13" s="11"/>
       <c r="K13" s="11"/>
       <c r="L13" s="11"/>
     </row>
-    <row r="14" spans="1:14" ht="252" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="15" spans="1:14" ht="141.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:14" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A14" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="B14" s="28"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="7"/>
+      <c r="I14" s="7"/>
+      <c r="J14" s="7"/>
+      <c r="K14" s="7"/>
+      <c r="L14" s="7"/>
+    </row>
+    <row r="15" spans="1:14" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A15" s="11" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="B15" s="11"/>
       <c r="C15" s="40"/>
       <c r="D15" s="11"/>
       <c r="E15" s="40"/>
       <c r="F15" s="11"/>
       <c r="G15" s="40"/>
       <c r="H15" s="11"/>
       <c r="I15" s="11"/>
       <c r="J15" s="11"/>
       <c r="K15" s="11"/>
       <c r="L15" s="11"/>
     </row>
-    <row r="16" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A16" s="31" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="31"/>
       <c r="C16" s="32"/>
       <c r="D16" s="32"/>
       <c r="E16" s="32"/>
       <c r="F16" s="32"/>
       <c r="G16" s="32"/>
       <c r="H16" s="32"/>
       <c r="I16" s="32"/>
       <c r="J16" s="32"/>
       <c r="K16" s="32"/>
       <c r="L16" s="32"/>
       <c r="M16" s="41"/>
       <c r="N16" s="41"/>
     </row>
-    <row r="17" spans="1:14" ht="236.25" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-    <row r="19" spans="1:14" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:14" s="58" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A17" s="56" t="s">
+        <v>194</v>
+      </c>
+      <c r="B17" s="56"/>
+      <c r="C17" s="56"/>
+      <c r="D17" s="57"/>
+      <c r="E17" s="57"/>
+      <c r="F17" s="57"/>
+      <c r="G17" s="57"/>
+      <c r="H17" s="57"/>
+      <c r="I17" s="57"/>
+      <c r="J17" s="57"/>
+      <c r="K17" s="57"/>
+      <c r="L17" s="57"/>
+      <c r="M17" s="57"/>
+    </row>
+    <row r="18" spans="1:14" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A18" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="40"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="40"/>
+      <c r="F18" s="11"/>
+      <c r="G18" s="40"/>
+      <c r="H18" s="11"/>
+      <c r="I18" s="11"/>
+      <c r="J18" s="11"/>
+      <c r="K18" s="11"/>
+      <c r="L18" s="11"/>
+    </row>
+    <row r="19" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A19" s="11" t="s">
-        <v>175</v>
+        <v>125</v>
       </c>
       <c r="B19" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="40"/>
       <c r="D19" s="11"/>
       <c r="E19" s="40"/>
       <c r="F19" s="11"/>
       <c r="G19" s="40"/>
       <c r="H19" s="11"/>
       <c r="I19" s="11"/>
       <c r="J19" s="11"/>
       <c r="K19" s="11"/>
       <c r="L19" s="11"/>
     </row>
-    <row r="20" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="B21" s="11" t="s">
+    <row r="20" spans="1:14" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A20" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" s="11" t="s">
         <v>32</v>
       </c>
-      <c r="C21" s="40"/>
-[...14 lines deleted...]
-      <c r="B22" s="11" t="s">
+      <c r="C20" s="40"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="40"/>
+      <c r="F20" s="11"/>
+      <c r="G20" s="40"/>
+      <c r="H20" s="11"/>
+      <c r="I20" s="11"/>
+      <c r="J20" s="11"/>
+      <c r="K20" s="11"/>
+      <c r="L20" s="11"/>
+    </row>
+    <row r="21" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A21" s="31" t="s">
+        <v>34</v>
+      </c>
+      <c r="B21" s="31"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="32"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="32"/>
+      <c r="G21" s="32"/>
+      <c r="H21" s="32"/>
+      <c r="I21" s="32"/>
+      <c r="J21" s="32"/>
+      <c r="K21" s="32"/>
+      <c r="L21" s="32"/>
+      <c r="M21" s="41"/>
+      <c r="N21" s="41"/>
+    </row>
+    <row r="22" spans="1:14" s="58" customFormat="1" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="56" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" s="56"/>
+      <c r="C22" s="56"/>
+      <c r="D22" s="57"/>
+      <c r="E22" s="57"/>
+      <c r="F22" s="57"/>
+      <c r="G22" s="57"/>
+      <c r="H22" s="57"/>
+      <c r="I22" s="57"/>
+      <c r="J22" s="57"/>
+      <c r="K22" s="57"/>
+      <c r="L22" s="57"/>
+      <c r="M22" s="57"/>
+    </row>
+    <row r="23" spans="1:14" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A23" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="B23" s="11" t="s">
         <v>33</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C23" s="40"/>
       <c r="D23" s="11"/>
       <c r="E23" s="40"/>
       <c r="F23" s="11"/>
       <c r="G23" s="40"/>
       <c r="H23" s="11"/>
       <c r="I23" s="11"/>
       <c r="J23" s="11"/>
       <c r="K23" s="11"/>
       <c r="L23" s="11"/>
     </row>
-    <row r="24" spans="1:14" ht="31.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B24" s="11" t="s">
+    <row r="24" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A24" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="C24" s="40"/>
-[...11 lines deleted...]
-      <c r="A25" s="31" t="s">
+      <c r="B24" s="31"/>
+      <c r="C24" s="32"/>
+      <c r="D24" s="32"/>
+      <c r="E24" s="32"/>
+      <c r="F24" s="32"/>
+      <c r="G24" s="32"/>
+      <c r="H24" s="32"/>
+      <c r="I24" s="32"/>
+      <c r="J24" s="32"/>
+      <c r="K24" s="32"/>
+      <c r="L24" s="32"/>
+      <c r="M24" s="41"/>
+      <c r="N24" s="41"/>
+    </row>
+    <row r="25" spans="1:14" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A25" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="C25" s="40"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="40"/>
+      <c r="F25" s="11"/>
+      <c r="G25" s="40"/>
+      <c r="H25" s="11"/>
+      <c r="I25" s="11"/>
+      <c r="J25" s="11"/>
+      <c r="K25" s="11"/>
+      <c r="L25" s="11"/>
+    </row>
+    <row r="26" spans="1:14" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="B26" s="11" t="s">
         <v>36</v>
-      </c>
-[...19 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C26" s="40"/>
       <c r="D26" s="11"/>
       <c r="E26" s="40"/>
       <c r="F26" s="11"/>
       <c r="G26" s="40"/>
       <c r="H26" s="11"/>
       <c r="I26" s="11"/>
       <c r="J26" s="11"/>
       <c r="K26" s="11"/>
       <c r="L26" s="11"/>
     </row>
-    <row r="27" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
-[...36 lines deleted...]
-      <c r="A29" s="31" t="s">
+    <row r="27" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A27" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="B27" s="31"/>
+      <c r="C27" s="32"/>
+      <c r="D27" s="32"/>
+      <c r="E27" s="32"/>
+      <c r="F27" s="32"/>
+      <c r="G27" s="32"/>
+      <c r="H27" s="32"/>
+      <c r="I27" s="32"/>
+      <c r="J27" s="32"/>
+      <c r="K27" s="32"/>
+      <c r="L27" s="32"/>
+      <c r="M27" s="41"/>
+      <c r="N27" s="41"/>
+    </row>
+    <row r="28" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A28" s="31" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="32"/>
+      <c r="D28" s="32"/>
+      <c r="E28" s="32"/>
+      <c r="F28" s="32"/>
+      <c r="G28" s="32"/>
+      <c r="H28" s="32"/>
+      <c r="I28" s="32"/>
+      <c r="J28" s="32"/>
+      <c r="K28" s="32"/>
+      <c r="L28" s="32"/>
+      <c r="M28" s="41"/>
+      <c r="N28" s="41"/>
+    </row>
+    <row r="29" spans="1:14" ht="78" x14ac:dyDescent="0.3">
+      <c r="A29" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" s="11" t="s">
         <v>37</v>
       </c>
-      <c r="B29" s="31"/>
-[...13 lines deleted...]
-    <row r="30" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="C29" s="40"/>
+      <c r="D29" s="11"/>
+      <c r="E29" s="40"/>
+      <c r="F29" s="11"/>
+      <c r="G29" s="40"/>
+      <c r="H29" s="11"/>
+      <c r="I29" s="11"/>
+      <c r="J29" s="11"/>
+      <c r="K29" s="11"/>
+      <c r="L29" s="11"/>
+    </row>
+    <row r="30" spans="1:14" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A30" s="11" t="s">
-        <v>183</v>
+        <v>128</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C30" s="40"/>
       <c r="D30" s="11"/>
       <c r="E30" s="40"/>
       <c r="F30" s="11"/>
       <c r="G30" s="40"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>
       <c r="J30" s="11"/>
       <c r="K30" s="11"/>
       <c r="L30" s="11"/>
     </row>
-    <row r="31" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:14" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A31" s="11" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C31" s="40"/>
       <c r="D31" s="11"/>
       <c r="E31" s="40"/>
       <c r="F31" s="11"/>
       <c r="G31" s="40"/>
       <c r="H31" s="11"/>
       <c r="I31" s="11"/>
       <c r="J31" s="11"/>
       <c r="K31" s="11"/>
       <c r="L31" s="11"/>
     </row>
-    <row r="32" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="33" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:14" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C32" s="40"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="40"/>
+      <c r="F32" s="11"/>
+      <c r="G32" s="40"/>
+      <c r="H32" s="11"/>
+      <c r="I32" s="11"/>
+      <c r="J32" s="11"/>
+      <c r="K32" s="11"/>
+      <c r="L32" s="11"/>
+    </row>
+    <row r="33" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A33" s="31" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B33" s="31"/>
       <c r="C33" s="32"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="41"/>
       <c r="N33" s="41"/>
     </row>
-    <row r="34" spans="1:14" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:14" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A34" s="11" t="s">
-        <v>185</v>
+        <v>129</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C34" s="40"/>
       <c r="D34" s="11"/>
       <c r="E34" s="40"/>
       <c r="F34" s="11"/>
       <c r="G34" s="40"/>
       <c r="H34" s="11"/>
       <c r="I34" s="11"/>
       <c r="J34" s="11"/>
       <c r="K34" s="11"/>
       <c r="L34" s="11"/>
     </row>
-    <row r="35" spans="1:14" ht="31.5" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="36" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A35" s="31" t="s">
+        <v>55</v>
+      </c>
+      <c r="B35" s="31"/>
+      <c r="C35" s="32"/>
+      <c r="D35" s="32"/>
+      <c r="E35" s="32"/>
+      <c r="F35" s="32"/>
+      <c r="G35" s="32"/>
+      <c r="H35" s="32"/>
+      <c r="I35" s="32"/>
+      <c r="J35" s="32"/>
+      <c r="K35" s="32"/>
+      <c r="L35" s="32"/>
+      <c r="M35" s="41"/>
+      <c r="N35" s="41"/>
+    </row>
+    <row r="36" spans="1:14" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A36" s="11" t="s">
-        <v>187</v>
+        <v>130</v>
       </c>
       <c r="B36" s="11" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C36" s="40"/>
       <c r="D36" s="11"/>
       <c r="E36" s="40"/>
       <c r="F36" s="11"/>
       <c r="G36" s="40"/>
       <c r="H36" s="11"/>
       <c r="I36" s="11"/>
       <c r="J36" s="11"/>
       <c r="K36" s="11"/>
       <c r="L36" s="11"/>
     </row>
-    <row r="37" spans="1:14" ht="63" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-    <row r="39" spans="1:14" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A37" s="31" t="s">
+        <v>56</v>
+      </c>
+      <c r="B37" s="31"/>
+      <c r="C37" s="32"/>
+      <c r="D37" s="32"/>
+      <c r="E37" s="32"/>
+      <c r="F37" s="32"/>
+      <c r="G37" s="32"/>
+      <c r="H37" s="32"/>
+      <c r="I37" s="32"/>
+      <c r="J37" s="32"/>
+      <c r="K37" s="32"/>
+      <c r="L37" s="32"/>
+      <c r="M37" s="41"/>
+      <c r="N37" s="41"/>
+    </row>
+    <row r="38" spans="1:14" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C38" s="40"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="40"/>
+      <c r="F38" s="11"/>
+      <c r="G38" s="40"/>
+      <c r="H38" s="11"/>
+      <c r="I38" s="11"/>
+      <c r="J38" s="11"/>
+      <c r="K38" s="11"/>
+      <c r="L38" s="11"/>
+    </row>
+    <row r="39" spans="1:14" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A39" s="11" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B39" s="11" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="C39" s="40"/>
       <c r="D39" s="11"/>
       <c r="E39" s="40"/>
       <c r="F39" s="11"/>
       <c r="G39" s="40"/>
       <c r="H39" s="11"/>
       <c r="I39" s="11"/>
       <c r="J39" s="11"/>
       <c r="K39" s="11"/>
       <c r="L39" s="11"/>
     </row>
-    <row r="40" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...55 lines deleted...]
-        <v>191</v>
+    <row r="40" spans="1:14" s="2" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A40" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="B40" s="28"/>
+      <c r="C40" s="6"/>
+      <c r="D40" s="6"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="6"/>
+      <c r="G40" s="7"/>
+      <c r="H40" s="7"/>
+      <c r="I40" s="7"/>
+      <c r="J40" s="7"/>
+      <c r="K40" s="7"/>
+      <c r="L40" s="7"/>
+    </row>
+    <row r="41" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A41" s="31" t="s">
+        <v>58</v>
+      </c>
+      <c r="B41" s="31"/>
+      <c r="C41" s="32"/>
+      <c r="D41" s="32"/>
+      <c r="E41" s="32"/>
+      <c r="F41" s="32"/>
+      <c r="G41" s="32"/>
+      <c r="H41" s="32"/>
+      <c r="I41" s="32"/>
+      <c r="J41" s="32"/>
+      <c r="K41" s="32"/>
+      <c r="L41" s="32"/>
+      <c r="M41" s="41"/>
+      <c r="N41" s="41"/>
+    </row>
+    <row r="42" spans="1:14" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A42" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>151</v>
+      </c>
+      <c r="C42" s="40"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="40"/>
+      <c r="F42" s="11"/>
+      <c r="G42" s="40"/>
+      <c r="H42" s="11"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="11"/>
+      <c r="K42" s="11"/>
+      <c r="L42" s="11"/>
+    </row>
+    <row r="43" spans="1:14" s="50" customFormat="1" ht="78" x14ac:dyDescent="0.3">
+      <c r="A43" s="49" t="s">
+        <v>59</v>
       </c>
       <c r="B43" s="11" t="s">
-        <v>69</v>
-[...14 lines deleted...]
-        <v>192</v>
+        <v>152</v>
+      </c>
+      <c r="C43" s="49"/>
+      <c r="D43" s="49"/>
+      <c r="E43" s="49"/>
+      <c r="F43" s="49"/>
+      <c r="G43" s="49"/>
+      <c r="H43" s="49"/>
+      <c r="I43" s="49"/>
+      <c r="J43" s="49"/>
+      <c r="K43" s="49"/>
+      <c r="L43" s="49"/>
+    </row>
+    <row r="44" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A44" s="49" t="s">
+        <v>61</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>70</v>
-[...28 lines deleted...]
-    <row r="46" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+      <c r="C44" s="49"/>
+      <c r="D44" s="49"/>
+      <c r="E44" s="49"/>
+      <c r="F44" s="49"/>
+      <c r="G44" s="49"/>
+      <c r="H44" s="49"/>
+      <c r="I44" s="49"/>
+      <c r="J44" s="49"/>
+      <c r="K44" s="49"/>
+      <c r="L44" s="49"/>
+    </row>
+    <row r="45" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A45" s="49" t="s">
+        <v>131</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C45" s="49"/>
+      <c r="D45" s="49"/>
+      <c r="E45" s="49"/>
+      <c r="F45" s="49"/>
+      <c r="G45" s="49"/>
+      <c r="H45" s="49"/>
+      <c r="I45" s="49"/>
+      <c r="J45" s="49"/>
+      <c r="K45" s="49"/>
+      <c r="L45" s="49"/>
+    </row>
+    <row r="46" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A46" s="31" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="B46" s="31"/>
       <c r="C46" s="32"/>
       <c r="D46" s="32"/>
       <c r="E46" s="32"/>
       <c r="F46" s="32"/>
       <c r="G46" s="32"/>
       <c r="H46" s="32"/>
       <c r="I46" s="32"/>
       <c r="J46" s="32"/>
       <c r="K46" s="32"/>
       <c r="L46" s="32"/>
       <c r="M46" s="41"/>
       <c r="N46" s="41"/>
     </row>
-    <row r="47" spans="1:14" ht="63" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-    <row r="49" spans="1:14" s="50" customFormat="1" ht="78.75" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:14" s="50" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A47" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="B47" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="C47" s="49"/>
+      <c r="D47" s="49"/>
+      <c r="E47" s="49"/>
+      <c r="F47" s="49"/>
+      <c r="G47" s="49"/>
+      <c r="H47" s="49"/>
+      <c r="I47" s="49"/>
+      <c r="J47" s="49"/>
+      <c r="K47" s="49"/>
+      <c r="L47" s="49"/>
+    </row>
+    <row r="48" spans="1:14" s="50" customFormat="1" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="49" t="s">
+        <v>153</v>
+      </c>
+      <c r="B48" s="59" t="s">
+        <v>66</v>
+      </c>
+      <c r="C48" s="49"/>
+      <c r="D48" s="49"/>
+      <c r="E48" s="49"/>
+      <c r="F48" s="49"/>
+      <c r="G48" s="49"/>
+      <c r="H48" s="49"/>
+      <c r="I48" s="49"/>
+      <c r="J48" s="49"/>
+      <c r="K48" s="49"/>
+      <c r="L48" s="49"/>
+    </row>
+    <row r="49" spans="1:14" s="50" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A49" s="49" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>68</v>
+      </c>
+      <c r="B49" s="59" t="s">
+        <v>67</v>
       </c>
       <c r="C49" s="49"/>
       <c r="D49" s="49"/>
       <c r="E49" s="49"/>
       <c r="F49" s="49"/>
       <c r="G49" s="49"/>
       <c r="H49" s="49"/>
       <c r="I49" s="49"/>
       <c r="J49" s="49"/>
       <c r="K49" s="49"/>
       <c r="L49" s="49"/>
     </row>
-    <row r="50" spans="1:14" s="50" customFormat="1" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:14" s="50" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A50" s="49" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>154</v>
+      </c>
+      <c r="B50" s="59" t="s">
+        <v>69</v>
       </c>
       <c r="C50" s="49"/>
       <c r="D50" s="49"/>
       <c r="E50" s="49"/>
       <c r="F50" s="49"/>
       <c r="G50" s="49"/>
       <c r="H50" s="49"/>
       <c r="I50" s="49"/>
       <c r="J50" s="49"/>
       <c r="K50" s="49"/>
       <c r="L50" s="49"/>
     </row>
-    <row r="51" spans="1:14" s="50" customFormat="1" ht="47.25" x14ac:dyDescent="0.2">
-[...35 lines deleted...]
-    <row r="53" spans="1:14" s="50" customFormat="1" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A51" s="31" t="s">
+        <v>71</v>
+      </c>
+      <c r="B51" s="31"/>
+      <c r="C51" s="32"/>
+      <c r="D51" s="32"/>
+      <c r="E51" s="32"/>
+      <c r="F51" s="32"/>
+      <c r="G51" s="32"/>
+      <c r="H51" s="32"/>
+      <c r="I51" s="32"/>
+      <c r="J51" s="32"/>
+      <c r="K51" s="32"/>
+      <c r="L51" s="32"/>
+      <c r="M51" s="41"/>
+      <c r="N51" s="41"/>
+    </row>
+    <row r="52" spans="1:14" s="50" customFormat="1" ht="78" x14ac:dyDescent="0.3">
+      <c r="A52" s="49" t="s">
+        <v>184</v>
+      </c>
+      <c r="B52" s="59" t="s">
+        <v>70</v>
+      </c>
+      <c r="C52" s="49"/>
+      <c r="D52" s="49"/>
+      <c r="E52" s="49"/>
+      <c r="F52" s="49"/>
+      <c r="G52" s="49"/>
+      <c r="H52" s="49"/>
+      <c r="I52" s="49"/>
+      <c r="J52" s="49"/>
+      <c r="K52" s="49"/>
+      <c r="L52" s="49"/>
+    </row>
+    <row r="53" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A53" s="49" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>183</v>
+      </c>
+      <c r="B53" s="59" t="s">
+        <v>72</v>
       </c>
       <c r="C53" s="49"/>
       <c r="D53" s="49"/>
       <c r="E53" s="49"/>
       <c r="F53" s="49"/>
       <c r="G53" s="49"/>
       <c r="H53" s="49"/>
       <c r="I53" s="49"/>
       <c r="J53" s="49"/>
       <c r="K53" s="49"/>
       <c r="L53" s="49"/>
     </row>
-    <row r="54" spans="1:14" s="50" customFormat="1" ht="51.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:14" s="50" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A54" s="49" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>185</v>
+      </c>
+      <c r="B54" s="59" t="s">
+        <v>73</v>
       </c>
       <c r="C54" s="49"/>
       <c r="D54" s="49"/>
       <c r="E54" s="49"/>
       <c r="F54" s="49"/>
       <c r="G54" s="49"/>
       <c r="H54" s="49"/>
       <c r="I54" s="49"/>
       <c r="J54" s="49"/>
       <c r="K54" s="49"/>
       <c r="L54" s="49"/>
     </row>
-    <row r="55" spans="1:14" s="50" customFormat="1" ht="31.5" x14ac:dyDescent="0.2">
-[...17 lines deleted...]
-    <row r="56" spans="1:14" s="50" customFormat="1" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="31" t="s">
+        <v>74</v>
+      </c>
+      <c r="B55" s="31"/>
+      <c r="C55" s="32"/>
+      <c r="D55" s="32"/>
+      <c r="E55" s="32"/>
+      <c r="F55" s="32"/>
+      <c r="G55" s="32"/>
+      <c r="H55" s="32"/>
+      <c r="I55" s="32"/>
+      <c r="J55" s="32"/>
+      <c r="K55" s="32"/>
+      <c r="L55" s="32"/>
+      <c r="M55" s="41"/>
+      <c r="N55" s="41"/>
+    </row>
+    <row r="56" spans="1:14" s="50" customFormat="1" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A56" s="49" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>155</v>
+      </c>
+      <c r="B56" s="59" t="s">
+        <v>75</v>
       </c>
       <c r="C56" s="49"/>
       <c r="D56" s="49"/>
       <c r="E56" s="49"/>
       <c r="F56" s="49"/>
       <c r="G56" s="49"/>
       <c r="H56" s="49"/>
       <c r="I56" s="49"/>
       <c r="J56" s="49"/>
       <c r="K56" s="49"/>
       <c r="L56" s="49"/>
     </row>
-    <row r="57" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-    <row r="59" spans="1:14" s="50" customFormat="1" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A57" s="49" t="s">
+        <v>156</v>
+      </c>
+      <c r="B57" s="59" t="s">
+        <v>76</v>
+      </c>
+      <c r="C57" s="49"/>
+      <c r="D57" s="49"/>
+      <c r="E57" s="49"/>
+      <c r="F57" s="49"/>
+      <c r="G57" s="49"/>
+      <c r="H57" s="49"/>
+      <c r="I57" s="49"/>
+      <c r="J57" s="49"/>
+      <c r="K57" s="49"/>
+      <c r="L57" s="49"/>
+    </row>
+    <row r="58" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="31" t="s">
+        <v>77</v>
+      </c>
+      <c r="B58" s="31"/>
+      <c r="C58" s="32"/>
+      <c r="D58" s="32"/>
+      <c r="E58" s="32"/>
+      <c r="F58" s="32"/>
+      <c r="G58" s="32"/>
+      <c r="H58" s="32"/>
+      <c r="I58" s="32"/>
+      <c r="J58" s="32"/>
+      <c r="K58" s="32"/>
+      <c r="L58" s="32"/>
+      <c r="M58" s="41"/>
+      <c r="N58" s="41"/>
+    </row>
+    <row r="59" spans="1:14" s="50" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A59" s="49" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>157</v>
+      </c>
+      <c r="B59" s="59" t="s">
+        <v>78</v>
       </c>
       <c r="C59" s="49"/>
       <c r="D59" s="49"/>
       <c r="E59" s="49"/>
       <c r="F59" s="49"/>
       <c r="G59" s="49"/>
       <c r="H59" s="49"/>
       <c r="I59" s="49"/>
       <c r="J59" s="49"/>
       <c r="K59" s="49"/>
       <c r="L59" s="49"/>
     </row>
-    <row r="60" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="61" spans="1:14" s="50" customFormat="1" ht="126" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A60" s="49" t="s">
+        <v>79</v>
+      </c>
+      <c r="B60" s="59" t="s">
+        <v>80</v>
+      </c>
+      <c r="C60" s="49"/>
+      <c r="D60" s="49"/>
+      <c r="E60" s="49"/>
+      <c r="F60" s="49"/>
+      <c r="G60" s="49"/>
+      <c r="H60" s="49"/>
+      <c r="I60" s="49"/>
+      <c r="J60" s="49"/>
+      <c r="K60" s="49"/>
+      <c r="L60" s="49"/>
+    </row>
+    <row r="61" spans="1:14" s="50" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A61" s="49" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>186</v>
+      </c>
+      <c r="B61" s="59" t="s">
+        <v>81</v>
       </c>
       <c r="C61" s="49"/>
       <c r="D61" s="49"/>
       <c r="E61" s="49"/>
       <c r="F61" s="49"/>
       <c r="G61" s="49"/>
       <c r="H61" s="49"/>
       <c r="I61" s="49"/>
       <c r="J61" s="49"/>
       <c r="K61" s="49"/>
       <c r="L61" s="49"/>
     </row>
-    <row r="62" spans="1:14" s="50" customFormat="1" ht="47.25" x14ac:dyDescent="0.2">
-[...35 lines deleted...]
-    <row r="64" spans="1:14" s="50" customFormat="1" ht="63" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A62" s="31" t="s">
+        <v>82</v>
+      </c>
+      <c r="B62" s="31"/>
+      <c r="C62" s="32"/>
+      <c r="D62" s="32"/>
+      <c r="E62" s="32"/>
+      <c r="F62" s="32"/>
+      <c r="G62" s="32"/>
+      <c r="H62" s="32"/>
+      <c r="I62" s="32"/>
+      <c r="J62" s="32"/>
+      <c r="K62" s="32"/>
+      <c r="L62" s="32"/>
+      <c r="M62" s="41"/>
+      <c r="N62" s="41"/>
+    </row>
+    <row r="63" spans="1:14" s="50" customFormat="1" ht="140.4" x14ac:dyDescent="0.3">
+      <c r="A63" s="49" t="s">
+        <v>187</v>
+      </c>
+      <c r="B63" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="C63" s="49"/>
+      <c r="D63" s="49"/>
+      <c r="E63" s="49"/>
+      <c r="F63" s="49"/>
+      <c r="G63" s="49"/>
+      <c r="H63" s="49"/>
+      <c r="I63" s="49"/>
+      <c r="J63" s="49"/>
+      <c r="K63" s="49"/>
+      <c r="L63" s="49"/>
+    </row>
+    <row r="64" spans="1:14" s="50" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A64" s="49" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>159</v>
+      </c>
+      <c r="B64" s="59" t="s">
+        <v>84</v>
       </c>
       <c r="C64" s="49"/>
       <c r="D64" s="49"/>
       <c r="E64" s="49"/>
       <c r="F64" s="49"/>
       <c r="G64" s="49"/>
       <c r="H64" s="49"/>
       <c r="I64" s="49"/>
       <c r="J64" s="49"/>
       <c r="K64" s="49"/>
       <c r="L64" s="49"/>
     </row>
-    <row r="65" spans="1:14" s="50" customFormat="1" ht="63" x14ac:dyDescent="0.2">
-[...17 lines deleted...]
-    <row r="66" spans="1:14" s="50" customFormat="1" ht="78.75" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A65" s="31" t="s">
+        <v>85</v>
+      </c>
+      <c r="B65" s="31"/>
+      <c r="C65" s="32"/>
+      <c r="D65" s="32"/>
+      <c r="E65" s="32"/>
+      <c r="F65" s="32"/>
+      <c r="G65" s="32"/>
+      <c r="H65" s="32"/>
+      <c r="I65" s="32"/>
+      <c r="J65" s="32"/>
+      <c r="K65" s="32"/>
+      <c r="L65" s="32"/>
+      <c r="M65" s="41"/>
+      <c r="N65" s="41"/>
+    </row>
+    <row r="66" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A66" s="49" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>188</v>
+      </c>
+      <c r="B66" s="59" t="s">
+        <v>86</v>
       </c>
       <c r="C66" s="49"/>
       <c r="D66" s="49"/>
       <c r="E66" s="49"/>
       <c r="F66" s="49"/>
       <c r="G66" s="49"/>
       <c r="H66" s="49"/>
       <c r="I66" s="49"/>
       <c r="J66" s="49"/>
       <c r="K66" s="49"/>
       <c r="L66" s="49"/>
     </row>
-    <row r="67" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...71 lines deleted...]
-    <row r="71" spans="1:14" s="50" customFormat="1" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:14" s="50" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A67" s="49" t="s">
+        <v>160</v>
+      </c>
+      <c r="B67" s="59" t="s">
+        <v>87</v>
+      </c>
+      <c r="C67" s="49"/>
+      <c r="D67" s="49"/>
+      <c r="E67" s="49"/>
+      <c r="F67" s="49"/>
+      <c r="G67" s="49"/>
+      <c r="H67" s="49"/>
+      <c r="I67" s="49"/>
+      <c r="J67" s="49"/>
+      <c r="K67" s="49"/>
+      <c r="L67" s="49"/>
+    </row>
+    <row r="68" spans="1:14" s="50" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A68" s="51" t="s">
+        <v>88</v>
+      </c>
+      <c r="B68" s="60"/>
+      <c r="C68" s="51"/>
+      <c r="D68" s="51"/>
+      <c r="E68" s="51"/>
+      <c r="F68" s="51"/>
+      <c r="G68" s="51"/>
+      <c r="H68" s="51"/>
+      <c r="I68" s="51"/>
+      <c r="J68" s="51"/>
+      <c r="K68" s="51"/>
+      <c r="L68" s="51"/>
+    </row>
+    <row r="69" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A69" s="31" t="s">
+        <v>161</v>
+      </c>
+      <c r="B69" s="31"/>
+      <c r="C69" s="32"/>
+      <c r="D69" s="32"/>
+      <c r="E69" s="32"/>
+      <c r="F69" s="32"/>
+      <c r="G69" s="32"/>
+      <c r="H69" s="32"/>
+      <c r="I69" s="32"/>
+      <c r="J69" s="32"/>
+      <c r="K69" s="32"/>
+      <c r="L69" s="32"/>
+      <c r="M69" s="41"/>
+      <c r="N69" s="41"/>
+    </row>
+    <row r="70" spans="1:14" s="50" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
+      <c r="A70" s="49" t="s">
+        <v>162</v>
+      </c>
+      <c r="B70" s="59" t="s">
+        <v>89</v>
+      </c>
+      <c r="C70" s="49"/>
+      <c r="D70" s="49"/>
+      <c r="E70" s="49"/>
+      <c r="F70" s="49"/>
+      <c r="G70" s="49"/>
+      <c r="H70" s="49"/>
+      <c r="I70" s="49"/>
+      <c r="J70" s="49"/>
+      <c r="K70" s="49"/>
+      <c r="L70" s="49"/>
+    </row>
+    <row r="71" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A71" s="49" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>195</v>
+      </c>
+      <c r="B71" s="59" t="s">
+        <v>90</v>
       </c>
       <c r="C71" s="49"/>
       <c r="D71" s="49"/>
       <c r="E71" s="49"/>
       <c r="F71" s="49"/>
       <c r="G71" s="49"/>
       <c r="H71" s="49"/>
       <c r="I71" s="49"/>
       <c r="J71" s="49"/>
       <c r="K71" s="49"/>
       <c r="L71" s="49"/>
     </row>
-    <row r="72" spans="1:14" s="50" customFormat="1" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:14" s="50" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A72" s="49" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="B72" s="59" t="s">
+        <v>92</v>
       </c>
       <c r="C72" s="49"/>
       <c r="D72" s="49"/>
       <c r="E72" s="49"/>
       <c r="F72" s="49"/>
       <c r="G72" s="49"/>
       <c r="H72" s="49"/>
       <c r="I72" s="49"/>
       <c r="J72" s="49"/>
       <c r="K72" s="49"/>
       <c r="L72" s="49"/>
     </row>
-    <row r="73" spans="1:14" s="50" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
-[...33 lines deleted...]
-    <row r="75" spans="1:14" s="50" customFormat="1" ht="94.5" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A73" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="B73" s="31"/>
+      <c r="C73" s="32"/>
+      <c r="D73" s="32"/>
+      <c r="E73" s="32"/>
+      <c r="F73" s="32"/>
+      <c r="G73" s="32"/>
+      <c r="H73" s="32"/>
+      <c r="I73" s="32"/>
+      <c r="J73" s="32"/>
+      <c r="K73" s="32"/>
+      <c r="L73" s="32"/>
+      <c r="M73" s="41"/>
+      <c r="N73" s="41"/>
+    </row>
+    <row r="74" spans="1:14" s="50" customFormat="1" ht="124.8" x14ac:dyDescent="0.3">
+      <c r="A74" s="49" t="s">
+        <v>190</v>
+      </c>
+      <c r="B74" s="59" t="s">
+        <v>93</v>
+      </c>
+      <c r="C74" s="49"/>
+      <c r="D74" s="49"/>
+      <c r="E74" s="49"/>
+      <c r="F74" s="49"/>
+      <c r="G74" s="49"/>
+      <c r="H74" s="49"/>
+      <c r="I74" s="49"/>
+      <c r="J74" s="49"/>
+      <c r="K74" s="49"/>
+      <c r="L74" s="49"/>
+    </row>
+    <row r="75" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A75" s="49" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>164</v>
+      </c>
+      <c r="B75" s="59" t="s">
+        <v>96</v>
       </c>
       <c r="C75" s="49"/>
       <c r="D75" s="49"/>
       <c r="E75" s="49"/>
       <c r="F75" s="49"/>
       <c r="G75" s="49"/>
       <c r="H75" s="49"/>
       <c r="I75" s="49"/>
       <c r="J75" s="49"/>
       <c r="K75" s="49"/>
       <c r="L75" s="49"/>
     </row>
-    <row r="76" spans="1:14" s="50" customFormat="1" ht="78.75" x14ac:dyDescent="0.2">
-[...89 lines deleted...]
-    <row r="81" spans="1:14" s="50" customFormat="1" ht="126" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A76" s="31" t="s">
+        <v>94</v>
+      </c>
+      <c r="B76" s="31"/>
+      <c r="C76" s="32"/>
+      <c r="D76" s="32"/>
+      <c r="E76" s="32"/>
+      <c r="F76" s="32"/>
+      <c r="G76" s="32"/>
+      <c r="H76" s="32"/>
+      <c r="I76" s="32"/>
+      <c r="J76" s="32"/>
+      <c r="K76" s="32"/>
+      <c r="L76" s="32"/>
+      <c r="M76" s="41"/>
+      <c r="N76" s="41"/>
+    </row>
+    <row r="77" spans="1:14" s="50" customFormat="1" ht="124.8" x14ac:dyDescent="0.3">
+      <c r="A77" s="49" t="s">
+        <v>95</v>
+      </c>
+      <c r="B77" s="59" t="s">
+        <v>163</v>
+      </c>
+      <c r="C77" s="49"/>
+      <c r="D77" s="49"/>
+      <c r="E77" s="49"/>
+      <c r="F77" s="49"/>
+      <c r="G77" s="49"/>
+      <c r="H77" s="49"/>
+      <c r="I77" s="49"/>
+      <c r="J77" s="49"/>
+      <c r="K77" s="49"/>
+      <c r="L77" s="49"/>
+    </row>
+    <row r="78" spans="1:14" s="50" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A78" s="51" t="s">
+        <v>97</v>
+      </c>
+      <c r="B78" s="60"/>
+      <c r="C78" s="51"/>
+      <c r="D78" s="51"/>
+      <c r="E78" s="51"/>
+      <c r="F78" s="51"/>
+      <c r="G78" s="51"/>
+      <c r="H78" s="51"/>
+      <c r="I78" s="51"/>
+      <c r="J78" s="51"/>
+      <c r="K78" s="51"/>
+      <c r="L78" s="51"/>
+    </row>
+    <row r="79" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A79" s="31" t="s">
+        <v>98</v>
+      </c>
+      <c r="B79" s="31"/>
+      <c r="C79" s="32"/>
+      <c r="D79" s="32"/>
+      <c r="E79" s="32"/>
+      <c r="F79" s="32"/>
+      <c r="G79" s="32"/>
+      <c r="H79" s="32"/>
+      <c r="I79" s="32"/>
+      <c r="J79" s="32"/>
+      <c r="K79" s="32"/>
+      <c r="L79" s="32"/>
+      <c r="M79" s="41"/>
+      <c r="N79" s="41"/>
+    </row>
+    <row r="80" spans="1:14" s="50" customFormat="1" ht="124.8" x14ac:dyDescent="0.3">
+      <c r="A80" s="49" t="s">
+        <v>193</v>
+      </c>
+      <c r="B80" s="59" t="s">
+        <v>99</v>
+      </c>
+      <c r="C80" s="49"/>
+      <c r="D80" s="49"/>
+      <c r="E80" s="49"/>
+      <c r="F80" s="49"/>
+      <c r="G80" s="49"/>
+      <c r="H80" s="49"/>
+      <c r="I80" s="49"/>
+      <c r="J80" s="49"/>
+      <c r="K80" s="49"/>
+      <c r="L80" s="49"/>
+    </row>
+    <row r="81" spans="1:14" s="50" customFormat="1" ht="113.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="49" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>165</v>
+      </c>
+      <c r="B81" s="59" t="s">
+        <v>100</v>
       </c>
       <c r="C81" s="49"/>
       <c r="D81" s="49"/>
       <c r="E81" s="49"/>
       <c r="F81" s="49"/>
       <c r="G81" s="49"/>
       <c r="H81" s="49"/>
       <c r="I81" s="49"/>
       <c r="J81" s="49"/>
       <c r="K81" s="49"/>
       <c r="L81" s="49"/>
     </row>
-    <row r="82" spans="1:14" s="50" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
-[...33 lines deleted...]
-    <row r="84" spans="1:14" s="50" customFormat="1" ht="110.25" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:14" s="50" customFormat="1" ht="124.8" x14ac:dyDescent="0.3">
+      <c r="A82" s="49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B82" s="59" t="s">
+        <v>102</v>
+      </c>
+      <c r="C82" s="49"/>
+      <c r="D82" s="49"/>
+      <c r="E82" s="49"/>
+      <c r="F82" s="49"/>
+      <c r="G82" s="49"/>
+      <c r="H82" s="49"/>
+      <c r="I82" s="49"/>
+      <c r="J82" s="49"/>
+      <c r="K82" s="49"/>
+      <c r="L82" s="49"/>
+    </row>
+    <row r="83" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A83" s="49" t="s">
+        <v>191</v>
+      </c>
+      <c r="B83" s="59" t="s">
+        <v>103</v>
+      </c>
+      <c r="C83" s="49"/>
+      <c r="D83" s="49"/>
+      <c r="E83" s="49"/>
+      <c r="F83" s="49"/>
+      <c r="G83" s="49"/>
+      <c r="H83" s="49"/>
+      <c r="I83" s="49"/>
+      <c r="J83" s="49"/>
+      <c r="K83" s="49"/>
+      <c r="L83" s="49"/>
+    </row>
+    <row r="84" spans="1:14" s="50" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A84" s="49" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>166</v>
+      </c>
+      <c r="B84" s="59" t="s">
+        <v>104</v>
       </c>
       <c r="C84" s="49"/>
       <c r="D84" s="49"/>
       <c r="E84" s="49"/>
       <c r="F84" s="49"/>
       <c r="G84" s="49"/>
       <c r="H84" s="49"/>
       <c r="I84" s="49"/>
       <c r="J84" s="49"/>
       <c r="K84" s="49"/>
       <c r="L84" s="49"/>
     </row>
-    <row r="85" spans="1:14" s="50" customFormat="1" ht="110.25" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:14" s="50" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="49" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>192</v>
+      </c>
+      <c r="B85" s="59" t="s">
+        <v>105</v>
       </c>
       <c r="C85" s="49"/>
       <c r="D85" s="49"/>
       <c r="E85" s="49"/>
       <c r="F85" s="49"/>
       <c r="G85" s="49"/>
       <c r="H85" s="49"/>
       <c r="I85" s="49"/>
       <c r="J85" s="49"/>
       <c r="K85" s="49"/>
       <c r="L85" s="49"/>
     </row>
-    <row r="86" spans="1:14" s="50" customFormat="1" ht="126" x14ac:dyDescent="0.2">
-[...17 lines deleted...]
-    <row r="87" spans="1:14" s="50" customFormat="1" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:14" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A86" s="31" t="s">
+        <v>106</v>
+      </c>
+      <c r="B86" s="31"/>
+      <c r="C86" s="32"/>
+      <c r="D86" s="32"/>
+      <c r="E86" s="32"/>
+      <c r="F86" s="32"/>
+      <c r="G86" s="32"/>
+      <c r="H86" s="32"/>
+      <c r="I86" s="32"/>
+      <c r="J86" s="32"/>
+      <c r="K86" s="32"/>
+      <c r="L86" s="32"/>
+      <c r="M86" s="41"/>
+      <c r="N86" s="41"/>
+    </row>
+    <row r="87" spans="1:14" s="50" customFormat="1" ht="78" x14ac:dyDescent="0.3">
       <c r="A87" s="49" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>196</v>
+      </c>
+      <c r="B87" s="59" t="s">
+        <v>107</v>
       </c>
       <c r="C87" s="49"/>
       <c r="D87" s="49"/>
       <c r="E87" s="49"/>
       <c r="F87" s="49"/>
       <c r="G87" s="49"/>
       <c r="H87" s="49"/>
       <c r="I87" s="49"/>
       <c r="J87" s="49"/>
       <c r="K87" s="49"/>
       <c r="L87" s="49"/>
     </row>
-    <row r="88" spans="1:14" s="50" customFormat="1" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:14" s="50" customFormat="1" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A88" s="49" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>197</v>
+      </c>
+      <c r="B88" s="59" t="s">
+        <v>108</v>
       </c>
       <c r="C88" s="49"/>
       <c r="D88" s="49"/>
       <c r="E88" s="49"/>
       <c r="F88" s="49"/>
       <c r="G88" s="49"/>
       <c r="H88" s="49"/>
       <c r="I88" s="49"/>
       <c r="J88" s="49"/>
       <c r="K88" s="49"/>
       <c r="L88" s="49"/>
     </row>
-    <row r="89" spans="1:14" s="50" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:14" s="50" customFormat="1" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A89" s="49" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>198</v>
+      </c>
+      <c r="B89" s="59" t="s">
+        <v>109</v>
       </c>
       <c r="C89" s="49"/>
       <c r="D89" s="49"/>
       <c r="E89" s="49"/>
       <c r="F89" s="49"/>
       <c r="G89" s="49"/>
       <c r="H89" s="49"/>
       <c r="I89" s="49"/>
       <c r="J89" s="49"/>
       <c r="K89" s="49"/>
       <c r="L89" s="49"/>
     </row>
-    <row r="90" spans="1:14" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-    <row r="92" spans="1:14" s="50" customFormat="1" ht="143.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A90" s="49" t="s">
+        <v>110</v>
+      </c>
+      <c r="B90" s="59" t="s">
+        <v>111</v>
+      </c>
+      <c r="C90" s="49"/>
+      <c r="D90" s="49"/>
+      <c r="E90" s="49"/>
+      <c r="F90" s="49"/>
+      <c r="G90" s="49"/>
+      <c r="H90" s="49"/>
+      <c r="I90" s="49"/>
+      <c r="J90" s="49"/>
+      <c r="K90" s="49"/>
+      <c r="L90" s="49"/>
+    </row>
+    <row r="91" spans="1:14" s="50" customFormat="1" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="A91" s="51" t="s">
+        <v>199</v>
+      </c>
+      <c r="B91" s="60"/>
+      <c r="C91" s="51"/>
+      <c r="D91" s="51"/>
+      <c r="E91" s="51"/>
+      <c r="F91" s="51"/>
+      <c r="G91" s="51"/>
+      <c r="H91" s="51"/>
+      <c r="I91" s="51"/>
+      <c r="J91" s="51"/>
+      <c r="K91" s="51"/>
+      <c r="L91" s="51"/>
+    </row>
+    <row r="92" spans="1:14" s="50" customFormat="1" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A92" s="49" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>112</v>
+      </c>
+      <c r="B92" s="59" t="s">
+        <v>113</v>
       </c>
       <c r="C92" s="49"/>
       <c r="D92" s="49"/>
       <c r="E92" s="49"/>
       <c r="F92" s="49"/>
       <c r="G92" s="49"/>
       <c r="H92" s="49"/>
       <c r="I92" s="49"/>
       <c r="J92" s="49"/>
       <c r="K92" s="49"/>
       <c r="L92" s="49"/>
     </row>
-    <row r="93" spans="1:14" s="50" customFormat="1" ht="126" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:14" s="50" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A93" s="49" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>200</v>
+      </c>
+      <c r="B93" s="59" t="s">
+        <v>114</v>
       </c>
       <c r="C93" s="49"/>
       <c r="D93" s="49"/>
       <c r="E93" s="49"/>
       <c r="F93" s="49"/>
       <c r="G93" s="49"/>
       <c r="H93" s="49"/>
       <c r="I93" s="49"/>
       <c r="J93" s="49"/>
       <c r="K93" s="49"/>
       <c r="L93" s="49"/>
     </row>
-    <row r="94" spans="1:14" s="50" customFormat="1" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A94" s="49" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>203</v>
+      </c>
+      <c r="B94" s="59" t="s">
+        <v>115</v>
       </c>
       <c r="C94" s="49"/>
       <c r="D94" s="49"/>
       <c r="E94" s="49"/>
       <c r="F94" s="49"/>
       <c r="G94" s="49"/>
       <c r="H94" s="49"/>
       <c r="I94" s="49"/>
       <c r="J94" s="49"/>
       <c r="K94" s="49"/>
       <c r="L94" s="49"/>
     </row>
-    <row r="95" spans="1:14" s="50" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
-[...87 lines deleted...]
-    <row r="100" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:14" s="50" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A95" s="49" t="s">
+        <v>116</v>
+      </c>
+      <c r="B95" s="59" t="s">
+        <v>117</v>
+      </c>
+      <c r="C95" s="49"/>
+      <c r="D95" s="49"/>
+      <c r="E95" s="49"/>
+      <c r="F95" s="49"/>
+      <c r="G95" s="49"/>
+      <c r="H95" s="49"/>
+      <c r="I95" s="49"/>
+      <c r="J95" s="49"/>
+      <c r="K95" s="49"/>
+      <c r="L95" s="49"/>
+    </row>
+    <row r="96" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B96" s="3"/>
+    </row>
+    <row r="97" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B97" s="3"/>
+    </row>
+    <row r="98" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B98" s="3"/>
+    </row>
+    <row r="99" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B99" s="3"/>
+    </row>
+    <row r="100" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B100" s="3"/>
+    </row>
+    <row r="101" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B101" s="3"/>
+    </row>
+    <row r="102" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B102" s="3"/>
+    </row>
+    <row r="103" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B103" s="3"/>
+    </row>
+    <row r="104" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B104" s="3"/>
+    </row>
+    <row r="105" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B105" s="3"/>
+    </row>
+    <row r="106" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B106" s="3"/>
+    </row>
+    <row r="107" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B107" s="3"/>
+    </row>
+    <row r="108" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B108" s="3"/>
+    </row>
+    <row r="109" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B109" s="3"/>
+    </row>
+    <row r="110" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B110" s="3"/>
+    </row>
+    <row r="111" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B111" s="3"/>
+    </row>
+    <row r="112" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B112" s="3"/>
+    </row>
+    <row r="113" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B113" s="3"/>
+    </row>
+    <row r="114" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B114" s="3"/>
+    </row>
+    <row r="115" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B115" s="3"/>
+    </row>
+    <row r="116" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B116" s="3"/>
+    </row>
+    <row r="117" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B117" s="3"/>
+    </row>
+    <row r="118" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B118" s="3"/>
+    </row>
+    <row r="119" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B119" s="3"/>
+    </row>
+    <row r="120" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B120" s="3"/>
+    </row>
+    <row r="121" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B121" s="3"/>
+    </row>
+    <row r="122" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B122" s="3"/>
+    </row>
+    <row r="123" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B123" s="3"/>
+    </row>
+    <row r="124" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B124" s="3"/>
+    </row>
+    <row r="125" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B125" s="3"/>
+    </row>
+    <row r="126" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B126" s="3"/>
+    </row>
+    <row r="127" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B127" s="3"/>
+    </row>
+    <row r="128" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B128" s="3"/>
+    </row>
+    <row r="129" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B129" s="3"/>
+    </row>
+    <row r="130" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B130" s="3"/>
+    </row>
+    <row r="131" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B131" s="3"/>
+    </row>
+    <row r="132" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B132" s="3"/>
+    </row>
+    <row r="133" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B133" s="3"/>
+    </row>
+    <row r="134" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B134" s="3"/>
+    </row>
+    <row r="135" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B135" s="3"/>
+    </row>
+    <row r="136" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B136" s="3"/>
+    </row>
+    <row r="137" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B137" s="3"/>
+    </row>
+    <row r="138" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B138" s="3"/>
+    </row>
+    <row r="139" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B139" s="3"/>
+    </row>
+    <row r="140" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B140" s="3"/>
+    </row>
+    <row r="141" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B141" s="3"/>
+    </row>
+    <row r="142" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B142" s="3"/>
+    </row>
+    <row r="143" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B143" s="3"/>
+    </row>
+    <row r="144" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B144" s="3"/>
+    </row>
+    <row r="145" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B145" s="3"/>
+    </row>
+    <row r="146" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B146" s="3"/>
+    </row>
+    <row r="147" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B147" s="3"/>
+    </row>
+    <row r="148" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B148" s="3"/>
+    </row>
+    <row r="149" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B149" s="3"/>
+    </row>
+    <row r="150" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B150" s="3"/>
+    </row>
+    <row r="151" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B151" s="3"/>
+    </row>
+    <row r="152" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B152" s="3"/>
+    </row>
+    <row r="153" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B153" s="3"/>
+    </row>
+    <row r="154" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B154" s="3"/>
+    </row>
+    <row r="155" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B155" s="3"/>
+    </row>
+    <row r="156" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B156" s="3"/>
+    </row>
+    <row r="157" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B157" s="3"/>
+    </row>
+    <row r="158" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B158" s="3"/>
+    </row>
+    <row r="159" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B159" s="3"/>
+    </row>
+    <row r="160" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B160" s="3"/>
+    </row>
+    <row r="161" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B161" s="3"/>
+    </row>
+    <row r="162" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B162" s="3"/>
+    </row>
+    <row r="163" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B163" s="3"/>
+    </row>
+    <row r="164" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B164" s="3"/>
+    </row>
+    <row r="165" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B165" s="3"/>
+    </row>
+    <row r="166" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B166" s="3"/>
+    </row>
+    <row r="167" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B167" s="3"/>
+    </row>
+    <row r="168" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B168" s="3"/>
+    </row>
+    <row r="169" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B169" s="3"/>
+    </row>
+    <row r="170" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B170" s="3"/>
+    </row>
+    <row r="171" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B171" s="3"/>
+    </row>
+    <row r="172" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B172" s="3"/>
+    </row>
+    <row r="173" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B173" s="3"/>
+    </row>
+    <row r="174" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B174" s="3"/>
+    </row>
+    <row r="175" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B175" s="3"/>
+    </row>
+    <row r="176" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B176" s="3"/>
+    </row>
+    <row r="177" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B177" s="3"/>
+    </row>
+    <row r="178" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B178" s="3"/>
+    </row>
+    <row r="179" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B179" s="3"/>
+    </row>
+    <row r="180" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B180" s="3"/>
+    </row>
+    <row r="181" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B181" s="3"/>
+    </row>
+    <row r="182" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B182" s="3"/>
+    </row>
+    <row r="183" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B183" s="3"/>
+    </row>
+    <row r="184" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B184" s="3"/>
+    </row>
+    <row r="185" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B185" s="3"/>
+    </row>
+    <row r="186" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B186" s="3"/>
+    </row>
+    <row r="187" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B187" s="3"/>
+    </row>
+    <row r="188" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B188" s="3"/>
+    </row>
+    <row r="189" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B189" s="3"/>
+    </row>
+    <row r="190" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B190" s="3"/>
+    </row>
+    <row r="191" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B191" s="3"/>
+    </row>
+    <row r="192" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B192" s="3"/>
+    </row>
+    <row r="193" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B193" s="3"/>
+    </row>
+    <row r="194" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B194" s="3"/>
+    </row>
+    <row r="195" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B195" s="3"/>
+    </row>
+    <row r="196" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B196" s="3"/>
+    </row>
+    <row r="197" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B197" s="3"/>
+    </row>
+    <row r="198" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B198" s="3"/>
+    </row>
+    <row r="199" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B199" s="3"/>
+    </row>
+    <row r="200" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B200" s="3"/>
+    </row>
+    <row r="201" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B201" s="3"/>
+    </row>
+    <row r="202" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B202" s="3"/>
+    </row>
+    <row r="203" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B203" s="3"/>
+    </row>
+    <row r="204" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B204" s="3"/>
+    </row>
+    <row r="205" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B205" s="3"/>
+    </row>
+    <row r="206" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B206" s="3"/>
+    </row>
+    <row r="207" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B207" s="3"/>
+    </row>
+    <row r="208" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B208" s="3"/>
+    </row>
+    <row r="209" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B209" s="3"/>
+    </row>
+    <row r="210" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B210" s="3"/>
+    </row>
+    <row r="211" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B211" s="3"/>
+    </row>
+    <row r="212" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B212" s="3"/>
+    </row>
+    <row r="213" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B213" s="3"/>
+    </row>
+    <row r="214" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B214" s="3"/>
+    </row>
+    <row r="215" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B215" s="3"/>
+    </row>
+    <row r="216" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B216" s="3"/>
+    </row>
+    <row r="217" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B217" s="3"/>
+    </row>
+    <row r="218" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B218" s="3"/>
+    </row>
+    <row r="219" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B219" s="3"/>
+    </row>
+    <row r="220" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B220" s="3"/>
+    </row>
+    <row r="221" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B221" s="3"/>
+    </row>
+    <row r="222" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B222" s="3"/>
+    </row>
+    <row r="223" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B223" s="3"/>
+    </row>
+    <row r="224" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B224" s="3"/>
+    </row>
+    <row r="225" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B225" s="3"/>
+    </row>
+    <row r="226" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B226" s="3"/>
+    </row>
+    <row r="227" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B227" s="3"/>
+    </row>
+    <row r="228" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B228" s="3"/>
+    </row>
+    <row r="229" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B229" s="3"/>
+    </row>
+    <row r="230" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B230" s="3"/>
+    </row>
+    <row r="231" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B231" s="3"/>
+    </row>
+    <row r="232" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B232" s="3"/>
+    </row>
+    <row r="233" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B233" s="3"/>
+    </row>
+    <row r="234" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B234" s="3"/>
+    </row>
+    <row r="235" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B235" s="3"/>
+    </row>
+    <row r="236" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B236" s="3"/>
+    </row>
+    <row r="237" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B237" s="3"/>
+    </row>
+    <row r="238" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B238" s="3"/>
+    </row>
+    <row r="239" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B239" s="3"/>
+    </row>
+    <row r="240" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B240" s="3"/>
+    </row>
+    <row r="241" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B241" s="3"/>
+    </row>
+    <row r="242" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B242" s="3"/>
+    </row>
+    <row r="243" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B243" s="3"/>
+    </row>
+    <row r="244" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B244" s="3"/>
+    </row>
+    <row r="245" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B245" s="3"/>
+    </row>
+    <row r="246" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B246" s="3"/>
+    </row>
+    <row r="247" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B247" s="3"/>
+    </row>
+    <row r="248" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B248" s="3"/>
+    </row>
+    <row r="249" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B249" s="3"/>
+    </row>
+    <row r="250" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B250" s="3"/>
+    </row>
+    <row r="251" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B251" s="3"/>
+    </row>
+    <row r="252" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B252" s="3"/>
+    </row>
+    <row r="253" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B253" s="3"/>
+    </row>
+    <row r="254" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B254" s="3"/>
+    </row>
+    <row r="255" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B255" s="3"/>
+    </row>
+    <row r="256" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B256" s="3"/>
+    </row>
+    <row r="257" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B257" s="3"/>
+    </row>
+    <row r="258" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B258" s="3"/>
+    </row>
+    <row r="259" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B259" s="3"/>
+    </row>
+    <row r="260" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B260" s="3"/>
+    </row>
+    <row r="261" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B261" s="3"/>
+    </row>
+    <row r="262" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B262" s="3"/>
+    </row>
+    <row r="263" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B263" s="3"/>
+    </row>
+    <row r="264" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B264" s="3"/>
+    </row>
+    <row r="265" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B265" s="3"/>
+    </row>
+    <row r="266" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B266" s="3"/>
+    </row>
+    <row r="267" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B267" s="3"/>
+    </row>
+    <row r="268" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B268" s="3"/>
+    </row>
+    <row r="269" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B269" s="3"/>
+    </row>
+    <row r="270" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B270" s="3"/>
+    </row>
+    <row r="271" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B271" s="3"/>
+    </row>
+    <row r="272" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B272" s="3"/>
+    </row>
+    <row r="273" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B273" s="3"/>
+    </row>
+    <row r="274" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B274" s="3"/>
+    </row>
+    <row r="275" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B275" s="3"/>
+    </row>
+    <row r="276" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B276" s="3"/>
+    </row>
+    <row r="277" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B277" s="3"/>
+    </row>
+    <row r="278" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B278" s="3"/>
+    </row>
+    <row r="279" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B279" s="3"/>
+    </row>
+    <row r="280" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B280" s="3"/>
+    </row>
+    <row r="281" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B281" s="3"/>
+    </row>
+    <row r="282" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B282" s="3"/>
+    </row>
+    <row r="283" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B283" s="3"/>
+    </row>
+    <row r="284" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B284" s="3"/>
+    </row>
+    <row r="285" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B285" s="3"/>
+    </row>
+    <row r="286" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B286" s="3"/>
+    </row>
+    <row r="287" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B287" s="3"/>
+    </row>
+    <row r="288" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B288" s="3"/>
+    </row>
+    <row r="289" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B289" s="3"/>
+    </row>
+    <row r="290" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B290" s="3"/>
+    </row>
+    <row r="291" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B291" s="3"/>
+    </row>
+    <row r="292" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B292" s="3"/>
+    </row>
+    <row r="293" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B293" s="3"/>
+    </row>
+    <row r="294" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B294" s="3"/>
+    </row>
+    <row r="295" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B295" s="3"/>
+    </row>
+    <row r="296" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B296" s="3"/>
+    </row>
+    <row r="297" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B297" s="3"/>
+    </row>
+    <row r="298" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B298" s="3"/>
+    </row>
+    <row r="299" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B299" s="3"/>
+    </row>
+    <row r="300" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B300" s="3"/>
+    </row>
+    <row r="301" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B301" s="3"/>
+    </row>
+    <row r="302" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B302" s="3"/>
+    </row>
+    <row r="303" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B303" s="3"/>
+    </row>
+    <row r="304" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B304" s="3"/>
+    </row>
+    <row r="305" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B305" s="3"/>
+    </row>
+    <row r="306" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B306" s="3"/>
+    </row>
+    <row r="307" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B307" s="3"/>
+    </row>
+    <row r="308" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B308" s="3"/>
+    </row>
+    <row r="309" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B309" s="3"/>
+    </row>
+    <row r="310" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B310" s="3"/>
+    </row>
+    <row r="311" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B311" s="3"/>
+    </row>
+    <row r="312" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B312" s="3"/>
+    </row>
+    <row r="313" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B313" s="3"/>
+    </row>
+    <row r="314" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B314" s="3"/>
+    </row>
+    <row r="315" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B315" s="3"/>
+    </row>
+    <row r="316" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B316" s="3"/>
+    </row>
+    <row r="317" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B317" s="3"/>
+    </row>
+    <row r="318" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B318" s="3"/>
+    </row>
+    <row r="319" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B319" s="3"/>
+    </row>
+    <row r="320" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B320" s="3"/>
+    </row>
+    <row r="321" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B321" s="3"/>
+    </row>
+    <row r="322" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B322" s="3"/>
+    </row>
+    <row r="323" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B323" s="3"/>
+    </row>
+    <row r="324" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B324" s="3"/>
+    </row>
+    <row r="325" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B325" s="3"/>
+    </row>
+    <row r="326" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B326" s="3"/>
+    </row>
+    <row r="327" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B327" s="3"/>
+    </row>
+    <row r="328" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B328" s="3"/>
+    </row>
+    <row r="329" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B329" s="3"/>
+    </row>
+    <row r="330" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B330" s="3"/>
+    </row>
+    <row r="331" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B331" s="3"/>
+    </row>
+    <row r="332" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B332" s="3"/>
+    </row>
+    <row r="333" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B333" s="3"/>
+    </row>
+    <row r="334" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B334" s="3"/>
+    </row>
+    <row r="335" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B335" s="3"/>
+    </row>
+    <row r="336" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B336" s="3"/>
+    </row>
+    <row r="337" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B337" s="3"/>
+    </row>
+    <row r="338" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B338" s="3"/>
+    </row>
+    <row r="339" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B339" s="3"/>
+    </row>
+    <row r="340" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B340" s="3"/>
+    </row>
+    <row r="341" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B341" s="3"/>
+    </row>
+    <row r="342" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B342" s="3"/>
+    </row>
+    <row r="343" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B343" s="3"/>
+    </row>
+    <row r="344" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B344" s="3"/>
+    </row>
+    <row r="345" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B345" s="3"/>
+    </row>
+    <row r="346" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B346" s="3"/>
+    </row>
+    <row r="347" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B347" s="3"/>
+    </row>
+    <row r="348" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B348" s="3"/>
+    </row>
+    <row r="349" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B349" s="3"/>
+    </row>
+    <row r="350" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B350" s="3"/>
+    </row>
+    <row r="351" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B351" s="3"/>
+    </row>
+    <row r="352" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B352" s="3"/>
+    </row>
+    <row r="353" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B353" s="3"/>
+    </row>
+    <row r="354" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B354" s="3"/>
+    </row>
+    <row r="355" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B355" s="3"/>
+    </row>
+    <row r="356" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B356" s="3"/>
+    </row>
+    <row r="357" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B357" s="3"/>
+    </row>
+    <row r="358" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B358" s="3"/>
+    </row>
+    <row r="359" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B359" s="3"/>
+    </row>
+    <row r="360" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B360" s="3"/>
+    </row>
+    <row r="361" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B361" s="3"/>
+    </row>
+    <row r="362" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B362" s="3"/>
+    </row>
+    <row r="363" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B363" s="3"/>
+    </row>
+    <row r="364" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B364" s="3"/>
+    </row>
+    <row r="365" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B365" s="3"/>
+    </row>
+    <row r="366" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B366" s="3"/>
+    </row>
+    <row r="367" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B367" s="3"/>
+    </row>
+    <row r="368" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B368" s="3"/>
+    </row>
+    <row r="369" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B369" s="3"/>
+    </row>
+    <row r="370" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B370" s="3"/>
+    </row>
+    <row r="371" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B371" s="3"/>
+    </row>
+    <row r="372" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B372" s="3"/>
+    </row>
+    <row r="373" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B373" s="3"/>
+    </row>
+    <row r="374" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B374" s="3"/>
+    </row>
+    <row r="375" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B375" s="3"/>
+    </row>
+    <row r="376" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B376" s="3"/>
+    </row>
+    <row r="377" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B377" s="3"/>
+    </row>
+    <row r="378" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B378" s="3"/>
+    </row>
+    <row r="379" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B379" s="3"/>
+    </row>
+    <row r="380" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B380" s="3"/>
+    </row>
+    <row r="381" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B381" s="3"/>
+    </row>
+    <row r="382" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B382" s="3"/>
+    </row>
+    <row r="383" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B383" s="3"/>
+    </row>
+    <row r="384" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B384" s="3"/>
+    </row>
+    <row r="385" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B385" s="3"/>
+    </row>
+    <row r="386" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B386" s="3"/>
+    </row>
+    <row r="387" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B387" s="3"/>
+    </row>
+    <row r="388" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B388" s="3"/>
+    </row>
+    <row r="389" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B389" s="3"/>
+    </row>
+    <row r="390" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B390" s="3"/>
+    </row>
+    <row r="391" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B391" s="3"/>
+    </row>
+    <row r="392" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B392" s="3"/>
+    </row>
+    <row r="393" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B393" s="3"/>
+    </row>
+    <row r="394" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B394" s="3"/>
+    </row>
+    <row r="395" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B395" s="3"/>
+    </row>
+    <row r="396" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B396" s="3"/>
+    </row>
+    <row r="397" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B397" s="3"/>
+    </row>
+    <row r="398" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B398" s="3"/>
+    </row>
+    <row r="399" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B399" s="3"/>
+    </row>
+    <row r="400" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B400" s="3"/>
+    </row>
+    <row r="401" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B401" s="3"/>
+    </row>
+    <row r="402" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B402" s="3"/>
+    </row>
+    <row r="403" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B403" s="3"/>
+    </row>
+    <row r="404" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B404" s="3"/>
+    </row>
+    <row r="405" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B405" s="3"/>
+    </row>
+    <row r="406" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B406" s="3"/>
+    </row>
+    <row r="407" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B407" s="3"/>
+    </row>
+    <row r="408" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B408" s="3"/>
+    </row>
+    <row r="409" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B409" s="3"/>
+    </row>
+    <row r="410" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B410" s="3"/>
+    </row>
+    <row r="411" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B411" s="3"/>
+    </row>
+    <row r="412" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B412" s="3"/>
+    </row>
+    <row r="413" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B413" s="3"/>
+    </row>
+    <row r="414" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B414" s="3"/>
+    </row>
+    <row r="415" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B415" s="3"/>
+    </row>
+    <row r="416" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B416" s="3"/>
+    </row>
+    <row r="417" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B417" s="3"/>
+    </row>
+    <row r="418" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B418" s="3"/>
+    </row>
+    <row r="419" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B419" s="3"/>
+    </row>
+    <row r="420" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B420" s="3"/>
+    </row>
+    <row r="421" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B421" s="3"/>
+    </row>
+    <row r="422" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B422" s="3"/>
+    </row>
+    <row r="423" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B423" s="3"/>
+    </row>
+    <row r="424" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B424" s="3"/>
+    </row>
+    <row r="425" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B425" s="3"/>
+    </row>
+    <row r="426" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B426" s="3"/>
+    </row>
+    <row r="427" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B427" s="3"/>
+    </row>
+    <row r="428" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B428" s="3"/>
+    </row>
+    <row r="429" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B429" s="3"/>
+    </row>
+    <row r="430" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B430" s="3"/>
+    </row>
+    <row r="431" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B431" s="3"/>
+    </row>
+    <row r="432" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B432" s="3"/>
+    </row>
+    <row r="433" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B433" s="3"/>
+    </row>
+    <row r="434" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B434" s="3"/>
+    </row>
+    <row r="435" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B435" s="3"/>
+    </row>
+    <row r="436" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B436" s="3"/>
+    </row>
+    <row r="437" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B437" s="3"/>
+    </row>
+    <row r="438" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B438" s="3"/>
+    </row>
+    <row r="439" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B439" s="3"/>
+    </row>
+    <row r="440" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B440" s="3"/>
+    </row>
+    <row r="441" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B441" s="3"/>
+    </row>
+    <row r="442" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B442" s="3"/>
+    </row>
+    <row r="443" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B443" s="3"/>
+    </row>
+    <row r="444" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B444" s="3"/>
+    </row>
+    <row r="445" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B445" s="3"/>
+    </row>
+    <row r="446" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B446" s="3"/>
+    </row>
+    <row r="447" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B447" s="3"/>
+    </row>
+    <row r="448" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B448" s="3"/>
+    </row>
+    <row r="449" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B449" s="3"/>
+    </row>
+    <row r="450" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B450" s="3"/>
+    </row>
+    <row r="451" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B451" s="3"/>
+    </row>
+    <row r="452" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B452" s="3"/>
+    </row>
+    <row r="453" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B453" s="3"/>
+    </row>
+    <row r="454" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B454" s="3"/>
+    </row>
+    <row r="455" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B455" s="3"/>
+    </row>
+    <row r="456" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B456" s="3"/>
+    </row>
+    <row r="457" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B457" s="3"/>
+    </row>
+    <row r="458" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B458" s="3"/>
+    </row>
+    <row r="459" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B459" s="3"/>
+    </row>
+    <row r="460" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B460" s="3"/>
+    </row>
+    <row r="461" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B461" s="3"/>
+    </row>
+    <row r="462" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B462" s="3"/>
+    </row>
+    <row r="463" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B463" s="3"/>
+    </row>
+    <row r="464" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B464" s="3"/>
+    </row>
+    <row r="465" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B465" s="3"/>
+    </row>
+    <row r="466" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B466" s="3"/>
+    </row>
+    <row r="467" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B467" s="3"/>
+    </row>
+    <row r="468" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B468" s="3"/>
+    </row>
+    <row r="469" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B469" s="3"/>
+    </row>
+    <row r="470" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B470" s="3"/>
+    </row>
+    <row r="471" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B471" s="3"/>
+    </row>
+    <row r="472" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B472" s="3"/>
+    </row>
+    <row r="473" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B473" s="3"/>
+    </row>
+    <row r="474" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B474" s="3"/>
+    </row>
+    <row r="475" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B475" s="3"/>
+    </row>
+    <row r="476" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B476" s="3"/>
+    </row>
+    <row r="477" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B477" s="3"/>
+    </row>
+    <row r="478" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B478" s="3"/>
+    </row>
+    <row r="479" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B479" s="3"/>
+    </row>
+    <row r="480" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B480" s="3"/>
+    </row>
+    <row r="481" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B481" s="3"/>
+    </row>
+    <row r="482" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B482" s="3"/>
+    </row>
+    <row r="483" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B483" s="3"/>
+    </row>
+    <row r="484" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B484" s="3"/>
+    </row>
+    <row r="485" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B485" s="3"/>
+    </row>
+    <row r="486" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B486" s="3"/>
+    </row>
+    <row r="487" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B487" s="3"/>
+    </row>
+    <row r="488" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B488" s="3"/>
+    </row>
+    <row r="489" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B489" s="3"/>
+    </row>
+    <row r="490" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B490" s="3"/>
+    </row>
+    <row r="491" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B491" s="3"/>
+    </row>
+    <row r="492" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B492" s="3"/>
+    </row>
+    <row r="493" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B493" s="3"/>
+    </row>
+    <row r="494" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B494" s="3"/>
+    </row>
+    <row r="495" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B495" s="3"/>
+    </row>
+    <row r="496" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B496" s="3"/>
+    </row>
+    <row r="497" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B497" s="3"/>
+    </row>
+    <row r="498" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B498" s="3"/>
+    </row>
+    <row r="499" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B499" s="3"/>
+    </row>
+    <row r="500" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B500" s="3"/>
+    </row>
+    <row r="501" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B501" s="3"/>
+    </row>
+    <row r="502" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B502" s="3"/>
+    </row>
+    <row r="503" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B503" s="3"/>
+    </row>
+    <row r="504" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B504" s="3"/>
+    </row>
+    <row r="505" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B505" s="3"/>
+    </row>
+    <row r="506" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B506" s="3"/>
+    </row>
+    <row r="507" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B507" s="3"/>
+    </row>
+    <row r="508" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B508" s="3"/>
+    </row>
+    <row r="509" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B509" s="3"/>
+    </row>
+    <row r="510" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B510" s="3"/>
+    </row>
+    <row r="511" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B511" s="3"/>
+    </row>
+    <row r="512" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B512" s="3"/>
+    </row>
+    <row r="513" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B513" s="3"/>
+    </row>
+    <row r="514" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B514" s="3"/>
+    </row>
+    <row r="515" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B515" s="3"/>
+    </row>
+    <row r="516" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B516" s="3"/>
+    </row>
+    <row r="517" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B517" s="3"/>
+    </row>
+    <row r="518" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B518" s="3"/>
+    </row>
+    <row r="519" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B519" s="3"/>
+    </row>
+    <row r="520" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B520" s="3"/>
+    </row>
+    <row r="521" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B521" s="3"/>
+    </row>
+    <row r="522" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B522" s="3"/>
+    </row>
+    <row r="523" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B523" s="3"/>
+    </row>
+    <row r="524" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B524" s="3"/>
+    </row>
+    <row r="525" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B525" s="3"/>
+    </row>
+    <row r="526" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B526" s="3"/>
+    </row>
+    <row r="527" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B527" s="3"/>
+    </row>
+    <row r="528" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B528" s="3"/>
+    </row>
+    <row r="529" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B529" s="3"/>
+    </row>
+    <row r="530" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B530" s="3"/>
+    </row>
+    <row r="531" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B531" s="3"/>
+    </row>
+    <row r="532" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B532" s="3"/>
+    </row>
+    <row r="533" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B533" s="3"/>
+    </row>
+    <row r="534" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B534" s="3"/>
+    </row>
+    <row r="535" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B535" s="3"/>
+    </row>
+    <row r="536" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B536" s="3"/>
+    </row>
+    <row r="537" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B537" s="3"/>
+    </row>
+    <row r="538" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B538" s="3"/>
+    </row>
+    <row r="539" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B539" s="3"/>
+    </row>
+    <row r="540" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B540" s="3"/>
+    </row>
+    <row r="541" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B541" s="3"/>
+    </row>
+    <row r="542" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B542" s="3"/>
+    </row>
+    <row r="543" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B543" s="3"/>
+    </row>
+    <row r="544" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B544" s="3"/>
+    </row>
+    <row r="545" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B545" s="3"/>
+    </row>
+    <row r="546" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B546" s="3"/>
+    </row>
+    <row r="547" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B547" s="3"/>
+    </row>
+    <row r="548" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B548" s="3"/>
+    </row>
+    <row r="549" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B549" s="3"/>
+    </row>
+    <row r="550" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B550" s="3"/>
+    </row>
+    <row r="551" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B551" s="3"/>
+    </row>
+    <row r="552" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B552" s="3"/>
+    </row>
+    <row r="553" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B553" s="3"/>
+    </row>
+    <row r="554" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B554" s="3"/>
+    </row>
+    <row r="555" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B555" s="3"/>
+    </row>
+    <row r="556" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B556" s="3"/>
+    </row>
+    <row r="557" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B557" s="3"/>
+    </row>
+    <row r="558" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B558" s="3"/>
+    </row>
+    <row r="559" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B559" s="3"/>
+    </row>
+    <row r="560" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B560" s="3"/>
+    </row>
+    <row r="561" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B561" s="3"/>
+    </row>
+    <row r="562" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B562" s="3"/>
+    </row>
+    <row r="563" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B563" s="3"/>
+    </row>
+    <row r="564" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B564" s="3"/>
+    </row>
+    <row r="565" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B565" s="3"/>
+    </row>
+    <row r="566" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B566" s="3"/>
+    </row>
+    <row r="567" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B567" s="3"/>
+    </row>
+    <row r="568" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B568" s="3"/>
+    </row>
+    <row r="569" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B569" s="3"/>
+    </row>
+    <row r="570" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B570" s="3"/>
+    </row>
+    <row r="571" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B571" s="3"/>
+    </row>
+    <row r="572" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B572" s="3"/>
+    </row>
+    <row r="573" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B573" s="3"/>
+    </row>
+    <row r="574" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B574" s="3"/>
+    </row>
+    <row r="575" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B575" s="3"/>
+    </row>
+    <row r="576" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B576" s="3"/>
+    </row>
+    <row r="577" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B577" s="3"/>
+    </row>
+    <row r="578" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B578" s="3"/>
+    </row>
+    <row r="579" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B579" s="3"/>
+    </row>
+    <row r="580" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B580" s="3"/>
+    </row>
+    <row r="581" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B581" s="3"/>
+    </row>
+    <row r="582" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B582" s="3"/>
+    </row>
+    <row r="583" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B583" s="3"/>
+    </row>
+    <row r="584" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B584" s="3"/>
+    </row>
+    <row r="585" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B585" s="3"/>
+    </row>
+    <row r="586" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B586" s="3"/>
+    </row>
+    <row r="587" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B587" s="3"/>
+    </row>
+    <row r="588" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B588" s="3"/>
+    </row>
+    <row r="589" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B589" s="3"/>
+    </row>
+    <row r="590" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B590" s="3"/>
+    </row>
+    <row r="591" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B591" s="3"/>
+    </row>
+    <row r="592" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B592" s="3"/>
+    </row>
+    <row r="593" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B593" s="3"/>
+    </row>
+    <row r="594" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B594" s="3"/>
+    </row>
+    <row r="595" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B595" s="3"/>
+    </row>
+    <row r="596" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B596" s="3"/>
+    </row>
+    <row r="597" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B597" s="3"/>
+    </row>
+    <row r="598" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B598" s="3"/>
+    </row>
+    <row r="599" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B599" s="3"/>
+    </row>
+    <row r="600" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B600" s="3"/>
+    </row>
+    <row r="601" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B601" s="3"/>
+    </row>
+    <row r="602" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B602" s="3"/>
+    </row>
+    <row r="603" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B603" s="3"/>
+    </row>
+    <row r="604" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B604" s="3"/>
+    </row>
+    <row r="605" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B605" s="3"/>
+    </row>
+    <row r="606" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B606" s="3"/>
+    </row>
+    <row r="607" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B607" s="3"/>
+    </row>
+    <row r="608" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B608" s="3"/>
+    </row>
+    <row r="609" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B609" s="3"/>
+    </row>
+    <row r="610" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B610" s="3"/>
+    </row>
+    <row r="611" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B611" s="3"/>
+    </row>
+    <row r="612" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B612" s="3"/>
+    </row>
+    <row r="613" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B613" s="3"/>
+    </row>
+    <row r="614" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B614" s="3"/>
+    </row>
+    <row r="615" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B615" s="3"/>
+    </row>
+    <row r="616" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B616" s="3"/>
+    </row>
+    <row r="617" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B617" s="3"/>
+    </row>
+    <row r="618" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B618" s="3"/>
+    </row>
+    <row r="619" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B619" s="3"/>
+    </row>
+    <row r="620" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B620" s="3"/>
+    </row>
+    <row r="621" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B621" s="3"/>
+    </row>
+    <row r="622" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B622" s="3"/>
+    </row>
+    <row r="623" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B623" s="3"/>
+    </row>
+    <row r="624" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B624" s="3"/>
+    </row>
+    <row r="625" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B625" s="3"/>
+    </row>
+    <row r="626" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B626" s="3"/>
+    </row>
+    <row r="627" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B627" s="3"/>
+    </row>
+    <row r="628" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B628" s="3"/>
+    </row>
+    <row r="629" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B629" s="3"/>
+    </row>
+    <row r="630" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B630" s="3"/>
+    </row>
+    <row r="631" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B631" s="3"/>
+    </row>
+    <row r="632" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B632" s="3"/>
+    </row>
+    <row r="633" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B633" s="3"/>
+    </row>
+    <row r="634" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B634" s="3"/>
+    </row>
+    <row r="635" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B635" s="3"/>
+    </row>
+    <row r="636" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B636" s="3"/>
+    </row>
+    <row r="637" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B637" s="3"/>
+    </row>
+    <row r="638" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B638" s="3"/>
+    </row>
+    <row r="639" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B639" s="3"/>
+    </row>
+    <row r="640" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B640" s="3"/>
+    </row>
+    <row r="641" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B641" s="3"/>
+    </row>
+    <row r="642" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B642" s="3"/>
+    </row>
+    <row r="643" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B643" s="3"/>
+    </row>
+    <row r="644" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B644" s="3"/>
+    </row>
+    <row r="645" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B645" s="3"/>
+    </row>
+    <row r="646" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B646" s="3"/>
+    </row>
+    <row r="647" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B647" s="3"/>
+    </row>
+    <row r="648" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B648" s="3"/>
+    </row>
+    <row r="649" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B649" s="3"/>
+    </row>
+    <row r="650" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B650" s="3"/>
+    </row>
+    <row r="651" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B651" s="3"/>
+    </row>
+    <row r="652" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B652" s="3"/>
+    </row>
+    <row r="653" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B653" s="3"/>
+    </row>
+    <row r="654" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B654" s="3"/>
+    </row>
+    <row r="655" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B655" s="3"/>
+    </row>
+    <row r="656" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B656" s="3"/>
+    </row>
+    <row r="657" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B657" s="3"/>
+    </row>
+    <row r="658" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B658" s="3"/>
+    </row>
+    <row r="659" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B659" s="3"/>
+    </row>
+    <row r="660" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B660" s="3"/>
+    </row>
+    <row r="661" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B661" s="3"/>
+    </row>
+    <row r="662" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B662" s="3"/>
+    </row>
+    <row r="663" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B663" s="3"/>
+    </row>
+    <row r="664" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B664" s="3"/>
+    </row>
+    <row r="665" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B665" s="3"/>
+    </row>
+    <row r="666" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B666" s="3"/>
+    </row>
+    <row r="667" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B667" s="3"/>
+    </row>
+    <row r="668" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B668" s="3"/>
+    </row>
+    <row r="669" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B669" s="3"/>
+    </row>
+    <row r="670" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B670" s="3"/>
+    </row>
+    <row r="671" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B671" s="3"/>
+    </row>
+    <row r="672" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B672" s="3"/>
+    </row>
+    <row r="673" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B673" s="3"/>
+    </row>
+    <row r="674" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B674" s="3"/>
+    </row>
+    <row r="675" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B675" s="3"/>
+    </row>
+    <row r="676" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B676" s="3"/>
+    </row>
+    <row r="677" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B677" s="3"/>
+    </row>
+    <row r="678" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B678" s="3"/>
+    </row>
+    <row r="679" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B679" s="3"/>
+    </row>
+    <row r="680" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B680" s="3"/>
+    </row>
+    <row r="681" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B681" s="3"/>
+    </row>
+    <row r="682" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B682" s="3"/>
+    </row>
+    <row r="683" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B683" s="3"/>
+    </row>
+    <row r="684" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B684" s="3"/>
+    </row>
+    <row r="685" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B685" s="3"/>
+    </row>
+    <row r="686" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B686" s="3"/>
+    </row>
+    <row r="687" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B687" s="3"/>
+    </row>
+    <row r="688" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B688" s="3"/>
+    </row>
+    <row r="689" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B689" s="3"/>
+    </row>
+    <row r="690" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B690" s="3"/>
+    </row>
+    <row r="691" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B691" s="3"/>
+    </row>
+    <row r="692" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B692" s="3"/>
+    </row>
+    <row r="693" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B693" s="3"/>
+    </row>
+    <row r="694" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B694" s="3"/>
+    </row>
+    <row r="695" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B695" s="3"/>
+    </row>
+    <row r="696" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B696" s="3"/>
+    </row>
+    <row r="697" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B697" s="3"/>
+    </row>
+    <row r="698" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B698" s="3"/>
+    </row>
+    <row r="699" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B699" s="3"/>
+    </row>
+    <row r="700" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B700" s="3"/>
+    </row>
+    <row r="701" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B701" s="3"/>
+    </row>
+    <row r="702" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B702" s="3"/>
+    </row>
+    <row r="703" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B703" s="3"/>
+    </row>
+    <row r="704" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B704" s="3"/>
+    </row>
+    <row r="705" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B705" s="3"/>
+    </row>
+    <row r="706" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B706" s="3"/>
+    </row>
+    <row r="707" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B707" s="3"/>
+    </row>
+    <row r="708" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B708" s="3"/>
+    </row>
+    <row r="709" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B709" s="3"/>
+    </row>
+    <row r="710" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B710" s="3"/>
+    </row>
+    <row r="711" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B711" s="3"/>
+    </row>
+    <row r="712" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B712" s="3"/>
+    </row>
+    <row r="713" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B713" s="3"/>
+    </row>
+    <row r="714" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B714" s="3"/>
+    </row>
+    <row r="715" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B715" s="3"/>
+    </row>
+    <row r="716" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B716" s="3"/>
+    </row>
+    <row r="717" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B717" s="3"/>
+    </row>
+    <row r="718" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B718" s="3"/>
+    </row>
+    <row r="719" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B719" s="3"/>
+    </row>
+    <row r="720" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B720" s="3"/>
+    </row>
+    <row r="721" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B721" s="3"/>
+    </row>
+    <row r="722" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B722" s="3"/>
+    </row>
+    <row r="723" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B723" s="3"/>
+    </row>
+    <row r="724" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B724" s="3"/>
+    </row>
+    <row r="725" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B725" s="3"/>
+    </row>
+    <row r="726" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B726" s="3"/>
+    </row>
+    <row r="727" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B727" s="3"/>
+    </row>
+    <row r="728" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B728" s="3"/>
+    </row>
+    <row r="729" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B729" s="3"/>
+    </row>
+    <row r="730" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B730" s="3"/>
+    </row>
+    <row r="731" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B731" s="3"/>
+    </row>
+    <row r="732" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B732" s="3"/>
+    </row>
+    <row r="733" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B733" s="3"/>
+    </row>
+    <row r="734" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B734" s="3"/>
+    </row>
+    <row r="735" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B735" s="3"/>
+    </row>
+    <row r="736" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B736" s="3"/>
+    </row>
+    <row r="737" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B737" s="3"/>
+    </row>
+    <row r="738" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B738" s="3"/>
+    </row>
+    <row r="739" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B739" s="3"/>
+    </row>
+    <row r="740" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B740" s="3"/>
+    </row>
+    <row r="741" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B741" s="3"/>
+    </row>
+    <row r="742" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B742" s="3"/>
+    </row>
+    <row r="743" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B743" s="3"/>
+    </row>
+    <row r="744" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B744" s="3"/>
+    </row>
+    <row r="745" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B745" s="3"/>
+    </row>
+    <row r="746" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B746" s="3"/>
+    </row>
+    <row r="747" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B747" s="3"/>
+    </row>
+    <row r="748" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B748" s="3"/>
+    </row>
+    <row r="749" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B749" s="3"/>
+    </row>
+    <row r="750" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B750" s="3"/>
+    </row>
+    <row r="751" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B751" s="3"/>
+    </row>
+    <row r="752" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B752" s="3"/>
+    </row>
+    <row r="753" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B753" s="3"/>
+    </row>
+    <row r="754" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B754" s="3"/>
+    </row>
+    <row r="755" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B755" s="3"/>
+    </row>
+    <row r="756" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B756" s="3"/>
+    </row>
+    <row r="757" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B757" s="3"/>
+    </row>
+    <row r="758" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B758" s="3"/>
+    </row>
+    <row r="759" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B759" s="3"/>
+    </row>
+    <row r="760" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B760" s="3"/>
+    </row>
+    <row r="761" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B761" s="3"/>
+    </row>
+    <row r="762" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B762" s="3"/>
+    </row>
+    <row r="763" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B763" s="3"/>
+    </row>
+    <row r="764" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B764" s="3"/>
+    </row>
+    <row r="765" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B765" s="3"/>
+    </row>
+    <row r="766" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B766" s="3"/>
+    </row>
+    <row r="767" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B767" s="3"/>
+    </row>
+    <row r="768" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B768" s="3"/>
+    </row>
+    <row r="769" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B769" s="3"/>
+    </row>
+    <row r="770" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B770" s="3"/>
+    </row>
+    <row r="771" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B771" s="3"/>
+    </row>
+    <row r="772" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B772" s="3"/>
+    </row>
+    <row r="773" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B773" s="3"/>
+    </row>
+    <row r="774" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B774" s="3"/>
+    </row>
+    <row r="775" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B775" s="3"/>
+    </row>
+    <row r="776" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B776" s="3"/>
+    </row>
+    <row r="777" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B777" s="3"/>
+    </row>
+    <row r="778" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B778" s="3"/>
+    </row>
+    <row r="779" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B779" s="3"/>
+    </row>
+    <row r="780" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B780" s="3"/>
+    </row>
+    <row r="781" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B781" s="3"/>
+    </row>
+    <row r="782" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B782" s="3"/>
+    </row>
+    <row r="783" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B783" s="3"/>
+    </row>
+    <row r="784" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B784" s="3"/>
+    </row>
+    <row r="785" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B785" s="3"/>
+    </row>
+    <row r="786" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B786" s="3"/>
+    </row>
+    <row r="787" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B787" s="3"/>
+    </row>
+    <row r="788" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B788" s="3"/>
+    </row>
+    <row r="789" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B789" s="3"/>
+    </row>
+    <row r="790" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B790" s="3"/>
+    </row>
+    <row r="791" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B791" s="3"/>
+    </row>
+    <row r="792" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B792" s="3"/>
+    </row>
+    <row r="793" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B793" s="3"/>
+    </row>
+    <row r="794" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B794" s="3"/>
+    </row>
+    <row r="795" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B795" s="3"/>
+    </row>
+    <row r="796" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B796" s="3"/>
+    </row>
+    <row r="797" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B797" s="3"/>
+    </row>
+    <row r="798" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B798" s="3"/>
+    </row>
+    <row r="799" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B799" s="3"/>
+    </row>
+    <row r="800" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B800" s="3"/>
+    </row>
+    <row r="801" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B801" s="3"/>
+    </row>
+    <row r="802" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B802" s="3"/>
+    </row>
+    <row r="803" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B803" s="3"/>
+    </row>
+    <row r="804" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B804" s="3"/>
+    </row>
+    <row r="805" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B805" s="3"/>
+    </row>
+    <row r="806" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B806" s="3"/>
+    </row>
+    <row r="807" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B807" s="3"/>
+    </row>
+    <row r="808" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B808" s="3"/>
+    </row>
+    <row r="809" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B809" s="3"/>
+    </row>
+    <row r="810" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B810" s="3"/>
+    </row>
+    <row r="811" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B811" s="3"/>
+    </row>
+    <row r="812" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B812" s="3"/>
+    </row>
+    <row r="813" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B813" s="3"/>
+    </row>
+    <row r="814" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B814" s="3"/>
+    </row>
+    <row r="815" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B815" s="3"/>
+    </row>
+    <row r="816" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B816" s="3"/>
+    </row>
+    <row r="817" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B817" s="3"/>
+    </row>
+    <row r="818" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B818" s="3"/>
+    </row>
+    <row r="819" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B819" s="3"/>
+    </row>
+    <row r="820" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B820" s="3"/>
+    </row>
+    <row r="821" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B821" s="3"/>
+    </row>
+    <row r="822" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B822" s="3"/>
+    </row>
+    <row r="823" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B823" s="3"/>
+    </row>
+    <row r="824" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B824" s="3"/>
+    </row>
+    <row r="825" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B825" s="3"/>
+    </row>
+    <row r="826" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B826" s="3"/>
+    </row>
+    <row r="827" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B827" s="3"/>
+    </row>
+    <row r="828" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B828" s="3"/>
+    </row>
+    <row r="829" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B829" s="3"/>
+    </row>
+    <row r="830" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B830" s="3"/>
+    </row>
+    <row r="831" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B831" s="3"/>
+    </row>
+    <row r="832" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B832" s="3"/>
+    </row>
+    <row r="833" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B833" s="3"/>
+    </row>
+    <row r="834" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B834" s="3"/>
+    </row>
+    <row r="835" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B835" s="3"/>
+    </row>
+    <row r="836" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B836" s="3"/>
+    </row>
+    <row r="837" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B837" s="3"/>
+    </row>
+    <row r="838" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B838" s="3"/>
+    </row>
+    <row r="839" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B839" s="3"/>
+    </row>
+    <row r="840" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B840" s="3"/>
+    </row>
+    <row r="841" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B841" s="3"/>
+    </row>
+    <row r="842" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B842" s="3"/>
+    </row>
+    <row r="843" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B843" s="3"/>
+    </row>
+    <row r="844" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B844" s="3"/>
+    </row>
+    <row r="845" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B845" s="3"/>
+    </row>
+    <row r="846" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B846" s="3"/>
+    </row>
+    <row r="847" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B847" s="3"/>
+    </row>
+    <row r="848" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B848" s="3"/>
+    </row>
+    <row r="849" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B849" s="3"/>
+    </row>
+    <row r="850" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B850" s="3"/>
+    </row>
+    <row r="851" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B851" s="3"/>
+    </row>
+    <row r="852" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B852" s="3"/>
+    </row>
+    <row r="853" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B853" s="3"/>
+    </row>
+    <row r="854" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B854" s="3"/>
+    </row>
+    <row r="855" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B855" s="3"/>
+    </row>
+    <row r="856" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B856" s="3"/>
+    </row>
+    <row r="857" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B857" s="3"/>
+    </row>
+    <row r="858" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B858" s="3"/>
+    </row>
+    <row r="859" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B859" s="3"/>
+    </row>
+    <row r="860" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B860" s="3"/>
+    </row>
+    <row r="861" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B861" s="3"/>
+    </row>
+    <row r="862" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B862" s="3"/>
+    </row>
+    <row r="863" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B863" s="3"/>
+    </row>
+    <row r="864" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B864" s="3"/>
+    </row>
+    <row r="865" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B865" s="3"/>
+    </row>
+    <row r="866" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B866" s="3"/>
+    </row>
+    <row r="867" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B867" s="3"/>
+    </row>
+    <row r="868" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B868" s="3"/>
+    </row>
+    <row r="869" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B869" s="3"/>
+    </row>
+    <row r="870" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B870" s="3"/>
+    </row>
+    <row r="871" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B871" s="3"/>
+    </row>
+    <row r="872" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B872" s="3"/>
+    </row>
+    <row r="873" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B873" s="3"/>
+    </row>
+    <row r="874" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B874" s="3"/>
+    </row>
+    <row r="875" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B875" s="3"/>
+    </row>
+    <row r="876" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B876" s="3"/>
+    </row>
+    <row r="877" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B877" s="3"/>
+    </row>
+    <row r="878" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B878" s="3"/>
+    </row>
+    <row r="879" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B879" s="3"/>
+    </row>
+    <row r="880" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B880" s="3"/>
+    </row>
+    <row r="881" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B881" s="3"/>
+    </row>
+    <row r="882" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B882" s="3"/>
+    </row>
+    <row r="883" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B883" s="3"/>
+    </row>
+    <row r="884" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B884" s="3"/>
+    </row>
+    <row r="885" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B885" s="3"/>
+    </row>
+    <row r="886" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B886" s="3"/>
+    </row>
+    <row r="887" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B887" s="3"/>
+    </row>
+    <row r="888" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B888" s="3"/>
+    </row>
+    <row r="889" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B889" s="3"/>
+    </row>
+    <row r="890" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B890" s="3"/>
+    </row>
+    <row r="891" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B891" s="3"/>
+    </row>
+    <row r="892" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B892" s="3"/>
+    </row>
+    <row r="893" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B893" s="3"/>
+    </row>
+    <row r="894" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B894" s="3"/>
+    </row>
+    <row r="895" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B895" s="3"/>
+    </row>
+    <row r="896" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B896" s="3"/>
+    </row>
+    <row r="897" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B897" s="3"/>
+    </row>
+    <row r="898" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B898" s="3"/>
+    </row>
+    <row r="899" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B899" s="3"/>
+    </row>
+    <row r="900" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B900" s="3"/>
+    </row>
+    <row r="901" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B901" s="3"/>
+    </row>
+    <row r="902" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B902" s="3"/>
+    </row>
+    <row r="903" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B903" s="3"/>
+    </row>
+    <row r="904" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B904" s="3"/>
+    </row>
+    <row r="905" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B905" s="3"/>
+    </row>
+    <row r="906" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B906" s="3"/>
+    </row>
+    <row r="907" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B907" s="3"/>
+    </row>
+    <row r="908" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B908" s="3"/>
+    </row>
+    <row r="909" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B909" s="3"/>
+    </row>
+    <row r="910" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B910" s="3"/>
+    </row>
+    <row r="911" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B911" s="3"/>
+    </row>
+    <row r="912" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B912" s="3"/>
+    </row>
+    <row r="913" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B913" s="3"/>
+    </row>
+    <row r="914" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B914" s="3"/>
+    </row>
+    <row r="915" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B915" s="3"/>
+    </row>
+    <row r="916" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B916" s="3"/>
+    </row>
+    <row r="917" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B917" s="3"/>
+    </row>
+    <row r="918" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B918" s="3"/>
+    </row>
+    <row r="919" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B919" s="3"/>
+    </row>
+    <row r="920" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B920" s="3"/>
+    </row>
+    <row r="921" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B921" s="3"/>
+    </row>
+    <row r="922" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B922" s="3"/>
+    </row>
+    <row r="923" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B923" s="3"/>
+    </row>
+    <row r="924" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B924" s="3"/>
+    </row>
+    <row r="925" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B925" s="3"/>
+    </row>
+    <row r="926" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B926" s="3"/>
+    </row>
+    <row r="927" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B927" s="3"/>
+    </row>
+    <row r="928" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B928" s="3"/>
+    </row>
+    <row r="929" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B929" s="3"/>
+    </row>
+    <row r="930" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B930" s="3"/>
+    </row>
+    <row r="931" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B931" s="3"/>
+    </row>
+    <row r="932" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B932" s="3"/>
+    </row>
+    <row r="933" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B933" s="3"/>
+    </row>
+    <row r="934" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B934" s="3"/>
+    </row>
+    <row r="935" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B935" s="3"/>
+    </row>
+    <row r="936" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B936" s="3"/>
+    </row>
+    <row r="937" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B937" s="3"/>
+    </row>
+    <row r="938" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B938" s="3"/>
+    </row>
+    <row r="939" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B939" s="3"/>
+    </row>
+    <row r="940" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B940" s="3"/>
+    </row>
+    <row r="941" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B941" s="3"/>
+    </row>
+    <row r="942" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B942" s="3"/>
+    </row>
+    <row r="943" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B943" s="3"/>
+    </row>
+    <row r="944" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B944" s="3"/>
+    </row>
+    <row r="945" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B945" s="3"/>
+    </row>
+    <row r="946" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B946" s="3"/>
+    </row>
+    <row r="947" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B947" s="3"/>
+    </row>
+    <row r="948" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B948" s="3"/>
+    </row>
+    <row r="949" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B949" s="3"/>
+    </row>
+    <row r="950" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B950" s="3"/>
+    </row>
+    <row r="951" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B951" s="3"/>
+    </row>
+    <row r="952" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B952" s="3"/>
+    </row>
+    <row r="953" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B953" s="3"/>
+    </row>
+    <row r="954" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B954" s="3"/>
+    </row>
+    <row r="955" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B955" s="3"/>
+    </row>
+    <row r="956" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B956" s="3"/>
+    </row>
+    <row r="957" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B957" s="3"/>
+    </row>
+    <row r="958" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B958" s="3"/>
+    </row>
+    <row r="959" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B959" s="3"/>
+    </row>
+    <row r="960" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B960" s="3"/>
+    </row>
+    <row r="961" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B961" s="3"/>
+    </row>
+    <row r="962" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B962" s="3"/>
+    </row>
+    <row r="963" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B963" s="3"/>
+    </row>
+    <row r="964" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B964" s="3"/>
+    </row>
+    <row r="965" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B965" s="3"/>
+    </row>
+    <row r="966" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B966" s="3"/>
+    </row>
+    <row r="967" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B967" s="3"/>
+    </row>
+    <row r="968" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B968" s="3"/>
+    </row>
+    <row r="969" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B969" s="3"/>
+    </row>
+    <row r="970" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B970" s="3"/>
+    </row>
+    <row r="971" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B971" s="3"/>
+    </row>
+    <row r="972" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B972" s="3"/>
+    </row>
+    <row r="973" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B973" s="3"/>
+    </row>
+    <row r="974" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B974" s="3"/>
+    </row>
+    <row r="975" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B975" s="3"/>
+    </row>
+    <row r="976" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B976" s="3"/>
+    </row>
+    <row r="977" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B977" s="3"/>
+    </row>
+    <row r="978" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B978" s="3"/>
+    </row>
+    <row r="979" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B979" s="3"/>
+    </row>
+    <row r="980" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B980" s="3"/>
+    </row>
+    <row r="981" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B981" s="3"/>
+    </row>
+    <row r="982" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B982" s="3"/>
+    </row>
+    <row r="983" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B983" s="3"/>
+    </row>
+    <row r="984" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B984" s="3"/>
+    </row>
+    <row r="985" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B985" s="3"/>
+    </row>
+    <row r="986" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B986" s="3"/>
+    </row>
+    <row r="987" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B987" s="3"/>
+    </row>
+    <row r="988" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B988" s="3"/>
+    </row>
+    <row r="989" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B989" s="3"/>
+    </row>
+    <row r="990" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B990" s="3"/>
+    </row>
+    <row r="991" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B991" s="3"/>
+    </row>
+    <row r="992" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B992" s="3"/>
+    </row>
+    <row r="993" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B993" s="3"/>
+    </row>
+    <row r="994" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B994" s="3"/>
+    </row>
+    <row r="995" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B995" s="3"/>
+    </row>
+    <row r="996" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B996" s="3"/>
+    </row>
+    <row r="997" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B997" s="3"/>
+    </row>
+    <row r="998" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B998" s="3"/>
+    </row>
+    <row r="999" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B999" s="3"/>
+    </row>
+    <row r="1000" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1000" s="3"/>
+    </row>
+    <row r="1001" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1001" s="3"/>
+    </row>
+    <row r="1002" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1002" s="3"/>
+    </row>
+    <row r="1003" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1003" s="3"/>
+    </row>
+    <row r="1004" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1004" s="3"/>
+    </row>
+    <row r="1005" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1005" s="3"/>
+    </row>
+    <row r="1006" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1006" s="3"/>
+    </row>
+    <row r="1007" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1007" s="3"/>
+    </row>
+    <row r="1008" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1008" s="3"/>
+    </row>
+    <row r="1009" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1009" s="3"/>
+    </row>
+    <row r="1010" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1010" s="3"/>
+    </row>
+    <row r="1011" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1011" s="3"/>
+    </row>
+    <row r="1012" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1012" s="3"/>
+    </row>
+    <row r="1013" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1013" s="3"/>
+    </row>
+    <row r="1014" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1014" s="3"/>
+    </row>
+    <row r="1015" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1015" s="3"/>
+    </row>
+    <row r="1016" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1016" s="3"/>
+    </row>
+    <row r="1017" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1017" s="3"/>
+    </row>
+    <row r="1018" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1018" s="3"/>
+    </row>
+    <row r="1019" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1019" s="3"/>
+    </row>
+    <row r="1020" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1020" s="3"/>
+    </row>
+    <row r="1021" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1021" s="3"/>
+    </row>
+    <row r="1022" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1022" s="3"/>
+    </row>
+    <row r="1023" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1023" s="3"/>
+    </row>
+    <row r="1024" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1024" s="3"/>
+    </row>
+    <row r="1025" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1025" s="3"/>
+    </row>
+    <row r="1026" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1026" s="3"/>
+    </row>
+    <row r="1027" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1027" s="3"/>
+    </row>
+    <row r="1028" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1028" s="3"/>
+    </row>
+    <row r="1029" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1029" s="3"/>
+    </row>
+    <row r="1030" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1030" s="3"/>
+    </row>
+    <row r="1031" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1031" s="3"/>
+    </row>
+    <row r="1032" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1032" s="3"/>
+    </row>
+    <row r="1033" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1033" s="3"/>
+    </row>
+    <row r="1034" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1034" s="3"/>
+    </row>
+    <row r="1035" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1035" s="3"/>
+    </row>
+    <row r="1036" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1036" s="3"/>
+    </row>
+    <row r="1037" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1037" s="3"/>
+    </row>
+    <row r="1038" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1038" s="3"/>
+    </row>
+    <row r="1039" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1039" s="3"/>
+    </row>
+    <row r="1040" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1040" s="3"/>
+    </row>
+    <row r="1041" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1041" s="3"/>
+    </row>
+    <row r="1042" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1042" s="3"/>
+    </row>
+    <row r="1043" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1043" s="3"/>
+    </row>
+    <row r="1044" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1044" s="3"/>
+    </row>
+    <row r="1045" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1045" s="3"/>
+    </row>
+    <row r="1046" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1046" s="3"/>
+    </row>
+    <row r="1047" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1047" s="3"/>
+    </row>
+    <row r="1048" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1048" s="3"/>
+    </row>
+    <row r="1049" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1049" s="3"/>
+    </row>
+    <row r="1050" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1050" s="3"/>
+    </row>
+    <row r="1051" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1051" s="3"/>
+    </row>
+    <row r="1052" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1052" s="3"/>
+    </row>
+    <row r="1053" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1053" s="3"/>
+    </row>
+    <row r="1054" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1054" s="3"/>
+    </row>
+    <row r="1055" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1055" s="3"/>
+    </row>
+    <row r="1056" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1056" s="3"/>
+    </row>
+    <row r="1057" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1057" s="3"/>
+    </row>
+    <row r="1058" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1058" s="3"/>
+    </row>
+    <row r="1059" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1059" s="3"/>
+    </row>
+    <row r="1060" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1060" s="3"/>
+    </row>
+    <row r="1061" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1061" s="3"/>
+    </row>
+    <row r="1062" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1062" s="3"/>
+    </row>
+    <row r="1063" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1063" s="3"/>
+    </row>
+    <row r="1064" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1064" s="3"/>
+    </row>
+    <row r="1065" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1065" s="3"/>
+    </row>
+    <row r="1066" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1066" s="3"/>
+    </row>
+    <row r="1067" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1067" s="3"/>
+    </row>
+    <row r="1068" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1068" s="3"/>
+    </row>
+    <row r="1069" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1069" s="3"/>
+    </row>
+    <row r="1070" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1070" s="3"/>
+    </row>
+    <row r="1071" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1071" s="3"/>
+    </row>
+    <row r="1072" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1072" s="3"/>
+    </row>
+    <row r="1073" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1073" s="3"/>
+    </row>
+    <row r="1074" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1074" s="3"/>
+    </row>
+    <row r="1075" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1075" s="3"/>
+    </row>
+    <row r="1076" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1076" s="3"/>
+    </row>
+    <row r="1077" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1077" s="3"/>
+    </row>
+    <row r="1078" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1078" s="3"/>
+    </row>
+    <row r="1079" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1079" s="3"/>
+    </row>
+    <row r="1080" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1080" s="3"/>
+    </row>
+    <row r="1081" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1081" s="3"/>
+    </row>
+    <row r="1082" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1082" s="3"/>
+    </row>
+    <row r="1083" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1083" s="3"/>
+    </row>
+    <row r="1084" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1084" s="3"/>
+    </row>
+    <row r="1085" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1085" s="3"/>
+    </row>
+    <row r="1086" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1086" s="3"/>
+    </row>
+    <row r="1087" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1087" s="3"/>
+    </row>
+    <row r="1088" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1088" s="3"/>
+    </row>
+    <row r="1089" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1089" s="3"/>
+    </row>
+    <row r="1090" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1090" s="3"/>
+    </row>
+    <row r="1091" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1091" s="3"/>
+    </row>
+    <row r="1092" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1092" s="3"/>
+    </row>
+    <row r="1093" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1093" s="3"/>
+    </row>
+    <row r="1094" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1094" s="3"/>
+    </row>
+    <row r="1095" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1095" s="3"/>
+    </row>
+    <row r="1096" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1096" s="3"/>
+    </row>
+    <row r="1097" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1097" s="3"/>
+    </row>
+    <row r="1098" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1098" s="3"/>
+    </row>
+    <row r="1099" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1099" s="3"/>
+    </row>
+    <row r="1100" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1100" s="3"/>
+    </row>
+    <row r="1101" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1101" s="3"/>
+    </row>
+    <row r="1102" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1102" s="3"/>
+    </row>
+    <row r="1103" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1103" s="3"/>
+    </row>
+    <row r="1104" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1104" s="3"/>
+    </row>
+    <row r="1105" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1105" s="3"/>
+    </row>
+    <row r="1106" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1106" s="3"/>
+    </row>
+    <row r="1107" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1107" s="3"/>
+    </row>
+    <row r="1108" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1108" s="3"/>
+    </row>
+    <row r="1109" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1109" s="3"/>
+    </row>
+    <row r="1110" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1110" s="3"/>
+    </row>
+    <row r="1111" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1111" s="3"/>
+    </row>
+    <row r="1112" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1112" s="3"/>
+    </row>
+    <row r="1113" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1113" s="3"/>
+    </row>
+    <row r="1114" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1114" s="3"/>
+    </row>
+    <row r="1115" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1115" s="3"/>
+    </row>
+    <row r="1116" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1116" s="3"/>
+    </row>
+    <row r="1117" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1117" s="3"/>
+    </row>
+    <row r="1118" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1118" s="3"/>
+    </row>
+    <row r="1119" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1119" s="3"/>
+    </row>
+    <row r="1120" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1120" s="3"/>
+    </row>
+    <row r="1121" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1121" s="3"/>
+    </row>
+    <row r="1122" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1122" s="3"/>
+    </row>
+    <row r="1123" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1123" s="3"/>
+    </row>
+    <row r="1124" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1124" s="3"/>
+    </row>
+    <row r="1125" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1125" s="3"/>
+    </row>
+    <row r="1126" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1126" s="3"/>
+    </row>
+    <row r="1127" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1127" s="3"/>
+    </row>
+    <row r="1128" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1128" s="3"/>
+    </row>
+    <row r="1129" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1129" s="3"/>
+    </row>
+    <row r="1130" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1130" s="3"/>
+    </row>
+    <row r="1131" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1131" s="3"/>
+    </row>
+    <row r="1132" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1132" s="3"/>
+    </row>
+    <row r="1133" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1133" s="3"/>
+    </row>
+    <row r="1134" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1134" s="3"/>
+    </row>
+    <row r="1135" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1135" s="3"/>
+    </row>
+    <row r="1136" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1136" s="3"/>
+    </row>
+    <row r="1137" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1137" s="3"/>
+    </row>
+    <row r="1138" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1138" s="3"/>
+    </row>
+    <row r="1139" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1139" s="3"/>
+    </row>
+    <row r="1140" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1140" s="3"/>
+    </row>
+    <row r="1141" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1141" s="3"/>
+    </row>
+    <row r="1142" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1142" s="3"/>
+    </row>
+    <row r="1143" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1143" s="3"/>
+    </row>
+    <row r="1144" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1144" s="3"/>
+    </row>
+    <row r="1145" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1145" s="3"/>
+    </row>
+    <row r="1146" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1146" s="3"/>
+    </row>
+    <row r="1147" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1147" s="3"/>
+    </row>
+    <row r="1148" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1148" s="3"/>
+    </row>
+    <row r="1149" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1149" s="3"/>
+    </row>
+    <row r="1150" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1150" s="3"/>
+    </row>
+    <row r="1151" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1151" s="3"/>
+    </row>
+    <row r="1152" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1152" s="3"/>
+    </row>
+    <row r="1153" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1153" s="3"/>
+    </row>
+    <row r="1154" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1154" s="3"/>
+    </row>
+    <row r="1155" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1155" s="3"/>
+    </row>
+    <row r="1156" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1156" s="3"/>
+    </row>
+    <row r="1157" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1157" s="3"/>
+    </row>
+    <row r="1158" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1158" s="3"/>
+    </row>
+    <row r="1159" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1159" s="3"/>
+    </row>
+    <row r="1160" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1160" s="3"/>
+    </row>
+    <row r="1161" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1161" s="3"/>
+    </row>
+    <row r="1162" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1162" s="3"/>
+    </row>
+    <row r="1163" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1163" s="3"/>
+    </row>
+    <row r="1164" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1164" s="3"/>
+    </row>
+    <row r="1165" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B1165" s="3"/>
     </row>
   </sheetData>
   <phoneticPr fontId="17" type="noConversion"/>
-  <conditionalFormatting sqref="D49:K51 D58:K59 D61:K62 D53:K56 D64:K66 D68:K69 D71:K73 D75:K76 D78:K79 D81:K82 D84:K89 D91:K99">
+  <conditionalFormatting sqref="D43:K45 D47:K50 D52:K54 D56:K57 D59:K61 D63:K64 D66:K68 D70:K72 D74:K75 D77:K78 D80:K85 D87:K95">
     <cfRule type="expression" dxfId="0" priority="1">
-      <formula>$C49="No"</formula>
+      <formula>$C43="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C3:C48 E3:E48" xr:uid="{95EA4F51-DA69-4FE7-A903-E26AAA0A7237}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C3:C42 E3:E42" xr:uid="{95EA4F51-DA69-4FE7-A903-E26AAA0A7237}">
       <formula1>"Yes,No,Partial"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G3:G48" xr:uid="{DB607B85-4C7A-495A-BA38-0DDA540CB2B0}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G3:G42" xr:uid="{DB607B85-4C7A-495A-BA38-0DDA540CB2B0}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="22" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="22" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B182A5AF-A5E3-49FD-B318-A7414A90D89D}">
   <sheetPr>
     <tabColor rgb="FF228096"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B31"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.08203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="52.6640625" style="35" customWidth="1"/>
     <col min="2" max="2" width="54" style="35" customWidth="1"/>
-    <col min="3" max="16384" width="9.109375" style="35"/>
+    <col min="3" max="16384" width="9.08203125" style="35"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
-        <v>64</v>
+        <v>168</v>
       </c>
       <c r="B1" s="34"/>
     </row>
-    <row r="2" spans="1:2" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:2" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="39" t="s">
+        <v>167</v>
+      </c>
+      <c r="B2" s="46" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="125.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="54" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" s="47" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="47.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="55" t="s">
         <v>50</v>
       </c>
-      <c r="B2" s="46" t="s">
+      <c r="B4" s="47" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="109.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="55" t="s">
         <v>51</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="54" t="s">
+      <c r="B5" s="47" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="63" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="55" t="s">
         <v>52</v>
       </c>
-      <c r="B3" s="47" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="55" t="s">
+      <c r="B6" s="47" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="55" t="s">
         <v>53</v>
       </c>
-      <c r="B4" s="47" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="55" t="s">
+      <c r="B7" s="48" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="31.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="55" t="s">
         <v>54</v>
       </c>
-      <c r="B5" s="47" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="B8" s="47" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:2" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="36"/>
       <c r="B9" s="20"/>
     </row>
-    <row r="10" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A10" s="36"/>
       <c r="B10" s="20"/>
     </row>
-    <row r="11" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A11" s="36"/>
       <c r="B11" s="20"/>
     </row>
-    <row r="12" spans="1:2" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:2" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A12" s="20"/>
       <c r="B12" s="20"/>
     </row>
-    <row r="13" spans="1:2" ht="15" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="37"/>
       <c r="B13" s="34"/>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="38"/>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="38"/>
     </row>
-    <row r="16" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="38"/>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="38"/>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A18" s="38"/>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A19" s="38"/>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A20" s="38"/>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A21" s="38"/>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A22" s="38"/>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A23" s="38"/>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A24" s="38"/>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A25" s="38"/>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A26" s="38"/>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A27" s="38"/>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A28" s="38"/>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A29" s="38"/>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A30" s="38"/>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A31" s="38"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{138941E1-C552-4A97-8008-02E4B7DDFDBE}">
   <sheetPr>
     <tabColor rgb="FF228096"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.08203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="52.6640625" style="35" customWidth="1"/>
     <col min="2" max="2" width="54" style="35" customWidth="1"/>
-    <col min="3" max="16384" width="9.109375" style="35"/>
+    <col min="3" max="16384" width="9.08203125" style="35"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B1" s="34"/>
     </row>
-    <row r="2" spans="1:2" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:2" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="39" t="s">
-        <v>198</v>
+        <v>132</v>
       </c>
       <c r="B2" s="46" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:2" ht="48" thickBot="1" x14ac:dyDescent="0.25">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="47.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="52" t="s">
-        <v>200</v>
+        <v>133</v>
       </c>
       <c r="B3" s="47" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:2" ht="48" thickBot="1" x14ac:dyDescent="0.25">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="47.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="53" t="s">
-        <v>201</v>
+        <v>134</v>
       </c>
       <c r="B4" s="47" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:2" ht="48" thickBot="1" x14ac:dyDescent="0.25">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="47.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="53" t="s">
-        <v>202</v>
+        <v>135</v>
       </c>
       <c r="B5" s="47" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:2" ht="48" thickBot="1" x14ac:dyDescent="0.25">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="47.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="53" t="s">
-        <v>203</v>
+        <v>136</v>
       </c>
       <c r="B6" s="47" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:2" x14ac:dyDescent="0.2">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="38"/>
     </row>
-    <row r="8" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="38"/>
     </row>
-    <row r="9" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" s="38"/>
     </row>
-    <row r="10" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="38"/>
     </row>
-    <row r="11" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="38"/>
     </row>
-    <row r="12" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="38"/>
     </row>
-    <row r="13" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="38"/>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="38"/>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="38"/>
     </row>
-    <row r="16" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="38"/>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="38"/>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A18" s="38"/>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A19" s="38"/>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A20" s="38"/>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A21" s="38"/>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A22" s="38"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E74BFAB2-BADC-45DB-BC49-1D70379F76BF}">
   <dimension ref="A1:B546"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="49.5546875" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="49.58203125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="50.77734375" customWidth="1"/>
+    <col min="1" max="1" width="50.75" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="10" cm="1">
-        <f t="array" ref="B1">SUMPRODUCT(COUNTIF('Data sheet'!C3:C99,{"Yes","Partial"}))</f>
+        <f t="array" ref="B1">SUMPRODUCT(COUNTIF('Data sheet'!C3:C95,{"Yes","Partial"}))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="10">
-        <f>COUNTIF('Data sheet'!E3:E99,"Yes")</f>
+        <f>COUNTIF('Data sheet'!E3:E95,"Yes")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:2" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="13">
-        <f>COUNTIF('Data sheet'!E3:E99,"Partial")</f>
+        <f>COUNTIF('Data sheet'!E3:E95,"Partial")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="14" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="15" t="str">
         <f>IF(ISERROR(B2/B1),"",B2/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A5" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="16" t="str">
         <f>IF(ISERROR(B3/B1),"",B3/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="6" spans="1:2" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A6" s="27"/>
       <c r="B6" s="27"/>
     </row>
-    <row r="7" spans="1:2" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.2"/>
-[...538 lines deleted...]
-    <row r="546" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.2"/>
+    <row r="7" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="14" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="16" spans="1:2" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="17" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="18" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="19" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="20" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="21" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="22" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="23" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="24" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="25" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="26" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="27" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="28" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="29" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="30" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="31" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="32" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="33" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="34" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="35" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="36" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="37" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="38" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="39" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="40" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="41" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="42" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="43" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="44" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="45" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="46" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="47" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="48" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="49" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="50" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="51" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="52" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="53" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="54" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="55" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="56" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="57" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="58" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="59" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="60" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="61" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="62" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="63" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="64" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="65" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="66" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="67" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="68" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="69" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="70" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="71" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="72" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="73" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="74" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="75" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="76" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="77" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="78" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="79" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="80" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="81" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="82" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="83" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="84" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="85" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="86" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="87" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="88" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="89" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="90" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="91" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="92" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="93" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="94" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="95" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="96" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="97" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="98" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="99" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="100" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="101" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="102" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="103" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="104" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="105" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="106" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="107" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="108" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="109" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="110" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="111" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="112" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="113" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="114" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="115" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="116" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="117" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="118" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="119" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="120" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="121" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="122" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="123" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="124" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="125" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="126" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="127" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="128" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="129" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="130" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="131" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="132" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="133" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="134" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="135" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="136" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="137" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="138" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="139" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="140" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="141" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="142" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="143" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="144" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="145" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="146" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="147" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="148" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="149" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="150" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="151" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="152" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="153" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="154" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="155" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="156" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="157" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="158" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="159" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="160" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="161" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="162" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="163" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="164" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="165" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="166" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="167" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="168" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="169" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="170" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="171" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="172" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="173" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="174" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="175" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="176" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="177" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="178" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="179" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="180" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="181" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="182" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="183" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="184" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="185" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="186" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="187" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="188" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="189" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="190" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="191" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="192" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="193" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="194" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="195" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="196" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="197" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="198" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="199" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="200" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="201" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="202" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="203" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="204" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="205" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="206" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="207" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="208" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="209" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="210" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="211" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="212" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="213" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="214" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="215" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="216" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="217" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="218" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="219" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="220" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="221" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="222" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="223" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="224" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="225" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="226" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="227" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="228" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="229" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="230" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="231" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="232" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="233" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="234" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="235" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="236" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="237" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="238" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="239" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="240" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="241" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="242" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="243" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="244" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="245" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="246" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="247" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="248" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="249" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="250" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="251" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="252" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="253" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="254" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="255" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="256" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="257" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="258" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="259" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="260" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="261" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="262" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="263" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="264" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="265" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="266" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="267" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="268" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="269" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="270" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="271" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="272" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="273" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="274" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="275" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="276" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="277" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="278" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="279" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="280" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="281" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="282" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="283" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="284" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="285" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="286" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="287" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="288" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="289" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="290" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="291" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="292" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="293" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="294" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="295" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="296" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="297" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="298" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="299" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="300" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="301" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="302" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="303" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="304" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="305" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="306" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="307" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="308" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="309" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="310" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="311" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="312" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="313" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="314" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="315" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="316" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="317" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="318" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="319" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="320" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="321" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="322" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="323" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="324" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="325" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="326" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="327" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="328" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="329" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="330" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="331" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="332" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="333" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="334" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="335" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="336" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="337" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="338" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="339" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="340" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="341" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="342" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="343" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="344" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="345" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="346" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="347" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="348" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="349" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="350" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="351" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="352" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="353" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="354" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="355" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="356" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="357" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="358" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="359" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="360" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="361" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="362" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="363" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="364" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="365" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="366" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="367" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="368" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="369" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="370" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="371" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="372" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="373" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="374" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="375" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="376" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="377" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="378" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="379" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="380" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="381" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="382" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="383" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="384" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="385" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="386" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="387" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="388" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="389" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="390" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="391" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="392" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="393" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="394" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="395" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="396" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="397" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="398" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="399" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="400" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="401" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="402" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="403" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="404" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="405" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="406" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="407" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="408" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="409" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="410" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="411" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="412" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="413" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="414" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="415" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="416" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="417" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="418" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="419" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="420" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="421" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="422" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="423" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="424" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="425" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="426" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="427" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="428" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="429" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="430" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="431" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="432" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="433" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="434" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="435" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="436" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="437" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="438" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="439" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="440" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="441" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="442" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="443" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="444" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="445" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="446" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="447" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="448" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="449" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="450" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="451" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="452" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="453" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="454" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="455" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="456" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="457" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="458" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="459" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="460" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="461" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="462" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="463" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="464" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="465" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="466" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="467" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="468" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="469" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="470" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="471" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="472" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="473" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="474" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="475" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="476" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="477" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="478" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="479" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="480" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="481" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="482" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="483" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="484" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="485" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="486" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="487" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="488" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="489" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="490" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="491" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="492" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="493" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="494" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="495" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="496" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="497" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="498" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="499" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="500" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="501" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="502" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="503" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="504" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="505" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="506" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="507" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="508" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="509" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="510" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="511" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="512" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="513" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="514" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="515" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="516" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="517" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="518" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="519" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="520" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="521" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="522" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="523" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="524" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="525" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="526" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="527" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="528" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="529" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="530" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="531" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="532" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="533" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="534" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="535" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="536" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="537" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="538" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="539" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="540" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="541" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="542" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="543" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="544" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="545" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
+    <row r="546" s="20" customFormat="1" ht="15.6" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b279931570174c37f1ca6db59fb09807">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309418f1a588f56cad73cb47b3118d34" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="acaf4567-dc07-471f-892c-2bcb86ef35ae" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="geb11f8ce9d940728585fae6d5409a45" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="geb11f8ce9d940728585fae6d5409a45" ma:taxonomyFieldName="Display_x0020_Status" ma:displayName="Display Status" ma:default="" ma:fieldId="{0eb11f8c-e9d9-4072-8585-fae6d5409a45}" ma:taxonomyMulti="true" ma:sspId="9abb4586-6e39-4769-a9e9-e64cee0e77fc" ma:termSetId="a3edbbf6-09fc-44dd-a9a2-ad1f41badab5" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9abb4586-6e39-4769-a9e9-e64cee0e77fc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1f338ac-e338-414f-952c-f74dcc6d59e1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2ee1930f-003b-4c79-bb18-414e791589f1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c1f338ac-e338-414f-952c-f74dcc6d59e1">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </geb11f8ce9d940728585fae6d5409a45>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F9078A0-FE6B-4C10-A339-8FFC8E675946}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE29BCCC-E2B6-448F-AE23-4AD8ABE24E0A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AB62848-C6B2-459D-8C58-80AFEA658F9D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>24</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="29" baseType="lpstr">
+    <vt:vector size="27" baseType="lpstr">
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Data sheet</vt:lpstr>
       <vt:lpstr>Table 1</vt:lpstr>
       <vt:lpstr>Table 2</vt:lpstr>
       <vt:lpstr>Data sheet totals</vt:lpstr>
-      <vt:lpstr>'Data sheet'!_Hlk100219767</vt:lpstr>
       <vt:lpstr>'Table 2'!_Hlk100563946</vt:lpstr>
       <vt:lpstr>'Table 2'!_Hlk100564065</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk103358131</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk104193579</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk104363817</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk104373754</vt:lpstr>
-      <vt:lpstr>'Data sheet'!_Hlk115796621</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk117266466</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk117266504</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk118885227</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk119411382</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Hlk99489112</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Information_for_people</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Performing_and_reporting</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Surgery_and_active</vt:lpstr>
       <vt:lpstr>'Data sheet'!_Toc120701744</vt:lpstr>
       <vt:lpstr>'Data sheet'!AssessAndDiag</vt:lpstr>
       <vt:lpstr>'Data sheet'!InfoAndSupport</vt:lpstr>
       <vt:lpstr>'Data sheet'!Print_Area</vt:lpstr>
       <vt:lpstr>'Data sheet totals'!Print_Area</vt:lpstr>
       <vt:lpstr>Introduction!Print_Area</vt:lpstr>
       <vt:lpstr>'Data sheet'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Table 2'!Table2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NG230 Thyroid cancer: assessment and management: Baseline assessment tool 19/12/2022</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100B9609CF57CCB40429746260E2F301BC1</vt:lpwstr>
+    <vt:lpwstr>0x010100B99456BF0FC3654992BB01F701E3BF13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SetDate">
+    <vt:lpwstr>2026-03-04T12:07:12Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
+    <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
+    <vt:lpwstr>ee483792-ac70-4217-b134-76197b23f84e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Display_x0020_Status">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Display Status">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>