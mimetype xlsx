--- v0 (2025-12-05)
+++ v1 (2026-03-02)
@@ -9,92 +9,92 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EFCC252D-A5B2-4622-BC46-7AAD3F5AF404}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ABB01C26-8034-4705-A44E-409C0AFE19F5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover page" sheetId="28" r:id="rId1"/>
     <sheet name="Introduction" sheetId="23" r:id="rId2"/>
     <sheet name="Data sheet" sheetId="24" r:id="rId3"/>
     <sheet name="WHO Bleeding scale" sheetId="30" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Data sheet'!$A$9:$J$82</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Data sheet'!$A$1:$J$82</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Data sheet'!$A$9:$K$89</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Data sheet'!$A$1:$K$89</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E5" i="24" l="1"/>
-[...3 lines deleted...]
-  <c r="E7" i="24"/>
+  <c r="F5" i="24" l="1"/>
+  <c r="F4" i="24"/>
+  <c r="F3" i="24"/>
+  <c r="F6" i="24" l="1"/>
+  <c r="F7" i="24"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="170">
   <si>
     <t>In the first instance, consider whether the guideline is relevant and record the conclusion in the box below.</t>
   </si>
   <si>
     <t>The table can be adapted to include any other local information that is thought to be useful.</t>
   </si>
   <si>
     <t>Number of recommendations met</t>
   </si>
   <si>
     <t>Percentage of recommendations met</t>
   </si>
   <si>
     <t>NICE recommendation</t>
   </si>
   <si>
     <t>Guideline reference</t>
   </si>
   <si>
     <t>Is the recommendation relevant?</t>
   </si>
   <si>
     <t>Current activity/evidence</t>
   </si>
   <si>
@@ -116,377 +116,153 @@
     <t>Lead</t>
   </si>
   <si>
     <t>The data sheet contains the recommendations from the guideline. Information can be entered about current activity relevant to the recommendation, actions needed to meet the recommendation, deadlines and the names of the responsible leads.  Useful documents can be added as hyperlinks.</t>
   </si>
   <si>
     <t>The tool can be used by individual services or organisations. Alternatively, an assessment completed with the involvement of all relevant services or organisations would help to develop a picture of activity in the local area.</t>
   </si>
   <si>
     <t>Number of relevant or partially relevant recommendations</t>
   </si>
   <si>
     <t>Number of recommendations partially met</t>
   </si>
   <si>
     <t>Percentage of recommendations partially met</t>
   </si>
   <si>
     <t xml:space="preserve">Baseline assessment: blood transfusion
 </t>
   </si>
   <si>
     <t>NG24</t>
   </si>
   <si>
-    <t>Intravenous and oral iron</t>
-[...1 lines deleted...]
-  <si>
     <t>1.1.1</t>
   </si>
   <si>
-    <t>1.1.4</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2.1</t>
   </si>
   <si>
-    <t>Doses</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.2</t>
   </si>
   <si>
     <t>1.2.3</t>
   </si>
   <si>
-    <t>1.2.4</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.1</t>
   </si>
   <si>
     <t>1.3.2</t>
   </si>
   <si>
-    <t>Patients who are not bleeding or having invasive procedures or surgery</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.3</t>
   </si>
   <si>
-    <t>Patients who are having invasive procedures or surgery</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3.4</t>
   </si>
   <si>
     <t>1.3.5</t>
   </si>
   <si>
     <t>When prophylactic platelet transfusions are not indicated</t>
   </si>
   <si>
     <t>1.3.6</t>
   </si>
   <si>
     <t>1.3.7</t>
   </si>
   <si>
-    <t>Monitoring for acute blood transfusion reactions</t>
-[...58 lines deleted...]
-  <si>
     <t>Consider single‑unit red blood cell transfusions for adults (or equivalent volumes calculated based on body weight for children or adults with low body weight) who do not have active bleeding.</t>
   </si>
   <si>
     <t>After each single‑unit red blood cell transfusion (or equivalent volumes calculated based on body weight for children or adults with low body weight), clinically reassess and check haemoglobin levels, and give further transfusions if needed.</t>
   </si>
   <si>
-    <t>Do not routinely offer prophylactic platelet transfusions to patients with any of the following:
-[...8 lines deleted...]
-  <si>
     <t>Do not routinely transfuse more than a single dose of platelets.</t>
   </si>
   <si>
     <t>1.3.8</t>
   </si>
   <si>
     <t>1.3.9</t>
   </si>
   <si>
-    <t>1.3.10</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4.1</t>
   </si>
   <si>
     <t>1.4.2</t>
   </si>
   <si>
-    <t>1.4.3</t>
-[...1 lines deleted...]
-  <si>
     <t>1.5.1</t>
   </si>
   <si>
     <t>1.5.2</t>
   </si>
   <si>
     <t>1.5.3</t>
   </si>
   <si>
     <t>1.5.4</t>
   </si>
   <si>
-    <t>1.5.5</t>
-[...1 lines deleted...]
-  <si>
     <t>1.6.1</t>
   </si>
   <si>
     <t>1.6.2</t>
   </si>
   <si>
-    <t>1.6.4</t>
-[...1 lines deleted...]
-  <si>
     <t>1.7.1</t>
   </si>
   <si>
     <t>1.7.2</t>
   </si>
   <si>
     <t>1.7.3</t>
   </si>
   <si>
     <t>1.8.1</t>
   </si>
   <si>
     <t>1.8.2</t>
   </si>
   <si>
     <t>1.8.3</t>
   </si>
   <si>
-    <t>1.8.4</t>
-[...1 lines deleted...]
-  <si>
     <t>1.9.1</t>
   </si>
   <si>
-    <t>Only consider giving more than a single dose of platelets in a transfusion for patients with severe thrombocytopenia and bleeding in a critical site, such as the central nervous system (including eyes).</t>
-[...27 lines deleted...]
-  <si>
     <t>Use an adult dose of 2 pools when giving cryoprecipitate transfusions (for children, use 5–10 ml/kg up to a maximum of 2 pools).</t>
   </si>
   <si>
-    <t>Reassess the patient’s clinical condition, repeat the fibrinogen level measurement and give further doses if needed.</t>
-[...16 lines deleted...]
-  <si>
     <t>Consider using a system that electronically identifies patients to improve the safety and efficiency of the blood transfusion process.</t>
   </si>
   <si>
-    <t>Provide verbal and written information to patients who may have or who have had a transfusion, and their family members or carers (as appropriate), explaining:
-[...11 lines deleted...]
-  <si>
     <t>Document discussions in the patient's notes.</t>
-  </si>
-[...17 lines deleted...]
-    <t>1.6.3</t>
   </si>
   <si>
     <t>World Health Organization Bleeding Grade</t>
   </si>
   <si>
     <t>Examples</t>
   </si>
   <si>
     <t>•	Oropharyngeal bleeding, with the total duration of all episodes no more than 30 minutes in the last 24 hours.
 •	Epistaxis, with the total duration of all episodes no more than 30 minutes in the last 24 hours.
 •	Petechiae of oral mucosa or skin.
 •	Purpura up to 2.5 cm (1 inch) in diameter.
 •	Spontaneous haematoma in soft tissue or muscle.
 •	Positive stool occult blood test.
 •	Microscopic haematuria or haemoglobinuria.
 •	Abnormal vaginal bleeding (spotting).</t>
   </si>
   <si>
     <t>•	Epistaxis, with the total duration of all episodes over 30 minutes in 24 hours.
 •	Purpura over 2.5 cm (1 inch) in diameter.
 •	Joint bleeding.
 •	Melanotic stool.
 •	Haematemesis.
 •	Gross/visible haematuria.
 •	Abnormal vaginal bleeding (more than spotting).
@@ -495,479 +271,709 @@
 •	Retinal bleeding without visual impairment.
 •	Bleeding at invasive sites.</t>
   </si>
   <si>
     <t>•	Bleeding needing red blood cell transfusion over routine transfusion needs.
 •	Bleeding associated with moderate haemodynamic instability.</t>
   </si>
   <si>
     <t>•	Bleeding associated with severe haemodynamic instability.
 •	Fatal bleeding.
 •	Central nervous system bleeding on imaging study with or without dysfunction.</t>
   </si>
   <si>
     <r>
       <t>Is the guideline relevant</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>?</t>
-    </r>
-[...20 lines deleted...]
-      <t xml:space="preserve">are key priorities for implementation or by deadline, use the filter function in the data menu. </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>Tools and resources</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> to help put the guidance into practice are available on the NICE website. </t>
     </r>
   </si>
   <si>
+    <t>Published:  18 November 2015</t>
+  </si>
+  <si>
+    <t>Updated: 26 February 2026</t>
+  </si>
+  <si>
+    <t>Year of recommendation</t>
+  </si>
+  <si>
+    <t>1.2  Intravenous and oral iron</t>
+  </si>
+  <si>
+    <t>Offer oral iron before and after surgery to people with iron‑deficiency anaemia.</t>
+  </si>
+  <si>
+    <t>Do not offer erythropoietin to reduce the need for blood transfusion in people having surgery, unless: 
+•	the person has anaemia and meets the criteria for blood transfusion, but declines it because of religious beliefs or other reasons or
+•	the appropriate blood type is not available because of the person’s red cell antibodies.</t>
+  </si>
+  <si>
+    <t>1.3  Tranexamic acid</t>
+  </si>
+  <si>
+    <t>Use of tranexamic acid during surgery for adults</t>
+  </si>
+  <si>
+    <t>Use of tranexamic acid during surgery for children</t>
+  </si>
+  <si>
+    <t>Safety measures</t>
+  </si>
+  <si>
+    <t>1.4  Cell salvage during surgery</t>
+  </si>
+  <si>
+    <t>Red blood cell transfusion</t>
+  </si>
+  <si>
+    <t>1.5  Thresholds and targets</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Offer platelet transfusions to patients with thrombocytopenia who have clinically significant bleeding (grade 2; see the table on </t>
-[...65 lines deleted...]
-      <t>Offer prophylactic platelet transfusions to patients with a platelet count below 10×10</t>
+      <t>Offer prophylactic platelet transfusions to people with a platelet count below 10×10</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>9</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> per litre who are not bleeding or having invasive procedures or surgery, and who do not have any of the following conditions:
 •	chronic bone marrow failure
 •	autoimmune thrombocytopenia
 •	heparin-induced thrombocytopenia
 •	thrombotic thrombocytopenic purpura.</t>
     </r>
   </si>
   <si>
+    <t>Use restrictive red blood cell transfusion thresholds for people who need red blood cell transfusions and who do not: 
+•	have major haemorrhage or
+•	have acute coronary syndrome or
+•	need regular blood transfusions for chronic anaemia.</t>
+  </si>
+  <si>
+    <t>1.6  Doses</t>
+  </si>
+  <si>
+    <t>Platelet transfusion</t>
+  </si>
+  <si>
+    <t>People with thrombocytopenia who are bleeding</t>
+  </si>
+  <si>
+    <t>1.7  Thresholds and targets</t>
+  </si>
+  <si>
+    <t>People who are not bleeding or having invasive procedures or surgery</t>
+  </si>
+  <si>
+    <t>People who are having invasive procedures or surgery</t>
+  </si>
+  <si>
+    <t>1.7.4</t>
+  </si>
+  <si>
+    <t>1.7.5</t>
+  </si>
+  <si>
+    <t>1.7.6</t>
+  </si>
+  <si>
+    <t>1.7.7</t>
+  </si>
+  <si>
+    <t>Do not offer prophylactic platelet transfusions to people having procedures with a low risk of bleeding, such as adults having central venous cannulation or any people having bone marrow aspiration and trephine biopsy.</t>
+  </si>
+  <si>
+    <t>1.7.8</t>
+  </si>
+  <si>
+    <t>1.8  Doses</t>
+  </si>
+  <si>
+    <t>Reassess the person's clinical condition and check their platelet count after each platelet transfusion, and give further doses if needed.</t>
+  </si>
+  <si>
+    <t>Fresh frozen plasma transfusion</t>
+  </si>
+  <si>
+    <t>1.9  Thresholds and targets</t>
+  </si>
+  <si>
+    <t>1.9.2</t>
+  </si>
+  <si>
+    <t>Do not offer fresh frozen plasma transfusions to correct abnormal coagulation in person who:
+•	are not bleeding (unless they are having invasive procedures or surgery with a risk of clinically significant bleeding)
+•	need reversal of a vitamin K antagonist.</t>
+  </si>
+  <si>
+    <t>1.9.3</t>
+  </si>
+  <si>
+    <t>Consider prophylactic fresh frozen plasma transfusions for people with abnormal coagulation who are having invasive procedures or surgery with a risk of clinically significant bleeding.</t>
+  </si>
+  <si>
+    <t>1.10  Doses</t>
+  </si>
+  <si>
+    <t>Reassess the person’s clinical condition and repeat the coagulation tests after fresh frozen plasma transfusion to ensure that they are getting an adequate dose, and give further doses if needed.</t>
+  </si>
+  <si>
+    <t>1.10.1</t>
+  </si>
+  <si>
+    <t>Cryoprecipitate transfusion</t>
+  </si>
+  <si>
+    <t>1.11  Thresholds and targets</t>
+  </si>
+  <si>
     <r>
-      <t>Consider prophylactic platelet transfusions to raise the platelet count above 50×10</t>
+      <t>Consider cryoprecipitate transfusions for people without major haemorrhage who have:
+•	clinically significant bleeding</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>and
+•	a fibrinogen level below 1.5 g/litre.</t>
+    </r>
+  </si>
+  <si>
+    <t>1.11.1</t>
+  </si>
+  <si>
+    <t>1.11.2</t>
+  </si>
+  <si>
+    <t>1.11.3</t>
+  </si>
+  <si>
+    <t>Do not offer cryoprecipitate transfusions to correct the fibrinogen level in people who:
+•	are not bleeding and
+•	are not having invasive procedures or surgery with a risk of clinically significant bleeding.</t>
+  </si>
+  <si>
+    <t>1.12  Doses</t>
+  </si>
+  <si>
+    <t>1.12.1</t>
+  </si>
+  <si>
+    <t>1.12.2</t>
+  </si>
+  <si>
+    <t>Reassess the person’s clinical condition, repeat the fibrinogen level measurement and give further doses if needed.</t>
+  </si>
+  <si>
+    <t>Prothrombin complex concentrate transfusion</t>
+  </si>
+  <si>
+    <t>Offer immediate prothrombin complex concentrate transfusions for the emergency reversal of warfarin anticoagulation in people with either:
+•	severe bleeding or
+•	head injury with suspected intracerebral haemorrhage.</t>
+  </si>
+  <si>
+    <t>1.12.3</t>
+  </si>
+  <si>
+    <t>1.12.4</t>
+  </si>
+  <si>
+    <t>For guidance on reversing anticoagulation treatment in people who have a stroke and a primary intracerebral haemorrhage, see the section on reversal of anticoagulation treatment in people with haemorrhagic stroke in NICE's guideline on stroke and transient ischaemic attack in over 16s.</t>
+  </si>
+  <si>
+    <t>1.12.5</t>
+  </si>
+  <si>
+    <t>1.12.6</t>
+  </si>
+  <si>
+    <t>Consider immediate prothrombin complex concentrate transfusions to reverse warfarin anticoagulation in people having emergency surgery, depending on the level of anticoagulation and the bleeding risk.</t>
+  </si>
+  <si>
+    <t>Patient safety</t>
+  </si>
+  <si>
+    <t>1.13  Monitoring for acute blood transfusion reactions</t>
+  </si>
+  <si>
+    <t>1.13.1</t>
+  </si>
+  <si>
+    <t>1.13.2</t>
+  </si>
+  <si>
+    <t>Monitor the person's condition and vital signs before, during and after blood transfusions, to detect acute transfusion reactions that may need immediate investigation and treatment.</t>
+  </si>
+  <si>
+    <t>Observe people who are having or have had a blood transfusion in a suitable environment with staff who are able to monitor and manage acute reactions.</t>
+  </si>
+  <si>
+    <t>1.4  Electronic patient identification systems</t>
+  </si>
+  <si>
+    <t>1.14.1</t>
+  </si>
+  <si>
+    <t>Patient information</t>
+  </si>
+  <si>
+    <t>1.14.2</t>
+  </si>
+  <si>
+    <t>1.14.3</t>
+  </si>
+  <si>
+    <t>1.14.4</t>
+  </si>
+  <si>
+    <t>Provide the person and their GP with copies of the discharge summary or other written communication that explains:
+•	the details of any transfusions they had
+•	the reasons for the transfusion
+•	any adverse events
+•	that they are no longer eligible to donate blood.</t>
+  </si>
+  <si>
+    <t>Provide verbal and written information to people who may have or who have had a transfusion, and their family members or carers (as appropriate), explaining:
+•	the reason for the transfusion
+•	the risks and benefits
+•	the transfusion process
+•		any transfusion needs specific to them
+•	any alternatives that are available, and how they might reduce their need for a transfusion
+•	that they are no longer eligible to donate blood
+•	that they are encouraged to ask questions.</t>
+  </si>
+  <si>
+    <t>Consider prophylactic cryoprecipitate transfusions for people with a fibrinogen level below 1.0 g/litre who are having invasive procedures or surgery with a risk of clinically significant bleeding.</t>
+  </si>
+  <si>
+    <t>Only consider fresh frozen plasma transfusion for people with clinically significant bleeding but without major haemorrhage if they have abnormal coagulation test results (for example, prothrombin time ratio or activated partial thromboplastin time ratio above 1.5).</t>
+  </si>
+  <si>
+    <t>Only consider giving more than a single dose of platelets in a transfusion for person with severe thrombocytopenia and bleeding in a critical site, such as the central nervous system (including eyes).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consider intravenous iron before or after surgery for people who:
+•	have iron-deficiency anaemia and cannot tolerate or absorb oral iron, or are unable to adhere to oral iron treatment 
+•	are diagnosed with functional iron deficiency
+•	are diagnosed with iron deficiency anaemia, and the interval between the diagnosis of anaemia and surgery is predicted to be too short for oral iron to be effective. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1  Erythropoietin </t>
+  </si>
+  <si>
+    <t>Reducing requirement for blood transfusion for patients having surgery</t>
+  </si>
+  <si>
+    <t>For guidance on managing anaemia in people with chronic kidney disease, see NICE’s guideline on chronic kidney disease: assessment and management.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Offer tranexamic acid to adults having surgery in an operating theatre if:
+•	there is any risk of bleeding and
+•	the procedure will breach the skin or mucous membranes. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Offer tranexamic acid to adults having surgery outside an operating theatre (for example, interventional radiology or A&amp;E) who are expected to lose more than 500 ml of blood. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">When using tranexamic acid for adults having surgery, administer it just before the start of surgery. Typically give 1 g by slow intravenous injection. </t>
+  </si>
+  <si>
+    <t>For information about using tranexamic acid for primary hip, knee and shoulder replacement in adults, see NICE’s guideline on joint replacement (primary).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consider tranexamic acid for children (aged 1 to 15 years) having surgery in an operating theatre if:
+•	there is any risk of bleeding and
+•	the procedure will breach the skin or mucous membranes. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consider tranexamic acid for children (aged 1 to 15 years) having surgery outside an operating theatre (for example, interventional radiology or A&amp;E) who are expected to lose more than 10% of their blood volume. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">When using tranexamic acid for children (aged 1 to 15 years) having surgery, administer it just before the start of surgery. Typically give 15 mg per kg (maximum 1 g) by slow intravenous injection. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">If more than 1 dose of tranexamic acid might be beneficial because of the length of surgery or volume of blood loss, balance this against any risks associated with additional doses. Risks may include tranexamic acid accumulating in the blood for people with renal impairment. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ensure safety measures are in place to prevent tranexamic acid from being accidentally administered via the intrathecal or epidural route rather than intravenously. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consider intra-operative cell salvage with tranexamic acid for people who are expected to lose a very high volume of blood (for example, in cardiac and complex vascular surgery, and pelvic reconstruction and scoliosis surgery). </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Do not routinely use cell salvage without tranexamic acid. </t>
+  </si>
+  <si>
+    <t>When using a restrictive red blood cell transfusion threshold, consider a threshold of 70 g/litre and a haemoglobin concentration target of 70 to 90 g/litre after transfusion.</t>
+  </si>
+  <si>
+    <t>Consider a red blood cell transfusion threshold of 80 g/litre and a haemoglobin concentration target of 80 to 100 g/litre after transfusion for people with acute coronary syndrome.</t>
+  </si>
+  <si>
+    <t>Consider setting individual thresholds and haemoglobin concentration targets for each person who needs regular blood transfusions for chronic anaemia.</t>
+  </si>
+  <si>
+    <r>
+      <t>Use higher platelet thresholds (up to a maximum of 100×10</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>9</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t> per litre in patients who are having invasive procedures or surgery.</t>
+      <t xml:space="preserve"> per litre) for people with thrombocytopenia and either of the following:
+•		severe bleeding (WHO grades 3 and 4)
+•		bleeding in critical sites, such as the central nervous system (including eyes).</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Consider a higher threshold (for example 50–75×10</t>
+      <t>Consider prophylactic platelet transfusions to raise the platelet count above 50×10</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">9 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>per litre in people who are having invasive procedures or surgery.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Consider a higher threshold (for example 50 to 75×10</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>9</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> per litre) for patients with a high risk of bleeding who are having invasive procedures or surgery, after taking into account: 
-•	the specific procedure the patient is having 
+      <t xml:space="preserve"> per litre) for people with a high risk of bleeding who are having invasive procedures or surgery, after taking into account: 
+•	the specific procedure the person is having 
 •	the cause of the thrombocytopenia 
-•	whether the patient’s platelet count is falling 
+•	whether the person’s platelet count is falling 
 •	any coexisting causes of abnormal haemostasis.</t>
     </r>
   </si>
   <si>
     <r>
       <t>Consider prophylactic platelet transfusions to raise the platelet count above 100×10</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>9</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t> per litre in patients having surgery in critical sites, such as the central nervous system (including the posterior segment of the eyes).</t>
+      <t xml:space="preserve"> per litre in people having surgery in critical sites, such as the central nervous system (including the posterior segment of the eyes).</t>
     </r>
   </si>
   <si>
+    <t>Do not routinely offer prophylactic platelet transfusions to people with any of the following:
+•	chronic bone marrow failure
+•	autoimmune thrombocytopenia
+•	heparin induced thrombocytopenia
+•	thrombotic thrombocytopenic purpura.</t>
+  </si>
+  <si>
+    <t>Monitor the international normalised ratio (INR) to confirm that warfarin anticoagulation has been adequately reversed, and consider further prothrombin complex concentrate. 
+For advice on reversing direct-acting oral anticoagulants (DOACs), see the MHRA safety advice on DOACs for a list of reversal agents.</t>
+  </si>
+  <si>
     <r>
-      <t>Consider cryoprecipitate transfusions for patients without major haemorrhage who have:
-•	clinically significant bleeding</t>
+      <t>Offer platelet transfusions to people with thrombocytopenia who have clinically significant bleeding (grade 2; see the table on World Health Organization [WHO] Bleeding Grades) – and a platelet count below 30×10</t>
     </r>
     <r>
       <rPr>
-        <b/>
+        <vertAlign val="superscript"/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> and</t>
+      <t>9</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">
-•	a fibrinogen level below 1.5 g/litre.</t>
+      <t xml:space="preserve"> per litre.</t>
     </r>
   </si>
   <si>
-    <r>
-[...105 lines deleted...]
-    </r>
+    <t>WHO bleeding scale</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>National Institute for Health and Care Excellence
 3rd floor, 3 Piccadilly Place, Manchester, M1 3BN; www.nice.org.uk
 Copyright</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t>© NICE 2025. All rights reserved.</t>
+      <t>© NICE 2026. All rights reserved.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>Subject to Notice of rights</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
       </rPr>
       <t>.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
+  <si>
+    <r>
+      <t>If it would be helpful to group the recommendations, for example</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> those that </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color indexed="8"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">are key priorities for implementation or by deadline, use the filter function in the data menu. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <t>This baseline assessment tool can be used to evaluate whether practice is in line with the recommendations in blood transfusion (NG24). It can also help to plan activity to meet the recommendations.</t>
+  </si>
+  <si>
+    <t>Baseline assessment tool for blood transfusion  (NG24)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">It should be used in conjunction with </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="12"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>blood transfusion</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (NG24).</t>
+    </r>
+  </si>
+  <si>
+    <t>Baseline assessment tool for blood transfusion (NG24)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="32" x14ac:knownFonts="1">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1106,106 +1112,113 @@
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="12"/>
-      <name val="Lato"/>
-[...4 lines deleted...]
-      <sz val="12"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color rgb="FFFFFFFF"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF0000FF"/>
       <name val="Lato"/>
+    </font>
+    <font>
+      <sz val="13"/>
+      <color theme="1"/>
+      <name val="Lato"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Lato"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA2BDC1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF15434A"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF18646E"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="20">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1320,76 +1333,50 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...24 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -1412,303 +1399,307 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="80">
+  <cellXfs count="82">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="20" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="26" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="31" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="31" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FF233746"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>466725</xdr:colOff>
       <xdr:row>6</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Rectangle 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D8D85AB-1C4B-43D8-B111-A90469F7BE32}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9525" y="923925"/>
           <a:ext cx="5334000" cy="447675"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="004650"/>
         </a:solidFill>
@@ -1813,51 +1804,51 @@
         <a:xfrm>
           <a:off x="66675" y="238125"/>
           <a:ext cx="3581400" cy="333375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5229225" cy="548640"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A10A259-83BC-46B3-A1FA-6C3E52D0E130}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:srcRect l="6227" r="26740"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="66675" y="4991100"/>
@@ -2186,1810 +2177,2085 @@
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/terms-and-conditions" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ng24" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/ng24/resources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{154EC9F5-3D1A-4788-A940-6FB3BA96D805}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J18"/>
+  <dimension ref="A1:J16"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="8" width="9.109375" style="7"/>
-[...2 lines deleted...]
-    <col min="11" max="16384" width="9.109375" style="7"/>
+    <col min="1" max="8" width="9.08984375" style="5"/>
+    <col min="9" max="9" width="7.08984375" style="5" customWidth="1"/>
+    <col min="10" max="10" width="11" style="5" customWidth="1"/>
+    <col min="11" max="16384" width="9.08984375" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-[...45 lines deleted...]
-      <c r="A9" s="76" t="s">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1" s="73"/>
+      <c r="B1" s="74"/>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="75"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A2" s="76"/>
+      <c r="B2" s="77"/>
+      <c r="C2" s="77"/>
+      <c r="D2" s="77"/>
+      <c r="E2" s="77"/>
+      <c r="F2" s="77"/>
+      <c r="G2" s="77"/>
+      <c r="H2" s="77"/>
+      <c r="I2" s="78"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A3" s="76"/>
+      <c r="B3" s="77"/>
+      <c r="C3" s="77"/>
+      <c r="D3" s="77"/>
+      <c r="E3" s="77"/>
+      <c r="F3" s="77"/>
+      <c r="G3" s="77"/>
+      <c r="H3" s="77"/>
+      <c r="I3" s="78"/>
+    </row>
+    <row r="4" spans="1:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="76"/>
+      <c r="B4" s="77"/>
+      <c r="C4" s="77"/>
+      <c r="D4" s="77"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="77"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="77"/>
+      <c r="I4" s="78"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A5" s="76"/>
+      <c r="B5" s="77"/>
+      <c r="C5" s="77"/>
+      <c r="D5" s="77"/>
+      <c r="E5" s="77"/>
+      <c r="F5" s="77"/>
+      <c r="G5" s="77"/>
+      <c r="H5" s="77"/>
+      <c r="I5" s="78"/>
+    </row>
+    <row r="6" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="76"/>
+      <c r="B6" s="77"/>
+      <c r="C6" s="77"/>
+      <c r="D6" s="77"/>
+      <c r="E6" s="77"/>
+      <c r="F6" s="77"/>
+      <c r="G6" s="77"/>
+      <c r="H6" s="77"/>
+      <c r="I6" s="78"/>
+    </row>
+    <row r="7" spans="1:10" ht="29.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="20"/>
+      <c r="B7" s="7"/>
+      <c r="C7" s="7"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="77"/>
+      <c r="I7" s="78"/>
+    </row>
+    <row r="8" spans="1:10" ht="63" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="B9" s="77"/>
-[...9 lines deleted...]
-      <c r="A10" s="30" t="s">
+      <c r="B8" s="80"/>
+      <c r="C8" s="80"/>
+      <c r="D8" s="80"/>
+      <c r="E8" s="80"/>
+      <c r="F8" s="80"/>
+      <c r="G8" s="80"/>
+      <c r="H8" s="80"/>
+      <c r="I8" s="81"/>
+    </row>
+    <row r="9" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="B10" s="31"/>
-[...96 lines deleted...]
-      <c r="A18" s="18"/>
+      <c r="B9" s="22"/>
+      <c r="C9" s="22"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="22"/>
+      <c r="G9" s="22"/>
+      <c r="H9" s="22"/>
+      <c r="I9" s="23"/>
+      <c r="J9" s="7"/>
+    </row>
+    <row r="10" spans="1:10" ht="42.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="24"/>
+      <c r="B10" s="8"/>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="8"/>
+      <c r="G10" s="8"/>
+      <c r="H10" s="8"/>
+      <c r="I10" s="25"/>
+      <c r="J10" s="8"/>
+    </row>
+    <row r="11" spans="1:10" ht="27" x14ac:dyDescent="0.35">
+      <c r="A11" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="B11" s="18"/>
+      <c r="C11" s="18"/>
+      <c r="D11" s="18"/>
+      <c r="E11" s="18"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="19"/>
+      <c r="J11" s="9"/>
+    </row>
+    <row r="12" spans="1:10" ht="27" x14ac:dyDescent="0.35">
+      <c r="A12" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" s="18"/>
+      <c r="C12" s="18"/>
+      <c r="D12" s="18"/>
+      <c r="E12" s="18"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="19"/>
+      <c r="J12" s="9"/>
+    </row>
+    <row r="13" spans="1:10" ht="27" x14ac:dyDescent="0.35">
+      <c r="A13" s="12"/>
+      <c r="B13" s="10"/>
+      <c r="C13" s="10"/>
+      <c r="D13" s="10"/>
+      <c r="E13" s="10"/>
+      <c r="F13" s="10"/>
+      <c r="G13" s="10"/>
+      <c r="H13" s="9"/>
+      <c r="I13" s="6"/>
+      <c r="J13" s="9"/>
+    </row>
+    <row r="14" spans="1:10" ht="27" x14ac:dyDescent="0.35">
+      <c r="A14" s="12"/>
+      <c r="B14" s="10"/>
+      <c r="C14" s="10"/>
+      <c r="D14" s="10"/>
+      <c r="E14" s="10"/>
+      <c r="F14" s="10"/>
+      <c r="G14" s="10"/>
+      <c r="H14" s="9"/>
+      <c r="I14" s="6"/>
+      <c r="J14" s="9"/>
+    </row>
+    <row r="15" spans="1:10" ht="27" x14ac:dyDescent="0.35">
+      <c r="A15" s="13"/>
+      <c r="B15" s="14"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="14"/>
+      <c r="F15" s="14"/>
+      <c r="G15" s="14"/>
+      <c r="H15" s="15"/>
+      <c r="I15" s="16"/>
+      <c r="J15" s="9"/>
+    </row>
+    <row r="16" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A9:I9"/>
+    <mergeCell ref="A8:I8"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFA2BDC1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="16.8" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="95.33203125" style="1" customWidth="1"/>
-    <col min="2" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="95.36328125" style="1" customWidth="1"/>
+    <col min="2" max="16384" width="8.90625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="73.2" customHeight="1" x14ac:dyDescent="0.65">
-[...16 lines deleted...]
-      <c r="A5" s="38" t="s">
+    <row r="1" spans="1:4" ht="49.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="72" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A2" s="28"/>
+    </row>
+    <row r="3" spans="1:4" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="29" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A4" s="28"/>
+    </row>
+    <row r="5" spans="1:4" ht="60" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="28" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
-[...11 lines deleted...]
-      <c r="A9" s="38" t="s">
+    <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A6" s="28"/>
+    </row>
+    <row r="7" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="30" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="30" x14ac:dyDescent="0.3">
+      <c r="A8" s="28" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
-[...15 lines deleted...]
-      <c r="A14" s="43" t="s">
+    <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A9" s="28"/>
+    </row>
+    <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A10" s="31" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A11" s="32"/>
+      <c r="D11" s="4"/>
+    </row>
+    <row r="12" spans="1:4" ht="88.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="33" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="A16" s="43" t="s">
+    <row r="13" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A13" s="28"/>
+    </row>
+    <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.3">
+      <c r="A14" s="33" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:1" ht="18.600000000000001" x14ac:dyDescent="0.45">
-[...42 lines deleted...]
-      <c r="A29" s="44"/>
+    <row r="15" spans="1:4" ht="55.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="28" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="30" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A17" s="34"/>
+    </row>
+    <row r="18" spans="1:1" ht="90" x14ac:dyDescent="0.3">
+      <c r="A18" s="35" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A19" s="34"/>
+    </row>
+    <row r="20" spans="1:1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A20" s="34"/>
+    </row>
+    <row r="21" spans="1:1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A21" s="34"/>
+    </row>
+    <row r="22" spans="1:1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A22" s="34"/>
+    </row>
+    <row r="23" spans="1:1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A23" s="34"/>
+    </row>
+    <row r="24" spans="1:1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A24" s="34"/>
     </row>
   </sheetData>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A12" xr:uid="{00000000-0002-0000-0100-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A11" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Yes,Partially,No"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A20" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="A16" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A7" r:id="rId2" display="It should be used in conjunction with blood transfusion (NICE clinical guideline NG24)." xr:uid="{00000000-0004-0000-0100-000001000000}"/>
-    <hyperlink ref="A23" r:id="rId3" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
+    <hyperlink ref="A18" r:id="rId3" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet16">
     <tabColor rgb="FF233746"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J83"/>
+  <dimension ref="A1:K90"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E1" sqref="E1"/>
+      <pane ySplit="9" topLeftCell="A18" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="16.8" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="55" style="2" customWidth="1"/>
-    <col min="2" max="2" width="12.88671875" style="2" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="1"/>
+    <col min="2" max="2" width="12.90625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="19.08984375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="18.453125" style="2" customWidth="1"/>
+    <col min="5" max="5" width="59.54296875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="18.453125" style="2" customWidth="1"/>
+    <col min="7" max="7" width="55" style="2" customWidth="1"/>
+    <col min="8" max="8" width="24.08984375" style="2" customWidth="1"/>
+    <col min="9" max="9" width="18.36328125" style="2" customWidth="1"/>
+    <col min="10" max="10" width="12.453125" style="2" customWidth="1"/>
+    <col min="11" max="11" width="22" style="2" customWidth="1"/>
+    <col min="12" max="12" width="49.36328125" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.08984375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="36" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.65">
-      <c r="A1" s="35" t="s">
+    <row r="1" spans="1:11" s="27" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.3">
+      <c r="A2" s="28"/>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+    </row>
+    <row r="3" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="28"/>
+      <c r="B3" s="28"/>
+      <c r="C3" s="28"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="36" t="s">
+        <v>16</v>
+      </c>
+      <c r="F3" s="37">
+        <f>SUMPRODUCT(COUNTIF(D10:D90,{"Yes","Partial"}))</f>
+        <v>0</v>
+      </c>
+      <c r="G3" s="28"/>
+      <c r="H3" s="28"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="28"/>
+      <c r="K3" s="28"/>
+    </row>
+    <row r="4" spans="1:11" ht="15" x14ac:dyDescent="0.3">
+      <c r="A4" s="28"/>
+      <c r="B4" s="28"/>
+      <c r="C4" s="28"/>
+      <c r="D4" s="28"/>
+      <c r="E4" s="38" t="s">
+        <v>2</v>
+      </c>
+      <c r="F4" s="37">
+        <f>COUNTIF(F10:F90,"Yes")</f>
+        <v>0</v>
+      </c>
+      <c r="G4" s="28"/>
+      <c r="H4" s="28"/>
+      <c r="I4" s="28"/>
+      <c r="J4" s="28"/>
+      <c r="K4" s="28"/>
+    </row>
+    <row r="5" spans="1:11" ht="15.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="28"/>
+      <c r="B5" s="28"/>
+      <c r="C5" s="28"/>
+      <c r="D5" s="28"/>
+      <c r="E5" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="40">
+        <f>COUNTIF(F10:F90,"Partial")</f>
+        <v>0</v>
+      </c>
+      <c r="G5" s="28"/>
+      <c r="H5" s="28"/>
+      <c r="I5" s="28"/>
+      <c r="J5" s="28"/>
+      <c r="K5" s="28"/>
+    </row>
+    <row r="6" spans="1:11" ht="15" x14ac:dyDescent="0.3">
+      <c r="A6" s="28"/>
+      <c r="B6" s="28"/>
+      <c r="C6" s="28"/>
+      <c r="D6" s="28"/>
+      <c r="E6" s="41" t="s">
+        <v>3</v>
+      </c>
+      <c r="F6" s="42" t="str">
+        <f>IF(ISERROR(F4/F3),"",F4/F3)</f>
+        <v/>
+      </c>
+      <c r="G6" s="28"/>
+      <c r="H6" s="28"/>
+      <c r="I6" s="28"/>
+      <c r="J6" s="28"/>
+      <c r="K6" s="28"/>
+    </row>
+    <row r="7" spans="1:11" ht="15" x14ac:dyDescent="0.3">
+      <c r="A7" s="28"/>
+      <c r="B7" s="28"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="28"/>
+      <c r="E7" s="38" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" s="43" t="str">
+        <f>IF(ISERROR(F5/F3),"",F5/F3)</f>
+        <v/>
+      </c>
+      <c r="G7" s="28"/>
+      <c r="H7" s="28"/>
+      <c r="I7" s="28"/>
+      <c r="J7" s="28"/>
+      <c r="K7" s="28"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" x14ac:dyDescent="0.3">
+      <c r="A8" s="28"/>
+      <c r="B8" s="28"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="28"/>
+      <c r="E8" s="28"/>
+      <c r="F8" s="28"/>
+      <c r="G8" s="28"/>
+      <c r="H8" s="28"/>
+      <c r="I8" s="28"/>
+      <c r="J8" s="28"/>
+      <c r="K8" s="28"/>
+    </row>
+    <row r="9" spans="1:11" s="64" customFormat="1" ht="81.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="62" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="63" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="63" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" s="62" t="s">
+        <v>6</v>
+      </c>
+      <c r="E9" s="62" t="s">
+        <v>7</v>
+      </c>
+      <c r="F9" s="62" t="s">
+        <v>8</v>
+      </c>
+      <c r="G9" s="62" t="s">
+        <v>9</v>
+      </c>
+      <c r="H9" s="62" t="s">
+        <v>10</v>
+      </c>
+      <c r="I9" s="62" t="s">
+        <v>11</v>
+      </c>
+      <c r="J9" s="62" t="s">
+        <v>12</v>
+      </c>
+      <c r="K9" s="62" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A10" s="44" t="s">
+        <v>140</v>
+      </c>
+      <c r="B10" s="45"/>
+      <c r="C10" s="45"/>
+      <c r="D10" s="45"/>
+      <c r="E10" s="45"/>
+      <c r="F10" s="45"/>
+      <c r="G10" s="45"/>
+      <c r="H10" s="45"/>
+      <c r="I10" s="46"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="47"/>
+    </row>
+    <row r="11" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="54" t="s">
+        <v>139</v>
+      </c>
+      <c r="B11" s="45"/>
+      <c r="C11" s="45"/>
+      <c r="D11" s="45"/>
+      <c r="E11" s="45"/>
+      <c r="F11" s="45"/>
+      <c r="G11" s="45"/>
+      <c r="H11" s="45"/>
+      <c r="I11" s="46"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="47"/>
+    </row>
+    <row r="12" spans="1:11" s="3" customFormat="1" ht="105" x14ac:dyDescent="0.3">
+      <c r="A12" s="48" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" s="49" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D12" s="50"/>
+      <c r="E12" s="50"/>
+      <c r="F12" s="50"/>
+      <c r="G12" s="50"/>
+      <c r="H12" s="50"/>
+      <c r="I12" s="50"/>
+      <c r="J12" s="51"/>
+      <c r="K12" s="50"/>
+    </row>
+    <row r="13" spans="1:11" s="68" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="54" t="s">
+        <v>67</v>
+      </c>
+      <c r="B13" s="65"/>
+      <c r="C13" s="65"/>
+      <c r="D13" s="65"/>
+      <c r="E13" s="65"/>
+      <c r="F13" s="65"/>
+      <c r="G13" s="65"/>
+      <c r="H13" s="65"/>
+      <c r="I13" s="66"/>
+      <c r="J13" s="66"/>
+      <c r="K13" s="67"/>
+    </row>
+    <row r="14" spans="1:11" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+      <c r="A14" s="48" t="s">
+        <v>68</v>
+      </c>
+      <c r="B14" s="49" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D14" s="50"/>
+      <c r="E14" s="50"/>
+      <c r="F14" s="50"/>
+      <c r="G14" s="50"/>
+      <c r="H14" s="50"/>
+      <c r="I14" s="50"/>
+      <c r="J14" s="51"/>
+      <c r="K14" s="50"/>
+    </row>
+    <row r="15" spans="1:11" s="3" customFormat="1" ht="150" x14ac:dyDescent="0.3">
+      <c r="A15" s="48" t="s">
+        <v>138</v>
+      </c>
+      <c r="B15" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D15" s="50"/>
+      <c r="E15" s="50"/>
+      <c r="F15" s="50"/>
+      <c r="G15" s="50"/>
+      <c r="H15" s="50"/>
+      <c r="I15" s="50"/>
+      <c r="J15" s="51"/>
+      <c r="K15" s="50"/>
+    </row>
+    <row r="16" spans="1:11" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A16" s="48" t="s">
+        <v>141</v>
+      </c>
+      <c r="B16" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D16" s="50"/>
+      <c r="E16" s="50"/>
+      <c r="F16" s="50"/>
+      <c r="G16" s="50"/>
+      <c r="H16" s="50"/>
+      <c r="I16" s="50"/>
+      <c r="J16" s="51"/>
+      <c r="K16" s="50"/>
+    </row>
+    <row r="17" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="54" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="45"/>
+      <c r="C17" s="45"/>
+      <c r="D17" s="45"/>
+      <c r="E17" s="45"/>
+      <c r="F17" s="45"/>
+      <c r="G17" s="45"/>
+      <c r="H17" s="45"/>
+      <c r="I17" s="46"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="47"/>
+    </row>
+    <row r="18" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A18" s="44" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="45"/>
+      <c r="C18" s="45"/>
+      <c r="D18" s="45"/>
+      <c r="E18" s="45"/>
+      <c r="F18" s="45"/>
+      <c r="G18" s="45"/>
+      <c r="H18" s="45"/>
+      <c r="I18" s="46"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="47"/>
+    </row>
+    <row r="19" spans="1:11" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+      <c r="A19" s="48" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="49">
+        <v>2026</v>
+      </c>
+      <c r="D19" s="50"/>
+      <c r="E19" s="50"/>
+      <c r="F19" s="50"/>
+      <c r="G19" s="50"/>
+      <c r="H19" s="50"/>
+      <c r="I19" s="50"/>
+      <c r="J19" s="51"/>
+      <c r="K19" s="50"/>
+    </row>
+    <row r="20" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A20" s="48" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="49">
+        <v>2026</v>
+      </c>
+      <c r="D20" s="50"/>
+      <c r="E20" s="50"/>
+      <c r="F20" s="50"/>
+      <c r="G20" s="52"/>
+      <c r="H20" s="50"/>
+      <c r="I20" s="50"/>
+      <c r="J20" s="51"/>
+      <c r="K20" s="50"/>
+    </row>
+    <row r="21" spans="1:11" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A21" s="48" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" s="49" t="s">
+        <v>27</v>
+      </c>
+      <c r="C21" s="49">
+        <v>2026</v>
+      </c>
+      <c r="D21" s="50"/>
+      <c r="E21" s="50"/>
+      <c r="F21" s="50"/>
+      <c r="G21" s="50"/>
+      <c r="H21" s="50"/>
+      <c r="I21" s="50"/>
+      <c r="J21" s="51"/>
+      <c r="K21" s="50"/>
+    </row>
+    <row r="22" spans="1:11" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A22" s="48" t="s">
         <v>145</v>
       </c>
-    </row>
-[...142 lines deleted...]
-      <c r="A10" s="66" t="s">
+      <c r="B22" s="49" t="s">
+        <v>28</v>
+      </c>
+      <c r="C22" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D22" s="50"/>
+      <c r="E22" s="50"/>
+      <c r="F22" s="50"/>
+      <c r="G22" s="50"/>
+      <c r="H22" s="50"/>
+      <c r="I22" s="50"/>
+      <c r="J22" s="51"/>
+      <c r="K22" s="50"/>
+    </row>
+    <row r="23" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A23" s="44" t="s">
+        <v>72</v>
+      </c>
+      <c r="B23" s="45"/>
+      <c r="C23" s="45"/>
+      <c r="D23" s="45"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45"/>
+      <c r="G23" s="45"/>
+      <c r="H23" s="45"/>
+      <c r="I23" s="46"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="47"/>
+    </row>
+    <row r="24" spans="1:11" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+      <c r="A24" s="48" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" s="49" t="s">
+        <v>29</v>
+      </c>
+      <c r="C24" s="49">
+        <v>2026</v>
+      </c>
+      <c r="D24" s="50"/>
+      <c r="E24" s="50"/>
+      <c r="F24" s="50"/>
+      <c r="G24" s="50"/>
+      <c r="H24" s="50"/>
+      <c r="I24" s="50"/>
+      <c r="J24" s="51"/>
+      <c r="K24" s="50"/>
+    </row>
+    <row r="25" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A25" s="48" t="s">
+        <v>147</v>
+      </c>
+      <c r="B25" s="49" t="s">
+        <v>31</v>
+      </c>
+      <c r="C25" s="49">
+        <v>2026</v>
+      </c>
+      <c r="D25" s="50"/>
+      <c r="E25" s="50"/>
+      <c r="F25" s="50"/>
+      <c r="G25" s="50"/>
+      <c r="H25" s="50"/>
+      <c r="I25" s="50"/>
+      <c r="J25" s="51"/>
+      <c r="K25" s="50"/>
+    </row>
+    <row r="26" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A26" s="48" t="s">
+        <v>148</v>
+      </c>
+      <c r="B26" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="C26" s="49">
+        <v>2026</v>
+      </c>
+      <c r="D26" s="50"/>
+      <c r="E26" s="50"/>
+      <c r="F26" s="50"/>
+      <c r="G26" s="50"/>
+      <c r="H26" s="50"/>
+      <c r="I26" s="50"/>
+      <c r="J26" s="51"/>
+      <c r="K26" s="50"/>
+    </row>
+    <row r="27" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A27" s="44" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27" s="45"/>
+      <c r="C27" s="45"/>
+      <c r="D27" s="45"/>
+      <c r="E27" s="45"/>
+      <c r="F27" s="45"/>
+      <c r="G27" s="45"/>
+      <c r="H27" s="45"/>
+      <c r="I27" s="46"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="47"/>
+    </row>
+    <row r="28" spans="1:11" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+      <c r="A28" s="48" t="s">
+        <v>149</v>
+      </c>
+      <c r="B28" s="49" t="s">
+        <v>36</v>
+      </c>
+      <c r="C28" s="49">
+        <v>2026</v>
+      </c>
+      <c r="D28" s="50"/>
+      <c r="E28" s="50"/>
+      <c r="F28" s="50"/>
+      <c r="G28" s="50"/>
+      <c r="H28" s="50"/>
+      <c r="I28" s="50"/>
+      <c r="J28" s="51"/>
+      <c r="K28" s="50"/>
+    </row>
+    <row r="29" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A29" s="48" t="s">
+        <v>150</v>
+      </c>
+      <c r="B29" s="49" t="s">
+        <v>37</v>
+      </c>
+      <c r="C29" s="49">
+        <v>2026</v>
+      </c>
+      <c r="D29" s="50"/>
+      <c r="E29" s="50"/>
+      <c r="F29" s="50"/>
+      <c r="G29" s="50"/>
+      <c r="H29" s="50"/>
+      <c r="I29" s="50"/>
+      <c r="J29" s="51"/>
+      <c r="K29" s="50"/>
+    </row>
+    <row r="30" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="54" t="s">
+        <v>74</v>
+      </c>
+      <c r="B30" s="45"/>
+      <c r="C30" s="45"/>
+      <c r="D30" s="45"/>
+      <c r="E30" s="45"/>
+      <c r="F30" s="45"/>
+      <c r="G30" s="45"/>
+      <c r="H30" s="45"/>
+      <c r="I30" s="46"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="47"/>
+    </row>
+    <row r="31" spans="1:11" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+      <c r="A31" s="48" t="s">
+        <v>151</v>
+      </c>
+      <c r="B31" s="49" t="s">
+        <v>38</v>
+      </c>
+      <c r="C31" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D31" s="50"/>
+      <c r="E31" s="50"/>
+      <c r="F31" s="50"/>
+      <c r="G31" s="50"/>
+      <c r="H31" s="50"/>
+      <c r="I31" s="50"/>
+      <c r="J31" s="51"/>
+      <c r="K31" s="50"/>
+    </row>
+    <row r="32" spans="1:11" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+      <c r="A32" s="48" t="s">
+        <v>152</v>
+      </c>
+      <c r="B32" s="49" t="s">
+        <v>39</v>
+      </c>
+      <c r="C32" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D32" s="50"/>
+      <c r="E32" s="50"/>
+      <c r="F32" s="50"/>
+      <c r="G32" s="50"/>
+      <c r="H32" s="50"/>
+      <c r="I32" s="50"/>
+      <c r="J32" s="51"/>
+      <c r="K32" s="50"/>
+    </row>
+    <row r="33" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A33" s="44" t="s">
+        <v>75</v>
+      </c>
+      <c r="B33" s="45"/>
+      <c r="C33" s="45"/>
+      <c r="D33" s="45"/>
+      <c r="E33" s="45"/>
+      <c r="F33" s="45"/>
+      <c r="G33" s="45"/>
+      <c r="H33" s="45"/>
+      <c r="I33" s="46"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="47"/>
+    </row>
+    <row r="34" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="54" t="s">
+        <v>76</v>
+      </c>
+      <c r="B34" s="45"/>
+      <c r="C34" s="45"/>
+      <c r="D34" s="45"/>
+      <c r="E34" s="45"/>
+      <c r="F34" s="45"/>
+      <c r="G34" s="45"/>
+      <c r="H34" s="45"/>
+      <c r="I34" s="46"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="47"/>
+    </row>
+    <row r="35" spans="1:11" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+      <c r="A35" s="53" t="s">
+        <v>78</v>
+      </c>
+      <c r="B35" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="C35" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D35" s="50"/>
+      <c r="E35" s="50"/>
+      <c r="F35" s="50"/>
+      <c r="G35" s="50"/>
+      <c r="H35" s="50"/>
+      <c r="I35" s="50"/>
+      <c r="J35" s="51"/>
+      <c r="K35" s="50"/>
+    </row>
+    <row r="36" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A36" s="53" t="s">
+        <v>153</v>
+      </c>
+      <c r="B36" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="C36" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D36" s="50"/>
+      <c r="E36" s="50"/>
+      <c r="F36" s="50"/>
+      <c r="G36" s="50"/>
+      <c r="H36" s="50"/>
+      <c r="I36" s="50"/>
+      <c r="J36" s="51"/>
+      <c r="K36" s="50"/>
+    </row>
+    <row r="37" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A37" s="53" t="s">
+        <v>154</v>
+      </c>
+      <c r="B37" s="49" t="s">
+        <v>42</v>
+      </c>
+      <c r="C37" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D37" s="50"/>
+      <c r="E37" s="50"/>
+      <c r="F37" s="50"/>
+      <c r="G37" s="50"/>
+      <c r="H37" s="50"/>
+      <c r="I37" s="50"/>
+      <c r="J37" s="51"/>
+      <c r="K37" s="50"/>
+    </row>
+    <row r="38" spans="1:11" s="3" customFormat="1" ht="60.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="53" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" s="49" t="s">
+        <v>43</v>
+      </c>
+      <c r="C38" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D38" s="50"/>
+      <c r="E38" s="50"/>
+      <c r="F38" s="50"/>
+      <c r="G38" s="50"/>
+      <c r="H38" s="50"/>
+      <c r="I38" s="50"/>
+      <c r="J38" s="51"/>
+      <c r="K38" s="50"/>
+    </row>
+    <row r="39" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="54" t="s">
+        <v>79</v>
+      </c>
+      <c r="B39" s="45"/>
+      <c r="C39" s="45"/>
+      <c r="D39" s="45"/>
+      <c r="E39" s="45"/>
+      <c r="F39" s="45"/>
+      <c r="G39" s="45"/>
+      <c r="H39" s="45"/>
+      <c r="I39" s="46"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="47"/>
+    </row>
+    <row r="40" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A40" s="53" t="s">
+        <v>33</v>
+      </c>
+      <c r="B40" s="49" t="s">
+        <v>44</v>
+      </c>
+      <c r="C40" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D40" s="50"/>
+      <c r="E40" s="50"/>
+      <c r="F40" s="50"/>
+      <c r="G40" s="50"/>
+      <c r="H40" s="50"/>
+      <c r="I40" s="50"/>
+      <c r="J40" s="51"/>
+      <c r="K40" s="50"/>
+    </row>
+    <row r="41" spans="1:11" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+      <c r="A41" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="B41" s="49" t="s">
+        <v>45</v>
+      </c>
+      <c r="C41" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D41" s="50"/>
+      <c r="E41" s="50"/>
+      <c r="F41" s="50"/>
+      <c r="G41" s="50"/>
+      <c r="H41" s="50"/>
+      <c r="I41" s="50"/>
+      <c r="J41" s="51"/>
+      <c r="K41" s="50"/>
+    </row>
+    <row r="42" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A42" s="44" t="s">
+        <v>80</v>
+      </c>
+      <c r="B42" s="45"/>
+      <c r="C42" s="45"/>
+      <c r="D42" s="45"/>
+      <c r="E42" s="45"/>
+      <c r="F42" s="45"/>
+      <c r="G42" s="45"/>
+      <c r="H42" s="45"/>
+      <c r="I42" s="46"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="47"/>
+    </row>
+    <row r="43" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="54" t="s">
+        <v>82</v>
+      </c>
+      <c r="B43" s="45"/>
+      <c r="C43" s="45"/>
+      <c r="D43" s="45"/>
+      <c r="E43" s="45"/>
+      <c r="F43" s="45"/>
+      <c r="G43" s="45"/>
+      <c r="H43" s="45"/>
+      <c r="I43" s="46"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="47"/>
+    </row>
+    <row r="44" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A44" s="44" t="s">
+        <v>81</v>
+      </c>
+      <c r="B44" s="45"/>
+      <c r="C44" s="45"/>
+      <c r="D44" s="45"/>
+      <c r="E44" s="45"/>
+      <c r="F44" s="45"/>
+      <c r="G44" s="45"/>
+      <c r="H44" s="45"/>
+      <c r="I44" s="46"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="47"/>
+    </row>
+    <row r="45" spans="1:11" s="3" customFormat="1" ht="77" x14ac:dyDescent="0.3">
+      <c r="A45" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="B45" s="49" t="s">
+        <v>46</v>
+      </c>
+      <c r="C45" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D45" s="50"/>
+      <c r="E45" s="50"/>
+      <c r="F45" s="50"/>
+      <c r="G45" s="50"/>
+      <c r="H45" s="50"/>
+      <c r="I45" s="50"/>
+      <c r="J45" s="51"/>
+      <c r="K45" s="50"/>
+    </row>
+    <row r="46" spans="1:11" s="3" customFormat="1" ht="92" x14ac:dyDescent="0.3">
+      <c r="A46" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="B46" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="C46" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D46" s="50"/>
+      <c r="E46" s="50"/>
+      <c r="F46" s="50"/>
+      <c r="G46" s="50"/>
+      <c r="H46" s="50"/>
+      <c r="I46" s="50"/>
+      <c r="J46" s="51"/>
+      <c r="K46" s="50"/>
+    </row>
+    <row r="47" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A47" s="44" t="s">
+        <v>83</v>
+      </c>
+      <c r="B47" s="45"/>
+      <c r="C47" s="45"/>
+      <c r="D47" s="45"/>
+      <c r="E47" s="45"/>
+      <c r="F47" s="45"/>
+      <c r="G47" s="45"/>
+      <c r="H47" s="45"/>
+      <c r="I47" s="46"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="47"/>
+    </row>
+    <row r="48" spans="1:11" s="3" customFormat="1" ht="122" x14ac:dyDescent="0.3">
+      <c r="A48" s="48" t="s">
+        <v>77</v>
+      </c>
+      <c r="B48" s="49" t="s">
+        <v>48</v>
+      </c>
+      <c r="C48" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D48" s="50"/>
+      <c r="E48" s="50"/>
+      <c r="F48" s="50"/>
+      <c r="G48" s="50"/>
+      <c r="H48" s="50"/>
+      <c r="I48" s="50"/>
+      <c r="J48" s="51"/>
+      <c r="K48" s="50"/>
+    </row>
+    <row r="49" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A49" s="44" t="s">
+        <v>84</v>
+      </c>
+      <c r="B49" s="45"/>
+      <c r="C49" s="45"/>
+      <c r="D49" s="45"/>
+      <c r="E49" s="45"/>
+      <c r="F49" s="45"/>
+      <c r="G49" s="45"/>
+      <c r="H49" s="45"/>
+      <c r="I49" s="46"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="47"/>
+    </row>
+    <row r="50" spans="1:11" s="3" customFormat="1" ht="47" x14ac:dyDescent="0.3">
+      <c r="A50" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="B50" s="49" t="s">
+        <v>85</v>
+      </c>
+      <c r="C50" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D50" s="50"/>
+      <c r="E50" s="50"/>
+      <c r="F50" s="50"/>
+      <c r="G50" s="50"/>
+      <c r="H50" s="50"/>
+      <c r="I50" s="50"/>
+      <c r="J50" s="51"/>
+      <c r="K50" s="50"/>
+    </row>
+    <row r="51" spans="1:11" s="3" customFormat="1" ht="122" x14ac:dyDescent="0.3">
+      <c r="A51" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="B51" s="49" t="s">
+        <v>86</v>
+      </c>
+      <c r="C51" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D51" s="50"/>
+      <c r="E51" s="50"/>
+      <c r="F51" s="50"/>
+      <c r="G51" s="50"/>
+      <c r="H51" s="50"/>
+      <c r="I51" s="50"/>
+      <c r="J51" s="51"/>
+      <c r="K51" s="50"/>
+    </row>
+    <row r="52" spans="1:11" s="3" customFormat="1" ht="82.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="B52" s="49" t="s">
+        <v>87</v>
+      </c>
+      <c r="C52" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D52" s="50"/>
+      <c r="E52" s="50"/>
+      <c r="F52" s="50"/>
+      <c r="G52" s="50"/>
+      <c r="H52" s="50"/>
+      <c r="I52" s="50"/>
+      <c r="J52" s="51"/>
+      <c r="K52" s="50"/>
+    </row>
+    <row r="53" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A53" s="44" t="s">
+        <v>30</v>
+      </c>
+      <c r="B53" s="45"/>
+      <c r="C53" s="45"/>
+      <c r="D53" s="45"/>
+      <c r="E53" s="45"/>
+      <c r="F53" s="45"/>
+      <c r="G53" s="45"/>
+      <c r="H53" s="45"/>
+      <c r="I53" s="46"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="47"/>
+    </row>
+    <row r="54" spans="1:11" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+      <c r="A54" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="B54" s="49" t="s">
+        <v>88</v>
+      </c>
+      <c r="C54" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D54" s="50"/>
+      <c r="E54" s="50"/>
+      <c r="F54" s="50"/>
+      <c r="G54" s="50"/>
+      <c r="H54" s="50"/>
+      <c r="I54" s="50"/>
+      <c r="J54" s="51"/>
+      <c r="K54" s="50"/>
+    </row>
+    <row r="55" spans="1:11" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+      <c r="A55" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="B55" s="49" t="s">
+        <v>90</v>
+      </c>
+      <c r="C55" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D55" s="50"/>
+      <c r="E55" s="50"/>
+      <c r="F55" s="50"/>
+      <c r="G55" s="50"/>
+      <c r="H55" s="50"/>
+      <c r="I55" s="50"/>
+      <c r="J55" s="51"/>
+      <c r="K55" s="50"/>
+    </row>
+    <row r="56" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="B56" s="45"/>
+      <c r="C56" s="45"/>
+      <c r="D56" s="45"/>
+      <c r="E56" s="45"/>
+      <c r="F56" s="45"/>
+      <c r="G56" s="45"/>
+      <c r="H56" s="45"/>
+      <c r="I56" s="46"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="47"/>
+    </row>
+    <row r="57" spans="1:11" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+      <c r="A57" s="48" t="s">
+        <v>35</v>
+      </c>
+      <c r="B57" s="49" t="s">
+        <v>49</v>
+      </c>
+      <c r="C57" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D57" s="50"/>
+      <c r="E57" s="50"/>
+      <c r="F57" s="50"/>
+      <c r="G57" s="50"/>
+      <c r="H57" s="50"/>
+      <c r="I57" s="50"/>
+      <c r="J57" s="51"/>
+      <c r="K57" s="50"/>
+    </row>
+    <row r="58" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A58" s="48" t="s">
+        <v>137</v>
+      </c>
+      <c r="B58" s="49" t="s">
+        <v>50</v>
+      </c>
+      <c r="C58" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D58" s="50"/>
+      <c r="E58" s="50"/>
+      <c r="F58" s="50"/>
+      <c r="G58" s="50"/>
+      <c r="H58" s="50"/>
+      <c r="I58" s="50"/>
+      <c r="J58" s="51"/>
+      <c r="K58" s="50"/>
+    </row>
+    <row r="59" spans="1:11" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A59" s="48" t="s">
+        <v>92</v>
+      </c>
+      <c r="B59" s="49" t="s">
+        <v>51</v>
+      </c>
+      <c r="C59" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D59" s="50"/>
+      <c r="E59" s="50"/>
+      <c r="F59" s="50"/>
+      <c r="G59" s="50"/>
+      <c r="H59" s="50"/>
+      <c r="I59" s="50"/>
+      <c r="J59" s="51"/>
+      <c r="K59" s="50"/>
+    </row>
+    <row r="60" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A60" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="B60" s="45"/>
+      <c r="C60" s="45"/>
+      <c r="D60" s="45"/>
+      <c r="E60" s="45"/>
+      <c r="F60" s="45"/>
+      <c r="G60" s="45"/>
+      <c r="H60" s="45"/>
+      <c r="I60" s="46"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="47"/>
+    </row>
+    <row r="61" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="54" t="s">
+        <v>94</v>
+      </c>
+      <c r="B61" s="45"/>
+      <c r="C61" s="45"/>
+      <c r="D61" s="45"/>
+      <c r="E61" s="45"/>
+      <c r="F61" s="45"/>
+      <c r="G61" s="45"/>
+      <c r="H61" s="45"/>
+      <c r="I61" s="46"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="47"/>
+    </row>
+    <row r="62" spans="1:11" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+      <c r="A62" s="48" t="s">
+        <v>136</v>
+      </c>
+      <c r="B62" s="49" t="s">
+        <v>52</v>
+      </c>
+      <c r="C62" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D62" s="50"/>
+      <c r="E62" s="50"/>
+      <c r="F62" s="50"/>
+      <c r="G62" s="50"/>
+      <c r="H62" s="50"/>
+      <c r="I62" s="50"/>
+      <c r="J62" s="51"/>
+      <c r="K62" s="50"/>
+    </row>
+    <row r="63" spans="1:11" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+      <c r="A63" s="48" t="s">
+        <v>96</v>
+      </c>
+      <c r="B63" s="49" t="s">
+        <v>95</v>
+      </c>
+      <c r="C63" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D63" s="50"/>
+      <c r="E63" s="50"/>
+      <c r="F63" s="50"/>
+      <c r="G63" s="50"/>
+      <c r="H63" s="50"/>
+      <c r="I63" s="50"/>
+      <c r="J63" s="51"/>
+      <c r="K63" s="50"/>
+    </row>
+    <row r="64" spans="1:11" s="3" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B64" s="49" t="s">
+        <v>97</v>
+      </c>
+      <c r="C64" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D64" s="50"/>
+      <c r="E64" s="50"/>
+      <c r="F64" s="50"/>
+      <c r="G64" s="50"/>
+      <c r="H64" s="50"/>
+      <c r="I64" s="50"/>
+      <c r="J64" s="51"/>
+      <c r="K64" s="50"/>
+    </row>
+    <row r="65" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="54" t="s">
+        <v>99</v>
+      </c>
+      <c r="B65" s="45"/>
+      <c r="C65" s="45"/>
+      <c r="D65" s="45"/>
+      <c r="E65" s="45"/>
+      <c r="F65" s="45"/>
+      <c r="G65" s="45"/>
+      <c r="H65" s="45"/>
+      <c r="I65" s="46"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="47"/>
+    </row>
+    <row r="66" spans="1:11" s="3" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="48" t="s">
+        <v>100</v>
+      </c>
+      <c r="B66" s="49" t="s">
+        <v>101</v>
+      </c>
+      <c r="C66" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D66" s="50"/>
+      <c r="E66" s="50"/>
+      <c r="F66" s="50"/>
+      <c r="G66" s="50"/>
+      <c r="H66" s="50"/>
+      <c r="I66" s="50"/>
+      <c r="J66" s="51"/>
+      <c r="K66" s="50"/>
+    </row>
+    <row r="67" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A67" s="44" t="s">
+        <v>102</v>
+      </c>
+      <c r="B67" s="45"/>
+      <c r="C67" s="45"/>
+      <c r="D67" s="45"/>
+      <c r="E67" s="45"/>
+      <c r="F67" s="45"/>
+      <c r="G67" s="45"/>
+      <c r="H67" s="45"/>
+      <c r="I67" s="46"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="47"/>
+    </row>
+    <row r="68" spans="1:11" s="68" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="54" t="s">
+        <v>103</v>
+      </c>
+      <c r="B68" s="65"/>
+      <c r="C68" s="65"/>
+      <c r="D68" s="65"/>
+      <c r="E68" s="65"/>
+      <c r="F68" s="65"/>
+      <c r="G68" s="65"/>
+      <c r="H68" s="65"/>
+      <c r="I68" s="66"/>
+      <c r="J68" s="66"/>
+      <c r="K68" s="67"/>
+    </row>
+    <row r="69" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A69" s="48" t="s">
+        <v>104</v>
+      </c>
+      <c r="B69" s="49" t="s">
+        <v>105</v>
+      </c>
+      <c r="C69" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D69" s="50"/>
+      <c r="E69" s="50"/>
+      <c r="F69" s="50"/>
+      <c r="G69" s="50"/>
+      <c r="H69" s="50"/>
+      <c r="I69" s="50"/>
+      <c r="J69" s="51"/>
+      <c r="K69" s="50"/>
+    </row>
+    <row r="70" spans="1:11" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+      <c r="A70" s="48" t="s">
+        <v>108</v>
+      </c>
+      <c r="B70" s="49" t="s">
+        <v>106</v>
+      </c>
+      <c r="C70" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D70" s="50"/>
+      <c r="E70" s="50"/>
+      <c r="F70" s="50"/>
+      <c r="G70" s="50"/>
+      <c r="H70" s="50"/>
+      <c r="I70" s="50"/>
+      <c r="J70" s="51"/>
+      <c r="K70" s="50"/>
+    </row>
+    <row r="71" spans="1:11" s="3" customFormat="1" ht="74.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="48" t="s">
+        <v>135</v>
+      </c>
+      <c r="B71" s="49" t="s">
+        <v>107</v>
+      </c>
+      <c r="C71" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D71" s="50"/>
+      <c r="E71" s="50"/>
+      <c r="F71" s="50"/>
+      <c r="G71" s="50"/>
+      <c r="H71" s="50"/>
+      <c r="I71" s="50"/>
+      <c r="J71" s="51"/>
+      <c r="K71" s="50"/>
+    </row>
+    <row r="72" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="54" t="s">
+        <v>109</v>
+      </c>
+      <c r="B72" s="45"/>
+      <c r="C72" s="45"/>
+      <c r="D72" s="45"/>
+      <c r="E72" s="45"/>
+      <c r="F72" s="45"/>
+      <c r="G72" s="45"/>
+      <c r="H72" s="45"/>
+      <c r="I72" s="46"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="47"/>
+    </row>
+    <row r="73" spans="1:11" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A73" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="B73" s="49" t="s">
+        <v>110</v>
+      </c>
+      <c r="C73" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D73" s="50"/>
+      <c r="E73" s="50"/>
+      <c r="F73" s="50"/>
+      <c r="G73" s="50"/>
+      <c r="H73" s="50"/>
+      <c r="I73" s="50"/>
+      <c r="J73" s="51"/>
+      <c r="K73" s="50"/>
+    </row>
+    <row r="74" spans="1:11" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A74" s="48" t="s">
+        <v>112</v>
+      </c>
+      <c r="B74" s="49" t="s">
+        <v>111</v>
+      </c>
+      <c r="C74" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D74" s="50"/>
+      <c r="E74" s="50"/>
+      <c r="F74" s="50"/>
+      <c r="G74" s="50"/>
+      <c r="H74" s="50"/>
+      <c r="I74" s="50"/>
+      <c r="J74" s="51"/>
+      <c r="K74" s="50"/>
+    </row>
+    <row r="75" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A75" s="44" t="s">
+        <v>113</v>
+      </c>
+      <c r="B75" s="45"/>
+      <c r="C75" s="45"/>
+      <c r="D75" s="45"/>
+      <c r="E75" s="45"/>
+      <c r="F75" s="45"/>
+      <c r="G75" s="45"/>
+      <c r="H75" s="45"/>
+      <c r="I75" s="46"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="47"/>
+    </row>
+    <row r="76" spans="1:11" s="3" customFormat="1" ht="98" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="48" t="s">
+        <v>114</v>
+      </c>
+      <c r="B76" s="49" t="s">
+        <v>115</v>
+      </c>
+      <c r="C76" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D76" s="50"/>
+      <c r="E76" s="50"/>
+      <c r="F76" s="50"/>
+      <c r="G76" s="50"/>
+      <c r="H76" s="50"/>
+      <c r="I76" s="50"/>
+      <c r="J76" s="51"/>
+      <c r="K76" s="50"/>
+    </row>
+    <row r="77" spans="1:11" s="3" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+      <c r="A77" s="48" t="s">
+        <v>117</v>
+      </c>
+      <c r="B77" s="49" t="s">
+        <v>116</v>
+      </c>
+      <c r="C77" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D77" s="50"/>
+      <c r="E77" s="50"/>
+      <c r="F77" s="50"/>
+      <c r="G77" s="50"/>
+      <c r="H77" s="50"/>
+      <c r="I77" s="50"/>
+      <c r="J77" s="51"/>
+      <c r="K77" s="50"/>
+    </row>
+    <row r="78" spans="1:11" s="3" customFormat="1" ht="76.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="48" t="s">
+        <v>120</v>
+      </c>
+      <c r="B78" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="C78" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D78" s="50"/>
+      <c r="E78" s="50"/>
+      <c r="F78" s="50"/>
+      <c r="G78" s="50"/>
+      <c r="H78" s="50"/>
+      <c r="I78" s="50"/>
+      <c r="J78" s="51"/>
+      <c r="K78" s="50"/>
+    </row>
+    <row r="79" spans="1:11" s="3" customFormat="1" ht="120" x14ac:dyDescent="0.3">
+      <c r="A79" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" s="49" t="s">
+        <v>119</v>
+      </c>
+      <c r="C79" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D79" s="50"/>
+      <c r="E79" s="50"/>
+      <c r="F79" s="50"/>
+      <c r="G79" s="50"/>
+      <c r="H79" s="50"/>
+      <c r="I79" s="50"/>
+      <c r="J79" s="51"/>
+      <c r="K79" s="50"/>
+    </row>
+    <row r="80" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A80" s="44" t="s">
+        <v>121</v>
+      </c>
+      <c r="B80" s="45"/>
+      <c r="C80" s="45"/>
+      <c r="D80" s="45"/>
+      <c r="E80" s="45"/>
+      <c r="F80" s="45"/>
+      <c r="G80" s="45"/>
+      <c r="H80" s="45"/>
+      <c r="I80" s="46"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="47"/>
+    </row>
+    <row r="81" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="54" t="s">
+        <v>122</v>
+      </c>
+      <c r="B81" s="45"/>
+      <c r="C81" s="45"/>
+      <c r="D81" s="45"/>
+      <c r="E81" s="45"/>
+      <c r="F81" s="45"/>
+      <c r="G81" s="45"/>
+      <c r="H81" s="45"/>
+      <c r="I81" s="46"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="47"/>
+    </row>
+    <row r="82" spans="1:11" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+      <c r="A82" s="48" t="s">
+        <v>125</v>
+      </c>
+      <c r="B82" s="49" t="s">
+        <v>123</v>
+      </c>
+      <c r="C82" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D82" s="50"/>
+      <c r="E82" s="50"/>
+      <c r="F82" s="50"/>
+      <c r="G82" s="50"/>
+      <c r="H82" s="50"/>
+      <c r="I82" s="50"/>
+      <c r="J82" s="51"/>
+      <c r="K82" s="50"/>
+    </row>
+    <row r="83" spans="1:11" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A83" s="48" t="s">
+        <v>126</v>
+      </c>
+      <c r="B83" s="49" t="s">
+        <v>124</v>
+      </c>
+      <c r="C83" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D83" s="50"/>
+      <c r="E83" s="50"/>
+      <c r="F83" s="50"/>
+      <c r="G83" s="50"/>
+      <c r="H83" s="50"/>
+      <c r="I83" s="50"/>
+      <c r="J83" s="51"/>
+      <c r="K83" s="50"/>
+    </row>
+    <row r="84" spans="1:11" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="54" t="s">
+        <v>127</v>
+      </c>
+      <c r="B84" s="45"/>
+      <c r="C84" s="45"/>
+      <c r="D84" s="45"/>
+      <c r="E84" s="45"/>
+      <c r="F84" s="45"/>
+      <c r="G84" s="45"/>
+      <c r="H84" s="45"/>
+      <c r="I84" s="46"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="47"/>
+    </row>
+    <row r="85" spans="1:11" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A85" s="48" t="s">
         <v>54</v>
       </c>
-      <c r="B10" s="57"/>
-[...24 lines deleted...]
-      <c r="A12" s="60" t="s">
+      <c r="B85" s="49" t="s">
+        <v>128</v>
+      </c>
+      <c r="C85" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D85" s="50"/>
+      <c r="E85" s="50"/>
+      <c r="F85" s="50"/>
+      <c r="G85" s="50"/>
+      <c r="H85" s="50"/>
+      <c r="I85" s="50"/>
+      <c r="J85" s="51"/>
+      <c r="K85" s="50"/>
+    </row>
+    <row r="86" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A86" s="44" t="s">
+        <v>129</v>
+      </c>
+      <c r="B86" s="45"/>
+      <c r="C86" s="45"/>
+      <c r="D86" s="45"/>
+      <c r="E86" s="45"/>
+      <c r="F86" s="45"/>
+      <c r="G86" s="45"/>
+      <c r="H86" s="45"/>
+      <c r="I86" s="46"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="47"/>
+    </row>
+    <row r="87" spans="1:11" s="3" customFormat="1" ht="165" x14ac:dyDescent="0.3">
+      <c r="A87" s="48" t="s">
+        <v>134</v>
+      </c>
+      <c r="B87" s="49" t="s">
+        <v>130</v>
+      </c>
+      <c r="C87" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D87" s="50"/>
+      <c r="E87" s="50"/>
+      <c r="F87" s="50"/>
+      <c r="G87" s="50"/>
+      <c r="H87" s="50"/>
+      <c r="I87" s="50"/>
+      <c r="J87" s="51"/>
+      <c r="K87" s="50"/>
+    </row>
+    <row r="88" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A88" s="48" t="s">
         <v>55</v>
       </c>
-      <c r="B12" s="61" t="s">
-[...332 lines deleted...]
-      <c r="A34" s="65" t="s">
+      <c r="B88" s="49" t="s">
         <v>131</v>
       </c>
-      <c r="B34" s="61" t="s">
-[...12 lines deleted...]
-      <c r="A35" s="60" t="s">
+      <c r="C88" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D88" s="50"/>
+      <c r="E88" s="50"/>
+      <c r="F88" s="50"/>
+      <c r="G88" s="50"/>
+      <c r="H88" s="50"/>
+      <c r="I88" s="50"/>
+      <c r="J88" s="51"/>
+      <c r="K88" s="50"/>
+    </row>
+    <row r="89" spans="1:11" s="3" customFormat="1" ht="105" x14ac:dyDescent="0.3">
+      <c r="A89" s="48" t="s">
+        <v>133</v>
+      </c>
+      <c r="B89" s="49" t="s">
         <v>132</v>
       </c>
-      <c r="B35" s="61" t="s">
-[...739 lines deleted...]
-      <c r="J83" s="38"/>
+      <c r="C89" s="49">
+        <v>2015</v>
+      </c>
+      <c r="D89" s="50"/>
+      <c r="E89" s="50"/>
+      <c r="F89" s="50"/>
+      <c r="G89" s="50"/>
+      <c r="H89" s="50"/>
+      <c r="I89" s="50"/>
+      <c r="J89" s="51"/>
+      <c r="K89" s="50"/>
+    </row>
+    <row r="90" spans="1:11" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A90" s="60"/>
+      <c r="B90" s="28"/>
+      <c r="C90" s="28"/>
+      <c r="D90" s="28"/>
+      <c r="E90" s="28"/>
+      <c r="F90" s="28"/>
+      <c r="G90" s="28"/>
+      <c r="H90" s="28"/>
+      <c r="I90" s="28"/>
+      <c r="J90" s="61"/>
+      <c r="K90" s="28"/>
     </row>
   </sheetData>
-  <autoFilter ref="A9:J82" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A9:K89" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="16" type="noConversion"/>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G10:G83" xr:uid="{00000000-0002-0000-0200-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H10:H90" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C10:C83 E10:E83" xr:uid="{00000000-0002-0000-0200-000001000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D10:D90 F10:F90" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>"Yes,No,Partial"</formula1>
     </dataValidation>
   </dataValidations>
-  <hyperlinks>
-[...1 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="44" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="41" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Lato,Regular"&amp;12&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
-    <brk id="4" max="81" man="1"/>
+    <brk id="5" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D72261BE-5460-4B12-887F-DD4EA90BF089}">
   <dimension ref="A1:B6"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14.6640625" customWidth="1"/>
-    <col min="2" max="2" width="70.21875" customWidth="1"/>
+    <col min="1" max="1" width="19.54296875" customWidth="1"/>
+    <col min="2" max="2" width="70.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="58.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...14 lines deleted...]
-      <c r="A3" s="69">
+    <row r="1" spans="1:2" s="1" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="69" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" s="1" customFormat="1" ht="49.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="70" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" s="71" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="150" x14ac:dyDescent="0.35">
+      <c r="A3" s="55">
         <v>1</v>
       </c>
-      <c r="B3" s="70" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="69">
+      <c r="B3" s="56" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="180" x14ac:dyDescent="0.35">
+      <c r="A4" s="55">
         <v>2</v>
       </c>
-      <c r="B4" s="70" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="69">
+      <c r="B4" s="56" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="45.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="55">
         <v>3</v>
       </c>
-      <c r="B5" s="71" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="72">
+      <c r="B5" s="57" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="61" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="58">
         <v>4</v>
       </c>
-      <c r="B6" s="73" t="s">
-        <v>127</v>
+      <c r="B6" s="59" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...23 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d886e9f0196ab673da6bef6c2dfa2844" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b279931570174c37f1ca6db59fb09807">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309418f1a588f56cad73cb47b3118d34" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4185,92 +4451,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </geb11f8ce9d940728585fae6d5409a45>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C27AA69-9527-47D9-8DD7-407C82E683CD}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB154514-7D68-4DD5-BB95-C0796C9F4730}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{041364EC-B986-4552-BAF4-A0A6273F1D79}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92C342C9-7304-4A91-A2C8-113849EF3266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>