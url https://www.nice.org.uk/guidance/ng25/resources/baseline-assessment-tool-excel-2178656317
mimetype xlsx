--- v0 (2025-12-05)
+++ v1 (2026-03-22)
@@ -7,55 +7,55 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4E0A850F-4A72-4680-8C06-1F7ED0D654CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="8_{ADF704A5-0C9F-452B-8C38-443436AB957D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EBAA90F8-CB27-4003-84EA-A184CA5CF638}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="23" r:id="rId1"/>
     <sheet name="Data sheet" sheetId="26" r:id="rId2"/>
     <sheet name="Data sheet totals" sheetId="27" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Data sheet'!$A$2:$M$2</definedName>
     <definedName name="_Toc103003249" localSheetId="1">'Data sheet'!$A$7</definedName>
     <definedName name="_Toc103003250" localSheetId="1">'Data sheet'!$A$8</definedName>
     <definedName name="_Toc103003251" localSheetId="1">'Data sheet'!$A$14</definedName>
     <definedName name="_Toc103003252" localSheetId="1">'Data sheet'!$A$20</definedName>
     <definedName name="_Toc103003253" localSheetId="1">'Data sheet'!$A$25</definedName>
     <definedName name="_Toc103003255" localSheetId="1">'Data sheet'!$A$34</definedName>
     <definedName name="_Toc103003256" localSheetId="1">'Data sheet'!$A$35</definedName>
     <definedName name="_Toc103003257" localSheetId="1">'Data sheet'!$A$45</definedName>
     <definedName name="_Toc103003259" localSheetId="1">'Data sheet'!$A$60</definedName>
     <definedName name="_Toc103003260" localSheetId="1">'Data sheet'!$A$68</definedName>
     <definedName name="_Toc103003261" localSheetId="1">'Data sheet'!$A$70</definedName>
     <definedName name="_Toc103003262" localSheetId="1">'Data sheet'!$A$85</definedName>
     <definedName name="_Toc103003263" localSheetId="1">'Data sheet'!$A$90</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Data sheet totals'!$A$1:$B$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$A$18</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Data sheet'!$2:$2</definedName>
     <definedName name="rescuecc" localSheetId="1">'Data sheet'!$A$33</definedName>
@@ -814,216 +814,214 @@
     <t>1.14.1</t>
   </si>
   <si>
     <t xml:space="preserve">Position the baby at or below the level of the placenta before clamping the cord. </t>
   </si>
   <si>
     <t>1.14.2</t>
   </si>
   <si>
     <t>Number of relevant or partially relevant recommendations</t>
   </si>
   <si>
     <t>Number of recommendations met</t>
   </si>
   <si>
     <t>Number of recommendations partially met</t>
   </si>
   <si>
     <t>Percentage of recommendations met</t>
   </si>
   <si>
     <t>Percentage of recommendations partially met</t>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Consider prophylactic cervical cerclage for women when results of a transvaginal ultrasound scan carried out between 16+0 and 24+0 weeks of pregnancy show a cervical length of 25 mm or less, who have had either:
+•	preterm prelabour rupture of membranes (P PROM) in a previous pregnancy </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF222222"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF222222"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+•	a history of cervical trauma. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">If the results of the insulin-like growth factor binding protein 1 or placental alpha-microglobulin 1 test are positive, do not use the test results alone to decide what care to offer the woman, but also take into account her clinical condition, medical and pregnancy history and gestational age, and either:
+•	offer care consistent with the woman having P PROM (see sections 1.4, 1.5 and 1.9) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF222222"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF222222"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+•	re-evaluate the woman’s diagnostic status at a later time point. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Offer a choice of prophylactic vaginal progesterone or prophylactic cervical cerclage to women who have both:
+•	a history of spontaneous preterm birth (up to 34+0 weeks of pregnancy) or loss (from 16+0 weeks of pregnancy onwards), </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF222222"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t>and</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF222222"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+results from a transvaginal ultrasound scan carried out between 16+0 and 24+0 weeks of pregnancy that show a cervical length of 25 mm or less. 
+Discuss the risks and benefits of both options with the woman, and make a shared decision on which treatment is most suitable.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Consider prophylactic vaginal progesterone for women who have either:
+•	a history of spontaneous preterm birth (up to 34+0 weeks of pregnancy) or loss (from 16+0 weeks of pregnancy onwards),</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF222222"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF222222"/>
+        <rFont val="Lato"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+results from a transvaginal ultrasound scan carried out between 16+0 and 24+0 weeks of pregnancy that show a cervical length of 25 mm or less.</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>National Institute for Health and Care Excellence
-Level 1A, City Tower, Piccadilly Plaza, Manchester M1 4BT; www.nice.org.uk
+3rd floor, 3 Piccadilly Place, Manchester, M1 3BN; www.nice.org.uk
 Copyright</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t>© NICE 2024. All rights reserved.</t>
+      <t>© NICE 2026. All rights reserved.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>Subject to Notice of rights.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
-    </r>
-[...105 lines deleted...]
-•	re-evaluate the woman’s diagnostic status at a later time point. </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
@@ -1537,51 +1535,51 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>25400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>3581400</xdr:colOff>
       <xdr:row>15</xdr:row>
-      <xdr:rowOff>371475</xdr:rowOff>
+      <xdr:rowOff>367665</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15869959-E0D5-43A1-9A4B-A07CA58B68C5}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
@@ -1929,2181 +1927,2163 @@
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/ng25/resources" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nice.org.uk/guidance/ng25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/terms-and-conditions" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.83203125" defaultRowHeight="16.8" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="75.5703125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.85546875" style="1"/>
+    <col min="1" max="1" width="75.58203125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="2.25" style="1" customWidth="1"/>
+    <col min="3" max="16384" width="8.83203125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="38" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="27" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" ht="34.200000000000003" x14ac:dyDescent="0.45">
       <c r="A2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
     </row>
-    <row r="3" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
     </row>
-    <row r="4" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="37" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="62.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:5" ht="62.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A6" s="9" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A7" s="8" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A8" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:5" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A9" s="11"/>
       <c r="D9" s="3"/>
     </row>
-    <row r="10" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="12" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="13" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="155.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" ht="155.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="13" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="37" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="90" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A15" s="15" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="16"/>
     </row>
-    <row r="17" spans="1:1" ht="15" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A17" s="16"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A9" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Yes,Partially,No"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A15" r:id="rId1" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="A4" r:id="rId2" display="This baseline assessment tool should be used in conjuction with preterm labour and birth (NGXX). It can be used to evaluate whether practice is in line with the recommendations in the guideline. It can also help to plan activity to meet the recommendations." xr:uid="{763EFD94-6A3A-4779-9E1F-06F758183946}"/>
     <hyperlink ref="A14" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M92"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="16.8" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="55" style="4" customWidth="1"/>
-    <col min="2" max="2" width="19.5703125" style="4" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="11" width="12.5703125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="19.58203125" style="4" customWidth="1"/>
+    <col min="3" max="3" width="22.83203125" style="4" customWidth="1"/>
+    <col min="4" max="4" width="24.6640625" style="4" customWidth="1"/>
+    <col min="5" max="5" width="59.75" style="4" customWidth="1"/>
+    <col min="6" max="6" width="19.75" style="4" customWidth="1"/>
+    <col min="7" max="7" width="59.75" style="4" customWidth="1"/>
+    <col min="8" max="8" width="24.1640625" style="4" customWidth="1"/>
+    <col min="9" max="9" width="23.1640625" style="4" customWidth="1"/>
+    <col min="10" max="10" width="22.58203125" style="4" customWidth="1"/>
+    <col min="11" max="11" width="12.58203125" style="4" customWidth="1"/>
     <col min="12" max="13" width="22" style="4" customWidth="1"/>
-    <col min="14" max="16384" width="9.140625" style="1"/>
+    <col min="14" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" ht="31.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="27" t="str">
         <f>Introduction!A1</f>
         <v>Baseline assessment tool for preterm labour and birth (NG25)</v>
       </c>
     </row>
-    <row r="2" spans="1:13" s="7" customFormat="1" ht="82.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:13" s="7" customFormat="1" ht="108" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="28" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="28" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="28" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="28" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="28" t="s">
         <v>18</v>
       </c>
       <c r="G2" s="28" t="s">
         <v>19</v>
       </c>
       <c r="H2" s="28" t="s">
         <v>20</v>
       </c>
       <c r="I2" s="28" t="s">
         <v>21</v>
       </c>
       <c r="J2" s="28" t="s">
         <v>22</v>
       </c>
       <c r="K2" s="28" t="s">
         <v>23</v>
       </c>
       <c r="L2" s="28" t="s">
         <v>24</v>
       </c>
       <c r="M2" s="28" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="29" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
       <c r="K3" s="30"/>
       <c r="L3" s="30"/>
       <c r="M3" s="31"/>
     </row>
-    <row r="4" spans="1:13" s="2" customFormat="1" ht="195" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:13" s="2" customFormat="1" ht="241.8" x14ac:dyDescent="0.45">
       <c r="A4" s="26" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="39" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="39">
         <v>2015</v>
       </c>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="I4" s="26"/>
       <c r="J4" s="26"/>
       <c r="K4" s="26"/>
       <c r="L4" s="26"/>
       <c r="M4" s="26"/>
     </row>
-    <row r="5" spans="1:13" s="2" customFormat="1" ht="255" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:13" s="2" customFormat="1" ht="316.2" x14ac:dyDescent="0.45">
       <c r="A5" s="26" t="s">
         <v>29</v>
       </c>
       <c r="B5" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="39">
         <v>2015</v>
       </c>
       <c r="D5" s="26"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="26"/>
       <c r="I5" s="26"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
       <c r="L5" s="26"/>
       <c r="M5" s="26"/>
     </row>
-    <row r="6" spans="1:13" s="2" customFormat="1" ht="165" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:13" s="2" customFormat="1" ht="186" x14ac:dyDescent="0.45">
       <c r="A6" s="26" t="s">
         <v>31</v>
       </c>
       <c r="B6" s="39" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="39">
         <v>2022</v>
       </c>
       <c r="D6" s="26"/>
       <c r="E6" s="26"/>
       <c r="F6" s="26"/>
       <c r="G6" s="26"/>
       <c r="H6" s="26"/>
       <c r="I6" s="26"/>
       <c r="J6" s="26"/>
       <c r="K6" s="26"/>
       <c r="L6" s="26"/>
       <c r="M6" s="26"/>
     </row>
-    <row r="7" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:13" s="2" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A7" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="33"/>
       <c r="C7" s="33"/>
       <c r="D7" s="33"/>
       <c r="E7" s="33"/>
       <c r="F7" s="33"/>
       <c r="G7" s="33"/>
       <c r="H7" s="33"/>
       <c r="I7" s="34"/>
       <c r="J7" s="34"/>
       <c r="K7" s="34"/>
       <c r="L7" s="35"/>
       <c r="M7" s="35"/>
     </row>
-    <row r="8" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="29" t="s">
         <v>34</v>
       </c>
       <c r="B8" s="30"/>
       <c r="C8" s="30"/>
       <c r="D8" s="30"/>
       <c r="E8" s="30"/>
       <c r="F8" s="30"/>
       <c r="G8" s="30"/>
       <c r="H8" s="30"/>
       <c r="I8" s="30"/>
       <c r="J8" s="30"/>
       <c r="K8" s="30"/>
       <c r="L8" s="30"/>
       <c r="M8" s="31"/>
     </row>
-    <row r="9" spans="1:13" s="2" customFormat="1" ht="195" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:13" s="2" customFormat="1" ht="169.2" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="40" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B9" s="39" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="36" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="26"/>
       <c r="E9" s="26"/>
       <c r="F9" s="26"/>
       <c r="G9" s="26"/>
       <c r="H9" s="26"/>
       <c r="I9" s="26"/>
       <c r="J9" s="26"/>
       <c r="K9" s="26"/>
       <c r="L9" s="26"/>
       <c r="M9" s="26"/>
     </row>
-    <row r="10" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:13" s="2" customFormat="1" ht="97.8" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="40" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B10" s="39" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="41" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="26"/>
       <c r="E10" s="26"/>
       <c r="F10" s="26"/>
       <c r="G10" s="26"/>
       <c r="H10" s="26"/>
       <c r="I10" s="26"/>
       <c r="J10" s="26"/>
       <c r="K10" s="26"/>
       <c r="L10" s="26"/>
       <c r="M10" s="26"/>
     </row>
-    <row r="11" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A11" s="26" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="39" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="39">
         <v>2019</v>
       </c>
       <c r="D11" s="26"/>
       <c r="E11" s="26"/>
       <c r="F11" s="26"/>
       <c r="G11" s="26"/>
       <c r="H11" s="26"/>
       <c r="I11" s="26"/>
       <c r="J11" s="26"/>
       <c r="K11" s="26"/>
       <c r="L11" s="26"/>
       <c r="M11" s="26"/>
     </row>
-    <row r="12" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:13" s="2" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A12" s="40" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B12" s="39" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="41" t="s">
         <v>42</v>
       </c>
       <c r="D12" s="26"/>
       <c r="E12" s="26"/>
       <c r="F12" s="26"/>
       <c r="G12" s="26"/>
       <c r="H12" s="26"/>
       <c r="I12" s="26"/>
       <c r="J12" s="26"/>
       <c r="K12" s="26"/>
       <c r="L12" s="26"/>
       <c r="M12" s="26"/>
     </row>
-    <row r="13" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A13" s="26" t="s">
         <v>43</v>
       </c>
       <c r="B13" s="39" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="41" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="26"/>
       <c r="E13" s="26"/>
       <c r="F13" s="26"/>
       <c r="G13" s="26"/>
       <c r="H13" s="26"/>
       <c r="I13" s="26"/>
       <c r="J13" s="26"/>
       <c r="K13" s="26"/>
       <c r="L13" s="26"/>
       <c r="M13" s="26"/>
     </row>
-    <row r="14" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A14" s="29" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="30"/>
       <c r="C14" s="42"/>
       <c r="D14" s="30"/>
       <c r="E14" s="30"/>
       <c r="F14" s="30"/>
       <c r="G14" s="30"/>
       <c r="H14" s="30"/>
       <c r="I14" s="30"/>
       <c r="J14" s="30"/>
       <c r="K14" s="30"/>
       <c r="L14" s="30"/>
       <c r="M14" s="31"/>
     </row>
-    <row r="15" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:13" s="2" customFormat="1" ht="148.80000000000001" x14ac:dyDescent="0.45">
       <c r="A15" s="26" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="39" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="41" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="26"/>
       <c r="E15" s="26"/>
       <c r="F15" s="26"/>
       <c r="G15" s="26"/>
       <c r="H15" s="26"/>
       <c r="I15" s="26"/>
       <c r="J15" s="26"/>
       <c r="K15" s="26"/>
       <c r="L15" s="26"/>
       <c r="M15" s="26"/>
     </row>
-    <row r="16" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:13" s="2" customFormat="1" ht="148.80000000000001" x14ac:dyDescent="0.45">
       <c r="A16" s="40" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B16" s="39" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="39">
         <v>2015</v>
       </c>
       <c r="D16" s="26"/>
       <c r="E16" s="26"/>
       <c r="F16" s="26"/>
       <c r="G16" s="26"/>
       <c r="H16" s="26"/>
       <c r="I16" s="26"/>
       <c r="J16" s="26"/>
       <c r="K16" s="26"/>
       <c r="L16" s="26"/>
       <c r="M16" s="26"/>
     </row>
-    <row r="17" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:13" s="2" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A17" s="26" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="39" t="s">
         <v>50</v>
       </c>
       <c r="C17" s="39" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="26"/>
       <c r="G17" s="26"/>
       <c r="H17" s="26"/>
       <c r="I17" s="26"/>
       <c r="J17" s="26"/>
       <c r="K17" s="26"/>
       <c r="L17" s="26"/>
       <c r="M17" s="26"/>
     </row>
-    <row r="18" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:13" s="2" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A18" s="26" t="s">
         <v>52</v>
       </c>
       <c r="B18" s="39" t="s">
         <v>53</v>
       </c>
       <c r="C18" s="39">
         <v>2015</v>
       </c>
       <c r="D18" s="26"/>
       <c r="E18" s="26"/>
       <c r="F18" s="26"/>
       <c r="G18" s="26"/>
       <c r="H18" s="26"/>
       <c r="I18" s="26"/>
       <c r="J18" s="26"/>
       <c r="K18" s="26"/>
       <c r="L18" s="26"/>
       <c r="M18" s="26"/>
     </row>
-    <row r="19" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A19" s="26" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="39" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="39">
         <v>2015</v>
       </c>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
       <c r="F19" s="26"/>
       <c r="G19" s="26"/>
       <c r="H19" s="26"/>
       <c r="I19" s="26"/>
       <c r="J19" s="26"/>
       <c r="K19" s="26"/>
       <c r="L19" s="26"/>
       <c r="M19" s="26"/>
     </row>
-    <row r="20" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A20" s="29" t="s">
         <v>56</v>
       </c>
       <c r="B20" s="30"/>
       <c r="C20" s="30"/>
       <c r="D20" s="30"/>
       <c r="E20" s="30"/>
       <c r="F20" s="30"/>
       <c r="G20" s="30"/>
       <c r="H20" s="30"/>
       <c r="I20" s="30"/>
       <c r="J20" s="30"/>
       <c r="K20" s="30"/>
       <c r="L20" s="30"/>
       <c r="M20" s="31"/>
     </row>
-    <row r="21" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A21" s="26" t="s">
         <v>57</v>
       </c>
       <c r="B21" s="39" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="39" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="26"/>
       <c r="E21" s="26"/>
       <c r="F21" s="26"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
       <c r="I21" s="26"/>
       <c r="J21" s="26"/>
       <c r="K21" s="26"/>
       <c r="L21" s="26"/>
       <c r="M21" s="26"/>
     </row>
-    <row r="22" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:13" s="2" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A22" s="26" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="39" t="s">
         <v>60</v>
       </c>
       <c r="C22" s="39" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="26"/>
       <c r="E22" s="26"/>
       <c r="F22" s="26"/>
       <c r="G22" s="26"/>
       <c r="H22" s="26"/>
       <c r="I22" s="26"/>
       <c r="J22" s="26"/>
       <c r="K22" s="26"/>
       <c r="L22" s="26"/>
       <c r="M22" s="26"/>
     </row>
-    <row r="23" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A23" s="26" t="s">
         <v>62</v>
       </c>
       <c r="B23" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C23" s="39">
         <v>2015</v>
       </c>
       <c r="D23" s="26"/>
       <c r="E23" s="26"/>
       <c r="F23" s="26"/>
       <c r="G23" s="26"/>
       <c r="H23" s="26"/>
       <c r="I23" s="26"/>
       <c r="J23" s="26"/>
       <c r="K23" s="26"/>
       <c r="L23" s="26"/>
       <c r="M23" s="26"/>
     </row>
-    <row r="24" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:13" s="2" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A24" s="26" t="s">
         <v>64</v>
       </c>
       <c r="B24" s="39" t="s">
         <v>65</v>
       </c>
       <c r="C24" s="39">
         <v>2015</v>
       </c>
       <c r="D24" s="26"/>
       <c r="E24" s="26"/>
       <c r="F24" s="26"/>
       <c r="G24" s="26"/>
       <c r="H24" s="26"/>
       <c r="I24" s="26"/>
       <c r="J24" s="26"/>
       <c r="K24" s="26"/>
       <c r="L24" s="26"/>
       <c r="M24" s="26"/>
     </row>
-    <row r="25" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A25" s="29" t="s">
         <v>66</v>
       </c>
       <c r="B25" s="30"/>
       <c r="C25" s="43"/>
       <c r="D25" s="30"/>
       <c r="E25" s="30"/>
       <c r="F25" s="30"/>
       <c r="G25" s="30"/>
       <c r="H25" s="30"/>
       <c r="I25" s="30"/>
       <c r="J25" s="30"/>
       <c r="K25" s="30"/>
       <c r="L25" s="30"/>
       <c r="M25" s="31"/>
     </row>
-    <row r="26" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:13" s="2" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A26" s="26" t="s">
         <v>67</v>
       </c>
       <c r="B26" s="39" t="s">
         <v>68</v>
       </c>
       <c r="C26" s="39">
         <v>2015</v>
       </c>
       <c r="D26" s="26"/>
       <c r="E26" s="26"/>
       <c r="F26" s="26"/>
       <c r="G26" s="26"/>
       <c r="H26" s="26"/>
       <c r="I26" s="26"/>
       <c r="J26" s="26"/>
       <c r="K26" s="26"/>
       <c r="L26" s="26"/>
       <c r="M26" s="26"/>
     </row>
-    <row r="27" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:13" s="2" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A27" s="26" t="s">
         <v>69</v>
       </c>
       <c r="B27" s="39" t="s">
         <v>70</v>
       </c>
       <c r="C27" s="39">
         <v>2015</v>
       </c>
       <c r="D27" s="26"/>
       <c r="E27" s="26"/>
       <c r="F27" s="26"/>
       <c r="G27" s="26"/>
       <c r="H27" s="26"/>
       <c r="I27" s="26"/>
       <c r="J27" s="26"/>
       <c r="K27" s="26"/>
       <c r="L27" s="26"/>
       <c r="M27" s="26"/>
     </row>
-    <row r="28" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A28" s="26" t="s">
         <v>71</v>
       </c>
       <c r="B28" s="39" t="s">
         <v>72</v>
       </c>
       <c r="C28" s="39">
         <v>2015</v>
       </c>
       <c r="D28" s="26"/>
       <c r="E28" s="26"/>
       <c r="F28" s="26"/>
       <c r="G28" s="26"/>
       <c r="H28" s="26"/>
       <c r="I28" s="26"/>
       <c r="J28" s="26"/>
       <c r="K28" s="26"/>
       <c r="L28" s="26"/>
       <c r="M28" s="26"/>
     </row>
-    <row r="29" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A29" s="29" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="30"/>
       <c r="C29" s="43"/>
       <c r="D29" s="30"/>
       <c r="E29" s="30"/>
       <c r="F29" s="30"/>
       <c r="G29" s="30"/>
       <c r="H29" s="30"/>
       <c r="I29" s="30"/>
       <c r="J29" s="30"/>
       <c r="K29" s="30"/>
       <c r="L29" s="30"/>
       <c r="M29" s="31"/>
     </row>
-    <row r="30" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:13" s="2" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A30" s="26" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="39" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="39" t="s">
         <v>51</v>
       </c>
       <c r="D30" s="26"/>
       <c r="E30" s="26"/>
       <c r="F30" s="26"/>
       <c r="G30" s="26"/>
       <c r="H30" s="26"/>
       <c r="I30" s="26"/>
       <c r="J30" s="26"/>
       <c r="K30" s="26"/>
       <c r="L30" s="26"/>
       <c r="M30" s="26"/>
     </row>
-    <row r="31" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:13" s="2" customFormat="1" ht="118.8" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A31" s="26" t="s">
         <v>76</v>
       </c>
       <c r="B31" s="39" t="s">
         <v>77</v>
       </c>
       <c r="C31" s="39" t="s">
         <v>51</v>
       </c>
       <c r="D31" s="26"/>
       <c r="E31" s="26"/>
       <c r="F31" s="26"/>
       <c r="G31" s="26"/>
       <c r="H31" s="26"/>
       <c r="I31" s="26"/>
       <c r="J31" s="26"/>
       <c r="K31" s="26"/>
       <c r="L31" s="26"/>
       <c r="M31" s="26"/>
     </row>
-    <row r="32" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:13" s="2" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A32" s="26" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="39" t="s">
         <v>79</v>
       </c>
       <c r="C32" s="39" t="s">
         <v>80</v>
       </c>
       <c r="D32" s="26"/>
       <c r="E32" s="26"/>
       <c r="F32" s="26"/>
       <c r="G32" s="26"/>
       <c r="H32" s="26"/>
       <c r="I32" s="26"/>
       <c r="J32" s="26"/>
       <c r="K32" s="26"/>
       <c r="L32" s="26"/>
       <c r="M32" s="26"/>
     </row>
-    <row r="33" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A33" s="26" t="s">
         <v>81</v>
       </c>
       <c r="B33" s="39" t="s">
         <v>82</v>
       </c>
       <c r="C33" s="39" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="26"/>
       <c r="E33" s="26"/>
       <c r="F33" s="26"/>
       <c r="G33" s="26"/>
       <c r="H33" s="26"/>
       <c r="I33" s="26"/>
       <c r="J33" s="26"/>
       <c r="K33" s="26"/>
       <c r="L33" s="26"/>
       <c r="M33" s="26"/>
     </row>
-    <row r="34" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:13" s="2" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A34" s="32" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="33"/>
       <c r="C34" s="44"/>
       <c r="D34" s="33"/>
       <c r="E34" s="33"/>
       <c r="F34" s="33"/>
       <c r="G34" s="33"/>
       <c r="H34" s="33"/>
       <c r="I34" s="34"/>
       <c r="J34" s="34"/>
       <c r="K34" s="34"/>
       <c r="L34" s="35"/>
       <c r="M34" s="35"/>
     </row>
-    <row r="35" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A35" s="29" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="30"/>
       <c r="C35" s="43"/>
       <c r="D35" s="30"/>
       <c r="E35" s="30"/>
       <c r="F35" s="30"/>
       <c r="G35" s="30"/>
       <c r="H35" s="30"/>
       <c r="I35" s="30"/>
       <c r="J35" s="30"/>
       <c r="K35" s="30"/>
       <c r="L35" s="30"/>
       <c r="M35" s="31"/>
     </row>
-    <row r="36" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:13" s="2" customFormat="1" ht="148.80000000000001" x14ac:dyDescent="0.45">
       <c r="A36" s="26" t="s">
         <v>85</v>
       </c>
       <c r="B36" s="39" t="s">
         <v>86</v>
       </c>
       <c r="C36" s="39">
         <v>2015</v>
       </c>
       <c r="D36" s="26"/>
       <c r="E36" s="26"/>
       <c r="F36" s="26"/>
       <c r="G36" s="26"/>
       <c r="H36" s="26"/>
       <c r="I36" s="26"/>
       <c r="J36" s="26"/>
       <c r="K36" s="26"/>
       <c r="L36" s="26"/>
       <c r="M36" s="26"/>
     </row>
-    <row r="37" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:13" s="2" customFormat="1" ht="167.4" x14ac:dyDescent="0.45">
       <c r="A37" s="26" t="s">
         <v>87</v>
       </c>
       <c r="B37" s="39" t="s">
         <v>88</v>
       </c>
       <c r="C37" s="39">
         <v>2015</v>
       </c>
       <c r="D37" s="26"/>
       <c r="E37" s="26"/>
       <c r="F37" s="26"/>
       <c r="G37" s="26"/>
       <c r="H37" s="26"/>
       <c r="I37" s="26"/>
       <c r="J37" s="26"/>
       <c r="K37" s="26"/>
       <c r="L37" s="26"/>
       <c r="M37" s="26"/>
     </row>
-    <row r="38" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A38" s="26" t="s">
         <v>89</v>
       </c>
       <c r="B38" s="39" t="s">
         <v>90</v>
       </c>
       <c r="C38" s="39">
         <v>2015</v>
       </c>
       <c r="D38" s="26"/>
       <c r="E38" s="26"/>
       <c r="F38" s="26"/>
       <c r="G38" s="26"/>
       <c r="H38" s="26"/>
       <c r="I38" s="26"/>
       <c r="J38" s="26"/>
       <c r="K38" s="26"/>
       <c r="L38" s="26"/>
       <c r="M38" s="26"/>
     </row>
-    <row r="39" spans="1:13" s="2" customFormat="1" ht="225" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:13" s="2" customFormat="1" ht="279" x14ac:dyDescent="0.45">
       <c r="A39" s="26" t="s">
         <v>91</v>
       </c>
       <c r="B39" s="39" t="s">
         <v>92</v>
       </c>
       <c r="C39" s="39">
         <v>2015</v>
       </c>
       <c r="D39" s="26"/>
       <c r="E39" s="26"/>
       <c r="F39" s="26"/>
       <c r="G39" s="26"/>
       <c r="H39" s="26"/>
       <c r="I39" s="26"/>
       <c r="J39" s="26"/>
       <c r="K39" s="26"/>
       <c r="L39" s="26"/>
       <c r="M39" s="26"/>
     </row>
-    <row r="40" spans="1:13" s="2" customFormat="1" ht="225" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:13" s="2" customFormat="1" ht="279" x14ac:dyDescent="0.45">
       <c r="A40" s="26" t="s">
         <v>93</v>
       </c>
       <c r="B40" s="39" t="s">
         <v>94</v>
       </c>
       <c r="C40" s="39">
         <v>2015</v>
       </c>
       <c r="D40" s="26"/>
       <c r="E40" s="26"/>
       <c r="F40" s="26"/>
       <c r="G40" s="26"/>
       <c r="H40" s="26"/>
       <c r="I40" s="26"/>
       <c r="J40" s="26"/>
       <c r="K40" s="26"/>
       <c r="L40" s="26"/>
       <c r="M40" s="26"/>
     </row>
-    <row r="41" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:13" s="2" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A41" s="26" t="s">
         <v>95</v>
       </c>
       <c r="B41" s="39" t="s">
         <v>96</v>
       </c>
       <c r="C41" s="39">
         <v>2015</v>
       </c>
       <c r="D41" s="26"/>
       <c r="E41" s="26"/>
       <c r="F41" s="26"/>
       <c r="G41" s="26"/>
       <c r="H41" s="26"/>
       <c r="I41" s="26"/>
       <c r="J41" s="26"/>
       <c r="K41" s="26"/>
       <c r="L41" s="26"/>
       <c r="M41" s="26"/>
     </row>
-    <row r="42" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A42" s="26" t="s">
         <v>97</v>
       </c>
       <c r="B42" s="39" t="s">
         <v>98</v>
       </c>
       <c r="C42" s="39">
         <v>2015</v>
       </c>
       <c r="D42" s="26"/>
       <c r="E42" s="26"/>
       <c r="F42" s="26"/>
       <c r="G42" s="26"/>
       <c r="H42" s="26"/>
       <c r="I42" s="26"/>
       <c r="J42" s="26"/>
       <c r="K42" s="26"/>
       <c r="L42" s="26"/>
       <c r="M42" s="26"/>
     </row>
-    <row r="43" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A43" s="26" t="s">
         <v>99</v>
       </c>
       <c r="B43" s="39" t="s">
         <v>100</v>
       </c>
       <c r="C43" s="39">
         <v>2015</v>
       </c>
       <c r="D43" s="26"/>
       <c r="E43" s="26"/>
       <c r="F43" s="26"/>
       <c r="G43" s="26"/>
       <c r="H43" s="26"/>
       <c r="I43" s="26"/>
       <c r="J43" s="26"/>
       <c r="K43" s="26"/>
       <c r="L43" s="26"/>
       <c r="M43" s="26"/>
     </row>
-    <row r="44" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A44" s="26" t="s">
         <v>101</v>
       </c>
       <c r="B44" s="39" t="s">
         <v>102</v>
       </c>
       <c r="C44" s="39">
         <v>2019</v>
       </c>
       <c r="D44" s="26"/>
       <c r="E44" s="26"/>
       <c r="F44" s="26"/>
       <c r="G44" s="26"/>
       <c r="H44" s="26"/>
       <c r="I44" s="26"/>
       <c r="J44" s="26"/>
       <c r="K44" s="26"/>
       <c r="L44" s="26"/>
       <c r="M44" s="26"/>
     </row>
-    <row r="45" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A45" s="29" t="s">
         <v>103</v>
       </c>
       <c r="B45" s="30"/>
       <c r="C45" s="43"/>
       <c r="D45" s="30"/>
       <c r="E45" s="30"/>
       <c r="F45" s="30"/>
       <c r="G45" s="30"/>
       <c r="H45" s="30"/>
       <c r="I45" s="30"/>
       <c r="J45" s="30"/>
       <c r="K45" s="30"/>
       <c r="L45" s="30"/>
       <c r="M45" s="31"/>
     </row>
-    <row r="46" spans="1:13" s="2" customFormat="1" ht="165" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:13" s="2" customFormat="1" ht="204.6" x14ac:dyDescent="0.45">
       <c r="A46" s="26" t="s">
         <v>104</v>
       </c>
       <c r="B46" s="39" t="s">
         <v>105</v>
       </c>
       <c r="C46" s="39" t="s">
         <v>80</v>
       </c>
       <c r="D46" s="26"/>
       <c r="E46" s="26"/>
       <c r="F46" s="26"/>
       <c r="G46" s="26"/>
       <c r="H46" s="26"/>
       <c r="I46" s="26"/>
       <c r="J46" s="26"/>
       <c r="K46" s="26"/>
       <c r="L46" s="26"/>
       <c r="M46" s="26"/>
     </row>
-    <row r="47" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:13" s="2" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A47" s="26" t="s">
         <v>106</v>
       </c>
       <c r="B47" s="39" t="s">
         <v>107</v>
       </c>
       <c r="C47" s="39">
         <v>2015</v>
       </c>
       <c r="D47" s="26"/>
       <c r="E47" s="26"/>
       <c r="F47" s="26"/>
       <c r="G47" s="26"/>
       <c r="H47" s="26"/>
       <c r="I47" s="26"/>
       <c r="J47" s="26"/>
       <c r="K47" s="26"/>
       <c r="L47" s="26"/>
       <c r="M47" s="26"/>
     </row>
-    <row r="48" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:13" s="2" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A48" s="26" t="s">
         <v>108</v>
       </c>
       <c r="B48" s="39" t="s">
         <v>109</v>
       </c>
       <c r="C48" s="39">
         <v>2015</v>
       </c>
       <c r="D48" s="26"/>
       <c r="E48" s="26"/>
       <c r="F48" s="26"/>
       <c r="G48" s="26"/>
       <c r="H48" s="26"/>
       <c r="I48" s="26"/>
       <c r="J48" s="26"/>
       <c r="K48" s="26"/>
       <c r="L48" s="26"/>
       <c r="M48" s="26"/>
     </row>
-    <row r="49" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A49" s="26" t="s">
         <v>110</v>
       </c>
       <c r="B49" s="39" t="s">
         <v>111</v>
       </c>
       <c r="C49" s="39">
         <v>2015</v>
       </c>
       <c r="D49" s="26"/>
       <c r="E49" s="26"/>
       <c r="F49" s="26"/>
       <c r="G49" s="26"/>
       <c r="H49" s="26"/>
       <c r="I49" s="26"/>
       <c r="J49" s="26"/>
       <c r="K49" s="26"/>
       <c r="L49" s="26"/>
       <c r="M49" s="26"/>
     </row>
-    <row r="50" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:13" s="2" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A50" s="26" t="s">
         <v>112</v>
       </c>
       <c r="B50" s="39" t="s">
         <v>113</v>
       </c>
       <c r="C50" s="39">
         <v>2015</v>
       </c>
       <c r="D50" s="26"/>
       <c r="E50" s="26"/>
       <c r="F50" s="26"/>
       <c r="G50" s="26"/>
       <c r="H50" s="26"/>
       <c r="I50" s="26"/>
       <c r="J50" s="26"/>
       <c r="K50" s="26"/>
       <c r="L50" s="26"/>
       <c r="M50" s="26"/>
     </row>
-    <row r="51" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A51" s="29" t="s">
         <v>114</v>
       </c>
       <c r="B51" s="30"/>
       <c r="C51" s="43"/>
       <c r="D51" s="30"/>
       <c r="E51" s="30"/>
       <c r="F51" s="30"/>
       <c r="G51" s="30"/>
       <c r="H51" s="30"/>
       <c r="I51" s="30"/>
       <c r="J51" s="30"/>
       <c r="K51" s="30"/>
       <c r="L51" s="30"/>
       <c r="M51" s="31"/>
     </row>
-    <row r="52" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A52" s="45" t="s">
         <v>115</v>
       </c>
       <c r="B52" s="39"/>
       <c r="C52" s="39"/>
       <c r="D52" s="26"/>
       <c r="E52" s="26"/>
       <c r="F52" s="26"/>
       <c r="G52" s="26"/>
       <c r="H52" s="26"/>
       <c r="I52" s="26"/>
       <c r="J52" s="26"/>
       <c r="K52" s="26"/>
       <c r="L52" s="26"/>
       <c r="M52" s="26"/>
     </row>
-    <row r="53" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:13" s="2" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A53" s="26" t="s">
         <v>116</v>
       </c>
       <c r="B53" s="39" t="s">
         <v>117</v>
       </c>
       <c r="C53" s="39" t="s">
         <v>51</v>
       </c>
       <c r="D53" s="26"/>
       <c r="E53" s="26"/>
       <c r="F53" s="26"/>
       <c r="G53" s="26"/>
       <c r="H53" s="26"/>
       <c r="I53" s="26"/>
       <c r="J53" s="26"/>
       <c r="K53" s="26"/>
       <c r="L53" s="26"/>
       <c r="M53" s="26"/>
     </row>
-    <row r="54" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A54" s="26" t="s">
         <v>118</v>
       </c>
       <c r="B54" s="39" t="s">
         <v>119</v>
       </c>
       <c r="C54" s="39" t="s">
         <v>42</v>
       </c>
       <c r="D54" s="26"/>
       <c r="E54" s="26"/>
       <c r="F54" s="26"/>
       <c r="G54" s="26"/>
       <c r="H54" s="26"/>
       <c r="I54" s="26"/>
       <c r="J54" s="26"/>
       <c r="K54" s="26"/>
       <c r="L54" s="26"/>
       <c r="M54" s="26"/>
     </row>
-    <row r="55" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A55" s="26" t="s">
         <v>120</v>
       </c>
       <c r="B55" s="39" t="s">
         <v>121</v>
       </c>
       <c r="C55" s="39">
         <v>2015</v>
       </c>
       <c r="D55" s="26"/>
       <c r="E55" s="26"/>
       <c r="F55" s="26"/>
       <c r="G55" s="26"/>
       <c r="H55" s="26"/>
       <c r="I55" s="26"/>
       <c r="J55" s="26"/>
       <c r="K55" s="26"/>
       <c r="L55" s="26"/>
       <c r="M55" s="26"/>
     </row>
-    <row r="56" spans="1:13" s="2" customFormat="1" ht="120" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:13" s="2" customFormat="1" ht="148.80000000000001" x14ac:dyDescent="0.45">
       <c r="A56" s="40" t="s">
         <v>122</v>
       </c>
       <c r="B56" s="39" t="s">
         <v>123</v>
       </c>
       <c r="C56" s="39">
         <v>2022</v>
       </c>
       <c r="D56" s="26"/>
       <c r="E56" s="26"/>
       <c r="F56" s="26"/>
       <c r="G56" s="26"/>
       <c r="H56" s="26"/>
       <c r="I56" s="26"/>
       <c r="J56" s="26"/>
       <c r="K56" s="26"/>
       <c r="L56" s="26"/>
       <c r="M56" s="26"/>
     </row>
-    <row r="57" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A57" s="26" t="s">
         <v>124</v>
       </c>
       <c r="B57" s="39" t="s">
         <v>125</v>
       </c>
       <c r="C57" s="39">
         <v>2022</v>
       </c>
       <c r="D57" s="26"/>
       <c r="E57" s="26"/>
       <c r="F57" s="26"/>
       <c r="G57" s="26"/>
       <c r="H57" s="26"/>
       <c r="I57" s="26"/>
       <c r="J57" s="26"/>
       <c r="K57" s="26"/>
       <c r="L57" s="26"/>
       <c r="M57" s="26"/>
     </row>
-    <row r="58" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A58" s="26" t="s">
         <v>126</v>
       </c>
       <c r="B58" s="39" t="s">
         <v>127</v>
       </c>
       <c r="C58" s="39" t="s">
         <v>128</v>
       </c>
       <c r="D58" s="26"/>
       <c r="E58" s="26"/>
       <c r="F58" s="26"/>
       <c r="G58" s="26"/>
       <c r="H58" s="26"/>
       <c r="I58" s="26"/>
       <c r="J58" s="26"/>
       <c r="K58" s="26"/>
       <c r="L58" s="26"/>
       <c r="M58" s="26"/>
     </row>
-    <row r="59" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A59" s="26" t="s">
         <v>129</v>
       </c>
       <c r="B59" s="39" t="s">
         <v>130</v>
       </c>
       <c r="C59" s="39">
         <v>2019</v>
       </c>
       <c r="D59" s="26"/>
       <c r="E59" s="26"/>
       <c r="F59" s="26"/>
       <c r="G59" s="26"/>
       <c r="H59" s="26"/>
       <c r="I59" s="26"/>
       <c r="J59" s="26"/>
       <c r="K59" s="26"/>
       <c r="L59" s="26"/>
       <c r="M59" s="26"/>
     </row>
-    <row r="60" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A60" s="29" t="s">
         <v>131</v>
       </c>
       <c r="B60" s="30"/>
       <c r="C60" s="43"/>
       <c r="D60" s="30"/>
       <c r="E60" s="30"/>
       <c r="F60" s="30"/>
       <c r="G60" s="30"/>
       <c r="H60" s="30"/>
       <c r="I60" s="30"/>
       <c r="J60" s="30"/>
       <c r="K60" s="30"/>
       <c r="L60" s="30"/>
       <c r="M60" s="31"/>
     </row>
-    <row r="61" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:13" s="2" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A61" s="45" t="s">
         <v>132</v>
       </c>
       <c r="B61" s="39"/>
       <c r="C61" s="39"/>
       <c r="D61" s="26"/>
       <c r="E61" s="26"/>
       <c r="F61" s="26"/>
       <c r="G61" s="26"/>
       <c r="H61" s="26"/>
       <c r="I61" s="26"/>
       <c r="J61" s="26"/>
       <c r="K61" s="26"/>
       <c r="L61" s="26"/>
       <c r="M61" s="26"/>
     </row>
-    <row r="62" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:13" s="2" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A62" s="26" t="s">
         <v>133</v>
       </c>
       <c r="B62" s="39" t="s">
         <v>134</v>
       </c>
       <c r="C62" s="39">
         <v>2019</v>
       </c>
       <c r="D62" s="26"/>
       <c r="E62" s="26"/>
       <c r="F62" s="26"/>
       <c r="G62" s="26"/>
       <c r="H62" s="26"/>
       <c r="I62" s="26"/>
       <c r="J62" s="26"/>
       <c r="K62" s="26"/>
       <c r="L62" s="26"/>
       <c r="M62" s="26"/>
     </row>
-    <row r="63" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:13" s="2" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A63" s="26" t="s">
         <v>135</v>
       </c>
       <c r="B63" s="39" t="s">
         <v>136</v>
       </c>
       <c r="C63" s="39">
         <v>2015</v>
       </c>
       <c r="D63" s="26"/>
       <c r="E63" s="26"/>
       <c r="F63" s="26"/>
       <c r="G63" s="26"/>
       <c r="H63" s="26"/>
       <c r="I63" s="26"/>
       <c r="J63" s="26"/>
       <c r="K63" s="26"/>
       <c r="L63" s="26"/>
       <c r="M63" s="26"/>
     </row>
-    <row r="64" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:13" s="2" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A64" s="26" t="s">
         <v>137</v>
       </c>
       <c r="B64" s="39" t="s">
         <v>138</v>
       </c>
       <c r="C64" s="39">
         <v>2015</v>
       </c>
       <c r="D64" s="26"/>
       <c r="E64" s="26"/>
       <c r="F64" s="26"/>
       <c r="G64" s="26"/>
       <c r="H64" s="26"/>
       <c r="I64" s="26"/>
       <c r="J64" s="26"/>
       <c r="K64" s="26"/>
       <c r="L64" s="26"/>
       <c r="M64" s="26"/>
     </row>
-    <row r="65" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A65" s="26" t="s">
         <v>139</v>
       </c>
       <c r="B65" s="39" t="s">
         <v>140</v>
       </c>
       <c r="C65" s="39">
         <v>2015</v>
       </c>
       <c r="D65" s="26"/>
       <c r="E65" s="26"/>
       <c r="F65" s="26"/>
       <c r="G65" s="26"/>
       <c r="H65" s="26"/>
       <c r="I65" s="26"/>
       <c r="J65" s="26"/>
       <c r="K65" s="26"/>
       <c r="L65" s="26"/>
       <c r="M65" s="26"/>
     </row>
-    <row r="66" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:13" s="2" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A66" s="26" t="s">
         <v>141</v>
       </c>
       <c r="B66" s="39" t="s">
         <v>142</v>
       </c>
       <c r="C66" s="39">
         <v>2015</v>
       </c>
       <c r="D66" s="26"/>
       <c r="E66" s="26"/>
       <c r="F66" s="26"/>
       <c r="G66" s="26"/>
       <c r="H66" s="26"/>
       <c r="I66" s="26"/>
       <c r="J66" s="26"/>
       <c r="K66" s="26"/>
       <c r="L66" s="26"/>
       <c r="M66" s="26"/>
     </row>
-    <row r="67" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A67" s="26" t="s">
         <v>143</v>
       </c>
       <c r="B67" s="39" t="s">
         <v>144</v>
       </c>
       <c r="C67" s="39" t="s">
         <v>80</v>
       </c>
       <c r="D67" s="26"/>
       <c r="E67" s="26"/>
       <c r="F67" s="26"/>
       <c r="G67" s="26"/>
       <c r="H67" s="26"/>
       <c r="I67" s="26"/>
       <c r="J67" s="26"/>
       <c r="K67" s="26"/>
       <c r="L67" s="26"/>
       <c r="M67" s="26"/>
     </row>
-    <row r="68" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A68" s="29" t="s">
         <v>145</v>
       </c>
       <c r="B68" s="30"/>
       <c r="C68" s="43"/>
       <c r="D68" s="30"/>
       <c r="E68" s="30"/>
       <c r="F68" s="30"/>
       <c r="G68" s="30"/>
       <c r="H68" s="30"/>
       <c r="I68" s="30"/>
       <c r="J68" s="30"/>
       <c r="K68" s="30"/>
       <c r="L68" s="30"/>
       <c r="M68" s="31"/>
     </row>
-    <row r="69" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A69" s="26" t="s">
         <v>146</v>
       </c>
       <c r="B69" s="39" t="s">
         <v>147</v>
       </c>
       <c r="C69" s="39">
         <v>2019</v>
       </c>
       <c r="D69" s="26"/>
       <c r="E69" s="26"/>
       <c r="F69" s="26"/>
       <c r="G69" s="26"/>
       <c r="H69" s="26"/>
       <c r="I69" s="26"/>
       <c r="J69" s="26"/>
       <c r="K69" s="26"/>
       <c r="L69" s="26"/>
       <c r="M69" s="26"/>
     </row>
-    <row r="70" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A70" s="29" t="s">
         <v>148</v>
       </c>
       <c r="B70" s="30"/>
       <c r="C70" s="43"/>
       <c r="D70" s="30"/>
       <c r="E70" s="30"/>
       <c r="F70" s="30"/>
       <c r="G70" s="30"/>
       <c r="H70" s="30"/>
       <c r="I70" s="30"/>
       <c r="J70" s="30"/>
       <c r="K70" s="30"/>
       <c r="L70" s="30"/>
       <c r="M70" s="31"/>
     </row>
-    <row r="71" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:13" s="2" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A71" s="32" t="s">
         <v>149</v>
       </c>
       <c r="B71" s="33"/>
       <c r="C71" s="44"/>
       <c r="D71" s="33"/>
       <c r="E71" s="33"/>
       <c r="F71" s="33"/>
       <c r="G71" s="33"/>
       <c r="H71" s="33"/>
       <c r="I71" s="34"/>
       <c r="J71" s="34"/>
       <c r="K71" s="34"/>
       <c r="L71" s="35"/>
       <c r="M71" s="35"/>
     </row>
-    <row r="72" spans="1:13" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:13" s="2" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A72" s="26" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="39" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="39">
         <v>2015</v>
       </c>
       <c r="D72" s="26"/>
       <c r="E72" s="26"/>
       <c r="F72" s="26"/>
       <c r="G72" s="26"/>
       <c r="H72" s="26"/>
       <c r="I72" s="26"/>
       <c r="J72" s="26"/>
       <c r="K72" s="26"/>
       <c r="L72" s="26"/>
       <c r="M72" s="26"/>
     </row>
-    <row r="73" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A73" s="26" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="39" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="39">
         <v>2015</v>
       </c>
       <c r="D73" s="26"/>
       <c r="E73" s="26"/>
       <c r="F73" s="26"/>
       <c r="G73" s="26"/>
       <c r="H73" s="26"/>
       <c r="I73" s="26"/>
       <c r="J73" s="26"/>
       <c r="K73" s="26"/>
       <c r="L73" s="26"/>
       <c r="M73" s="26"/>
     </row>
-    <row r="74" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:13" s="2" customFormat="1" ht="186" x14ac:dyDescent="0.45">
       <c r="A74" s="26" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="39" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="39">
         <v>2015</v>
       </c>
       <c r="D74" s="26"/>
       <c r="E74" s="26"/>
       <c r="F74" s="26"/>
       <c r="G74" s="26"/>
       <c r="H74" s="26"/>
       <c r="I74" s="26"/>
       <c r="J74" s="26"/>
       <c r="K74" s="26"/>
       <c r="L74" s="26"/>
       <c r="M74" s="26"/>
     </row>
-    <row r="75" spans="1:13" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:13" s="2" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A75" s="26" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="39" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="39">
         <v>2015</v>
       </c>
       <c r="D75" s="26"/>
       <c r="E75" s="26"/>
       <c r="F75" s="26"/>
       <c r="G75" s="26"/>
       <c r="H75" s="26"/>
       <c r="I75" s="26"/>
       <c r="J75" s="26"/>
       <c r="K75" s="26"/>
       <c r="L75" s="26"/>
       <c r="M75" s="26"/>
     </row>
-    <row r="76" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:13" s="2" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A76" s="26" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="39" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="39">
         <v>2015</v>
       </c>
       <c r="D76" s="26"/>
       <c r="E76" s="26"/>
       <c r="F76" s="26"/>
       <c r="G76" s="26"/>
       <c r="H76" s="26"/>
       <c r="I76" s="26"/>
       <c r="J76" s="26"/>
       <c r="K76" s="26"/>
       <c r="L76" s="26"/>
       <c r="M76" s="26"/>
     </row>
-    <row r="77" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A77" s="26" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="39" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="39">
         <v>2015</v>
       </c>
       <c r="D77" s="26"/>
       <c r="E77" s="26"/>
       <c r="F77" s="26"/>
       <c r="G77" s="26"/>
       <c r="H77" s="26"/>
       <c r="I77" s="26"/>
       <c r="J77" s="26"/>
       <c r="K77" s="26"/>
       <c r="L77" s="26"/>
       <c r="M77" s="26"/>
     </row>
-    <row r="78" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:13" s="2" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A78" s="32" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="33"/>
       <c r="C78" s="44"/>
       <c r="D78" s="33"/>
       <c r="E78" s="33"/>
       <c r="F78" s="33"/>
       <c r="G78" s="33"/>
       <c r="H78" s="33"/>
       <c r="I78" s="34"/>
       <c r="J78" s="34"/>
       <c r="K78" s="34"/>
       <c r="L78" s="35"/>
       <c r="M78" s="35"/>
     </row>
-    <row r="79" spans="1:13" s="2" customFormat="1" ht="150" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:13" s="2" customFormat="1" ht="186" x14ac:dyDescent="0.45">
       <c r="A79" s="26" t="s">
         <v>163</v>
       </c>
       <c r="B79" s="39" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="39">
         <v>2015</v>
       </c>
       <c r="D79" s="26"/>
       <c r="E79" s="26"/>
       <c r="F79" s="26"/>
       <c r="G79" s="26"/>
       <c r="H79" s="26"/>
       <c r="I79" s="26"/>
       <c r="J79" s="26"/>
       <c r="K79" s="26"/>
       <c r="L79" s="26"/>
       <c r="M79" s="26"/>
     </row>
-    <row r="80" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:13" s="2" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A80" s="26" t="s">
         <v>165</v>
       </c>
       <c r="B80" s="39" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="39">
         <v>2015</v>
       </c>
       <c r="D80" s="26"/>
       <c r="E80" s="26"/>
       <c r="F80" s="26"/>
       <c r="G80" s="26"/>
       <c r="H80" s="26"/>
       <c r="I80" s="26"/>
       <c r="J80" s="26"/>
       <c r="K80" s="26"/>
       <c r="L80" s="26"/>
       <c r="M80" s="26"/>
     </row>
-    <row r="81" spans="1:13" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:13" s="2" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A81" s="32" t="s">
         <v>167</v>
       </c>
       <c r="B81" s="33"/>
       <c r="C81" s="44"/>
       <c r="D81" s="33"/>
       <c r="E81" s="33"/>
       <c r="F81" s="33"/>
       <c r="G81" s="33"/>
       <c r="H81" s="33"/>
       <c r="I81" s="34"/>
       <c r="J81" s="34"/>
       <c r="K81" s="34"/>
       <c r="L81" s="35"/>
       <c r="M81" s="35"/>
     </row>
-    <row r="82" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A82" s="26" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="39" t="s">
         <v>169</v>
       </c>
       <c r="C82" s="39">
         <v>2015</v>
       </c>
       <c r="D82" s="26"/>
       <c r="E82" s="26"/>
       <c r="F82" s="26"/>
       <c r="G82" s="26"/>
       <c r="H82" s="26"/>
       <c r="I82" s="26"/>
       <c r="J82" s="26"/>
       <c r="K82" s="26"/>
       <c r="L82" s="26"/>
       <c r="M82" s="26"/>
     </row>
-    <row r="83" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A83" s="26" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="39" t="s">
         <v>171</v>
       </c>
       <c r="C83" s="39">
         <v>2015</v>
       </c>
       <c r="D83" s="26"/>
       <c r="E83" s="26"/>
       <c r="F83" s="26"/>
       <c r="G83" s="26"/>
       <c r="H83" s="26"/>
       <c r="I83" s="26"/>
       <c r="J83" s="26"/>
       <c r="K83" s="26"/>
       <c r="L83" s="26"/>
       <c r="M83" s="26"/>
     </row>
-    <row r="84" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:13" s="2" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A84" s="26" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="39" t="s">
         <v>173</v>
       </c>
       <c r="C84" s="39" t="s">
         <v>174</v>
       </c>
       <c r="D84" s="26"/>
       <c r="E84" s="26"/>
       <c r="F84" s="26"/>
       <c r="G84" s="26"/>
       <c r="H84" s="26"/>
       <c r="I84" s="26"/>
       <c r="J84" s="26"/>
       <c r="K84" s="26"/>
       <c r="L84" s="26"/>
       <c r="M84" s="26"/>
     </row>
-    <row r="85" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A85" s="29" t="s">
         <v>175</v>
       </c>
       <c r="B85" s="30"/>
       <c r="C85" s="43"/>
       <c r="D85" s="30"/>
       <c r="E85" s="30"/>
       <c r="F85" s="30"/>
       <c r="G85" s="30"/>
       <c r="H85" s="30"/>
       <c r="I85" s="30"/>
       <c r="J85" s="30"/>
       <c r="K85" s="30"/>
       <c r="L85" s="30"/>
       <c r="M85" s="31"/>
     </row>
-    <row r="86" spans="1:13" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:13" s="2" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A86" s="26" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="39" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="39">
         <v>2015</v>
       </c>
       <c r="D86" s="26"/>
       <c r="E86" s="26"/>
       <c r="F86" s="26"/>
       <c r="G86" s="26"/>
       <c r="H86" s="26"/>
       <c r="I86" s="26"/>
       <c r="J86" s="26"/>
       <c r="K86" s="26"/>
       <c r="L86" s="26"/>
       <c r="M86" s="26"/>
     </row>
-    <row r="87" spans="1:13" s="2" customFormat="1" ht="105" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:13" s="2" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A87" s="26" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="39" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="39" t="s">
         <v>80</v>
       </c>
       <c r="D87" s="26"/>
       <c r="E87" s="26"/>
       <c r="F87" s="26"/>
       <c r="G87" s="26"/>
       <c r="H87" s="26"/>
       <c r="I87" s="26"/>
       <c r="J87" s="26"/>
       <c r="K87" s="26"/>
       <c r="L87" s="26"/>
       <c r="M87" s="26"/>
     </row>
-    <row r="88" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A88" s="26" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="39" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="39">
         <v>2015</v>
       </c>
       <c r="D88" s="26"/>
       <c r="E88" s="26"/>
       <c r="F88" s="26"/>
       <c r="G88" s="26"/>
       <c r="H88" s="26"/>
       <c r="I88" s="26"/>
       <c r="J88" s="26"/>
       <c r="K88" s="26"/>
       <c r="L88" s="26"/>
       <c r="M88" s="26"/>
     </row>
-    <row r="89" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A89" s="26" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="39" t="s">
         <v>183</v>
       </c>
       <c r="C89" s="39">
         <v>2015</v>
       </c>
       <c r="D89" s="26"/>
       <c r="E89" s="26"/>
       <c r="F89" s="26"/>
       <c r="G89" s="26"/>
       <c r="H89" s="26"/>
       <c r="I89" s="26"/>
       <c r="J89" s="26"/>
       <c r="K89" s="26"/>
       <c r="L89" s="26"/>
       <c r="M89" s="26"/>
     </row>
-    <row r="90" spans="1:13" s="2" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:13" s="2" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A90" s="29" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="30"/>
       <c r="C90" s="43"/>
       <c r="D90" s="30"/>
       <c r="E90" s="30"/>
       <c r="F90" s="30"/>
       <c r="G90" s="30"/>
       <c r="H90" s="30"/>
       <c r="I90" s="30"/>
       <c r="J90" s="30"/>
       <c r="K90" s="30"/>
       <c r="L90" s="30"/>
       <c r="M90" s="31"/>
     </row>
-    <row r="91" spans="1:13" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:13" s="2" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A91" s="26" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="39" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="39" t="s">
         <v>51</v>
       </c>
       <c r="D91" s="26"/>
       <c r="E91" s="26"/>
       <c r="F91" s="26"/>
       <c r="G91" s="26"/>
       <c r="H91" s="26"/>
       <c r="I91" s="26"/>
       <c r="J91" s="26"/>
       <c r="K91" s="26"/>
       <c r="L91" s="26"/>
       <c r="M91" s="26"/>
     </row>
-    <row r="92" spans="1:13" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:13" s="2" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A92" s="26" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="39" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="39">
         <v>2015</v>
       </c>
       <c r="D92" s="26"/>
       <c r="E92" s="26"/>
       <c r="F92" s="26"/>
       <c r="G92" s="26"/>
       <c r="H92" s="26"/>
       <c r="I92" s="26"/>
       <c r="J92" s="26"/>
       <c r="K92" s="26"/>
       <c r="L92" s="26"/>
       <c r="M92" s="26"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:M2" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F3:F92 D3:D92" xr:uid="{95EA4F51-DA69-4FE7-A903-E26AAA0A7237}">
       <formula1>"Yes,No,Partial"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H3:H92" xr:uid="{DB607B85-4C7A-495A-BA38-0DDA540CB2B0}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="27" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="27" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E74BFAB2-BADC-45DB-BC49-1D70379F76BF}">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="49.5703125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="49.58203125" defaultRowHeight="18.600000000000001" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="48.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="48.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.45">
       <c r="A1" s="17" t="s">
         <v>189</v>
       </c>
       <c r="B1" s="18">
         <f>SUMPRODUCT(COUNTIF('Data sheet'!D3:D92,{"Yes","Partial"}))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.45">
       <c r="A2" s="19" t="s">
         <v>190</v>
       </c>
       <c r="B2" s="18">
         <f>COUNTIF('Data sheet'!F3:F92,"Yes")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="15.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:2" ht="19.2" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A3" s="20" t="s">
         <v>191</v>
       </c>
       <c r="B3" s="21">
         <f>COUNTIF('Data sheet'!F3:F92,"Partial")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:2" x14ac:dyDescent="0.45">
       <c r="A4" s="22" t="s">
         <v>192</v>
       </c>
       <c r="B4" s="23" t="str">
         <f>IF(ISERROR(B2/B1),"",B2/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:2" x14ac:dyDescent="0.45">
       <c r="A5" s="19" t="s">
         <v>193</v>
       </c>
       <c r="B5" s="24" t="str">
         <f>IF(ISERROR(B3/B1),"",B3/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:2" x14ac:dyDescent="0.45">
       <c r="A6" s="25"/>
       <c r="B6" s="25"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a6dcb13c4c8daae97e83a8f7769c5eba" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b279931570174c37f1ca6db59fb09807">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309418f1a588f56cad73cb47b3118d34" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="acaf4567-dc07-471f-892c-2bcb86ef35ae" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4115,50 +4095,64 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="geb11f8ce9d940728585fae6d5409a45" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="geb11f8ce9d940728585fae6d5409a45" ma:taxonomyFieldName="Display_x0020_Status" ma:displayName="Display Status" ma:default="" ma:fieldId="{0eb11f8c-e9d9-4072-8585-fae6d5409a45}" ma:taxonomyMulti="true" ma:sspId="9abb4586-6e39-4769-a9e9-e64cee0e77fc" ma:termSetId="a3edbbf6-09fc-44dd-a9a2-ad1f41badab5" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9abb4586-6e39-4769-a9e9-e64cee0e77fc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1f338ac-e338-414f-952c-f74dcc6d59e1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -4262,92 +4256,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </geb11f8ce9d940728585fae6d5409a45>
+    <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F4A9223-BBC8-48BA-ACE6-357C4A199709}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BB92408-1DFE-484C-8C73-ABE17C6B38D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C91CA5F3-77EE-44ED-B63C-6D17962343A6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-  </ds:schemaRefs>
-[...26 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>19</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -4410,27 +4411,33 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SetDate">
     <vt:lpwstr>2023-10-24T08:11:27Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_SiteId">
     <vt:lpwstr>6030f479-b342-472d-a5dd-740ff7538de9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ActionId">
     <vt:lpwstr>4d6efe60-5950-4090-bd85-d78393e0a754</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_c69d85d5-6d9e-4305-a294-1f636ec0f2d6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Display Status">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Display_x0020_Status">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>