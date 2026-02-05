--- v0 (2026-01-07)
+++ v1 (2026-02-05)
@@ -14,55 +14,55 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40D207AC-1B71-4397-876F-40D847175086}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="12" documentId="8_{A2490D48-26C3-48FC-8BE0-4DACE22619EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{105DCACD-791E-49BB-B3AC-BA065175FA7A}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="23" r:id="rId1"/>
     <sheet name="Data sheet" sheetId="26" r:id="rId2"/>
     <sheet name="Box 1" sheetId="29" r:id="rId3"/>
     <sheet name="Box 2" sheetId="30" r:id="rId4"/>
     <sheet name="Table 1" sheetId="31" r:id="rId5"/>
     <sheet name="Table 2" sheetId="32" r:id="rId6"/>
     <sheet name="Table 3" sheetId="33" r:id="rId7"/>
     <sheet name="Table 4" sheetId="34" r:id="rId8"/>
     <sheet name="Data sheet totals" sheetId="27" r:id="rId9"/>
     <sheet name="Dropdowns" sheetId="28" state="hidden" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Data sheet'!$A$2:$M$2</definedName>
     <definedName name="Box_2" localSheetId="3">'Box 2'!$A$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Data sheet'!$A$1:$M$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'Data sheet totals'!$A$1:$B$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$A$15</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Data sheet'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -166,53 +166,50 @@
   <si>
     <t>This baseline assessment tool should be used in conjuction with the full guideline. It can be used to evaluate whether practice is in line with the recommendations in the guideline. It can also help to plan activity to meet the recommendations. Access the full guideline through the link below:</t>
   </si>
   <si>
     <t>Tools and resources to help put the guidance into practice are available on the NICE website. These include resource impact reports and templates to help you identify the financial impact of implementing this guideline. Access the tools and resources through the link below:</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Partial</t>
   </si>
   <si>
     <t>Year of recommendation</t>
   </si>
   <si>
     <t>Baseline assessment tool for pneumonia: diagnosis and management (NG250)</t>
   </si>
   <si>
     <t>Published: 2 September 2025</t>
   </si>
   <si>
-    <t>© NICE 2025. All rights reserved.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.1 First contact with NHS services, remote or in-person</t>
   </si>
   <si>
     <t>For people aged 16 and over presenting with suspected lower respiratory tract infection, see NICE’s guideline on suspected respiratory infection in over 16s: assessment at first presentation and initial management.</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t>2014, amended 2023</t>
   </si>
   <si>
     <t>1.2 Assessing community-acquired pneumonia</t>
   </si>
   <si>
     <t>Assessment of adults in primary care and deciding place of care</t>
   </si>
   <si>
     <t>If a clinical diagnosis of community-acquired pneumonia has been made, determine whether adults are at low, intermediate or high risk of death using the CRB65 scoring system (see box 1).</t>
   </si>
   <si>
     <t>1.2.1</t>
   </si>
   <si>
     <t>Use clinical judgement together with the CRB65 score (see box 1) to stratify adults with community-acquired pneumonia into those with low-, moderate- or high-severity disease. The disease severity will usually correspond to the risk of death.</t>
@@ -965,71 +962,50 @@
         <sz val="12"/>
         <color rgb="FF222222"/>
         <rFont val="Inter"/>
       </rPr>
       <t xml:space="preserve">:
 200 mg on first day, then 100 mg once a day for 4 days (5 day course in total)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF222222"/>
         <rFont val="Inter"/>
       </rPr>
       <t>Clarithromycin</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF222222"/>
         <rFont val="Inter"/>
       </rPr>
       <t>:
 500 mg twice a day for 5 days</t>
-    </r>
-[...19 lines deleted...]
-See the MHRA January 2024 advice on restrictions and precautions for using fluoroquinolone antibiotics because of the risk of disabling and potentially long lasting or irreversible side effects</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF222222"/>
         <rFont val="Inter"/>
       </rPr>
       <t xml:space="preserve">High-severity disease: alternative antibiotic for penicillin allergy </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF222222"/>
         <rFont val="Inter"/>
       </rPr>
       <t xml:space="preserve">
 (consult a local microbiologist if fluoroquinolone not appropriate)</t>
     </r>
   </si>
   <si>
     <t>Notes for table 1</t>
   </si>
@@ -2207,94 +2183,118 @@
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF222222"/>
         <rFont val="Inter"/>
       </rPr>
       <t>Ceftazidime with avibactam</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF222222"/>
         <rFont val="Inter"/>
       </rPr>
       <t>:
 2/0.5 g three times a day</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Table 4 Antibiotics for treating hospital-acquired pneumonia in babies aged 1 month and over, </t>
   </si>
   <si>
     <t>children and young people</t>
   </si>
   <si>
+    <r>
+      <t xml:space="preserve">Consider follow-up chest X-rays at 6 weeks following discharge for people with:
+• risk factors for lung cancer or other underlying respiratory disease, for example, people who smoke or are over 50 years </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t>or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">
+• persisting or deteriorating symptoms</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve"> or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">
+• unexplained weight loss.</t>
+    </r>
+  </si>
+  <si>
+    <t>© NICE 2026. All rights reserved.</t>
+  </si>
+  <si>
     <t>When choosing a corticosteroid, consider starting treatment with intravenous hydrocortisone. If hydrocortisone is not suitable, consider an alternative corticosteroid such as dexamethasone by the most appropriate route of administration. 
 Note: not all treatments are licensed for this indication, so use may be off label.
-See the Medicines and Healthcare products Regulatory Agency (MHRA) advice for restrictions and precautions on the coadministration of fluoroquinolone antibiotics and corticosteroids.</t>
-[...5 lines deleted...]
-    </r>
+See the Medicines and Healthcare products Regulatory Agency (MHRA) January 2024 advice on restrictions and precautions for using fluoroquinolone antibiotics, including advice to avoid coadministration of a corticosteroid with a fluoroquinolone.</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
-        <color rgb="FF000000"/>
-[...29 lines deleted...]
-• unexplained weight loss.</t>
+        <color rgb="FF222222"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t>Levofloxacin</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF222222"/>
+        <rFont val="Inter"/>
+      </rPr>
+      <t xml:space="preserve">:
+500 mg twice a day orally or intravenously for 5 days
+See the Medicines and Healthcare products Regulatory Agency (MHRA) January 2024 advice on restrictions and precautions for using fluoroquinolone antibiotics, including advice to avoid coadministration of a corticosteroid with a fluoroquinolone. </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Inter"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Inter"/>
     </font>
     <font>
@@ -2310,84 +2310,84 @@
     </font>
     <font>
       <sz val="22"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF222222"/>
       <name val="Lora SemiBold"/>
     </font>
     <font>
       <sz val="13"/>
       <color rgb="FFFFFFFF"/>
       <name val="Inter SemiBold"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Inter"/>
     </font>
     <font>
       <sz val="22"/>
       <color rgb="FF000000"/>
-      <name val="Lora Semibold"/>
+      <name val="Lora SemiBold"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Inter"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color rgb="FF005EA5"/>
       <name val="Inter"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color rgb="FF005EA5"/>
       <name val="Inter"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Inter"/>
     </font>
     <font>
       <sz val="13"/>
       <color rgb="FFFFFFFF"/>
-      <name val="Inter Semibold"/>
+      <name val="Inter SemiBold"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
-      <name val="Inter Semibold"/>
+      <name val="Inter SemiBold"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF222222"/>
       <name val="Inter"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF222222"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Inter SemiBold"/>
     </font>
@@ -3185,2110 +3185,2110 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E155"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.640625" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="108.42578125" customWidth="1"/>
+    <col min="1" max="1" width="108.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="82.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="82.35" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="19" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" ht="29.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="20" t="s">
         <v>27</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
     </row>
-    <row r="3" spans="1:5" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" ht="29.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
     </row>
-    <row r="4" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="6" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="21" t="str">
         <f>HYPERLINK("https://www.nice.org.uk/guidance/NG250", "Pneumonia: diagnosis and management")</f>
         <v>Pneumonia: diagnosis and management</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="8" spans="1:5" ht="268.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5" ht="268.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A8" s="4" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A10" s="22" t="str">
         <f>HYPERLINK("https://www.nice.org.uk/guidance/NG250/resources", "Tools and resources")</f>
         <v>Tools and resources</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="34.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5" ht="34.700000000000003" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="6" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A12" s="23" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="21" t="str">
         <f>HYPERLINK("https://www.nice.org.uk/terms-and-conditions#notice-of-rights", "Subject to Notice of rights")</f>
         <v>Subject to Notice of rights</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A14" s="5"/>
     </row>
-    <row r="15" spans="1:5" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A15" s="5"/>
     </row>
-    <row r="16" spans="1:5" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A16" s="5"/>
     </row>
-    <row r="17" spans="1:1" ht="15.65" customHeight="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:1" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="18" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="19" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A19" s="1"/>
     </row>
-    <row r="20" spans="1:1" ht="15.65" customHeight="1" x14ac:dyDescent="0.3"/>
-[...134 lines deleted...]
-    <row r="155" ht="15.65" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="20" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="21" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="22" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="23" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="24" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="25" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="26" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="27" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="28" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="29" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="30" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="31" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="32" spans="1:1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="33" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="34" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="35" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="36" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="37" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="38" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="39" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="40" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="41" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="42" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="43" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="44" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="45" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="46" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="47" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="48" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="49" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="50" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="51" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="52" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="53" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="54" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="55" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="56" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="57" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="58" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="59" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="60" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="61" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="62" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="63" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="64" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="65" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="66" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="67" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="68" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="69" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="70" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="71" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="72" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="73" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="74" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="75" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="76" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="77" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="78" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="79" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="80" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="81" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="82" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="83" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="84" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="85" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="86" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="87" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="88" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="89" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="90" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="91" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="92" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="93" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="94" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="95" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="96" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="97" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="98" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="99" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="100" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="101" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="102" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="103" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="104" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="105" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="106" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="107" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="108" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="109" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="110" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="111" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="112" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="113" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="114" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="115" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="116" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="117" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="118" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="119" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="120" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="121" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="122" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="123" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="124" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="125" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="126" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="127" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="128" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="129" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="130" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="131" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="132" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="133" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="134" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="135" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="136" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="137" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="138" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="139" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="140" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="141" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="142" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="143" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="144" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="145" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="146" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="147" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="148" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="149" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="150" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="151" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="152" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="153" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="154" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="155" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" orientation="portrait" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E34" sqref="E34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.640625" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A2" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A3" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M90"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.640625" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="55" customWidth="1"/>
-    <col min="2" max="3" width="18.35546875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="78.7109375" customWidth="1"/>
+    <col min="2" max="3" width="18.33203125" customWidth="1"/>
+    <col min="4" max="4" width="38.33203125" customWidth="1"/>
+    <col min="5" max="5" width="74.44140625" customWidth="1"/>
+    <col min="6" max="6" width="36.6640625" customWidth="1"/>
+    <col min="7" max="7" width="78.6640625" customWidth="1"/>
     <col min="8" max="8" width="43" customWidth="1"/>
-    <col min="9" max="9" width="48.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="13.7109375" customWidth="1"/>
+    <col min="9" max="9" width="48.6640625" customWidth="1"/>
+    <col min="10" max="10" width="39.6640625" customWidth="1"/>
+    <col min="11" max="11" width="8.6640625" customWidth="1"/>
+    <col min="12" max="12" width="16.21875" customWidth="1"/>
+    <col min="13" max="13" width="13.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" ht="43.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
     </row>
-    <row r="2" spans="1:13" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:13" ht="69" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="9" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="9" t="s">
         <v>12</v>
       </c>
       <c r="J2" s="9" t="s">
         <v>9</v>
       </c>
       <c r="K2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="L2" s="8" t="s">
         <v>10</v>
       </c>
       <c r="M2" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A3" s="25" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B3" s="42"/>
       <c r="C3" s="42"/>
       <c r="D3" s="25"/>
       <c r="E3" s="25"/>
       <c r="F3" s="25"/>
       <c r="G3" s="25"/>
       <c r="H3" s="25"/>
       <c r="I3" s="25"/>
       <c r="J3" s="25"/>
       <c r="K3" s="25"/>
       <c r="L3" s="25"/>
       <c r="M3" s="25"/>
     </row>
-    <row r="4" spans="1:13" ht="62" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A4" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="43" t="s">
         <v>30</v>
       </c>
-      <c r="B4" s="43" t="s">
+      <c r="C4" s="43" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D4" s="27"/>
       <c r="E4" s="27"/>
       <c r="F4" s="27"/>
       <c r="G4" s="27"/>
       <c r="H4" s="27"/>
       <c r="I4" s="27"/>
       <c r="J4" s="27"/>
       <c r="K4" s="27"/>
       <c r="L4" s="27"/>
       <c r="M4" s="27"/>
     </row>
-    <row r="5" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A5" s="25" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B5" s="42"/>
       <c r="C5" s="42"/>
       <c r="D5" s="25"/>
       <c r="E5" s="25"/>
       <c r="F5" s="25"/>
       <c r="G5" s="25"/>
       <c r="H5" s="25"/>
       <c r="I5" s="25"/>
       <c r="J5" s="25"/>
       <c r="K5" s="25"/>
       <c r="L5" s="25"/>
       <c r="M5" s="25"/>
     </row>
-    <row r="6" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A6" s="26" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B6" s="44"/>
       <c r="C6" s="44"/>
       <c r="D6" s="26"/>
       <c r="E6" s="26"/>
       <c r="F6" s="26"/>
       <c r="G6" s="26"/>
       <c r="H6" s="26"/>
       <c r="I6" s="26"/>
       <c r="J6" s="26"/>
       <c r="K6" s="26"/>
       <c r="L6" s="26"/>
       <c r="M6" s="26"/>
     </row>
-    <row r="7" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A7" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="43" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C7" s="43">
         <v>2014</v>
       </c>
       <c r="D7" s="27"/>
       <c r="E7" s="27"/>
       <c r="F7" s="27"/>
       <c r="G7" s="27"/>
       <c r="H7" s="27"/>
       <c r="I7" s="27"/>
       <c r="J7" s="27"/>
       <c r="K7" s="27"/>
       <c r="L7" s="27"/>
       <c r="M7" s="27"/>
     </row>
-    <row r="8" spans="1:13" ht="62" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A8" s="27" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="43" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C8" s="43">
         <v>2014</v>
       </c>
       <c r="D8" s="27"/>
       <c r="E8" s="27"/>
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
       <c r="I8" s="27"/>
       <c r="J8" s="27"/>
       <c r="K8" s="27"/>
       <c r="L8" s="27"/>
       <c r="M8" s="27"/>
     </row>
-    <row r="9" spans="1:13" ht="224.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:13" ht="272.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="27" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B9" s="43" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C9" s="43">
         <v>2025</v>
       </c>
       <c r="D9" s="27"/>
       <c r="E9" s="41"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="27"/>
     </row>
-    <row r="10" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A10" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="43" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="43" t="s">
+      <c r="C10" s="43" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D10" s="27"/>
       <c r="E10" s="27"/>
       <c r="F10" s="27"/>
       <c r="G10" s="27"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="27"/>
       <c r="K10" s="27"/>
       <c r="L10" s="27"/>
       <c r="M10" s="27"/>
     </row>
-    <row r="11" spans="1:13" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:13" ht="78.75" x14ac:dyDescent="0.4">
       <c r="A11" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" s="43" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C11" s="43">
         <v>2019</v>
       </c>
       <c r="D11" s="27"/>
       <c r="E11" s="27"/>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="27"/>
       <c r="K11" s="27"/>
       <c r="L11" s="27"/>
       <c r="M11" s="27"/>
     </row>
-    <row r="12" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A12" s="26" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B12" s="44"/>
       <c r="C12" s="44"/>
       <c r="D12" s="26"/>
       <c r="E12" s="26"/>
       <c r="F12" s="26"/>
       <c r="G12" s="26"/>
       <c r="H12" s="26"/>
       <c r="I12" s="26"/>
       <c r="J12" s="26"/>
       <c r="K12" s="26"/>
       <c r="L12" s="26"/>
       <c r="M12" s="26"/>
     </row>
-    <row r="13" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A13" s="27" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" s="43" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C13" s="43">
         <v>2019</v>
       </c>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="27"/>
     </row>
-    <row r="14" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A14" s="26" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B14" s="44"/>
       <c r="C14" s="44"/>
       <c r="D14" s="26"/>
       <c r="E14" s="26"/>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
       <c r="H14" s="26"/>
       <c r="I14" s="26"/>
       <c r="J14" s="26"/>
       <c r="K14" s="26"/>
       <c r="L14" s="26"/>
       <c r="M14" s="26"/>
     </row>
-    <row r="15" spans="1:13" ht="50.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:13" ht="69.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A15" s="27" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" s="43" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C15" s="43">
         <v>2014</v>
       </c>
       <c r="D15" s="27"/>
       <c r="E15" s="27"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="27"/>
       <c r="I15" s="27"/>
       <c r="J15" s="27"/>
       <c r="K15" s="27"/>
       <c r="L15" s="27"/>
       <c r="M15" s="27"/>
     </row>
-    <row r="16" spans="1:13" ht="62" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A16" s="27" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" s="43" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C16" s="43">
         <v>2014</v>
       </c>
       <c r="D16" s="27"/>
       <c r="E16" s="27"/>
       <c r="F16" s="27"/>
       <c r="G16" s="27"/>
       <c r="H16" s="27"/>
       <c r="I16" s="27"/>
       <c r="J16" s="27"/>
       <c r="K16" s="27"/>
       <c r="L16" s="27"/>
       <c r="M16" s="27"/>
     </row>
-    <row r="17" spans="1:13" ht="217.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:13" ht="237" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A17" s="27" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" s="43" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C17" s="43">
         <v>2025</v>
       </c>
       <c r="D17" s="27"/>
       <c r="E17" s="27"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="27"/>
       <c r="J17" s="27"/>
       <c r="K17" s="27"/>
       <c r="L17" s="27"/>
       <c r="M17" s="27"/>
     </row>
-    <row r="18" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A18" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" s="43" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C18" s="43">
         <v>2025</v>
       </c>
       <c r="D18" s="27"/>
       <c r="E18" s="27"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
     </row>
-    <row r="19" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A19" s="26" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B19" s="44"/>
       <c r="C19" s="44"/>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
       <c r="F19" s="26"/>
       <c r="G19" s="26"/>
       <c r="H19" s="26"/>
       <c r="I19" s="26"/>
       <c r="J19" s="26"/>
       <c r="K19" s="26"/>
       <c r="L19" s="26"/>
       <c r="M19" s="26"/>
     </row>
-    <row r="20" spans="1:13" ht="139.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:13" ht="141.75" x14ac:dyDescent="0.4">
       <c r="A20" s="27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B20" s="43" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C20" s="43">
         <v>2025</v>
       </c>
       <c r="D20" s="27"/>
       <c r="E20" s="27"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27"/>
       <c r="I20" s="27"/>
       <c r="J20" s="27"/>
       <c r="K20" s="27"/>
       <c r="L20" s="27"/>
       <c r="M20" s="27"/>
     </row>
-    <row r="21" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A21" s="26" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B21" s="44"/>
       <c r="C21" s="44"/>
       <c r="D21" s="26"/>
       <c r="E21" s="26"/>
       <c r="F21" s="26"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
       <c r="I21" s="26"/>
       <c r="J21" s="26"/>
       <c r="K21" s="26"/>
       <c r="L21" s="26"/>
       <c r="M21" s="26"/>
     </row>
-    <row r="22" spans="1:13" ht="31" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:13" ht="31.5" x14ac:dyDescent="0.4">
       <c r="A22" s="28" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B22" s="45"/>
       <c r="C22" s="45"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="28"/>
       <c r="L22" s="28"/>
       <c r="M22" s="28"/>
     </row>
-    <row r="23" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A23" s="25" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B23" s="42"/>
       <c r="C23" s="42"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="25"/>
       <c r="J23" s="25"/>
       <c r="K23" s="25"/>
       <c r="L23" s="25"/>
       <c r="M23" s="25"/>
     </row>
-    <row r="24" spans="1:13" ht="31" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:13" ht="31.5" x14ac:dyDescent="0.4">
       <c r="A24" s="28" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B24" s="45"/>
       <c r="C24" s="45"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="28"/>
       <c r="L24" s="28"/>
       <c r="M24" s="28"/>
     </row>
-    <row r="25" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A25" s="25" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B25" s="42"/>
       <c r="C25" s="42"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="25"/>
       <c r="J25" s="25"/>
       <c r="K25" s="25"/>
       <c r="L25" s="25"/>
       <c r="M25" s="25"/>
     </row>
-    <row r="26" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A26" s="26" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B26" s="44"/>
       <c r="C26" s="44"/>
       <c r="D26" s="26"/>
       <c r="E26" s="26"/>
       <c r="F26" s="26"/>
       <c r="G26" s="26"/>
       <c r="H26" s="26"/>
       <c r="I26" s="26"/>
       <c r="J26" s="26"/>
       <c r="K26" s="26"/>
       <c r="L26" s="26"/>
       <c r="M26" s="26"/>
     </row>
-    <row r="27" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A27" s="27" t="s">
+        <v>65</v>
+      </c>
+      <c r="B27" s="43" t="s">
         <v>66</v>
       </c>
-      <c r="B27" s="43" t="s">
+      <c r="C27" s="43" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D27" s="27"/>
       <c r="E27" s="27"/>
       <c r="F27" s="27"/>
       <c r="G27" s="27"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
       <c r="J27" s="27"/>
       <c r="K27" s="27"/>
       <c r="L27" s="27"/>
       <c r="M27" s="27"/>
     </row>
-    <row r="28" spans="1:13" ht="100.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:13" ht="100.7" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A28" s="27" t="s">
+        <v>68</v>
+      </c>
+      <c r="B28" s="43" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="C28" s="43">
         <v>2025</v>
       </c>
       <c r="D28" s="27"/>
       <c r="E28" s="27"/>
       <c r="F28" s="27"/>
       <c r="G28" s="27"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
       <c r="J28" s="27"/>
       <c r="K28" s="27"/>
       <c r="L28" s="27"/>
       <c r="M28" s="27"/>
     </row>
-    <row r="29" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A29" s="26" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B29" s="44"/>
       <c r="C29" s="44"/>
       <c r="D29" s="26"/>
       <c r="E29" s="26"/>
       <c r="F29" s="26"/>
       <c r="G29" s="26"/>
       <c r="H29" s="26"/>
       <c r="I29" s="26"/>
       <c r="J29" s="26"/>
       <c r="K29" s="26"/>
       <c r="L29" s="26"/>
       <c r="M29" s="26"/>
     </row>
-    <row r="30" spans="1:13" ht="62" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A30" s="27" t="s">
+        <v>71</v>
+      </c>
+      <c r="B30" s="43" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C30" s="43">
         <v>2025</v>
       </c>
       <c r="D30" s="27"/>
       <c r="E30" s="27"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
     </row>
-    <row r="31" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A31" s="26" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B31" s="44"/>
       <c r="C31" s="44"/>
       <c r="D31" s="26"/>
       <c r="E31" s="26"/>
       <c r="F31" s="26"/>
       <c r="G31" s="26"/>
       <c r="H31" s="26"/>
       <c r="I31" s="26"/>
       <c r="J31" s="26"/>
       <c r="K31" s="26"/>
       <c r="L31" s="26"/>
       <c r="M31" s="26"/>
     </row>
-    <row r="32" spans="1:13" ht="52.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:13" ht="52.35" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A32" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="B32" s="43" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C32" s="43">
         <v>2025</v>
       </c>
       <c r="D32" s="27"/>
       <c r="E32" s="27"/>
       <c r="F32" s="27"/>
       <c r="G32" s="27"/>
       <c r="H32" s="27"/>
       <c r="I32" s="27"/>
       <c r="J32" s="27"/>
       <c r="K32" s="27"/>
       <c r="L32" s="27"/>
       <c r="M32" s="27"/>
     </row>
-    <row r="33" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A33" s="27" t="s">
+        <v>76</v>
+      </c>
+      <c r="B33" s="43" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C33" s="43">
         <v>2025</v>
       </c>
       <c r="D33" s="27"/>
       <c r="E33" s="27"/>
       <c r="F33" s="27"/>
       <c r="G33" s="27"/>
       <c r="H33" s="27"/>
       <c r="I33" s="27"/>
       <c r="J33" s="27"/>
       <c r="K33" s="27"/>
       <c r="L33" s="27"/>
       <c r="M33" s="27"/>
     </row>
-    <row r="34" spans="1:13" ht="192" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:13" ht="192" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A34" s="27" t="s">
+        <v>78</v>
+      </c>
+      <c r="B34" s="43" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C34" s="43">
         <v>2025</v>
       </c>
       <c r="D34" s="27"/>
       <c r="E34" s="27"/>
       <c r="F34" s="27"/>
       <c r="G34" s="27"/>
       <c r="H34" s="27"/>
       <c r="I34" s="27"/>
       <c r="J34" s="27"/>
       <c r="K34" s="27"/>
       <c r="L34" s="27"/>
       <c r="M34" s="27"/>
     </row>
-    <row r="35" spans="1:13" ht="170.5" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:13" ht="173.25" x14ac:dyDescent="0.4">
       <c r="A35" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="B35" s="43" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C35" s="43">
         <v>2025</v>
       </c>
       <c r="D35" s="27"/>
       <c r="E35" s="27"/>
       <c r="F35" s="27"/>
       <c r="G35" s="27"/>
       <c r="H35" s="27"/>
       <c r="I35" s="27"/>
       <c r="J35" s="27"/>
       <c r="K35" s="27"/>
       <c r="L35" s="27"/>
       <c r="M35" s="27"/>
     </row>
-    <row r="36" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A36" s="25" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B36" s="42"/>
       <c r="C36" s="42"/>
       <c r="D36" s="25"/>
       <c r="E36" s="25"/>
       <c r="F36" s="25"/>
       <c r="G36" s="25"/>
       <c r="H36" s="25"/>
       <c r="I36" s="25"/>
       <c r="J36" s="25"/>
       <c r="K36" s="25"/>
       <c r="L36" s="25"/>
       <c r="M36" s="25"/>
     </row>
-    <row r="37" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A37" s="27" t="s">
+        <v>83</v>
+      </c>
+      <c r="B37" s="43" t="s">
         <v>84</v>
       </c>
-      <c r="B37" s="43" t="s">
+      <c r="C37" s="43" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D37" s="27"/>
       <c r="E37" s="27"/>
       <c r="F37" s="27"/>
       <c r="G37" s="27"/>
       <c r="H37" s="27"/>
       <c r="I37" s="27"/>
       <c r="J37" s="27"/>
       <c r="K37" s="27"/>
       <c r="L37" s="27"/>
       <c r="M37" s="27"/>
     </row>
-    <row r="38" spans="1:13" ht="62" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A38" s="27" t="s">
+        <v>86</v>
+      </c>
+      <c r="B38" s="43" t="s">
         <v>87</v>
       </c>
-      <c r="B38" s="43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="43" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D38" s="27"/>
       <c r="E38" s="27"/>
       <c r="F38" s="27"/>
       <c r="G38" s="27"/>
       <c r="H38" s="27"/>
       <c r="I38" s="27"/>
       <c r="J38" s="27"/>
       <c r="K38" s="27"/>
       <c r="L38" s="27"/>
       <c r="M38" s="27"/>
     </row>
-    <row r="39" spans="1:13" ht="31" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:13" ht="31.5" x14ac:dyDescent="0.4">
       <c r="A39" s="27" t="s">
+        <v>88</v>
+      </c>
+      <c r="B39" s="43" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C39" s="43">
         <v>2019</v>
       </c>
       <c r="D39" s="27"/>
       <c r="E39" s="27"/>
       <c r="F39" s="27"/>
       <c r="G39" s="27"/>
       <c r="H39" s="27"/>
       <c r="I39" s="27"/>
       <c r="J39" s="27"/>
       <c r="K39" s="27"/>
       <c r="L39" s="27"/>
       <c r="M39" s="27"/>
     </row>
-    <row r="40" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A40" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B40" s="43" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C40" s="43">
         <v>2019</v>
       </c>
       <c r="D40" s="27"/>
       <c r="E40" s="27"/>
       <c r="F40" s="27"/>
       <c r="G40" s="27"/>
       <c r="H40" s="27"/>
       <c r="I40" s="27"/>
       <c r="J40" s="27"/>
       <c r="K40" s="27"/>
       <c r="L40" s="27"/>
       <c r="M40" s="27"/>
     </row>
-    <row r="41" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A41" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="B41" s="43" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C41" s="43">
         <v>2019</v>
       </c>
       <c r="D41" s="27"/>
       <c r="E41" s="27"/>
       <c r="F41" s="27"/>
       <c r="G41" s="27"/>
       <c r="H41" s="27"/>
       <c r="I41" s="27"/>
       <c r="J41" s="27"/>
       <c r="K41" s="27"/>
       <c r="L41" s="27"/>
       <c r="M41" s="27"/>
     </row>
-    <row r="42" spans="1:13" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:13" ht="78.75" x14ac:dyDescent="0.4">
       <c r="A42" s="27" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B42" s="43" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C42" s="43">
         <v>2019</v>
       </c>
       <c r="D42" s="27"/>
       <c r="E42" s="27"/>
       <c r="F42" s="27"/>
       <c r="G42" s="27"/>
       <c r="H42" s="27"/>
       <c r="I42" s="27"/>
       <c r="J42" s="27"/>
       <c r="K42" s="27"/>
       <c r="L42" s="27"/>
       <c r="M42" s="27"/>
     </row>
-    <row r="43" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A43" s="25" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B43" s="42"/>
       <c r="C43" s="42"/>
       <c r="D43" s="25"/>
       <c r="E43" s="25"/>
       <c r="F43" s="25"/>
       <c r="G43" s="25"/>
       <c r="H43" s="25"/>
       <c r="I43" s="25"/>
       <c r="J43" s="25"/>
       <c r="K43" s="25"/>
       <c r="L43" s="25"/>
       <c r="M43" s="25"/>
     </row>
-    <row r="44" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A44" s="26" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B44" s="44"/>
       <c r="C44" s="44"/>
       <c r="D44" s="26"/>
       <c r="E44" s="26"/>
       <c r="F44" s="26"/>
       <c r="G44" s="26"/>
       <c r="H44" s="26"/>
       <c r="I44" s="26"/>
       <c r="J44" s="26"/>
       <c r="K44" s="26"/>
       <c r="L44" s="26"/>
       <c r="M44" s="26"/>
     </row>
-    <row r="45" spans="1:13" ht="232.5" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:13" ht="236.25" x14ac:dyDescent="0.4">
       <c r="A45" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="B45" s="43" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C45" s="43">
         <v>2019</v>
       </c>
       <c r="D45" s="27"/>
       <c r="E45" s="27"/>
       <c r="F45" s="27"/>
       <c r="G45" s="27"/>
       <c r="H45" s="27"/>
       <c r="I45" s="27"/>
       <c r="J45" s="27"/>
       <c r="K45" s="27"/>
       <c r="L45" s="27"/>
       <c r="M45" s="27"/>
     </row>
-    <row r="46" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A46" s="26" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B46" s="44"/>
       <c r="C46" s="44"/>
       <c r="D46" s="26"/>
       <c r="E46" s="26"/>
       <c r="F46" s="26"/>
       <c r="G46" s="26"/>
       <c r="H46" s="26"/>
       <c r="I46" s="26"/>
       <c r="J46" s="26"/>
       <c r="K46" s="26"/>
       <c r="L46" s="26"/>
       <c r="M46" s="26"/>
     </row>
-    <row r="47" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A47" s="27" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B47" s="43" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C47" s="46" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D47" s="27"/>
       <c r="E47" s="27"/>
       <c r="F47" s="27"/>
       <c r="G47" s="27"/>
       <c r="H47" s="27"/>
       <c r="I47" s="27"/>
       <c r="J47" s="27"/>
       <c r="K47" s="27"/>
       <c r="L47" s="27"/>
       <c r="M47" s="27"/>
     </row>
-    <row r="48" spans="1:13" ht="206.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:13" ht="206.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A48" s="27" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B48" s="43" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C48" s="43" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D48" s="27"/>
       <c r="E48" s="27"/>
       <c r="F48" s="27"/>
       <c r="G48" s="27"/>
       <c r="H48" s="27"/>
       <c r="I48" s="27"/>
       <c r="J48" s="27"/>
       <c r="K48" s="27"/>
       <c r="L48" s="27"/>
       <c r="M48" s="27"/>
     </row>
-    <row r="49" spans="1:13" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:13" ht="94.5" x14ac:dyDescent="0.4">
       <c r="A49" s="27" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" s="43" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C49" s="43">
         <v>2025</v>
       </c>
       <c r="D49" s="27"/>
       <c r="E49" s="27"/>
       <c r="F49" s="27"/>
       <c r="G49" s="27"/>
       <c r="H49" s="27"/>
       <c r="I49" s="27"/>
       <c r="J49" s="27"/>
       <c r="K49" s="27"/>
       <c r="L49" s="27"/>
       <c r="M49" s="27"/>
     </row>
-    <row r="50" spans="1:13" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:13" ht="78.75" x14ac:dyDescent="0.4">
       <c r="A50" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" s="43" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C50" s="43">
         <v>2025</v>
       </c>
       <c r="D50" s="27"/>
       <c r="E50" s="27"/>
       <c r="F50" s="27"/>
       <c r="G50" s="27"/>
       <c r="H50" s="27"/>
       <c r="I50" s="27"/>
       <c r="J50" s="27"/>
       <c r="K50" s="27"/>
       <c r="L50" s="27"/>
       <c r="M50" s="27"/>
     </row>
-    <row r="51" spans="1:13" ht="62" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A51" s="27" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" s="43" t="s">
         <v>107</v>
       </c>
-      <c r="B51" s="43" t="s">
+      <c r="C51" s="43" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D51" s="27"/>
       <c r="E51" s="27"/>
       <c r="F51" s="27"/>
       <c r="G51" s="27"/>
       <c r="H51" s="27"/>
       <c r="I51" s="27"/>
       <c r="J51" s="27"/>
       <c r="K51" s="27"/>
       <c r="L51" s="27"/>
       <c r="M51" s="27"/>
     </row>
-    <row r="52" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A52" s="26" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B52" s="44"/>
       <c r="C52" s="44"/>
       <c r="D52" s="26"/>
       <c r="E52" s="26"/>
       <c r="F52" s="26"/>
       <c r="G52" s="26"/>
       <c r="H52" s="26"/>
       <c r="I52" s="26"/>
       <c r="J52" s="26"/>
       <c r="K52" s="26"/>
       <c r="L52" s="26"/>
       <c r="M52" s="26"/>
     </row>
-    <row r="53" spans="1:13" ht="204.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:13" ht="204.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A53" s="27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" s="43" t="s">
         <v>111</v>
       </c>
-      <c r="B53" s="43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="43" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D53" s="27"/>
       <c r="E53" s="27"/>
       <c r="F53" s="27"/>
       <c r="G53" s="27"/>
       <c r="H53" s="27"/>
       <c r="I53" s="27"/>
       <c r="J53" s="27"/>
       <c r="K53" s="27"/>
       <c r="L53" s="27"/>
       <c r="M53" s="27"/>
     </row>
-    <row r="54" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A54" s="25" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B54" s="42"/>
       <c r="C54" s="42"/>
       <c r="D54" s="25"/>
       <c r="E54" s="25"/>
       <c r="F54" s="25"/>
       <c r="G54" s="25"/>
       <c r="H54" s="25"/>
       <c r="I54" s="25"/>
       <c r="J54" s="25"/>
       <c r="K54" s="25"/>
       <c r="L54" s="25"/>
       <c r="M54" s="25"/>
     </row>
-    <row r="55" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A55" s="26" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B55" s="44"/>
       <c r="C55" s="44"/>
       <c r="D55" s="26"/>
       <c r="E55" s="26"/>
       <c r="F55" s="26"/>
       <c r="G55" s="26"/>
       <c r="H55" s="26"/>
       <c r="I55" s="26"/>
       <c r="J55" s="26"/>
       <c r="K55" s="26"/>
       <c r="L55" s="26"/>
       <c r="M55" s="26"/>
     </row>
-    <row r="56" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A56" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" s="43" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C56" s="43">
         <v>2019</v>
       </c>
       <c r="D56" s="27"/>
       <c r="E56" s="27"/>
       <c r="F56" s="27"/>
       <c r="G56" s="27"/>
       <c r="H56" s="27"/>
       <c r="I56" s="27"/>
       <c r="J56" s="27"/>
       <c r="K56" s="27"/>
       <c r="L56" s="27"/>
       <c r="M56" s="27"/>
     </row>
-    <row r="57" spans="1:13" ht="139.5" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:13" ht="157.5" x14ac:dyDescent="0.4">
       <c r="A57" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" s="43" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C57" s="43">
         <v>2019</v>
       </c>
       <c r="D57" s="27"/>
       <c r="E57" s="27"/>
       <c r="F57" s="27"/>
       <c r="G57" s="27"/>
       <c r="H57" s="27"/>
       <c r="I57" s="27"/>
       <c r="J57" s="27"/>
       <c r="K57" s="27"/>
       <c r="L57" s="27"/>
       <c r="M57" s="27"/>
     </row>
-    <row r="58" spans="1:13" ht="232.5" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:13" ht="236.25" x14ac:dyDescent="0.4">
       <c r="A58" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" s="43" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C58" s="43">
         <v>2019</v>
       </c>
       <c r="D58" s="27"/>
       <c r="E58" s="27"/>
       <c r="F58" s="27"/>
       <c r="G58" s="27"/>
       <c r="H58" s="27"/>
       <c r="I58" s="27"/>
       <c r="J58" s="27"/>
       <c r="K58" s="27"/>
       <c r="L58" s="27"/>
       <c r="M58" s="27"/>
     </row>
-    <row r="59" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A59" s="26" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B59" s="44"/>
       <c r="C59" s="44"/>
       <c r="D59" s="26"/>
       <c r="E59" s="26"/>
       <c r="F59" s="26"/>
       <c r="G59" s="26"/>
       <c r="H59" s="26"/>
       <c r="I59" s="26"/>
       <c r="J59" s="26"/>
       <c r="K59" s="26"/>
       <c r="L59" s="26"/>
       <c r="M59" s="26"/>
     </row>
-    <row r="60" spans="1:13" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:13" ht="78.75" x14ac:dyDescent="0.4">
       <c r="A60" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B60" s="43" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C60" s="43">
         <v>2019</v>
       </c>
       <c r="D60" s="27"/>
       <c r="E60" s="27"/>
       <c r="F60" s="27"/>
       <c r="G60" s="27"/>
       <c r="H60" s="27"/>
       <c r="I60" s="27"/>
       <c r="J60" s="27"/>
       <c r="K60" s="27"/>
       <c r="L60" s="27"/>
       <c r="M60" s="27"/>
     </row>
-    <row r="61" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A61" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="B61" s="43" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C61" s="43">
         <v>2019</v>
       </c>
       <c r="D61" s="27"/>
       <c r="E61" s="27"/>
       <c r="F61" s="27"/>
       <c r="G61" s="27"/>
       <c r="H61" s="27"/>
       <c r="I61" s="27"/>
       <c r="J61" s="27"/>
       <c r="K61" s="27"/>
       <c r="L61" s="27"/>
       <c r="M61" s="27"/>
     </row>
-    <row r="62" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A62" s="25" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B62" s="42"/>
       <c r="C62" s="42"/>
       <c r="D62" s="25"/>
       <c r="E62" s="25"/>
       <c r="F62" s="25"/>
       <c r="G62" s="25"/>
       <c r="H62" s="25"/>
       <c r="I62" s="25"/>
       <c r="J62" s="25"/>
       <c r="K62" s="25"/>
       <c r="L62" s="25"/>
       <c r="M62" s="25"/>
     </row>
-    <row r="63" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A63" s="27" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" s="43" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C63" s="43">
         <v>2025</v>
       </c>
       <c r="D63" s="27"/>
       <c r="E63" s="27"/>
       <c r="F63" s="27"/>
       <c r="G63" s="27"/>
       <c r="H63" s="27"/>
       <c r="I63" s="27"/>
       <c r="J63" s="27"/>
       <c r="K63" s="27"/>
       <c r="L63" s="27"/>
       <c r="M63" s="27"/>
     </row>
-    <row r="64" spans="1:13" ht="178.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:13" ht="209.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A64" s="27" t="s">
         <v>253</v>
       </c>
       <c r="B64" s="43" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C64" s="43">
         <v>2025</v>
       </c>
       <c r="D64" s="27"/>
       <c r="E64" s="27"/>
       <c r="F64" s="27"/>
       <c r="G64" s="27"/>
       <c r="H64" s="27"/>
       <c r="I64" s="27"/>
       <c r="J64" s="27"/>
       <c r="K64" s="27"/>
       <c r="L64" s="27"/>
       <c r="M64" s="27"/>
     </row>
-    <row r="65" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A65" s="25" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B65" s="42"/>
       <c r="C65" s="42"/>
       <c r="D65" s="25"/>
       <c r="E65" s="25"/>
       <c r="F65" s="25"/>
       <c r="G65" s="25"/>
       <c r="H65" s="25"/>
       <c r="I65" s="25"/>
       <c r="J65" s="25"/>
       <c r="K65" s="25"/>
       <c r="L65" s="25"/>
       <c r="M65" s="25"/>
     </row>
-    <row r="66" spans="1:13" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:13" ht="78.75" x14ac:dyDescent="0.4">
       <c r="A66" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="B66" s="43" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C66" s="43">
         <v>2025</v>
       </c>
       <c r="D66" s="27"/>
       <c r="E66" s="27"/>
       <c r="F66" s="27"/>
       <c r="G66" s="27"/>
       <c r="H66" s="27"/>
       <c r="I66" s="27"/>
       <c r="J66" s="27"/>
       <c r="K66" s="27"/>
       <c r="L66" s="27"/>
       <c r="M66" s="27"/>
     </row>
-    <row r="67" spans="1:13" ht="108.5" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:13" ht="110.25" x14ac:dyDescent="0.4">
       <c r="A67" s="27" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B67" s="43" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C67" s="43">
         <v>2025</v>
       </c>
       <c r="D67" s="27"/>
       <c r="E67" s="27"/>
       <c r="F67" s="27"/>
       <c r="G67" s="27"/>
       <c r="H67" s="27"/>
       <c r="I67" s="27"/>
       <c r="J67" s="27"/>
       <c r="K67" s="27"/>
       <c r="L67" s="27"/>
       <c r="M67" s="27"/>
     </row>
-    <row r="68" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A68" s="27" t="s">
+        <v>132</v>
+      </c>
+      <c r="B68" s="43" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C68" s="43">
         <v>2025</v>
       </c>
       <c r="D68" s="27"/>
       <c r="E68" s="27"/>
       <c r="F68" s="27"/>
       <c r="G68" s="27"/>
       <c r="H68" s="27"/>
       <c r="I68" s="27"/>
       <c r="J68" s="27"/>
       <c r="K68" s="27"/>
       <c r="L68" s="27"/>
       <c r="M68" s="27"/>
     </row>
-    <row r="69" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A69" s="25" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B69" s="42"/>
       <c r="C69" s="42"/>
       <c r="D69" s="25"/>
       <c r="E69" s="25"/>
       <c r="F69" s="25"/>
       <c r="G69" s="25"/>
       <c r="H69" s="25"/>
       <c r="I69" s="25"/>
       <c r="J69" s="25"/>
       <c r="K69" s="25"/>
       <c r="L69" s="25"/>
       <c r="M69" s="25"/>
     </row>
-    <row r="70" spans="1:13" ht="186" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:13" ht="189" x14ac:dyDescent="0.4">
       <c r="A70" s="27" t="s">
+        <v>135</v>
+      </c>
+      <c r="B70" s="43" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C70" s="43">
         <v>2014</v>
       </c>
       <c r="D70" s="27"/>
       <c r="E70" s="27"/>
       <c r="F70" s="27"/>
       <c r="G70" s="27"/>
       <c r="H70" s="27"/>
       <c r="I70" s="27"/>
       <c r="J70" s="27"/>
       <c r="K70" s="27"/>
       <c r="L70" s="27"/>
       <c r="M70" s="27"/>
     </row>
-    <row r="71" spans="1:13" ht="155" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:13" ht="157.5" x14ac:dyDescent="0.4">
       <c r="A71" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="B71" s="43" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C71" s="43">
         <v>2025</v>
       </c>
       <c r="D71" s="27"/>
       <c r="E71" s="27"/>
       <c r="F71" s="27"/>
       <c r="G71" s="27"/>
       <c r="H71" s="27"/>
       <c r="I71" s="27"/>
       <c r="J71" s="27"/>
       <c r="K71" s="27"/>
       <c r="L71" s="27"/>
       <c r="M71" s="27"/>
     </row>
-    <row r="72" spans="1:13" ht="124" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:13" ht="126" x14ac:dyDescent="0.4">
       <c r="A72" s="27" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B72" s="43" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C72" s="43" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D72" s="27"/>
       <c r="E72" s="27"/>
       <c r="F72" s="27"/>
       <c r="G72" s="27"/>
       <c r="H72" s="27"/>
       <c r="I72" s="27"/>
       <c r="J72" s="27"/>
       <c r="K72" s="27"/>
       <c r="L72" s="27"/>
       <c r="M72" s="27"/>
     </row>
-    <row r="73" spans="1:13" ht="93" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:13" ht="110.25" x14ac:dyDescent="0.4">
       <c r="A73" s="27" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B73" s="43" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C73" s="43">
         <v>2025</v>
       </c>
       <c r="D73" s="27"/>
       <c r="E73" s="27"/>
       <c r="F73" s="27"/>
       <c r="G73" s="27"/>
       <c r="H73" s="27"/>
       <c r="I73" s="27"/>
       <c r="J73" s="27"/>
       <c r="K73" s="27"/>
       <c r="L73" s="27"/>
       <c r="M73" s="27"/>
     </row>
-    <row r="74" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A74" s="25" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B74" s="42"/>
       <c r="C74" s="42"/>
       <c r="D74" s="25"/>
       <c r="E74" s="25"/>
       <c r="F74" s="25"/>
       <c r="G74" s="25"/>
       <c r="H74" s="25"/>
       <c r="I74" s="25"/>
       <c r="J74" s="25"/>
       <c r="K74" s="25"/>
       <c r="L74" s="25"/>
       <c r="M74" s="25"/>
     </row>
-    <row r="75" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A75" s="26" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B75" s="44"/>
       <c r="C75" s="44"/>
       <c r="D75" s="26"/>
       <c r="E75" s="26"/>
       <c r="F75" s="26"/>
       <c r="G75" s="26"/>
       <c r="H75" s="26"/>
       <c r="I75" s="26"/>
       <c r="J75" s="26"/>
       <c r="K75" s="26"/>
       <c r="L75" s="26"/>
       <c r="M75" s="26"/>
     </row>
-    <row r="76" spans="1:13" ht="31" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:13" ht="31.5" x14ac:dyDescent="0.4">
       <c r="A76" s="27" t="s">
+        <v>143</v>
+      </c>
+      <c r="B76" s="43" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C76" s="43">
         <v>2019</v>
       </c>
       <c r="D76" s="27"/>
       <c r="E76" s="27"/>
       <c r="F76" s="27"/>
       <c r="G76" s="27"/>
       <c r="H76" s="27"/>
       <c r="I76" s="27"/>
       <c r="J76" s="27"/>
       <c r="K76" s="27"/>
       <c r="L76" s="27"/>
       <c r="M76" s="27"/>
     </row>
-    <row r="77" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A77" s="26" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B77" s="44"/>
       <c r="C77" s="44"/>
       <c r="D77" s="26"/>
       <c r="E77" s="26"/>
       <c r="F77" s="26"/>
       <c r="G77" s="26"/>
       <c r="H77" s="26"/>
       <c r="I77" s="26"/>
       <c r="J77" s="26"/>
       <c r="K77" s="26"/>
       <c r="L77" s="26"/>
       <c r="M77" s="26"/>
     </row>
-    <row r="78" spans="1:13" ht="31" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A78" s="27" t="s">
+        <v>146</v>
+      </c>
+      <c r="B78" s="43" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C78" s="43">
         <v>2019</v>
       </c>
       <c r="D78" s="27"/>
       <c r="E78" s="27"/>
       <c r="F78" s="27"/>
       <c r="G78" s="27"/>
       <c r="H78" s="27"/>
       <c r="I78" s="27"/>
       <c r="J78" s="27"/>
       <c r="K78" s="27"/>
       <c r="L78" s="27"/>
       <c r="M78" s="27"/>
     </row>
-    <row r="79" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A79" s="27" t="s">
+        <v>148</v>
+      </c>
+      <c r="B79" s="43" t="s">
         <v>149</v>
       </c>
-      <c r="B79" s="43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="43" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D79" s="27"/>
       <c r="E79" s="27"/>
       <c r="F79" s="27"/>
       <c r="G79" s="27"/>
       <c r="H79" s="27"/>
       <c r="I79" s="27"/>
       <c r="J79" s="27"/>
       <c r="K79" s="27"/>
       <c r="L79" s="27"/>
       <c r="M79" s="27"/>
     </row>
-    <row r="80" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A80" s="27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B80" s="43" t="s">
         <v>151</v>
       </c>
-      <c r="B80" s="43" t="s">
+      <c r="C80" s="43" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D80" s="27"/>
       <c r="E80" s="27"/>
       <c r="F80" s="27"/>
       <c r="G80" s="27"/>
       <c r="H80" s="27"/>
       <c r="I80" s="27"/>
       <c r="J80" s="27"/>
       <c r="K80" s="27"/>
       <c r="L80" s="27"/>
       <c r="M80" s="27"/>
     </row>
-    <row r="81" spans="1:13" ht="62" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A81" s="27" t="s">
+        <v>153</v>
+      </c>
+      <c r="B81" s="43" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C81" s="43">
         <v>2019</v>
       </c>
       <c r="D81" s="27"/>
       <c r="E81" s="27"/>
       <c r="F81" s="27"/>
       <c r="G81" s="27"/>
       <c r="H81" s="27"/>
       <c r="I81" s="27"/>
       <c r="J81" s="27"/>
       <c r="K81" s="27"/>
       <c r="L81" s="27"/>
       <c r="M81" s="27"/>
     </row>
-    <row r="82" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A82" s="26" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B82" s="44"/>
       <c r="C82" s="44"/>
       <c r="D82" s="26"/>
       <c r="E82" s="26"/>
       <c r="F82" s="26"/>
       <c r="G82" s="26"/>
       <c r="H82" s="26"/>
       <c r="I82" s="26"/>
       <c r="J82" s="26"/>
       <c r="K82" s="26"/>
       <c r="L82" s="26"/>
       <c r="M82" s="26"/>
     </row>
-    <row r="83" spans="1:13" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:13" ht="78.75" x14ac:dyDescent="0.4">
       <c r="A83" s="27" t="s">
+        <v>156</v>
+      </c>
+      <c r="B83" s="43" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C83" s="43">
         <v>2019</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="27"/>
       <c r="F83" s="27"/>
       <c r="G83" s="27"/>
       <c r="H83" s="27"/>
       <c r="I83" s="27"/>
       <c r="J83" s="27"/>
       <c r="K83" s="27"/>
       <c r="L83" s="27"/>
       <c r="M83" s="27"/>
     </row>
-    <row r="84" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A84" s="26" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B84" s="44"/>
       <c r="C84" s="44"/>
       <c r="D84" s="26"/>
       <c r="E84" s="26"/>
       <c r="F84" s="26"/>
       <c r="G84" s="26"/>
       <c r="H84" s="26"/>
       <c r="I84" s="26"/>
       <c r="J84" s="26"/>
       <c r="K84" s="26"/>
       <c r="L84" s="26"/>
       <c r="M84" s="26"/>
     </row>
-    <row r="85" spans="1:13" ht="93" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:13" ht="94.5" x14ac:dyDescent="0.4">
       <c r="A85" s="27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B85" s="43" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C85" s="43">
         <v>2025</v>
       </c>
       <c r="D85" s="27"/>
       <c r="E85" s="27"/>
       <c r="F85" s="27"/>
       <c r="G85" s="27"/>
       <c r="H85" s="27"/>
       <c r="I85" s="27"/>
       <c r="J85" s="27"/>
       <c r="K85" s="27"/>
       <c r="L85" s="27"/>
       <c r="M85" s="27"/>
     </row>
-    <row r="86" spans="1:13" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:13" ht="63" x14ac:dyDescent="0.4">
       <c r="A86" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="B86" s="43" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C86" s="43">
         <v>2025</v>
       </c>
       <c r="D86" s="27"/>
       <c r="E86" s="27"/>
       <c r="F86" s="27"/>
       <c r="G86" s="27"/>
       <c r="H86" s="27"/>
       <c r="I86" s="27"/>
       <c r="J86" s="27"/>
       <c r="K86" s="27"/>
       <c r="L86" s="27"/>
       <c r="M86" s="27"/>
     </row>
-    <row r="87" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A87" s="25" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B87" s="42"/>
       <c r="C87" s="42"/>
       <c r="D87" s="25"/>
       <c r="E87" s="25"/>
       <c r="F87" s="25"/>
       <c r="G87" s="25"/>
       <c r="H87" s="25"/>
       <c r="I87" s="25"/>
       <c r="J87" s="25"/>
       <c r="K87" s="25"/>
       <c r="L87" s="25"/>
       <c r="M87" s="25"/>
     </row>
-    <row r="88" spans="1:13" ht="31" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:13" ht="47.25" x14ac:dyDescent="0.4">
       <c r="A88" s="27" t="s">
+        <v>164</v>
+      </c>
+      <c r="B88" s="43" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="C88" s="43">
         <v>2025</v>
       </c>
       <c r="D88" s="27"/>
       <c r="E88" s="27"/>
       <c r="F88" s="27"/>
       <c r="G88" s="27"/>
       <c r="H88" s="27"/>
       <c r="I88" s="27"/>
       <c r="J88" s="27"/>
       <c r="K88" s="27"/>
       <c r="L88" s="27"/>
       <c r="M88" s="27"/>
     </row>
-    <row r="89" spans="1:13" ht="93" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:13" ht="110.25" x14ac:dyDescent="0.4">
       <c r="A89" s="27" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B89" s="43" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C89" s="43">
         <v>2025</v>
       </c>
       <c r="D89" s="27"/>
       <c r="E89" s="27"/>
       <c r="F89" s="27"/>
       <c r="G89" s="27"/>
       <c r="H89" s="27"/>
       <c r="I89" s="27"/>
       <c r="J89" s="27"/>
       <c r="K89" s="27"/>
       <c r="L89" s="27"/>
       <c r="M89" s="27"/>
     </row>
-    <row r="90" spans="1:13" ht="93" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:13" ht="94.5" x14ac:dyDescent="0.4">
       <c r="A90" s="27" t="s">
+        <v>167</v>
+      </c>
+      <c r="B90" s="43" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="C90" s="43">
         <v>2025</v>
       </c>
       <c r="D90" s="27"/>
       <c r="E90" s="27"/>
       <c r="F90" s="27"/>
       <c r="G90" s="27"/>
       <c r="H90" s="27"/>
       <c r="I90" s="27"/>
       <c r="J90" s="27"/>
       <c r="K90" s="27"/>
       <c r="L90" s="27"/>
       <c r="M90" s="27"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:M2" xr:uid="{CDAB6358-A15C-45A3-97A4-BA9D51CB315E}"/>
   <conditionalFormatting sqref="E4:L90">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$D4="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="22" fitToHeight="0" orientation="landscape" verticalDpi="0"/>
   <extLst>
@@ -5300,1529 +5300,1538 @@
           </x14:formula1>
           <xm:sqref>D4:D90 F4:F90</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000002000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$1:$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>H4:H90</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D853482C-5B87-4E0D-8A3F-53B106333753}">
   <sheetPr>
     <tabColor rgb="FF228096"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:A23"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="67.7109375" style="31" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="31"/>
+    <col min="1" max="1" width="67.6640625" style="31" customWidth="1"/>
+    <col min="2" max="16384" width="9.109375" style="31"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A1" s="40" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="232.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="39" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="232.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    <row r="3" spans="1:1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3" s="34"/>
     </row>
-    <row r="4" spans="1:1" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A4" s="35"/>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A5" s="36"/>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A6" s="37"/>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A7" s="37"/>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A8" s="37"/>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A9" s="37"/>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A10" s="37"/>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A11" s="37"/>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A12" s="37"/>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A13" s="37"/>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A14" s="37"/>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A15" s="37"/>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A16" s="37"/>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A17" s="37"/>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A18" s="37"/>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A19" s="37"/>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A20" s="37"/>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A21" s="37"/>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A22" s="37"/>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A23" s="37"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CEA57E0D-5763-4BAF-8255-05A993A1B55E}">
   <sheetPr>
     <tabColor rgb="FF228096"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:A23"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="69.42578125" style="31" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="31"/>
+    <col min="1" max="1" width="69.44140625" style="31" customWidth="1"/>
+    <col min="2" max="16384" width="9.109375" style="31"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A1" s="40" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="235.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="39" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="235.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    <row r="3" spans="1:1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3" s="34"/>
     </row>
-    <row r="4" spans="1:1" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A4" s="35"/>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A5" s="36"/>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A6" s="37"/>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A7" s="37"/>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A8" s="37"/>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A9" s="37"/>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A10" s="37"/>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A11" s="37"/>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A12" s="37"/>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A13" s="37"/>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A14" s="37"/>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A15" s="37"/>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A16" s="37"/>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A17" s="37"/>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A18" s="37"/>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A19" s="37"/>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A20" s="37"/>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A21" s="37"/>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A22" s="37"/>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A23" s="37"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AC75FCC-4BF7-46A1-B86A-36BEB2035DEF}">
   <sheetPr>
     <tabColor rgb="FF228096"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="42.42578125" style="31" customWidth="1"/>
+    <col min="1" max="1" width="42.44140625" style="31" customWidth="1"/>
     <col min="2" max="2" width="54" style="31" customWidth="1"/>
-    <col min="3" max="16384" width="9.140625" style="31"/>
+    <col min="3" max="16384" width="9.109375" style="31"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="29" t="s">
+        <v>177</v>
+      </c>
+      <c r="B1" s="30"/>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" s="32" t="s">
         <v>178</v>
       </c>
-      <c r="B1" s="30"/>
-[...2 lines deleted...]
-      <c r="A2" s="32" t="s">
+      <c r="B2" s="33" t="s">
         <v>179</v>
       </c>
-      <c r="B2" s="33" t="s">
+    </row>
+    <row r="3" spans="1:2" ht="47.25" x14ac:dyDescent="0.4">
+      <c r="A3" s="48" t="s">
         <v>180</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="48" t="s">
+      <c r="B3" s="38" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="141.75" x14ac:dyDescent="0.4">
+      <c r="A4" s="48" t="s">
+        <v>182</v>
+      </c>
+      <c r="B4" s="38" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="204.75" x14ac:dyDescent="0.4">
+      <c r="A5" s="48" t="s">
         <v>181</v>
       </c>
-      <c r="B3" s="38" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="48" t="s">
+      <c r="B5" s="38" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="94.5" x14ac:dyDescent="0.4">
+      <c r="A6" s="48" t="s">
         <v>183</v>
       </c>
-      <c r="B4" s="38" t="s">
-[...7 lines deleted...]
-      <c r="B5" s="38" t="s">
+      <c r="B6" s="38" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="93" x14ac:dyDescent="0.3">
-      <c r="A6" s="48" t="s">
+    <row r="7" spans="1:2" ht="204.75" x14ac:dyDescent="0.4">
+      <c r="A7" s="48" t="s">
         <v>184</v>
       </c>
-      <c r="B6" s="38" t="s">
+      <c r="B7" s="38" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="126" x14ac:dyDescent="0.4">
+      <c r="A8" s="38" t="s">
         <v>189</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      </c>
       <c r="B8" s="38" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="43.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="49" t="s">
         <v>190</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B9" s="35"/>
     </row>
-    <row r="10" spans="1:2" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A10" s="35" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B10" s="35"/>
     </row>
-    <row r="11" spans="1:2" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A11" s="35" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B11" s="35"/>
     </row>
-    <row r="12" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A12" s="37"/>
     </row>
-    <row r="13" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A13" s="37"/>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A14" s="37"/>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A15" s="37"/>
     </row>
-    <row r="16" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A16" s="37"/>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A17" s="37"/>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A18" s="37"/>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A19" s="37"/>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A20" s="37"/>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A21" s="37"/>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A22" s="37"/>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A23" s="37"/>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A24" s="37"/>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A25" s="37"/>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A26" s="37"/>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A27" s="37"/>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A28" s="37"/>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A29" s="37"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0977E0C-0A3F-44E1-9316-1E492B3B0063}">
   <sheetPr>
     <tabColor rgb="FF228096"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="54.2109375" style="31" customWidth="1"/>
+    <col min="1" max="1" width="54.21875" style="31" customWidth="1"/>
     <col min="2" max="2" width="54" style="31" customWidth="1"/>
-    <col min="3" max="16384" width="9.140625" style="31"/>
+    <col min="3" max="16384" width="9.109375" style="31"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="29" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1" s="30"/>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" s="32" t="s">
+        <v>194</v>
+      </c>
+      <c r="B2" s="33" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="110.25" x14ac:dyDescent="0.4">
+      <c r="A3" s="47" t="s">
         <v>195</v>
       </c>
-      <c r="B1" s="30"/>
-[...2 lines deleted...]
-      <c r="A2" s="32" t="s">
+      <c r="B3" s="38" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="379.35" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="48" t="s">
         <v>196</v>
       </c>
-      <c r="B2" s="33" t="s">
-[...7 lines deleted...]
-      <c r="B3" s="38" t="s">
+      <c r="B4" s="38" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="277.35000000000002" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="50" t="s">
         <v>199</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      </c>
       <c r="B5" s="51" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:2" ht="331.25" customHeight="1" x14ac:dyDescent="0.3">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="331.35" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="52"/>
       <c r="B6" s="54" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:2" ht="31" x14ac:dyDescent="0.3">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="31.5" x14ac:dyDescent="0.4">
       <c r="A7" s="52" t="s">
+        <v>200</v>
+      </c>
+      <c r="B7" s="53" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="49" t="s">
         <v>202</v>
       </c>
-      <c r="B7" s="53" t="s">
+      <c r="B8" s="35"/>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" s="34" t="s">
         <v>203</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="49" t="s">
+      <c r="B9" s="35"/>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" s="34" t="s">
+        <v>206</v>
+      </c>
+      <c r="B10" s="35"/>
+    </row>
+    <row r="11" spans="1:2" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="34" t="s">
         <v>204</v>
       </c>
-      <c r="B8" s="35"/>
-[...2 lines deleted...]
-      <c r="A9" s="34" t="s">
+      <c r="B11" s="35"/>
+    </row>
+    <row r="12" spans="1:2" ht="34.35" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="35" t="s">
         <v>205</v>
       </c>
-      <c r="B9" s="35"/>
-[...2 lines deleted...]
-      <c r="A10" s="34" t="s">
+      <c r="B12" s="35"/>
+    </row>
+    <row r="13" spans="1:2" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="49" t="s">
+        <v>207</v>
+      </c>
+      <c r="B13" s="35"/>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" s="34" t="s">
         <v>208</v>
       </c>
-      <c r="B10" s="35"/>
-[...14 lines deleted...]
-      <c r="A13" s="49" t="s">
+      <c r="B14" s="35"/>
+    </row>
+    <row r="15" spans="1:2" ht="25.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="34" t="s">
         <v>209</v>
       </c>
-      <c r="B13" s="35"/>
-[...2 lines deleted...]
-      <c r="A14" s="34" t="s">
+      <c r="B15" s="35"/>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" s="34" t="s">
         <v>210</v>
       </c>
-      <c r="B14" s="35"/>
-[...2 lines deleted...]
-      <c r="A15" s="34" t="s">
+      <c r="B16" s="35"/>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" s="34" t="s">
         <v>211</v>
       </c>
-      <c r="B15" s="35"/>
-[...10 lines deleted...]
-      </c>
       <c r="B17" s="35"/>
     </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A18" s="37"/>
     </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A19" s="37"/>
     </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A20" s="37"/>
     </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A21" s="37"/>
     </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A22" s="37"/>
     </row>
-    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A23" s="37"/>
     </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A24" s="37"/>
     </row>
-    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A25" s="37"/>
     </row>
-    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A26" s="37"/>
     </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A27" s="37"/>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A28" s="37"/>
     </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A29" s="37"/>
     </row>
-    <row r="30" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A30" s="37"/>
     </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A31" s="37"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F8B56D3-D831-4DD2-8342-CBDAC936F6BA}">
   <sheetPr>
     <tabColor rgb="FF228096"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="52.640625" style="31" customWidth="1"/>
+    <col min="1" max="1" width="52.6640625" style="31" customWidth="1"/>
     <col min="2" max="2" width="54" style="31" customWidth="1"/>
-    <col min="3" max="16384" width="9.140625" style="31"/>
+    <col min="3" max="16384" width="9.109375" style="31"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="29" t="s">
+        <v>212</v>
+      </c>
+      <c r="B1" s="30"/>
+    </row>
+    <row r="2" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>213</v>
+      </c>
+      <c r="B2" s="56" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="31.5" x14ac:dyDescent="0.4">
+      <c r="A3" s="48" t="s">
         <v>214</v>
       </c>
-      <c r="B1" s="30"/>
-[...2 lines deleted...]
-      <c r="A2" s="55" t="s">
+      <c r="B3" s="38" t="s">
         <v>215</v>
       </c>
-      <c r="B2" s="56" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="48" t="s">
+    </row>
+    <row r="4" spans="1:2" ht="346.35" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="38" t="s">
+        <v>247</v>
+      </c>
+      <c r="B4" s="38" t="s">
         <v>216</v>
       </c>
-      <c r="B3" s="38" t="s">
+    </row>
+    <row r="5" spans="1:2" ht="349.7" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="51" t="s">
         <v>217</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      </c>
       <c r="B5" s="51" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:2" ht="139.5" x14ac:dyDescent="0.3">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="157.5" x14ac:dyDescent="0.4">
       <c r="A6" s="54"/>
       <c r="B6" s="54" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="252" x14ac:dyDescent="0.4">
+      <c r="A7" s="52" t="s">
+        <v>219</v>
+      </c>
+      <c r="B7" s="54" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="248" x14ac:dyDescent="0.3">
-      <c r="A7" s="52" t="s">
+    <row r="8" spans="1:2" ht="40.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="49" t="s">
         <v>221</v>
       </c>
-      <c r="B7" s="54" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="B8" s="35"/>
     </row>
-    <row r="9" spans="1:2" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:2" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="34" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B9" s="35"/>
     </row>
-    <row r="10" spans="1:2" ht="22.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:2" ht="22.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="34" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B10" s="35"/>
     </row>
-    <row r="11" spans="1:2" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A11" s="35"/>
       <c r="B11" s="35"/>
     </row>
-    <row r="12" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A12" s="36"/>
       <c r="B12" s="30"/>
     </row>
-    <row r="13" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A13" s="37"/>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A14" s="37"/>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A15" s="37"/>
     </row>
-    <row r="16" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A16" s="37"/>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A17" s="37"/>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A18" s="37"/>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A19" s="37"/>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A20" s="37"/>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A21" s="37"/>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A22" s="37"/>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A23" s="37"/>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A24" s="37"/>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A25" s="37"/>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A26" s="37"/>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A27" s="37"/>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A28" s="37"/>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A29" s="37"/>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A30" s="37"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{11C8DEBC-0F94-48F4-BEA0-B46B16163A1E}">
   <sheetPr>
     <tabColor rgb="FF228096"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="48.0703125" style="31" customWidth="1"/>
+    <col min="1" max="1" width="48.109375" style="31" customWidth="1"/>
     <col min="2" max="2" width="54" style="31" customWidth="1"/>
-    <col min="3" max="16384" width="9.140625" style="31"/>
+    <col min="3" max="16384" width="9.109375" style="31"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="29" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B1" s="30"/>
     </row>
-    <row r="2" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="29" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B2" s="30"/>
     </row>
-    <row r="3" spans="1:2" ht="31" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:2" ht="31.5" x14ac:dyDescent="0.4">
       <c r="A3" s="57" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B3" s="56" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:2" ht="217" x14ac:dyDescent="0.3">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="220.5" x14ac:dyDescent="0.4">
       <c r="A4" s="48" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B4" s="38" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="157.5" x14ac:dyDescent="0.4">
+      <c r="A5" s="38" t="s">
+        <v>223</v>
+      </c>
+      <c r="B5" s="38" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="155" x14ac:dyDescent="0.3">
-      <c r="A5" s="38" t="s">
+    <row r="6" spans="1:2" ht="288.60000000000002" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="38" t="s">
         <v>225</v>
       </c>
-      <c r="B5" s="38" t="s">
+      <c r="B6" s="38" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="288.64999999999998" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B6" s="38" t="s">
+    <row r="7" spans="1:2" ht="329.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="50" t="s">
+        <v>219</v>
+      </c>
+      <c r="B7" s="51" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="329.4" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-    <row r="8" spans="1:2" ht="93" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:2" ht="110.25" x14ac:dyDescent="0.4">
       <c r="A8" s="53"/>
       <c r="B8" s="54" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="49" t="s">
         <v>229</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="49" t="s">
+      <c r="B9" s="35"/>
+    </row>
+    <row r="10" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34" t="s">
+        <v>230</v>
+      </c>
+      <c r="B10" s="35"/>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" s="34" t="s">
+        <v>206</v>
+      </c>
+      <c r="B11" s="35"/>
+    </row>
+    <row r="12" spans="1:2" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="34" t="s">
+        <v>204</v>
+      </c>
+      <c r="B12" s="35"/>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.4">
+      <c r="A13" s="35" t="s">
+        <v>205</v>
+      </c>
+      <c r="B13" s="35"/>
+    </row>
+    <row r="14" spans="1:2" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="49" t="s">
         <v>231</v>
       </c>
-      <c r="B9" s="35"/>
-[...2 lines deleted...]
-      <c r="A10" s="34" t="s">
+      <c r="B14" s="35"/>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" s="34" t="s">
         <v>232</v>
       </c>
-      <c r="B10" s="35"/>
-[...20 lines deleted...]
-      <c r="A14" s="49" t="s">
+      <c r="B15" s="35"/>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" s="34" t="s">
         <v>233</v>
       </c>
-      <c r="B14" s="35"/>
-[...2 lines deleted...]
-      <c r="A15" s="34" t="s">
+      <c r="B16" s="35"/>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" s="34" t="s">
         <v>234</v>
       </c>
-      <c r="B15" s="35"/>
-[...2 lines deleted...]
-      <c r="A16" s="34" t="s">
+      <c r="B17" s="35"/>
+    </row>
+    <row r="18" spans="1:2" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34" t="s">
         <v>235</v>
       </c>
-      <c r="B16" s="35"/>
-[...2 lines deleted...]
-      <c r="A17" s="34" t="s">
+      <c r="B18" s="35"/>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A19" s="34" t="s">
         <v>236</v>
       </c>
-      <c r="B17" s="35"/>
-[...2 lines deleted...]
-      <c r="A18" s="34" t="s">
+      <c r="B19" s="35"/>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A20" s="34" t="s">
         <v>237</v>
       </c>
-      <c r="B18" s="35"/>
-[...10 lines deleted...]
-      </c>
       <c r="B20" s="35"/>
     </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A21" s="37"/>
     </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A22" s="37"/>
     </row>
-    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A23" s="37"/>
     </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A24" s="37"/>
     </row>
-    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A25" s="37"/>
     </row>
-    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A26" s="37"/>
     </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A27" s="37"/>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A28" s="37"/>
     </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A29" s="37"/>
     </row>
-    <row r="30" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A30" s="37"/>
     </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A31" s="37"/>
     </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:2" x14ac:dyDescent="0.4">
       <c r="A32" s="37"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:B546"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.640625" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="50.7109375" customWidth="1"/>
+    <col min="1" max="1" width="50.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:2" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="15">
         <f>SUMPRODUCT(COUNTIF('Data sheet'!D3:D90,{"Yes","Partial"}))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="15">
         <f>COUNTIF('Data sheet'!F3:F90,"Yes")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:2" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="18">
         <f>COUNTIF('Data sheet'!F3:F90,"Partial")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="12" t="str">
         <f>IF(ISERROR(B2/B1),"",B2/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="13" t="str">
         <f>IF(ISERROR(B3/B1),"",B3/B1)</f>
         <v/>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
     </row>
-    <row r="7" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.3"/>
-[...538 lines deleted...]
-    <row r="546" ht="15.65" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="7" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="8" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="9" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="10" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="11" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="12" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="13" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="14" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="15" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="16" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="17" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="18" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="19" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="20" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="21" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="22" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="23" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="24" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="25" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="26" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="27" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="28" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="29" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="30" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="31" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="32" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="33" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="34" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="35" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="36" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="37" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="38" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="39" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="40" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="41" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="42" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="43" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="44" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="45" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="46" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="47" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="48" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="49" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="50" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="51" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="52" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="53" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="54" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="55" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="56" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="57" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="58" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="59" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="60" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="61" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="62" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="63" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="64" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="65" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="66" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="67" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="68" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="69" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="70" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="71" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="72" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="73" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="74" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="75" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="76" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="77" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="78" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="79" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="80" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="81" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="82" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="83" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="84" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="85" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="86" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="87" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="88" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="89" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="90" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="91" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="92" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="93" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="94" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="95" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="96" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="97" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="98" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="99" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="100" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="101" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="102" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="103" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="104" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="105" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="106" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="107" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="108" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="109" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="110" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="111" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="112" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="113" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="114" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="115" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="116" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="117" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="118" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="119" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="120" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="121" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="122" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="123" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="124" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="125" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="126" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="127" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="128" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="129" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="130" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="131" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="132" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="133" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="134" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="135" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="136" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="137" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="138" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="139" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="140" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="141" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="142" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="143" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="144" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="145" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="146" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="147" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="148" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="149" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="150" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="151" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="152" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="153" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="154" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="155" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="156" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="157" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="158" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="159" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="160" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="161" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="162" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="163" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="164" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="165" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="166" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="167" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="168" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="169" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="170" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="171" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="172" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="173" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="174" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="175" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="176" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="177" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="178" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="179" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="180" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="181" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="182" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="183" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="184" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="185" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="186" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="187" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="188" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="189" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="190" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="191" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="192" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="193" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="194" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="195" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="196" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="197" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="198" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="199" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="200" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="201" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="202" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="203" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="204" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="205" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="206" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="207" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="208" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="209" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="210" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="211" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="212" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="213" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="214" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="215" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="216" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="217" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="218" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="219" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="220" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="221" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="222" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="223" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="224" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="225" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="226" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="227" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="228" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="229" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="230" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="231" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="232" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="233" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="234" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="235" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="236" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="237" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="238" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="239" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="240" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="241" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="242" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="243" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="244" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="245" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="246" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="247" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="248" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="249" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="250" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="251" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="252" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="253" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="254" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="255" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="256" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="257" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="258" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="259" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="260" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="261" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="262" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="263" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="264" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="265" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="266" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="267" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="268" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="269" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="270" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="271" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="272" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="273" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="274" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="275" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="276" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="277" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="278" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="279" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="280" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="281" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="282" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="283" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="284" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="285" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="286" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="287" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="288" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="289" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="290" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="291" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="292" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="293" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="294" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="295" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="296" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="297" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="298" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="299" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="300" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="301" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="302" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="303" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="304" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="305" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="306" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="307" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="308" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="309" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="310" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="311" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="312" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="313" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="314" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="315" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="316" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="317" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="318" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="319" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="320" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="321" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="322" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="323" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="324" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="325" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="326" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="327" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="328" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="329" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="330" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="331" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="332" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="333" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="334" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="335" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="336" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="337" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="338" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="339" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="340" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="341" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="342" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="343" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="344" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="345" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="346" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="347" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="348" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="349" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="350" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="351" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="352" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="353" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="354" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="355" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="356" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="357" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="358" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="359" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="360" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="361" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="362" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="363" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="364" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="365" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="366" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="367" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="368" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="369" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="370" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="371" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="372" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="373" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="374" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="375" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="376" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="377" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="378" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="379" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="380" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="381" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="382" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="383" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="384" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="385" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="386" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="387" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="388" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="389" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="390" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="391" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="392" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="393" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="394" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="395" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="396" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="397" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="398" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="399" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="400" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="401" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="402" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="403" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="404" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="405" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="406" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="407" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="408" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="409" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="410" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="411" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="412" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="413" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="414" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="415" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="416" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="417" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="418" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="419" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="420" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="421" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="422" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="423" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="424" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="425" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="426" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="427" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="428" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="429" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="430" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="431" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="432" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="433" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="434" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="435" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="436" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="437" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="438" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="439" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="440" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="441" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="442" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="443" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="444" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="445" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="446" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="447" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="448" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="449" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="450" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="451" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="452" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="453" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="454" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="455" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="456" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="457" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="458" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="459" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="460" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="461" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="462" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="463" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="464" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="465" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="466" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="467" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="468" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="469" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="470" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="471" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="472" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="473" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="474" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="475" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="476" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="477" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="478" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="479" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="480" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="481" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="482" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="483" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="484" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="485" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="486" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="487" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="488" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="489" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="490" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="491" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="492" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="493" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="494" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="495" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="496" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="497" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="498" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="499" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="500" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="501" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="502" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="503" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="504" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="505" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="506" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="507" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="508" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="509" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="510" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="511" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="512" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="513" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="514" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="515" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="516" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="517" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="518" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="519" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="520" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="521" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="522" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="523" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="524" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="525" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="526" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="527" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="528" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="529" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="530" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="531" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="532" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="533" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="534" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="535" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="536" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="537" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="538" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="539" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="540" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="541" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="542" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="543" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="544" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="545" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="546" ht="15.6" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c122098d4e003b4384c4da8d0c27443">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d886e9f0196ab673da6bef6c2dfa2844" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b279931570174c37f1ca6db59fb09807">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309418f1a588f56cad73cb47b3118d34" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7018,115 +7027,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </geb11f8ce9d940728585fae6d5409a45>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FCA7BB1-469E-436E-9BDE-7CF5A94DBD67}">
-[...18 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99EA9C6F-5B46-4B0F-90BA-0FB9E9D12E4D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB997958-7211-4AE0-B78D-D52E9431ED5A}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6AE70944-8D46-4F8E-B334-1DC33D5A07A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>