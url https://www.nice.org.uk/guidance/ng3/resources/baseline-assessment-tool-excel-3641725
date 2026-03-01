--- v0 (2025-12-13)
+++ v1 (2026-03-01)
@@ -9,55 +9,55 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5D4E47D-8071-4FFC-B805-63FA72490778}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="11" documentId="8_{EFCDF348-831C-4C4D-82DC-E14C9227CDE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AA3F5B0C-C481-4D04-B688-56C43F9239A7}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="889" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover page" sheetId="28" r:id="rId1"/>
     <sheet name="Introduction" sheetId="23" r:id="rId2"/>
     <sheet name="Data sheet" sheetId="24" r:id="rId3"/>
     <sheet name="Table 1" sheetId="29" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Data sheet'!$A$9:$K$198</definedName>
     <definedName name="_Toc54769918" localSheetId="2">'Data sheet'!$A$10</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Data sheet'!$A$1:$K$198</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -435,54 +435,50 @@
   <si>
     <t xml:space="preserve">Offer blood ketone testing strips and a meter to women with type 1 diabetes who are planning a pregnancy, and advise them to test for ketonaemia if they become hyperglycaemic or unwell. </t>
   </si>
   <si>
     <t xml:space="preserve">Target blood glucose and HbA1c levels before pregnancy </t>
   </si>
   <si>
     <t>Agree individualised targets for self‑monitoring of blood glucose with women who have diabetes and are planning a pregnancy, taking into account the risk of hypoglycaemia.</t>
   </si>
   <si>
     <t>Advise women with diabetes who are planning a pregnancy to aim to keep their HbA1c level below 48 mmol/mol (6.5%), if this is achievable without causing problematic hypoglycaemia.</t>
   </si>
   <si>
     <t xml:space="preserve">Reassure women that any reduction in HbA1c level towards the target is likely to reduce the risk of congenital malformations in the baby. </t>
   </si>
   <si>
     <t>Strongly advise women with diabetes whose HbA1c level is above 86 mmol/mol (10%) not to get pregnant until their HbA1c level is lower, because of the associated risks (see recommendation 1.1.2).</t>
   </si>
   <si>
     <t>Safety of medicines for diabetes before and during pregnancy</t>
   </si>
   <si>
     <t xml:space="preserve">Be aware that the available evidence on rapid‑acting insulin analogues (aspart and lispro) does not show an adverse effect on the pregnancy or the health of baby. </t>
   </si>
   <si>
-    <t xml:space="preserve">Use isophane insulin (also known as NPH insulin) as the first choice for long acting insulin during pregnancy. Consider continuing treatment with long acting insulin analogues (insulin detemir or insulin glargine) for women with diabetes who have established good blood glucose control before pregnancy.
-[...2 lines deleted...]
-  <si>
     <t>Safety of medicines for complications of diabetes before and during pregnancy</t>
   </si>
   <si>
     <t xml:space="preserve">Stop angiotensin‑converting enzyme inhibitors and angiotensin‑II receptor antagonists before conception, or as soon as pregnancy is confirmed. Use alternative antihypertensive agents that are suitable for pregnant women. </t>
   </si>
   <si>
     <t>Stop statins before pregnancy, or as soon as pregnancy is confirmed.</t>
   </si>
   <si>
     <t>Making it easier for women to access preconception care</t>
   </si>
   <si>
     <t xml:space="preserve">From adolescence onwards, at every contact with women with diabetes:
 • healthcare professionals (including the diabetes care team) should explain the benefits of preconception blood glucose control 
 • the diabetes care team should record the plans women have for pregnancy and conception. </t>
   </si>
   <si>
     <t>Provide preconception care for women with diabetes in a supportive environment, and encourage partners or other family members to attend.</t>
   </si>
   <si>
     <t>Education and advice</t>
   </si>
   <si>
     <t>As early as possible, offer a structured education programme to women with diabetes who are planning a pregnancy (if they have not already attended one). For more guidance, see the education and information section in the NICE guideline on type 1 diabetes in adults, and the patient education section in the NICE guideline on type 2 diabetes in adults.</t>
   </si>
@@ -2038,91 +2034,95 @@
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>National Institute for Health and Care Excellence
 3rd floor, 3 Piccadilly Place, Manchester M1 3BN, www.nice.org.uk
 Copyright</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t>© NICE 2025. All rights reserved.</t>
+      <t>© NICE 2026. All rights reserved.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>Subject to Notice of rights</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Use isophane insulin (also known as NPH insulin) as the first choice for long acting insulin during pregnancy. Consider continuing treatment with long acting insulin analogues (insulin detemir or insulin glargine) for women with diabetes who have established good blood glucose control before pregnancy.
+Levemir insulin (insulin detemir), in both its Penfill and Flexpen presentations, is to be discontinued, with an anticipated supply end date of December 2026. A Medicine Supply Notification (MSN/2025/036U) has been issued about the discontinuation. For information on alternative basal insulins, see the Association of British Clinical Diabetologists and the Primary Care Diabetes &amp; Obesity Society guidance on discontinuation of Levemir (insulin detemir). NICE is assessing the impact of the discontinuation of insulin detemir on recommendations in this guideline. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -2966,67 +2966,67 @@
     <xf numFmtId="0" fontId="28" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="32" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="32" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="6" borderId="2" xfId="4" applyBorder="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="7" borderId="26" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="4" applyFill="1" applyBorder="1">
+      <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Notes and additional information" xfId="4" xr:uid="{A8665A17-5D60-4905-94E0-33199BA72D88}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FF233746"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -3612,105 +3612,105 @@
       <c r="I4" s="13"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A5" s="15"/>
       <c r="I5" s="13"/>
     </row>
     <row r="6" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="15"/>
       <c r="I6" s="13"/>
     </row>
     <row r="7" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="15"/>
       <c r="I7" s="13"/>
     </row>
     <row r="8" spans="1:10" ht="37.799999999999997" x14ac:dyDescent="0.3">
       <c r="A8" s="39"/>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
       <c r="G8" s="24"/>
       <c r="I8" s="13"/>
     </row>
     <row r="9" spans="1:10" ht="133.05000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="103" t="s">
+      <c r="A9" s="102" t="s">
         <v>92</v>
       </c>
-      <c r="B9" s="104"/>
-[...6 lines deleted...]
-      <c r="I9" s="105"/>
+      <c r="B9" s="103"/>
+      <c r="C9" s="103"/>
+      <c r="D9" s="103"/>
+      <c r="E9" s="103"/>
+      <c r="F9" s="103"/>
+      <c r="G9" s="103"/>
+      <c r="H9" s="103"/>
+      <c r="I9" s="104"/>
     </row>
     <row r="10" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="40" t="s">
         <v>93</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="42"/>
       <c r="J10" s="24"/>
     </row>
     <row r="11" spans="1:10" ht="29.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="30"/>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="24"/>
       <c r="I11" s="17"/>
       <c r="J11" s="24"/>
     </row>
     <row r="12" spans="1:10" ht="34.200000000000003" x14ac:dyDescent="0.3">
       <c r="A12" s="36" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="37"/>
       <c r="I12" s="38"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="34.200000000000003" x14ac:dyDescent="0.3">
       <c r="A13" s="36" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B13" s="37"/>
       <c r="C13" s="37"/>
       <c r="D13" s="37"/>
       <c r="E13" s="37"/>
       <c r="F13" s="37"/>
       <c r="G13" s="37"/>
       <c r="H13" s="37"/>
       <c r="I13" s="38"/>
       <c r="J13" s="26"/>
     </row>
     <row r="14" spans="1:10" ht="34.200000000000003" x14ac:dyDescent="0.3">
       <c r="A14" s="31"/>
       <c r="B14" s="27"/>
       <c r="C14" s="27"/>
       <c r="D14" s="27"/>
       <c r="E14" s="27"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="26"/>
       <c r="I14" s="16"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="34.200000000000003" x14ac:dyDescent="0.3">
       <c r="A15" s="31"/>
@@ -3734,197 +3734,195 @@
       <c r="G16" s="33"/>
       <c r="H16" s="34"/>
       <c r="I16" s="35"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A9:I9"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFA2BDC1"/>
   </sheetPr>
   <dimension ref="A1:D22"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="16.8" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="95.21875" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.77734375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="82.8" x14ac:dyDescent="0.65">
       <c r="A1" s="10" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A2" s="2"/>
     </row>
     <row r="3" spans="1:4" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A3" s="44" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A4" s="45"/>
     </row>
     <row r="5" spans="1:4" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A5" s="45" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A6" s="45"/>
     </row>
     <row r="7" spans="1:4" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A7" s="45" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A8" s="45"/>
     </row>
     <row r="9" spans="1:4" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A9" s="45" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A10" s="45"/>
     </row>
     <row r="11" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A11" s="46" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A12" s="47"/>
       <c r="D12" s="11"/>
     </row>
     <row r="13" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A13" s="45"/>
     </row>
     <row r="14" spans="1:4" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A14" s="48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A15" s="45"/>
     </row>
     <row r="16" spans="1:4" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A16" s="48" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A17" s="45"/>
     </row>
     <row r="18" spans="1:1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A18" s="45" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
     </row>
     <row r="19" spans="1:1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A19" s="45"/>
     </row>
     <row r="20" spans="1:1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A20" s="45" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
     </row>
     <row r="21" spans="1:1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A21" s="49"/>
     </row>
     <row r="22" spans="1:1" ht="111.6" x14ac:dyDescent="0.4">
       <c r="A22" s="50" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A12" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Yes,Partially,No"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A20" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A22" r:id="rId2" location="notice-of-rights" display="https://www.nice.org.uk/terms-and-conditions - notice-of-rights" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="A7" r:id="rId3" display="It should be used in conjunction with diabetes in pregnancy: management from preconception to the postnatal period (NICE clinical guideline NG3)." xr:uid="{00000000-0004-0000-0100-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet16">
     <tabColor rgb="FF233746"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K198"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="16.8" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="55" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.77734375" style="2" customWidth="1"/>
     <col min="3" max="3" width="18.77734375" style="2" customWidth="1"/>
     <col min="4" max="4" width="18.44140625" style="2" customWidth="1"/>
     <col min="5" max="5" width="59.5546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="18.44140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="55" style="2" customWidth="1"/>
     <col min="8" max="8" width="24.21875" style="2" customWidth="1"/>
     <col min="9" max="9" width="18.21875" style="2" customWidth="1"/>
     <col min="10" max="10" width="12.44140625" style="2" customWidth="1"/>
     <col min="11" max="11" width="22" style="2" customWidth="1"/>
     <col min="12" max="16384" width="9.21875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A1" s="43" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="3" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C3" s="3"/>
       <c r="E3" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="5">
         <f>SUMPRODUCT(COUNTIF(D10:D198,{"Yes","Partial"}))</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.4">
       <c r="C4" s="3"/>
       <c r="E4" s="6" t="s">
@@ -3993,117 +3991,117 @@
       <c r="I9" s="51" t="s">
         <v>12</v>
       </c>
       <c r="J9" s="51" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="51" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A10" s="53" t="s">
         <v>94</v>
       </c>
       <c r="B10" s="54"/>
       <c r="C10" s="54"/>
       <c r="D10" s="54"/>
       <c r="E10" s="54"/>
       <c r="F10" s="54"/>
       <c r="G10" s="54"/>
       <c r="H10" s="54"/>
       <c r="I10" s="55"/>
       <c r="J10" s="55"/>
       <c r="K10" s="55"/>
     </row>
-    <row r="11" spans="1:11" s="101" customFormat="1" ht="136.05000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="102" t="s">
+    <row r="11" spans="1:11" s="100" customFormat="1" ht="136.05000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="101" t="s">
         <v>95</v>
       </c>
-      <c r="B11" s="100"/>
-[...8 lines deleted...]
-      <c r="K11" s="100"/>
+      <c r="B11" s="105"/>
+      <c r="C11" s="105"/>
+      <c r="D11" s="105"/>
+      <c r="E11" s="105"/>
+      <c r="F11" s="105"/>
+      <c r="G11" s="105"/>
+      <c r="H11" s="105"/>
+      <c r="I11" s="105"/>
+      <c r="J11" s="105"/>
+      <c r="K11" s="105"/>
     </row>
     <row r="12" spans="1:11" s="83" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="97" t="s">
         <v>96</v>
       </c>
       <c r="B12" s="98"/>
       <c r="C12" s="98"/>
       <c r="D12" s="98"/>
       <c r="E12" s="98"/>
       <c r="F12" s="98"/>
       <c r="G12" s="98"/>
       <c r="H12" s="98"/>
       <c r="I12" s="99"/>
       <c r="J12" s="99"/>
       <c r="K12" s="99"/>
     </row>
     <row r="13" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A13" s="53" t="s">
         <v>97</v>
       </c>
       <c r="B13" s="54"/>
       <c r="C13" s="54"/>
       <c r="D13" s="54"/>
       <c r="E13" s="54"/>
       <c r="F13" s="54"/>
       <c r="G13" s="54"/>
       <c r="H13" s="54"/>
       <c r="I13" s="55"/>
       <c r="J13" s="55"/>
       <c r="K13" s="55"/>
     </row>
     <row r="14" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A14" s="56" t="s">
         <v>98</v>
       </c>
       <c r="B14" s="57" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="C14" s="58">
         <v>2008</v>
       </c>
       <c r="D14" s="59"/>
       <c r="E14" s="59"/>
       <c r="F14" s="59"/>
       <c r="G14" s="59"/>
       <c r="H14" s="59"/>
       <c r="I14" s="59"/>
       <c r="J14" s="59"/>
       <c r="K14" s="60"/>
     </row>
     <row r="15" spans="1:11" s="9" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A15" s="56" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="B15" s="61" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="58">
         <v>2008</v>
       </c>
       <c r="D15" s="59"/>
       <c r="E15" s="59"/>
       <c r="F15" s="59"/>
       <c r="G15" s="59"/>
       <c r="H15" s="59"/>
       <c r="I15" s="59"/>
       <c r="J15" s="59"/>
       <c r="K15" s="60"/>
     </row>
     <row r="16" spans="1:11" s="9" customFormat="1" ht="409.6" x14ac:dyDescent="0.45">
       <c r="A16" s="56" t="s">
         <v>99</v>
       </c>
       <c r="B16" s="61" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="58">
         <v>2008</v>
@@ -4167,51 +4165,51 @@
       <c r="G19" s="59"/>
       <c r="H19" s="59"/>
       <c r="I19" s="59"/>
       <c r="J19" s="59"/>
       <c r="K19" s="60"/>
     </row>
     <row r="20" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A20" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B20" s="61" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="58">
         <v>2015</v>
       </c>
       <c r="D20" s="59"/>
       <c r="E20" s="59"/>
       <c r="F20" s="59"/>
       <c r="G20" s="59"/>
       <c r="H20" s="59"/>
       <c r="I20" s="59"/>
       <c r="J20" s="59"/>
       <c r="K20" s="60"/>
     </row>
-    <row r="21" spans="1:11" s="9" customFormat="1" ht="260.39999999999998" x14ac:dyDescent="0.45">
+    <row r="21" spans="1:11" s="9" customFormat="1" ht="279" x14ac:dyDescent="0.45">
       <c r="A21" s="56" t="s">
         <v>105</v>
       </c>
       <c r="B21" s="61" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="58">
         <v>2015</v>
       </c>
       <c r="D21" s="59"/>
       <c r="E21" s="59"/>
       <c r="F21" s="59"/>
       <c r="G21" s="62"/>
       <c r="H21" s="59"/>
       <c r="I21" s="59"/>
       <c r="J21" s="59"/>
       <c r="K21" s="60"/>
     </row>
     <row r="22" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A22" s="56" t="s">
         <v>106</v>
       </c>
       <c r="B22" s="61" t="s">
         <v>26</v>
       </c>
@@ -4241,102 +4239,102 @@
       <c r="I23" s="55"/>
       <c r="J23" s="55"/>
       <c r="K23" s="55"/>
     </row>
     <row r="24" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A24" s="56" t="s">
         <v>108</v>
       </c>
       <c r="B24" s="61" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="58">
         <v>2008</v>
       </c>
       <c r="D24" s="59"/>
       <c r="E24" s="59"/>
       <c r="F24" s="59"/>
       <c r="G24" s="59"/>
       <c r="H24" s="59"/>
       <c r="I24" s="59"/>
       <c r="J24" s="59"/>
       <c r="K24" s="60"/>
     </row>
     <row r="25" spans="1:11" s="9" customFormat="1" ht="132" x14ac:dyDescent="0.45">
       <c r="A25" s="56" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="B25" s="61" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="58">
         <v>2008</v>
       </c>
       <c r="D25" s="59"/>
       <c r="E25" s="59"/>
       <c r="F25" s="59"/>
       <c r="G25" s="59"/>
       <c r="H25" s="59"/>
       <c r="I25" s="59"/>
       <c r="J25" s="59"/>
       <c r="K25" s="60"/>
     </row>
     <row r="26" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A26" s="56" t="s">
         <v>109</v>
       </c>
       <c r="B26" s="61" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="58">
         <v>2008</v>
       </c>
       <c r="D26" s="59"/>
       <c r="E26" s="59"/>
       <c r="F26" s="59"/>
       <c r="G26" s="59"/>
       <c r="H26" s="59"/>
       <c r="I26" s="59"/>
       <c r="J26" s="59"/>
       <c r="K26" s="60"/>
     </row>
     <row r="27" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A27" s="53" t="s">
         <v>110</v>
       </c>
       <c r="B27" s="54"/>
       <c r="C27" s="54"/>
       <c r="D27" s="54"/>
       <c r="E27" s="54"/>
       <c r="F27" s="54"/>
       <c r="G27" s="54"/>
       <c r="H27" s="54"/>
       <c r="I27" s="55"/>
       <c r="J27" s="55"/>
       <c r="K27" s="55"/>
     </row>
-    <row r="28" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
+    <row r="28" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A28" s="56" t="s">
         <v>111</v>
       </c>
       <c r="B28" s="61" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="58" t="s">
         <v>112</v>
       </c>
       <c r="D28" s="59"/>
       <c r="E28" s="59"/>
       <c r="F28" s="59"/>
       <c r="G28" s="59"/>
       <c r="H28" s="59"/>
       <c r="I28" s="59"/>
       <c r="J28" s="59"/>
       <c r="K28" s="60"/>
     </row>
     <row r="29" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A29" s="56" t="s">
         <v>113</v>
       </c>
       <c r="B29" s="61" t="s">
         <v>31</v>
       </c>
@@ -4404,51 +4402,51 @@
       <c r="I32" s="55"/>
       <c r="J32" s="55"/>
       <c r="K32" s="55"/>
     </row>
     <row r="33" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A33" s="56" t="s">
         <v>117</v>
       </c>
       <c r="B33" s="61" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="58">
         <v>2008</v>
       </c>
       <c r="D33" s="59"/>
       <c r="E33" s="59"/>
       <c r="F33" s="59"/>
       <c r="G33" s="59"/>
       <c r="H33" s="59"/>
       <c r="I33" s="59"/>
       <c r="J33" s="59"/>
       <c r="K33" s="60"/>
     </row>
     <row r="34" spans="1:11" s="9" customFormat="1" ht="204.6" x14ac:dyDescent="0.45">
       <c r="A34" s="56" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="B34" s="61" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="58">
         <v>2015</v>
       </c>
       <c r="D34" s="59"/>
       <c r="E34" s="59"/>
       <c r="F34" s="59"/>
       <c r="G34" s="59"/>
       <c r="H34" s="59"/>
       <c r="I34" s="59"/>
       <c r="J34" s="59"/>
       <c r="K34" s="60"/>
     </row>
     <row r="35" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A35" s="56" t="s">
         <v>118</v>
       </c>
       <c r="B35" s="61" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="58">
         <v>2015</v>
@@ -4495,3086 +4493,3086 @@
       <c r="E37" s="59"/>
       <c r="F37" s="59"/>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
       <c r="I37" s="59"/>
       <c r="J37" s="59"/>
       <c r="K37" s="60"/>
     </row>
     <row r="38" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A38" s="53" t="s">
         <v>121</v>
       </c>
       <c r="B38" s="54"/>
       <c r="C38" s="54"/>
       <c r="D38" s="54"/>
       <c r="E38" s="54"/>
       <c r="F38" s="54"/>
       <c r="G38" s="54"/>
       <c r="H38" s="54"/>
       <c r="I38" s="55"/>
       <c r="J38" s="55"/>
       <c r="K38" s="55"/>
     </row>
     <row r="39" spans="1:11" s="9" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A39" s="56" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B39" s="61" t="s">
         <v>39</v>
       </c>
       <c r="C39" s="58">
         <v>2008</v>
       </c>
       <c r="D39" s="59"/>
       <c r="E39" s="59"/>
       <c r="F39" s="59"/>
       <c r="G39" s="59"/>
       <c r="H39" s="59"/>
       <c r="I39" s="59"/>
       <c r="J39" s="59"/>
       <c r="K39" s="60"/>
     </row>
     <row r="40" spans="1:11" s="9" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A40" s="56" t="s">
         <v>122</v>
       </c>
       <c r="B40" s="61" t="s">
         <v>40</v>
       </c>
       <c r="C40" s="58">
         <v>2008</v>
       </c>
       <c r="D40" s="59"/>
       <c r="E40" s="59"/>
       <c r="F40" s="59"/>
       <c r="G40" s="59"/>
       <c r="H40" s="59"/>
       <c r="I40" s="59"/>
       <c r="J40" s="59"/>
       <c r="K40" s="60"/>
     </row>
-    <row r="41" spans="1:11" s="9" customFormat="1" ht="190.95" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="41" spans="1:11" s="9" customFormat="1" ht="353.4" x14ac:dyDescent="0.45">
       <c r="A41" s="56" t="s">
-        <v>123</v>
+        <v>383</v>
       </c>
       <c r="B41" s="61" t="s">
         <v>41</v>
       </c>
       <c r="C41" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D41" s="59"/>
       <c r="E41" s="59"/>
       <c r="F41" s="59"/>
       <c r="G41" s="59"/>
       <c r="H41" s="59"/>
       <c r="I41" s="59"/>
       <c r="J41" s="59"/>
       <c r="K41" s="60"/>
     </row>
     <row r="42" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A42" s="53" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B42" s="54"/>
       <c r="C42" s="54"/>
       <c r="D42" s="54"/>
       <c r="E42" s="54"/>
       <c r="F42" s="54"/>
       <c r="G42" s="54"/>
       <c r="H42" s="54"/>
       <c r="I42" s="55"/>
       <c r="J42" s="55"/>
       <c r="K42" s="55"/>
     </row>
     <row r="43" spans="1:11" s="9" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A43" s="56" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B43" s="61" t="s">
         <v>42</v>
       </c>
       <c r="C43" s="58">
         <v>2008</v>
       </c>
       <c r="D43" s="59"/>
       <c r="E43" s="59"/>
       <c r="F43" s="59"/>
       <c r="G43" s="59"/>
       <c r="H43" s="59"/>
       <c r="I43" s="59"/>
       <c r="J43" s="59"/>
       <c r="K43" s="60"/>
     </row>
     <row r="44" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A44" s="56" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B44" s="61" t="s">
         <v>43</v>
       </c>
       <c r="C44" s="58">
         <v>2008</v>
       </c>
       <c r="D44" s="59"/>
       <c r="E44" s="59"/>
       <c r="F44" s="59"/>
       <c r="G44" s="59"/>
       <c r="H44" s="59"/>
       <c r="I44" s="59"/>
       <c r="J44" s="59"/>
       <c r="K44" s="60"/>
     </row>
     <row r="45" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A45" s="53" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B45" s="54"/>
       <c r="C45" s="54"/>
       <c r="D45" s="54"/>
       <c r="E45" s="54"/>
       <c r="F45" s="54"/>
       <c r="G45" s="54"/>
       <c r="H45" s="54"/>
       <c r="I45" s="55"/>
       <c r="J45" s="55"/>
       <c r="K45" s="55"/>
     </row>
     <row r="46" spans="1:11" s="9" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A46" s="56" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B46" s="61" t="s">
         <v>44</v>
       </c>
       <c r="C46" s="58">
         <v>2008</v>
       </c>
       <c r="D46" s="59"/>
       <c r="E46" s="59"/>
       <c r="F46" s="59"/>
       <c r="G46" s="59"/>
       <c r="H46" s="59"/>
       <c r="I46" s="59"/>
       <c r="J46" s="59"/>
       <c r="K46" s="60"/>
     </row>
     <row r="47" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A47" s="56" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B47" s="61" t="s">
         <v>45</v>
       </c>
       <c r="C47" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D47" s="59"/>
       <c r="E47" s="59"/>
       <c r="F47" s="59"/>
       <c r="G47" s="59"/>
       <c r="H47" s="59"/>
       <c r="I47" s="59"/>
       <c r="J47" s="59"/>
       <c r="K47" s="60"/>
     </row>
     <row r="48" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A48" s="53" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B48" s="54"/>
       <c r="C48" s="54"/>
       <c r="D48" s="54"/>
       <c r="E48" s="54"/>
       <c r="F48" s="54"/>
       <c r="G48" s="54"/>
       <c r="H48" s="54"/>
       <c r="I48" s="55"/>
       <c r="J48" s="55"/>
       <c r="K48" s="55"/>
     </row>
     <row r="49" spans="1:11" s="9" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A49" s="56" t="s">
+        <v>130</v>
+      </c>
+      <c r="B49" s="61" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C49" s="58">
         <v>2008</v>
       </c>
       <c r="D49" s="59"/>
       <c r="E49" s="59"/>
       <c r="F49" s="59"/>
       <c r="G49" s="59"/>
       <c r="H49" s="59"/>
       <c r="I49" s="59"/>
       <c r="J49" s="59"/>
       <c r="K49" s="60"/>
     </row>
     <row r="50" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A50" s="56" t="s">
+        <v>132</v>
+      </c>
+      <c r="B50" s="61" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C50" s="58">
         <v>2008</v>
       </c>
       <c r="D50" s="59"/>
       <c r="E50" s="59"/>
       <c r="F50" s="59"/>
       <c r="G50" s="59"/>
       <c r="H50" s="59"/>
       <c r="I50" s="59"/>
       <c r="J50" s="59"/>
       <c r="K50" s="60"/>
     </row>
     <row r="51" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A51" s="53" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B51" s="54"/>
       <c r="C51" s="54"/>
       <c r="D51" s="54"/>
       <c r="E51" s="54"/>
       <c r="F51" s="54"/>
       <c r="G51" s="54"/>
       <c r="H51" s="54"/>
       <c r="I51" s="55"/>
       <c r="J51" s="55"/>
       <c r="K51" s="55"/>
     </row>
     <row r="52" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A52" s="56" t="s">
+        <v>135</v>
+      </c>
+      <c r="B52" s="61" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C52" s="58" t="s">
         <v>112</v>
       </c>
       <c r="D52" s="59"/>
       <c r="E52" s="59"/>
       <c r="F52" s="59"/>
       <c r="G52" s="59"/>
       <c r="H52" s="59"/>
       <c r="I52" s="59"/>
       <c r="J52" s="59"/>
       <c r="K52" s="60"/>
     </row>
     <row r="53" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A53" s="56" t="s">
+        <v>137</v>
+      </c>
+      <c r="B53" s="61" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C53" s="58">
         <v>2008</v>
       </c>
       <c r="D53" s="59"/>
       <c r="E53" s="59"/>
       <c r="F53" s="59"/>
       <c r="G53" s="59"/>
       <c r="H53" s="59"/>
       <c r="I53" s="59"/>
       <c r="J53" s="59"/>
       <c r="K53" s="60"/>
     </row>
     <row r="54" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A54" s="53" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B54" s="54"/>
       <c r="C54" s="54"/>
       <c r="D54" s="54"/>
       <c r="E54" s="54"/>
       <c r="F54" s="54"/>
       <c r="G54" s="54"/>
       <c r="H54" s="54"/>
       <c r="I54" s="55"/>
       <c r="J54" s="55"/>
       <c r="K54" s="55"/>
     </row>
     <row r="55" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A55" s="56" t="s">
+        <v>140</v>
+      </c>
+      <c r="B55" s="61" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C55" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D55" s="59"/>
       <c r="E55" s="59"/>
       <c r="F55" s="59"/>
       <c r="G55" s="59"/>
       <c r="H55" s="59"/>
       <c r="I55" s="59"/>
       <c r="J55" s="59"/>
       <c r="K55" s="60"/>
     </row>
     <row r="56" spans="1:11" s="9" customFormat="1" ht="132" x14ac:dyDescent="0.45">
       <c r="A56" s="56" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B56" s="61" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C56" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D56" s="59"/>
       <c r="E56" s="59"/>
       <c r="F56" s="59"/>
       <c r="G56" s="59"/>
       <c r="H56" s="59"/>
       <c r="I56" s="59"/>
       <c r="J56" s="59"/>
       <c r="K56" s="60"/>
     </row>
     <row r="57" spans="1:11" s="83" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A57" s="97" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B57" s="98"/>
       <c r="C57" s="98"/>
       <c r="D57" s="98"/>
       <c r="E57" s="98"/>
       <c r="F57" s="98"/>
       <c r="G57" s="98"/>
       <c r="H57" s="98"/>
       <c r="I57" s="99"/>
       <c r="J57" s="99"/>
       <c r="K57" s="99"/>
     </row>
     <row r="58" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A58" s="53" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B58" s="54"/>
       <c r="C58" s="54"/>
       <c r="D58" s="54"/>
       <c r="E58" s="54"/>
       <c r="F58" s="54"/>
       <c r="G58" s="54"/>
       <c r="H58" s="54"/>
       <c r="I58" s="55"/>
       <c r="J58" s="55"/>
       <c r="K58" s="55"/>
     </row>
     <row r="59" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A59" s="53" t="s">
         <v>52</v>
       </c>
       <c r="B59" s="54"/>
       <c r="C59" s="54"/>
       <c r="D59" s="54"/>
       <c r="E59" s="54"/>
       <c r="F59" s="54"/>
       <c r="G59" s="54"/>
       <c r="H59" s="54"/>
       <c r="I59" s="55"/>
       <c r="J59" s="55"/>
       <c r="K59" s="55"/>
     </row>
     <row r="60" spans="1:11" s="9" customFormat="1" ht="249.45" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A60" s="56" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B60" s="61" t="s">
         <v>46</v>
       </c>
       <c r="C60" s="58">
         <v>2015</v>
       </c>
       <c r="D60" s="59"/>
       <c r="E60" s="59"/>
       <c r="F60" s="59"/>
       <c r="G60" s="59"/>
       <c r="H60" s="59"/>
       <c r="I60" s="59"/>
       <c r="J60" s="59"/>
       <c r="K60" s="60"/>
     </row>
     <row r="61" spans="1:11" s="9" customFormat="1" ht="228" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A61" s="56" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B61" s="61" t="s">
         <v>48</v>
       </c>
       <c r="C61" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D61" s="59"/>
       <c r="E61" s="59"/>
       <c r="F61" s="59"/>
       <c r="G61" s="59"/>
       <c r="H61" s="59"/>
       <c r="I61" s="59"/>
       <c r="J61" s="59"/>
       <c r="K61" s="60"/>
     </row>
     <row r="62" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A62" s="56" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B62" s="61" t="s">
         <v>47</v>
       </c>
       <c r="C62" s="58">
         <v>2015</v>
       </c>
       <c r="D62" s="59"/>
       <c r="E62" s="59"/>
       <c r="F62" s="59"/>
       <c r="G62" s="59"/>
       <c r="H62" s="59"/>
       <c r="I62" s="59"/>
       <c r="J62" s="59"/>
       <c r="K62" s="60"/>
     </row>
     <row r="63" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A63" s="53" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B63" s="54"/>
       <c r="C63" s="54"/>
       <c r="D63" s="54"/>
       <c r="E63" s="54"/>
       <c r="F63" s="54"/>
       <c r="G63" s="54"/>
       <c r="H63" s="54"/>
       <c r="I63" s="55"/>
       <c r="J63" s="55"/>
       <c r="K63" s="55"/>
     </row>
     <row r="64" spans="1:11" s="9" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A64" s="56" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B64" s="61" t="s">
         <v>49</v>
       </c>
       <c r="C64" s="58">
         <v>2015</v>
       </c>
       <c r="D64" s="59"/>
       <c r="E64" s="59"/>
       <c r="F64" s="59"/>
       <c r="G64" s="59"/>
       <c r="H64" s="59"/>
       <c r="I64" s="59"/>
       <c r="J64" s="59"/>
       <c r="K64" s="60"/>
     </row>
     <row r="65" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A65" s="53" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B65" s="54"/>
       <c r="C65" s="54"/>
       <c r="D65" s="54"/>
       <c r="E65" s="54"/>
       <c r="F65" s="54"/>
       <c r="G65" s="54"/>
       <c r="H65" s="54"/>
       <c r="I65" s="55"/>
       <c r="J65" s="55"/>
       <c r="K65" s="55"/>
     </row>
     <row r="66" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A66" s="56" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B66" s="61" t="s">
         <v>50</v>
       </c>
       <c r="C66" s="58">
         <v>2015</v>
       </c>
       <c r="D66" s="59"/>
       <c r="E66" s="59"/>
       <c r="F66" s="59"/>
       <c r="G66" s="59"/>
       <c r="H66" s="59"/>
       <c r="I66" s="59"/>
       <c r="J66" s="59"/>
       <c r="K66" s="60"/>
     </row>
     <row r="67" spans="1:11" s="9" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A67" s="56" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B67" s="61" t="s">
         <v>51</v>
       </c>
       <c r="C67" s="58">
         <v>2015</v>
       </c>
       <c r="D67" s="59"/>
       <c r="E67" s="59"/>
       <c r="F67" s="59"/>
       <c r="G67" s="59"/>
       <c r="H67" s="59"/>
       <c r="I67" s="59"/>
       <c r="J67" s="59"/>
       <c r="K67" s="60"/>
     </row>
     <row r="68" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A68" s="56" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B68" s="61" t="s">
         <v>53</v>
       </c>
       <c r="C68" s="58">
         <v>2015</v>
       </c>
       <c r="D68" s="59"/>
       <c r="E68" s="59"/>
       <c r="F68" s="59"/>
       <c r="G68" s="59"/>
       <c r="H68" s="59"/>
       <c r="I68" s="59"/>
       <c r="J68" s="59"/>
       <c r="K68" s="60"/>
     </row>
     <row r="69" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A69" s="53" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B69" s="54"/>
       <c r="C69" s="54"/>
       <c r="D69" s="54"/>
       <c r="E69" s="54"/>
       <c r="F69" s="54"/>
       <c r="G69" s="54"/>
       <c r="H69" s="54"/>
       <c r="I69" s="55"/>
       <c r="J69" s="55"/>
       <c r="K69" s="55"/>
     </row>
     <row r="70" spans="1:11" s="9" customFormat="1" ht="96" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A70" s="56" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B70" s="61" t="s">
         <v>54</v>
       </c>
       <c r="C70" s="58">
         <v>2015</v>
       </c>
       <c r="D70" s="59"/>
       <c r="E70" s="59"/>
       <c r="F70" s="59"/>
       <c r="G70" s="59"/>
       <c r="H70" s="59"/>
       <c r="I70" s="59"/>
       <c r="J70" s="59"/>
       <c r="K70" s="60"/>
     </row>
     <row r="71" spans="1:11" s="9" customFormat="1" ht="118.05" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A71" s="56" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B71" s="61" t="s">
         <v>55</v>
       </c>
       <c r="C71" s="58">
         <v>2015</v>
       </c>
       <c r="D71" s="59"/>
       <c r="E71" s="59"/>
       <c r="F71" s="59"/>
       <c r="G71" s="59"/>
       <c r="H71" s="59"/>
       <c r="I71" s="59"/>
       <c r="J71" s="59"/>
       <c r="K71" s="60"/>
     </row>
     <row r="72" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A72" s="53" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B72" s="54"/>
       <c r="C72" s="54"/>
       <c r="D72" s="54"/>
       <c r="E72" s="54"/>
       <c r="F72" s="54"/>
       <c r="G72" s="54"/>
       <c r="H72" s="54"/>
       <c r="I72" s="55"/>
       <c r="J72" s="55"/>
       <c r="K72" s="55"/>
     </row>
     <row r="73" spans="1:11" s="9" customFormat="1" ht="204.6" x14ac:dyDescent="0.45">
       <c r="A73" s="56" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B73" s="61" t="s">
         <v>56</v>
       </c>
       <c r="C73" s="58">
         <v>2015</v>
       </c>
       <c r="D73" s="59"/>
       <c r="E73" s="59"/>
       <c r="F73" s="59"/>
       <c r="G73" s="59"/>
       <c r="H73" s="59"/>
       <c r="I73" s="59"/>
       <c r="J73" s="59"/>
       <c r="K73" s="60"/>
     </row>
     <row r="74" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A74" s="56" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B74" s="61" t="s">
         <v>57</v>
       </c>
       <c r="C74" s="58">
         <v>2015</v>
       </c>
       <c r="D74" s="59"/>
       <c r="E74" s="59"/>
       <c r="F74" s="59"/>
       <c r="G74" s="59"/>
       <c r="H74" s="59"/>
       <c r="I74" s="59"/>
       <c r="J74" s="59"/>
       <c r="K74" s="60"/>
     </row>
     <row r="75" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A75" s="56" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B75" s="61" t="s">
         <v>58</v>
       </c>
       <c r="C75" s="58">
         <v>2015</v>
       </c>
       <c r="D75" s="59"/>
       <c r="E75" s="59"/>
       <c r="F75" s="59"/>
       <c r="G75" s="59"/>
       <c r="H75" s="59"/>
       <c r="I75" s="59"/>
       <c r="J75" s="59"/>
       <c r="K75" s="60"/>
     </row>
     <row r="76" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A76" s="56" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B76" s="61" t="s">
         <v>59</v>
       </c>
       <c r="C76" s="58">
         <v>2015</v>
       </c>
       <c r="D76" s="59"/>
       <c r="E76" s="59"/>
       <c r="F76" s="59"/>
       <c r="G76" s="59"/>
       <c r="H76" s="59"/>
       <c r="I76" s="59"/>
       <c r="J76" s="59"/>
       <c r="K76" s="60"/>
     </row>
     <row r="77" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A77" s="56" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B77" s="61" t="s">
         <v>60</v>
       </c>
       <c r="C77" s="58">
         <v>2015</v>
       </c>
       <c r="D77" s="59"/>
       <c r="E77" s="59"/>
       <c r="F77" s="59"/>
       <c r="G77" s="59"/>
       <c r="H77" s="59"/>
       <c r="I77" s="59"/>
       <c r="J77" s="59"/>
       <c r="K77" s="60"/>
     </row>
     <row r="78" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A78" s="56" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B78" s="61" t="s">
         <v>61</v>
       </c>
       <c r="C78" s="58"/>
       <c r="D78" s="59"/>
       <c r="E78" s="59"/>
       <c r="F78" s="59"/>
       <c r="G78" s="59"/>
       <c r="H78" s="59"/>
       <c r="I78" s="59"/>
       <c r="J78" s="59"/>
       <c r="K78" s="60"/>
     </row>
     <row r="79" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A79" s="56" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B79" s="61" t="s">
         <v>62</v>
       </c>
       <c r="C79" s="58">
         <v>2015</v>
       </c>
       <c r="D79" s="59"/>
       <c r="E79" s="59"/>
       <c r="F79" s="59"/>
       <c r="G79" s="59"/>
       <c r="H79" s="59"/>
       <c r="I79" s="59"/>
       <c r="J79" s="59"/>
       <c r="K79" s="60"/>
     </row>
     <row r="80" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A80" s="56" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B80" s="61" t="s">
         <v>63</v>
       </c>
       <c r="C80" s="58">
         <v>2015</v>
       </c>
       <c r="D80" s="59"/>
       <c r="E80" s="59"/>
       <c r="F80" s="59"/>
       <c r="G80" s="59"/>
       <c r="H80" s="59"/>
       <c r="I80" s="59"/>
       <c r="J80" s="59"/>
       <c r="K80" s="60"/>
     </row>
     <row r="81" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A81" s="56" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B81" s="61" t="s">
         <v>91</v>
       </c>
       <c r="C81" s="58">
         <v>2015</v>
       </c>
       <c r="D81" s="59"/>
       <c r="E81" s="59"/>
       <c r="F81" s="59"/>
       <c r="G81" s="59"/>
       <c r="H81" s="59"/>
       <c r="I81" s="59"/>
       <c r="J81" s="59"/>
       <c r="K81" s="60"/>
     </row>
     <row r="82" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A82" s="56" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B82" s="61" t="s">
         <v>64</v>
       </c>
       <c r="C82" s="58">
         <v>2015</v>
       </c>
       <c r="D82" s="59"/>
       <c r="E82" s="59"/>
       <c r="F82" s="59"/>
       <c r="G82" s="59"/>
       <c r="H82" s="59"/>
       <c r="I82" s="59"/>
       <c r="J82" s="59"/>
       <c r="K82" s="60"/>
     </row>
     <row r="83" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A83" s="56" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B83" s="61" t="s">
         <v>65</v>
       </c>
       <c r="C83" s="58">
         <v>2015</v>
       </c>
       <c r="D83" s="59"/>
       <c r="E83" s="59"/>
       <c r="F83" s="59"/>
       <c r="G83" s="59"/>
       <c r="H83" s="59"/>
       <c r="I83" s="59"/>
       <c r="J83" s="59"/>
       <c r="K83" s="60"/>
     </row>
-    <row r="84" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
+    <row r="84" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A84" s="56" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B84" s="61" t="s">
         <v>66</v>
       </c>
       <c r="C84" s="58">
         <v>2015</v>
       </c>
       <c r="D84" s="59"/>
       <c r="E84" s="59"/>
       <c r="F84" s="59"/>
       <c r="G84" s="59"/>
       <c r="H84" s="59"/>
       <c r="I84" s="59"/>
       <c r="J84" s="59"/>
       <c r="K84" s="60"/>
     </row>
     <row r="85" spans="1:11" s="9" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A85" s="56" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="B85" s="61" t="s">
         <v>74</v>
       </c>
       <c r="C85" s="58">
         <v>2015</v>
       </c>
       <c r="D85" s="59"/>
       <c r="E85" s="59"/>
       <c r="F85" s="59"/>
       <c r="G85" s="59"/>
       <c r="H85" s="59"/>
       <c r="I85" s="59"/>
       <c r="J85" s="59"/>
       <c r="K85" s="60"/>
     </row>
     <row r="86" spans="1:11" s="9" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A86" s="56" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="B86" s="61" t="s">
         <v>75</v>
       </c>
       <c r="C86" s="58">
         <v>2015</v>
       </c>
       <c r="D86" s="59"/>
       <c r="E86" s="59"/>
       <c r="F86" s="59"/>
       <c r="G86" s="59"/>
       <c r="H86" s="59"/>
       <c r="I86" s="59"/>
       <c r="J86" s="59"/>
       <c r="K86" s="60"/>
     </row>
     <row r="87" spans="1:11" s="83" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A87" s="97" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B87" s="98"/>
       <c r="C87" s="98"/>
       <c r="D87" s="98"/>
       <c r="E87" s="98"/>
       <c r="F87" s="98"/>
       <c r="G87" s="98"/>
       <c r="H87" s="98"/>
       <c r="I87" s="99"/>
       <c r="J87" s="99"/>
       <c r="K87" s="99"/>
     </row>
-    <row r="88" spans="1:11" s="101" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="K88" s="100"/>
+    <row r="88" spans="1:11" s="100" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.3">
+      <c r="A88" s="101" t="s">
+        <v>164</v>
+      </c>
+      <c r="B88" s="105"/>
+      <c r="C88" s="105"/>
+      <c r="D88" s="105"/>
+      <c r="E88" s="105"/>
+      <c r="F88" s="105"/>
+      <c r="G88" s="105"/>
+      <c r="H88" s="105"/>
+      <c r="I88" s="105"/>
+      <c r="J88" s="105"/>
+      <c r="K88" s="105"/>
     </row>
     <row r="89" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A89" s="53" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B89" s="54"/>
       <c r="C89" s="54"/>
       <c r="D89" s="54"/>
       <c r="E89" s="54"/>
       <c r="F89" s="54"/>
       <c r="G89" s="54"/>
       <c r="H89" s="54"/>
       <c r="I89" s="55"/>
       <c r="J89" s="55"/>
       <c r="K89" s="55"/>
     </row>
     <row r="90" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A90" s="56" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B90" s="61" t="s">
         <v>67</v>
       </c>
       <c r="C90" s="58">
         <v>2015</v>
       </c>
       <c r="D90" s="59"/>
       <c r="E90" s="59"/>
       <c r="F90" s="59"/>
       <c r="G90" s="59"/>
       <c r="H90" s="59"/>
       <c r="I90" s="59"/>
       <c r="J90" s="59"/>
       <c r="K90" s="60"/>
     </row>
     <row r="91" spans="1:11" s="9" customFormat="1" ht="76.95" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A91" s="56" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B91" s="61" t="s">
         <v>68</v>
       </c>
       <c r="C91" s="58">
         <v>2015</v>
       </c>
       <c r="D91" s="59"/>
       <c r="E91" s="59"/>
       <c r="F91" s="59"/>
       <c r="G91" s="59"/>
       <c r="H91" s="59"/>
       <c r="I91" s="59"/>
       <c r="J91" s="59"/>
       <c r="K91" s="60"/>
     </row>
     <row r="92" spans="1:11" s="9" customFormat="1" ht="148.80000000000001" x14ac:dyDescent="0.45">
       <c r="A92" s="56" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B92" s="61" t="s">
         <v>69</v>
       </c>
       <c r="C92" s="58">
         <v>2015</v>
       </c>
       <c r="D92" s="59"/>
       <c r="E92" s="59"/>
       <c r="F92" s="59"/>
       <c r="G92" s="59"/>
       <c r="H92" s="59"/>
       <c r="I92" s="59"/>
       <c r="J92" s="59"/>
       <c r="K92" s="60"/>
     </row>
     <row r="93" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A93" s="53" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B93" s="54"/>
       <c r="C93" s="54"/>
       <c r="D93" s="54"/>
       <c r="E93" s="54"/>
       <c r="F93" s="54"/>
       <c r="G93" s="54"/>
       <c r="H93" s="54"/>
       <c r="I93" s="55"/>
       <c r="J93" s="55"/>
       <c r="K93" s="55"/>
     </row>
     <row r="94" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A94" s="56" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B94" s="61" t="s">
         <v>70</v>
       </c>
       <c r="C94" s="58">
         <v>2008</v>
       </c>
       <c r="D94" s="59"/>
       <c r="E94" s="59"/>
       <c r="F94" s="59"/>
       <c r="G94" s="59"/>
       <c r="H94" s="59"/>
       <c r="I94" s="59"/>
       <c r="J94" s="59"/>
       <c r="K94" s="60"/>
     </row>
     <row r="95" spans="1:11" s="9" customFormat="1" ht="148.80000000000001" x14ac:dyDescent="0.45">
       <c r="A95" s="56" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="B95" s="61" t="s">
         <v>71</v>
       </c>
       <c r="C95" s="58">
         <v>2015</v>
       </c>
       <c r="D95" s="59"/>
       <c r="E95" s="59"/>
       <c r="F95" s="59"/>
       <c r="G95" s="59"/>
       <c r="H95" s="59"/>
       <c r="I95" s="59"/>
       <c r="J95" s="59"/>
       <c r="K95" s="60"/>
     </row>
     <row r="96" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A96" s="56" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B96" s="61" t="s">
         <v>77</v>
       </c>
       <c r="C96" s="58">
         <v>2015</v>
       </c>
       <c r="D96" s="59"/>
       <c r="E96" s="59"/>
       <c r="F96" s="59"/>
       <c r="G96" s="59"/>
       <c r="H96" s="59"/>
       <c r="I96" s="59"/>
       <c r="J96" s="59"/>
       <c r="K96" s="60"/>
     </row>
     <row r="97" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A97" s="53" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B97" s="54"/>
       <c r="C97" s="54"/>
       <c r="D97" s="54"/>
       <c r="E97" s="54"/>
       <c r="F97" s="54"/>
       <c r="G97" s="54"/>
       <c r="H97" s="54"/>
       <c r="I97" s="55"/>
       <c r="J97" s="55"/>
       <c r="K97" s="55"/>
     </row>
     <row r="98" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A98" s="56" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B98" s="61" t="s">
         <v>78</v>
       </c>
       <c r="C98" s="58">
         <v>2015</v>
       </c>
       <c r="D98" s="59"/>
       <c r="E98" s="59"/>
       <c r="F98" s="59"/>
       <c r="G98" s="59"/>
       <c r="H98" s="59"/>
       <c r="I98" s="59"/>
       <c r="J98" s="59"/>
       <c r="K98" s="60"/>
     </row>
     <row r="99" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A99" s="56" t="s">
+        <v>173</v>
+      </c>
+      <c r="B99" s="61" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="C99" s="58">
         <v>2015</v>
       </c>
       <c r="D99" s="59"/>
       <c r="E99" s="59"/>
       <c r="F99" s="59"/>
       <c r="G99" s="59"/>
       <c r="H99" s="59"/>
       <c r="I99" s="59"/>
       <c r="J99" s="59"/>
       <c r="K99" s="60"/>
     </row>
     <row r="100" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A100" s="56" t="s">
+        <v>175</v>
+      </c>
+      <c r="B100" s="61" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="C100" s="58">
         <v>2015</v>
       </c>
       <c r="D100" s="59"/>
       <c r="E100" s="59"/>
       <c r="F100" s="59"/>
       <c r="G100" s="59"/>
       <c r="H100" s="59"/>
       <c r="I100" s="59"/>
       <c r="J100" s="59"/>
       <c r="K100" s="60"/>
     </row>
     <row r="101" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A101" s="56" t="s">
+        <v>177</v>
+      </c>
+      <c r="B101" s="61" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C101" s="58">
         <v>2015</v>
       </c>
       <c r="D101" s="59"/>
       <c r="E101" s="59"/>
       <c r="F101" s="59"/>
       <c r="G101" s="59"/>
       <c r="H101" s="59"/>
       <c r="I101" s="59"/>
       <c r="J101" s="59"/>
       <c r="K101" s="60"/>
     </row>
     <row r="102" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A102" s="56" t="s">
+        <v>179</v>
+      </c>
+      <c r="B102" s="61" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C102" s="58">
         <v>2008</v>
       </c>
       <c r="D102" s="59"/>
       <c r="E102" s="59"/>
       <c r="F102" s="59"/>
       <c r="G102" s="59"/>
       <c r="H102" s="59"/>
       <c r="I102" s="59"/>
       <c r="J102" s="59"/>
       <c r="K102" s="60"/>
     </row>
     <row r="103" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A103" s="53" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B103" s="54"/>
       <c r="C103" s="54"/>
       <c r="D103" s="54"/>
       <c r="E103" s="54"/>
       <c r="F103" s="54"/>
       <c r="G103" s="54"/>
       <c r="H103" s="54"/>
       <c r="I103" s="55"/>
       <c r="J103" s="55"/>
       <c r="K103" s="55"/>
     </row>
     <row r="104" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A104" s="53" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B104" s="54"/>
       <c r="C104" s="54"/>
       <c r="D104" s="54"/>
       <c r="E104" s="54"/>
       <c r="F104" s="54"/>
       <c r="G104" s="54"/>
       <c r="H104" s="54"/>
       <c r="I104" s="55"/>
       <c r="J104" s="55"/>
       <c r="K104" s="55"/>
     </row>
-    <row r="105" spans="1:11" s="101" customFormat="1" ht="55.8" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="K105" s="100"/>
+    <row r="105" spans="1:11" s="100" customFormat="1" ht="55.8" x14ac:dyDescent="0.3">
+      <c r="A105" s="101" t="s">
+        <v>183</v>
+      </c>
+      <c r="B105" s="105"/>
+      <c r="C105" s="105"/>
+      <c r="D105" s="105"/>
+      <c r="E105" s="105"/>
+      <c r="F105" s="105"/>
+      <c r="G105" s="105"/>
+      <c r="H105" s="105"/>
+      <c r="I105" s="105"/>
+      <c r="J105" s="105"/>
+      <c r="K105" s="105"/>
     </row>
     <row r="106" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A106" s="56" t="s">
+        <v>184</v>
+      </c>
+      <c r="B106" s="61" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="C106" s="58">
         <v>2008</v>
       </c>
       <c r="D106" s="59"/>
       <c r="E106" s="59"/>
       <c r="F106" s="59"/>
       <c r="G106" s="59"/>
       <c r="H106" s="59"/>
       <c r="I106" s="59"/>
       <c r="J106" s="59"/>
       <c r="K106" s="60"/>
     </row>
     <row r="107" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A107" s="56" t="s">
+        <v>186</v>
+      </c>
+      <c r="B107" s="61" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="C107" s="58">
         <v>2008</v>
       </c>
       <c r="D107" s="59"/>
       <c r="E107" s="59"/>
       <c r="F107" s="59"/>
       <c r="G107" s="59"/>
       <c r="H107" s="59"/>
       <c r="I107" s="59"/>
       <c r="J107" s="59"/>
       <c r="K107" s="60"/>
     </row>
     <row r="108" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A108" s="56" t="s">
+        <v>188</v>
+      </c>
+      <c r="B108" s="61" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="C108" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D108" s="59"/>
       <c r="E108" s="59"/>
       <c r="F108" s="59"/>
       <c r="G108" s="59"/>
       <c r="H108" s="59"/>
       <c r="I108" s="59"/>
       <c r="J108" s="59"/>
       <c r="K108" s="60"/>
     </row>
     <row r="109" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A109" s="56" t="s">
+        <v>190</v>
+      </c>
+      <c r="B109" s="61" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C109" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D109" s="59"/>
       <c r="E109" s="59"/>
       <c r="F109" s="59"/>
       <c r="G109" s="59"/>
       <c r="H109" s="59"/>
       <c r="I109" s="59"/>
       <c r="J109" s="59"/>
       <c r="K109" s="60"/>
     </row>
     <row r="110" spans="1:11" s="9" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A110" s="56" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B110" s="61" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C110" s="58">
         <v>2008</v>
       </c>
       <c r="D110" s="59"/>
       <c r="E110" s="59"/>
       <c r="F110" s="59"/>
       <c r="G110" s="59"/>
       <c r="H110" s="59"/>
       <c r="I110" s="59"/>
       <c r="J110" s="59"/>
       <c r="K110" s="60"/>
     </row>
     <row r="111" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A111" s="53" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B111" s="54"/>
       <c r="C111" s="54"/>
       <c r="D111" s="54"/>
       <c r="E111" s="54"/>
       <c r="F111" s="54"/>
       <c r="G111" s="54"/>
       <c r="H111" s="54"/>
       <c r="I111" s="55"/>
       <c r="J111" s="55"/>
       <c r="K111" s="55"/>
     </row>
     <row r="112" spans="1:11" s="9" customFormat="1" ht="59.55" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A112" s="56" t="s">
+        <v>194</v>
+      </c>
+      <c r="B112" s="61" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="C112" s="58">
         <v>2020</v>
       </c>
       <c r="D112" s="59"/>
       <c r="E112" s="59"/>
       <c r="F112" s="59"/>
       <c r="G112" s="59"/>
       <c r="H112" s="59"/>
       <c r="I112" s="59"/>
       <c r="J112" s="59"/>
       <c r="K112" s="60"/>
     </row>
     <row r="113" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A113" s="56" t="s">
+        <v>196</v>
+      </c>
+      <c r="B113" s="61" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="C113" s="58">
         <v>2020</v>
       </c>
       <c r="D113" s="59"/>
       <c r="E113" s="59"/>
       <c r="F113" s="59"/>
       <c r="G113" s="59"/>
       <c r="H113" s="59"/>
       <c r="I113" s="59"/>
       <c r="J113" s="59"/>
       <c r="K113" s="60"/>
     </row>
     <row r="114" spans="1:11" s="9" customFormat="1" ht="148.80000000000001" x14ac:dyDescent="0.45">
       <c r="A114" s="56" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B114" s="61" t="s">
+        <v>198</v>
+      </c>
+      <c r="C114" s="58" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D114" s="59"/>
       <c r="E114" s="59"/>
       <c r="F114" s="59"/>
       <c r="G114" s="59"/>
       <c r="H114" s="59"/>
       <c r="I114" s="59"/>
       <c r="J114" s="59"/>
       <c r="K114" s="60"/>
     </row>
     <row r="115" spans="1:11" s="9" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A115" s="56" t="s">
+        <v>200</v>
+      </c>
+      <c r="B115" s="61" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="C115" s="58">
         <v>2020</v>
       </c>
       <c r="D115" s="59"/>
       <c r="E115" s="59"/>
       <c r="F115" s="59"/>
       <c r="G115" s="59"/>
       <c r="H115" s="59"/>
       <c r="I115" s="59"/>
       <c r="J115" s="59"/>
       <c r="K115" s="60"/>
     </row>
     <row r="116" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A116" s="53" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B116" s="54"/>
       <c r="C116" s="54"/>
       <c r="D116" s="54"/>
       <c r="E116" s="54"/>
       <c r="F116" s="54"/>
       <c r="G116" s="54"/>
       <c r="H116" s="54"/>
       <c r="I116" s="55"/>
       <c r="J116" s="55"/>
       <c r="K116" s="55"/>
     </row>
     <row r="117" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A117" s="56" t="s">
+        <v>203</v>
+      </c>
+      <c r="B117" s="61" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="C117" s="58">
         <v>2015</v>
       </c>
       <c r="D117" s="59"/>
       <c r="E117" s="59"/>
       <c r="F117" s="59"/>
       <c r="G117" s="59"/>
       <c r="H117" s="59"/>
       <c r="I117" s="59"/>
       <c r="J117" s="59"/>
       <c r="K117" s="60"/>
     </row>
     <row r="118" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A118" s="56" t="s">
+        <v>205</v>
+      </c>
+      <c r="B118" s="61" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C118" s="58">
         <v>2015</v>
       </c>
       <c r="D118" s="59"/>
       <c r="E118" s="59"/>
       <c r="F118" s="59"/>
       <c r="G118" s="59"/>
       <c r="H118" s="59"/>
       <c r="I118" s="59"/>
       <c r="J118" s="59"/>
       <c r="K118" s="60"/>
     </row>
     <row r="119" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A119" s="56" t="s">
+        <v>207</v>
+      </c>
+      <c r="B119" s="61" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="C119" s="58">
         <v>2015</v>
       </c>
       <c r="D119" s="59"/>
       <c r="E119" s="59"/>
       <c r="F119" s="59"/>
       <c r="G119" s="59"/>
       <c r="H119" s="59"/>
       <c r="I119" s="59"/>
       <c r="J119" s="59"/>
       <c r="K119" s="60"/>
     </row>
     <row r="120" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A120" s="56" t="s">
+        <v>209</v>
+      </c>
+      <c r="B120" s="61" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="C120" s="58">
         <v>2008</v>
       </c>
       <c r="D120" s="59"/>
       <c r="E120" s="59"/>
       <c r="F120" s="59"/>
       <c r="G120" s="59"/>
       <c r="H120" s="59"/>
       <c r="I120" s="59"/>
       <c r="J120" s="59"/>
       <c r="K120" s="60"/>
     </row>
     <row r="121" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A121" s="53" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B121" s="54"/>
       <c r="C121" s="54"/>
       <c r="D121" s="54"/>
       <c r="E121" s="54"/>
       <c r="F121" s="54"/>
       <c r="G121" s="54"/>
       <c r="H121" s="54"/>
       <c r="I121" s="55"/>
       <c r="J121" s="55"/>
       <c r="K121" s="55"/>
     </row>
     <row r="122" spans="1:11" s="9" customFormat="1" ht="148.80000000000001" x14ac:dyDescent="0.45">
       <c r="A122" s="56" t="s">
+        <v>212</v>
+      </c>
+      <c r="B122" s="61" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="C122" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D122" s="59"/>
       <c r="E122" s="59"/>
       <c r="F122" s="59"/>
       <c r="G122" s="59"/>
       <c r="H122" s="59"/>
       <c r="I122" s="59"/>
       <c r="J122" s="59"/>
       <c r="K122" s="60"/>
     </row>
     <row r="123" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A123" s="56" t="s">
+        <v>214</v>
+      </c>
+      <c r="B123" s="61" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="C123" s="58">
         <v>2008</v>
       </c>
       <c r="D123" s="59"/>
       <c r="E123" s="59"/>
       <c r="F123" s="59"/>
       <c r="G123" s="59"/>
       <c r="H123" s="59"/>
       <c r="I123" s="59"/>
       <c r="J123" s="59"/>
       <c r="K123" s="60"/>
     </row>
     <row r="124" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A124" s="56" t="s">
+        <v>216</v>
+      </c>
+      <c r="B124" s="61" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="C124" s="58">
         <v>2008</v>
       </c>
       <c r="D124" s="59"/>
       <c r="E124" s="59"/>
       <c r="F124" s="59"/>
       <c r="G124" s="59"/>
       <c r="H124" s="59"/>
       <c r="I124" s="59"/>
       <c r="J124" s="59"/>
       <c r="K124" s="60"/>
     </row>
     <row r="125" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A125" s="53" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B125" s="54"/>
       <c r="C125" s="54"/>
       <c r="D125" s="54"/>
       <c r="E125" s="54"/>
       <c r="F125" s="54"/>
       <c r="G125" s="54"/>
       <c r="H125" s="54"/>
       <c r="I125" s="55"/>
       <c r="J125" s="55"/>
       <c r="K125" s="55"/>
     </row>
     <row r="126" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A126" s="56" t="s">
+        <v>219</v>
+      </c>
+      <c r="B126" s="61" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="C126" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D126" s="59"/>
       <c r="E126" s="59"/>
       <c r="F126" s="59"/>
       <c r="G126" s="59"/>
       <c r="H126" s="59"/>
       <c r="I126" s="59"/>
       <c r="J126" s="59"/>
       <c r="K126" s="60"/>
     </row>
     <row r="127" spans="1:11" s="9" customFormat="1" ht="117" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A127" s="56" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="B127" s="61" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C127" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D127" s="59"/>
       <c r="E127" s="59"/>
       <c r="F127" s="59"/>
       <c r="G127" s="59"/>
       <c r="H127" s="59"/>
       <c r="I127" s="59"/>
       <c r="J127" s="59"/>
       <c r="K127" s="60"/>
     </row>
     <row r="128" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A128" s="56" t="s">
+        <v>222</v>
+      </c>
+      <c r="B128" s="61" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="C128" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D128" s="59"/>
       <c r="E128" s="59"/>
       <c r="F128" s="59"/>
       <c r="G128" s="59"/>
       <c r="H128" s="59"/>
       <c r="I128" s="59"/>
       <c r="J128" s="59"/>
       <c r="K128" s="60"/>
     </row>
     <row r="129" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A129" s="56" t="s">
+        <v>224</v>
+      </c>
+      <c r="B129" s="61" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="C129" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D129" s="59"/>
       <c r="E129" s="59"/>
       <c r="F129" s="59"/>
       <c r="G129" s="59"/>
       <c r="H129" s="59"/>
       <c r="I129" s="59"/>
       <c r="J129" s="59"/>
       <c r="K129" s="60"/>
     </row>
     <row r="130" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A130" s="53" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B130" s="54"/>
       <c r="C130" s="54"/>
       <c r="D130" s="54"/>
       <c r="E130" s="54"/>
       <c r="F130" s="54"/>
       <c r="G130" s="54"/>
       <c r="H130" s="54"/>
       <c r="I130" s="55"/>
       <c r="J130" s="55"/>
       <c r="K130" s="55"/>
     </row>
     <row r="131" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A131" s="56" t="s">
+        <v>227</v>
+      </c>
+      <c r="B131" s="61" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="C131" s="58">
         <v>2015</v>
       </c>
       <c r="D131" s="59"/>
       <c r="E131" s="59"/>
       <c r="F131" s="59"/>
       <c r="G131" s="59"/>
       <c r="H131" s="59"/>
       <c r="I131" s="59"/>
       <c r="J131" s="59"/>
       <c r="K131" s="60"/>
     </row>
     <row r="132" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A132" s="53" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B132" s="54"/>
       <c r="C132" s="54"/>
       <c r="D132" s="54"/>
       <c r="E132" s="54"/>
       <c r="F132" s="54"/>
       <c r="G132" s="54"/>
       <c r="H132" s="54"/>
       <c r="I132" s="55"/>
       <c r="J132" s="55"/>
       <c r="K132" s="55"/>
     </row>
     <row r="133" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A133" s="56" t="s">
+        <v>230</v>
+      </c>
+      <c r="B133" s="61" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C133" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D133" s="59"/>
       <c r="E133" s="59"/>
       <c r="F133" s="59"/>
       <c r="G133" s="59"/>
       <c r="H133" s="59"/>
       <c r="I133" s="59"/>
       <c r="J133" s="59"/>
       <c r="K133" s="60"/>
     </row>
     <row r="134" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A134" s="53" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B134" s="54"/>
       <c r="C134" s="54"/>
       <c r="D134" s="54"/>
       <c r="E134" s="54"/>
       <c r="F134" s="54"/>
       <c r="G134" s="54"/>
       <c r="H134" s="54"/>
       <c r="I134" s="55"/>
       <c r="J134" s="55"/>
       <c r="K134" s="55"/>
     </row>
     <row r="135" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A135" s="56" t="s">
+        <v>233</v>
+      </c>
+      <c r="B135" s="61" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="C135" s="58">
         <v>2008</v>
       </c>
       <c r="D135" s="59"/>
       <c r="E135" s="59"/>
       <c r="F135" s="59"/>
       <c r="G135" s="59"/>
       <c r="H135" s="59"/>
       <c r="I135" s="59"/>
       <c r="J135" s="59"/>
       <c r="K135" s="60"/>
     </row>
     <row r="136" spans="1:11" s="9" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A136" s="56" t="s">
+        <v>235</v>
+      </c>
+      <c r="B136" s="61" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="C136" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D136" s="59"/>
       <c r="E136" s="59"/>
       <c r="F136" s="59"/>
       <c r="G136" s="59"/>
       <c r="H136" s="59"/>
       <c r="I136" s="59"/>
       <c r="J136" s="59"/>
       <c r="K136" s="60"/>
     </row>
     <row r="137" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A137" s="56" t="s">
+        <v>237</v>
+      </c>
+      <c r="B137" s="61" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="C137" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D137" s="59"/>
       <c r="E137" s="59"/>
       <c r="F137" s="59"/>
       <c r="G137" s="59"/>
       <c r="H137" s="59"/>
       <c r="I137" s="59"/>
       <c r="J137" s="59"/>
       <c r="K137" s="60"/>
     </row>
     <row r="138" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A138" s="53" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B138" s="54"/>
       <c r="C138" s="54"/>
       <c r="D138" s="54"/>
       <c r="E138" s="54"/>
       <c r="F138" s="54"/>
       <c r="G138" s="54"/>
       <c r="H138" s="54"/>
       <c r="I138" s="55"/>
       <c r="J138" s="55"/>
       <c r="K138" s="55"/>
     </row>
     <row r="139" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A139" s="56" t="s">
+        <v>240</v>
+      </c>
+      <c r="B139" s="61" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C139" s="58">
         <v>2008</v>
       </c>
       <c r="D139" s="59"/>
       <c r="E139" s="59"/>
       <c r="F139" s="59"/>
       <c r="G139" s="59"/>
       <c r="H139" s="59"/>
       <c r="I139" s="59"/>
       <c r="J139" s="59"/>
       <c r="K139" s="60"/>
     </row>
     <row r="140" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A140" s="56" t="s">
+        <v>242</v>
+      </c>
+      <c r="B140" s="61" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C140" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D140" s="59"/>
       <c r="E140" s="59"/>
       <c r="F140" s="59"/>
       <c r="G140" s="59"/>
       <c r="H140" s="59"/>
       <c r="I140" s="59"/>
       <c r="J140" s="59"/>
       <c r="K140" s="60"/>
     </row>
     <row r="141" spans="1:11" s="9" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A141" s="56" t="s">
+        <v>244</v>
+      </c>
+      <c r="B141" s="61" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C141" s="58"/>
       <c r="D141" s="59"/>
       <c r="E141" s="59"/>
       <c r="F141" s="59"/>
       <c r="G141" s="59"/>
       <c r="H141" s="59"/>
       <c r="I141" s="59"/>
       <c r="J141" s="59"/>
       <c r="K141" s="60"/>
     </row>
     <row r="142" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A142" s="56" t="s">
+        <v>246</v>
+      </c>
+      <c r="B142" s="61" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C142" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D142" s="59"/>
       <c r="E142" s="59"/>
       <c r="F142" s="59"/>
       <c r="G142" s="59"/>
       <c r="H142" s="59"/>
       <c r="I142" s="59"/>
       <c r="J142" s="59"/>
       <c r="K142" s="60"/>
     </row>
     <row r="143" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A143" s="53" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B143" s="54"/>
       <c r="C143" s="54"/>
       <c r="D143" s="54"/>
       <c r="E143" s="54"/>
       <c r="F143" s="54"/>
       <c r="G143" s="54"/>
       <c r="H143" s="54"/>
       <c r="I143" s="55"/>
       <c r="J143" s="55"/>
       <c r="K143" s="55"/>
     </row>
     <row r="144" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A144" s="56" t="s">
+        <v>249</v>
+      </c>
+      <c r="B144" s="61" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="C144" s="58">
         <v>2008</v>
       </c>
       <c r="D144" s="59"/>
       <c r="E144" s="59"/>
       <c r="F144" s="59"/>
       <c r="G144" s="59"/>
       <c r="H144" s="59"/>
       <c r="I144" s="59"/>
       <c r="J144" s="59"/>
       <c r="K144" s="60"/>
     </row>
     <row r="145" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A145" s="56" t="s">
+        <v>251</v>
+      </c>
+      <c r="B145" s="61" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="C145" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D145" s="59"/>
       <c r="E145" s="59"/>
       <c r="F145" s="59"/>
       <c r="G145" s="59"/>
       <c r="H145" s="59"/>
       <c r="I145" s="59"/>
       <c r="J145" s="59"/>
       <c r="K145" s="60"/>
     </row>
     <row r="146" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A146" s="56" t="s">
+        <v>253</v>
+      </c>
+      <c r="B146" s="61" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="C146" s="58">
         <v>2008</v>
       </c>
       <c r="D146" s="59"/>
       <c r="E146" s="59"/>
       <c r="F146" s="59"/>
       <c r="G146" s="59"/>
       <c r="H146" s="59"/>
       <c r="I146" s="59"/>
       <c r="J146" s="59"/>
       <c r="K146" s="60"/>
     </row>
     <row r="147" spans="1:11" s="83" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A147" s="97" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B147" s="98"/>
       <c r="C147" s="98"/>
       <c r="D147" s="98"/>
       <c r="E147" s="98"/>
       <c r="F147" s="98"/>
       <c r="G147" s="98"/>
       <c r="H147" s="98"/>
       <c r="I147" s="99"/>
       <c r="J147" s="99"/>
       <c r="K147" s="99"/>
     </row>
     <row r="148" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A148" s="53" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B148" s="54"/>
       <c r="C148" s="54"/>
       <c r="D148" s="54"/>
       <c r="E148" s="54"/>
       <c r="F148" s="54"/>
       <c r="G148" s="54"/>
       <c r="H148" s="54"/>
       <c r="I148" s="55"/>
       <c r="J148" s="55"/>
       <c r="K148" s="55"/>
     </row>
     <row r="149" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A149" s="56" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B149" s="61" t="s">
         <v>72</v>
       </c>
       <c r="C149" s="58">
         <v>2015</v>
       </c>
       <c r="D149" s="59"/>
       <c r="E149" s="59"/>
       <c r="F149" s="59"/>
       <c r="G149" s="59"/>
       <c r="H149" s="59"/>
       <c r="I149" s="59"/>
       <c r="J149" s="59"/>
       <c r="K149" s="60"/>
     </row>
     <row r="150" spans="1:11" s="9" customFormat="1" ht="82.05" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A150" s="56" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B150" s="61" t="s">
         <v>73</v>
       </c>
       <c r="C150" s="58">
         <v>2015</v>
       </c>
       <c r="D150" s="59"/>
       <c r="E150" s="59"/>
       <c r="F150" s="59"/>
       <c r="G150" s="59"/>
       <c r="H150" s="59"/>
       <c r="I150" s="59"/>
       <c r="J150" s="59"/>
       <c r="K150" s="60"/>
     </row>
     <row r="151" spans="1:11" s="9" customFormat="1" ht="57.6" x14ac:dyDescent="0.45">
       <c r="A151" s="56" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="B151" s="61" t="s">
         <v>76</v>
       </c>
       <c r="C151" s="58">
         <v>2015</v>
       </c>
       <c r="D151" s="59"/>
       <c r="E151" s="59"/>
       <c r="F151" s="59"/>
       <c r="G151" s="59"/>
       <c r="H151" s="59"/>
       <c r="I151" s="59"/>
       <c r="J151" s="59"/>
       <c r="K151" s="60"/>
     </row>
     <row r="152" spans="1:11" s="9" customFormat="1" ht="76.2" x14ac:dyDescent="0.45">
       <c r="A152" s="56" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B152" s="61" t="s">
         <v>79</v>
       </c>
       <c r="C152" s="58">
         <v>2015</v>
       </c>
       <c r="D152" s="59"/>
       <c r="E152" s="59"/>
       <c r="F152" s="59"/>
       <c r="G152" s="59"/>
       <c r="H152" s="59"/>
       <c r="I152" s="59"/>
       <c r="J152" s="59"/>
       <c r="K152" s="60"/>
     </row>
     <row r="153" spans="1:11" s="9" customFormat="1" ht="57.6" x14ac:dyDescent="0.45">
       <c r="A153" s="56" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="B153" s="61" t="s">
         <v>80</v>
       </c>
       <c r="C153" s="58">
         <v>2015</v>
       </c>
       <c r="D153" s="59"/>
       <c r="E153" s="59"/>
       <c r="F153" s="59"/>
       <c r="G153" s="59"/>
       <c r="H153" s="59"/>
       <c r="I153" s="59"/>
       <c r="J153" s="59"/>
       <c r="K153" s="60"/>
     </row>
     <row r="154" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A154" s="56" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B154" s="61" t="s">
         <v>81</v>
       </c>
       <c r="C154" s="58">
         <v>2008</v>
       </c>
       <c r="D154" s="59"/>
       <c r="E154" s="59"/>
       <c r="F154" s="59"/>
       <c r="G154" s="59"/>
       <c r="H154" s="59"/>
       <c r="I154" s="59"/>
       <c r="J154" s="59"/>
       <c r="K154" s="60"/>
     </row>
     <row r="155" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A155" s="56" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B155" s="61" t="s">
         <v>82</v>
       </c>
       <c r="C155" s="58">
         <v>2008</v>
       </c>
       <c r="D155" s="59"/>
       <c r="E155" s="59"/>
       <c r="F155" s="59"/>
       <c r="G155" s="59"/>
       <c r="H155" s="59"/>
       <c r="I155" s="59"/>
       <c r="J155" s="59"/>
       <c r="K155" s="60"/>
     </row>
     <row r="156" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A156" s="53" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B156" s="54"/>
       <c r="C156" s="54"/>
       <c r="D156" s="54"/>
       <c r="E156" s="54"/>
       <c r="F156" s="54"/>
       <c r="G156" s="54"/>
       <c r="H156" s="54"/>
       <c r="I156" s="55"/>
       <c r="J156" s="55"/>
       <c r="K156" s="55"/>
     </row>
     <row r="157" spans="1:11" s="9" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A157" s="56" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B157" s="61" t="s">
         <v>83</v>
       </c>
       <c r="C157" s="58">
         <v>2008</v>
       </c>
       <c r="D157" s="59"/>
       <c r="E157" s="59"/>
       <c r="F157" s="59"/>
       <c r="G157" s="59"/>
       <c r="H157" s="59"/>
       <c r="I157" s="59"/>
       <c r="J157" s="59"/>
       <c r="K157" s="60"/>
     </row>
     <row r="158" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A158" s="56" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B158" s="61" t="s">
         <v>84</v>
       </c>
       <c r="C158" s="58">
         <v>2008</v>
       </c>
       <c r="D158" s="59"/>
       <c r="E158" s="59"/>
       <c r="F158" s="59"/>
       <c r="G158" s="59"/>
       <c r="H158" s="59"/>
       <c r="I158" s="59"/>
       <c r="J158" s="59"/>
       <c r="K158" s="60"/>
     </row>
     <row r="159" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A159" s="53" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B159" s="54"/>
       <c r="C159" s="54"/>
       <c r="D159" s="54"/>
       <c r="E159" s="54"/>
       <c r="F159" s="54"/>
       <c r="G159" s="54"/>
       <c r="H159" s="54"/>
       <c r="I159" s="55"/>
       <c r="J159" s="55"/>
       <c r="K159" s="55"/>
     </row>
     <row r="160" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A160" s="56" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B160" s="61" t="s">
         <v>85</v>
       </c>
       <c r="C160" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D160" s="59"/>
       <c r="E160" s="59"/>
       <c r="F160" s="59"/>
       <c r="G160" s="59"/>
       <c r="H160" s="59"/>
       <c r="I160" s="59"/>
       <c r="J160" s="59"/>
       <c r="K160" s="60"/>
     </row>
     <row r="161" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A161" s="56" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B161" s="61" t="s">
         <v>86</v>
       </c>
       <c r="C161" s="58">
         <v>2008</v>
       </c>
       <c r="D161" s="59"/>
       <c r="E161" s="59"/>
       <c r="F161" s="59"/>
       <c r="G161" s="59"/>
       <c r="H161" s="59"/>
       <c r="I161" s="59"/>
       <c r="J161" s="59"/>
       <c r="K161" s="60"/>
     </row>
     <row r="162" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A162" s="56" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B162" s="61" t="s">
         <v>87</v>
       </c>
       <c r="C162" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D162" s="59"/>
       <c r="E162" s="59"/>
       <c r="F162" s="59"/>
       <c r="G162" s="59"/>
       <c r="H162" s="59"/>
       <c r="I162" s="59"/>
       <c r="J162" s="59"/>
       <c r="K162" s="60"/>
     </row>
     <row r="163" spans="1:11" s="83" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A163" s="97" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B163" s="98"/>
       <c r="C163" s="98"/>
       <c r="D163" s="98"/>
       <c r="E163" s="98"/>
       <c r="F163" s="98"/>
       <c r="G163" s="98"/>
       <c r="H163" s="98"/>
       <c r="I163" s="99"/>
       <c r="J163" s="99"/>
       <c r="K163" s="99"/>
     </row>
     <row r="164" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A164" s="53" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B164" s="54"/>
       <c r="C164" s="54"/>
       <c r="D164" s="54"/>
       <c r="E164" s="54"/>
       <c r="F164" s="54"/>
       <c r="G164" s="54"/>
       <c r="H164" s="54"/>
       <c r="I164" s="55"/>
       <c r="J164" s="55"/>
       <c r="K164" s="55"/>
     </row>
     <row r="165" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A165" s="56" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B165" s="61" t="s">
         <v>88</v>
       </c>
       <c r="C165" s="58">
         <v>2008</v>
       </c>
       <c r="D165" s="59"/>
       <c r="E165" s="59"/>
       <c r="F165" s="59"/>
       <c r="G165" s="59"/>
       <c r="H165" s="59"/>
       <c r="I165" s="59"/>
       <c r="J165" s="59"/>
       <c r="K165" s="60"/>
     </row>
     <row r="166" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A166" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="B166" s="61" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="C166" s="58">
         <v>2008</v>
       </c>
       <c r="D166" s="59"/>
       <c r="E166" s="59"/>
       <c r="F166" s="59"/>
       <c r="G166" s="59"/>
       <c r="H166" s="59"/>
       <c r="I166" s="59"/>
       <c r="J166" s="59"/>
       <c r="K166" s="60"/>
     </row>
     <row r="167" spans="1:11" s="9" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A167" s="56" t="s">
+        <v>272</v>
+      </c>
+      <c r="B167" s="61" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="C167" s="58">
         <v>2008</v>
       </c>
       <c r="D167" s="59"/>
       <c r="E167" s="59"/>
       <c r="F167" s="59"/>
       <c r="G167" s="59"/>
       <c r="H167" s="59"/>
       <c r="I167" s="59"/>
       <c r="J167" s="59"/>
       <c r="K167" s="60"/>
     </row>
     <row r="168" spans="1:11" s="9" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A168" s="56" t="s">
+        <v>274</v>
+      </c>
+      <c r="B168" s="61" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="C168" s="58">
         <v>2008</v>
       </c>
       <c r="D168" s="59"/>
       <c r="E168" s="59"/>
       <c r="F168" s="59"/>
       <c r="G168" s="59"/>
       <c r="H168" s="59"/>
       <c r="I168" s="59"/>
       <c r="J168" s="59"/>
       <c r="K168" s="60"/>
     </row>
     <row r="169" spans="1:11" s="9" customFormat="1" ht="324.45" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A169" s="56" t="s">
+        <v>276</v>
+      </c>
+      <c r="B169" s="61" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="C169" s="58">
         <v>2008</v>
       </c>
       <c r="D169" s="59"/>
       <c r="E169" s="59"/>
       <c r="F169" s="59"/>
       <c r="G169" s="59"/>
       <c r="H169" s="59"/>
       <c r="I169" s="59"/>
       <c r="J169" s="59"/>
       <c r="K169" s="60"/>
     </row>
     <row r="170" spans="1:11" s="9" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A170" s="56" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B170" s="61" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C170" s="58">
         <v>2008</v>
       </c>
       <c r="D170" s="59"/>
       <c r="E170" s="59"/>
       <c r="F170" s="59"/>
       <c r="G170" s="59"/>
       <c r="H170" s="59"/>
       <c r="I170" s="59"/>
       <c r="J170" s="59"/>
       <c r="K170" s="60"/>
     </row>
     <row r="171" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A171" s="53" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="B171" s="54"/>
       <c r="C171" s="54"/>
       <c r="D171" s="54"/>
       <c r="E171" s="54"/>
       <c r="F171" s="54"/>
       <c r="G171" s="54"/>
       <c r="H171" s="54"/>
       <c r="I171" s="55"/>
       <c r="J171" s="55"/>
       <c r="K171" s="55"/>
     </row>
     <row r="172" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A172" s="56" t="s">
+        <v>280</v>
+      </c>
+      <c r="B172" s="61" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C172" s="58">
         <v>2008</v>
       </c>
       <c r="D172" s="59"/>
       <c r="E172" s="59"/>
       <c r="F172" s="59"/>
       <c r="G172" s="59"/>
       <c r="H172" s="59"/>
       <c r="I172" s="59"/>
       <c r="J172" s="59"/>
       <c r="K172" s="60"/>
     </row>
     <row r="173" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A173" s="56" t="s">
+        <v>282</v>
+      </c>
+      <c r="B173" s="61" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C173" s="58">
         <v>2008</v>
       </c>
       <c r="D173" s="59"/>
       <c r="E173" s="59"/>
       <c r="F173" s="59"/>
       <c r="G173" s="59"/>
       <c r="H173" s="59"/>
       <c r="I173" s="59"/>
       <c r="J173" s="59"/>
       <c r="K173" s="60"/>
     </row>
     <row r="174" spans="1:11" s="9" customFormat="1" ht="111.6" x14ac:dyDescent="0.45">
       <c r="A174" s="56" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B174" s="61" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C174" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D174" s="59"/>
       <c r="E174" s="59"/>
       <c r="F174" s="59"/>
       <c r="G174" s="59"/>
       <c r="H174" s="59"/>
       <c r="I174" s="59"/>
       <c r="J174" s="59"/>
       <c r="K174" s="60"/>
     </row>
     <row r="175" spans="1:11" s="9" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A175" s="56" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="B175" s="61" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="C175" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D175" s="59"/>
       <c r="E175" s="59"/>
       <c r="F175" s="59"/>
       <c r="G175" s="59"/>
       <c r="H175" s="59"/>
       <c r="I175" s="59"/>
       <c r="J175" s="59"/>
       <c r="K175" s="60"/>
     </row>
     <row r="176" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A176" s="56" t="s">
+        <v>286</v>
+      </c>
+      <c r="B176" s="61" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="C176" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D176" s="59"/>
       <c r="E176" s="59"/>
       <c r="F176" s="59"/>
       <c r="G176" s="59"/>
       <c r="H176" s="59"/>
       <c r="I176" s="59"/>
       <c r="J176" s="59"/>
       <c r="K176" s="60"/>
     </row>
     <row r="177" spans="1:11" s="83" customFormat="1" ht="21.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A177" s="97" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B177" s="98"/>
       <c r="C177" s="98"/>
       <c r="D177" s="98"/>
       <c r="E177" s="98"/>
       <c r="F177" s="98"/>
       <c r="G177" s="98"/>
       <c r="H177" s="98"/>
       <c r="I177" s="99"/>
       <c r="J177" s="99"/>
       <c r="K177" s="99"/>
     </row>
     <row r="178" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A178" s="53" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B178" s="54"/>
       <c r="C178" s="54"/>
       <c r="D178" s="54"/>
       <c r="E178" s="54"/>
       <c r="F178" s="54"/>
       <c r="G178" s="54"/>
       <c r="H178" s="54"/>
       <c r="I178" s="55"/>
       <c r="J178" s="55"/>
       <c r="K178" s="55"/>
     </row>
     <row r="179" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A179" s="56" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B179" s="61" t="s">
         <v>89</v>
       </c>
       <c r="C179" s="58">
         <v>2008</v>
       </c>
       <c r="D179" s="59"/>
       <c r="E179" s="59"/>
       <c r="F179" s="59"/>
       <c r="G179" s="59"/>
       <c r="H179" s="59"/>
       <c r="I179" s="59"/>
       <c r="J179" s="59"/>
       <c r="K179" s="60"/>
     </row>
     <row r="180" spans="1:11" s="9" customFormat="1" ht="93" x14ac:dyDescent="0.45">
       <c r="A180" s="56" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B180" s="61" t="s">
         <v>90</v>
       </c>
       <c r="C180" s="58">
         <v>2008</v>
       </c>
       <c r="D180" s="59"/>
       <c r="E180" s="59"/>
       <c r="F180" s="59"/>
       <c r="G180" s="59"/>
       <c r="H180" s="59"/>
       <c r="I180" s="59"/>
       <c r="J180" s="59"/>
       <c r="K180" s="60"/>
     </row>
     <row r="181" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A181" s="56" t="s">
+        <v>292</v>
+      </c>
+      <c r="B181" s="61" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="C181" s="58">
         <v>2008</v>
       </c>
       <c r="D181" s="59"/>
       <c r="E181" s="59"/>
       <c r="F181" s="59"/>
       <c r="G181" s="59"/>
       <c r="H181" s="59"/>
       <c r="I181" s="59"/>
       <c r="J181" s="59"/>
       <c r="K181" s="60"/>
     </row>
     <row r="182" spans="1:11" s="9" customFormat="1" ht="130.19999999999999" x14ac:dyDescent="0.45">
       <c r="A182" s="56" t="s">
+        <v>294</v>
+      </c>
+      <c r="B182" s="61" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="C182" s="58" t="s">
         <v>112</v>
       </c>
       <c r="D182" s="59"/>
       <c r="E182" s="59"/>
       <c r="F182" s="59"/>
       <c r="G182" s="59"/>
       <c r="H182" s="59"/>
       <c r="I182" s="59"/>
       <c r="J182" s="59"/>
       <c r="K182" s="60"/>
     </row>
     <row r="183" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A183" s="56" t="s">
+        <v>296</v>
+      </c>
+      <c r="B183" s="61" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C183" s="58">
         <v>2008</v>
       </c>
       <c r="D183" s="59"/>
       <c r="E183" s="59"/>
       <c r="F183" s="59"/>
       <c r="G183" s="59"/>
       <c r="H183" s="59"/>
       <c r="I183" s="59"/>
       <c r="J183" s="59"/>
       <c r="K183" s="60"/>
     </row>
     <row r="184" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A184" s="53" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B184" s="54"/>
       <c r="C184" s="54"/>
       <c r="D184" s="54"/>
       <c r="E184" s="54"/>
       <c r="F184" s="54"/>
       <c r="G184" s="54"/>
       <c r="H184" s="54"/>
       <c r="I184" s="55"/>
       <c r="J184" s="55"/>
       <c r="K184" s="55"/>
     </row>
     <row r="185" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A185" s="53" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B185" s="54"/>
       <c r="C185" s="54"/>
       <c r="D185" s="54"/>
       <c r="E185" s="54"/>
       <c r="F185" s="54"/>
       <c r="G185" s="54"/>
       <c r="H185" s="54"/>
       <c r="I185" s="55"/>
       <c r="J185" s="55"/>
       <c r="K185" s="55"/>
     </row>
     <row r="186" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A186" s="56" t="s">
+        <v>300</v>
+      </c>
+      <c r="B186" s="61" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="C186" s="58">
         <v>2008</v>
       </c>
       <c r="D186" s="59"/>
       <c r="E186" s="59"/>
       <c r="F186" s="59"/>
       <c r="G186" s="59"/>
       <c r="H186" s="59"/>
       <c r="I186" s="59"/>
       <c r="J186" s="59"/>
       <c r="K186" s="60"/>
     </row>
     <row r="187" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A187" s="56" t="s">
+        <v>302</v>
+      </c>
+      <c r="B187" s="61" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="C187" s="58">
         <v>2008</v>
       </c>
       <c r="D187" s="59"/>
       <c r="E187" s="59"/>
       <c r="F187" s="59"/>
       <c r="G187" s="59"/>
       <c r="H187" s="59"/>
       <c r="I187" s="59"/>
       <c r="J187" s="59"/>
       <c r="K187" s="60"/>
     </row>
     <row r="188" spans="1:11" s="9" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
       <c r="A188" s="53" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B188" s="54"/>
       <c r="C188" s="54"/>
       <c r="D188" s="54"/>
       <c r="E188" s="54"/>
       <c r="F188" s="54"/>
       <c r="G188" s="54"/>
       <c r="H188" s="54"/>
       <c r="I188" s="55"/>
       <c r="J188" s="55"/>
       <c r="K188" s="55"/>
     </row>
     <row r="189" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A189" s="56" t="s">
+        <v>305</v>
+      </c>
+      <c r="B189" s="61" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C189" s="58">
         <v>2008</v>
       </c>
       <c r="D189" s="59"/>
       <c r="E189" s="59"/>
       <c r="F189" s="59"/>
       <c r="G189" s="59"/>
       <c r="H189" s="59"/>
       <c r="I189" s="59"/>
       <c r="J189" s="59"/>
       <c r="K189" s="60"/>
     </row>
     <row r="190" spans="1:11" s="9" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.45">
       <c r="A190" s="56" t="s">
+        <v>307</v>
+      </c>
+      <c r="B190" s="61" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="C190" s="58">
         <v>2008</v>
       </c>
       <c r="D190" s="59"/>
       <c r="E190" s="59"/>
       <c r="F190" s="59"/>
       <c r="G190" s="59"/>
       <c r="H190" s="59"/>
       <c r="I190" s="59"/>
       <c r="J190" s="59"/>
       <c r="K190" s="60"/>
     </row>
     <row r="191" spans="1:11" s="9" customFormat="1" ht="74.400000000000006" x14ac:dyDescent="0.45">
       <c r="A191" s="56" t="s">
+        <v>309</v>
+      </c>
+      <c r="B191" s="61" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C191" s="58" t="s">
         <v>102</v>
       </c>
       <c r="D191" s="59"/>
       <c r="E191" s="59"/>
       <c r="F191" s="59"/>
       <c r="G191" s="59"/>
       <c r="H191" s="59"/>
       <c r="I191" s="59"/>
       <c r="J191" s="59"/>
       <c r="K191" s="60"/>
     </row>
     <row r="192" spans="1:11" s="9" customFormat="1" ht="289.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A192" s="56" t="s">
+        <v>311</v>
+      </c>
+      <c r="B192" s="61" t="s">
         <v>312</v>
       </c>
-      <c r="B192" s="61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="58" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D192" s="59"/>
       <c r="E192" s="59"/>
       <c r="F192" s="59"/>
       <c r="G192" s="59"/>
       <c r="H192" s="59"/>
       <c r="I192" s="59"/>
       <c r="J192" s="59"/>
       <c r="K192" s="60"/>
     </row>
     <row r="193" spans="1:11" s="9" customFormat="1" ht="297.60000000000002" x14ac:dyDescent="0.45">
       <c r="A193" s="86" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="B193" s="95"/>
       <c r="C193" s="87"/>
       <c r="D193" s="88"/>
       <c r="E193" s="88"/>
       <c r="F193" s="88"/>
       <c r="G193" s="88"/>
       <c r="H193" s="88"/>
       <c r="I193" s="88"/>
       <c r="J193" s="88"/>
       <c r="K193" s="89"/>
     </row>
     <row r="194" spans="1:11" s="9" customFormat="1" ht="186" x14ac:dyDescent="0.45">
       <c r="A194" s="90" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="B194" s="96" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C194" s="92">
         <v>2015</v>
       </c>
       <c r="D194" s="93"/>
       <c r="E194" s="93"/>
       <c r="F194" s="93"/>
       <c r="G194" s="93"/>
       <c r="H194" s="93"/>
       <c r="I194" s="93"/>
       <c r="J194" s="93"/>
       <c r="K194" s="94"/>
     </row>
     <row r="195" spans="1:11" s="9" customFormat="1" ht="285" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A195" s="86" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="B195" s="95"/>
       <c r="C195" s="87"/>
       <c r="D195" s="88"/>
       <c r="E195" s="88"/>
       <c r="F195" s="88"/>
       <c r="G195" s="88"/>
       <c r="H195" s="88"/>
       <c r="I195" s="88"/>
       <c r="J195" s="88"/>
       <c r="K195" s="89"/>
     </row>
     <row r="196" spans="1:11" s="9" customFormat="1" ht="186" x14ac:dyDescent="0.45">
       <c r="A196" s="90" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B196" s="96" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="C196" s="92">
         <v>2015</v>
       </c>
       <c r="D196" s="93"/>
       <c r="E196" s="93"/>
       <c r="F196" s="93"/>
       <c r="G196" s="93"/>
       <c r="H196" s="93"/>
       <c r="I196" s="93"/>
       <c r="J196" s="93"/>
       <c r="K196" s="94"/>
     </row>
     <row r="197" spans="1:11" s="9" customFormat="1" ht="55.8" x14ac:dyDescent="0.45">
       <c r="A197" s="90" t="s">
+        <v>315</v>
+      </c>
+      <c r="B197" s="91" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="C197" s="92">
         <v>2015</v>
       </c>
       <c r="D197" s="93"/>
       <c r="E197" s="93"/>
       <c r="F197" s="93"/>
       <c r="G197" s="93"/>
       <c r="H197" s="93"/>
       <c r="I197" s="93"/>
       <c r="J197" s="93"/>
       <c r="K197" s="94"/>
     </row>
     <row r="198" spans="1:11" s="9" customFormat="1" ht="93.6" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A198" s="63" t="s">
+        <v>317</v>
+      </c>
+      <c r="B198" s="64" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C198" s="65" t="s">
         <v>102</v>
       </c>
       <c r="D198" s="66"/>
       <c r="E198" s="66"/>
       <c r="F198" s="66"/>
       <c r="G198" s="66"/>
       <c r="H198" s="66"/>
       <c r="I198" s="66"/>
       <c r="J198" s="66"/>
       <c r="K198" s="67"/>
     </row>
   </sheetData>
   <autoFilter ref="A9:K198" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="18" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H10:H192 H194 H196:H198" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D196:D198 F10:F192 D10:D192 D194 F194 F196:F198" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>"Yes,No,Partial"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="41" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Lato,Regular"&amp;12&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
-    <brk id="5" max="195" man="1"/>
+    <brk id="5" max="197" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{306F63A9-9CAE-45E2-833A-AEB4974317CC}">
   <sheetPr>
     <tabColor rgb="FF233746"/>
   </sheetPr>
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="19.44140625" customWidth="1"/>
     <col min="2" max="2" width="88.21875" customWidth="1"/>
     <col min="3" max="3" width="78.21875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" s="1" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="84" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2" spans="1:2" s="1" customFormat="1" ht="22.2" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A2" s="85" t="s">
+        <v>320</v>
+      </c>
+      <c r="B2" s="85" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="3" spans="1:2" ht="392.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="68" t="s">
+        <v>322</v>
+      </c>
+      <c r="B3" s="69" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="75" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="70" t="s">
+        <v>324</v>
+      </c>
+      <c r="B4" s="71" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="37.799999999999997" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="72" t="s">
+        <v>326</v>
+      </c>
+      <c r="B5" s="73" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="6" spans="1:2" ht="75" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="74" t="s">
+        <v>328</v>
+      </c>
+      <c r="B6" s="71" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="56.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="75" t="s">
+        <v>330</v>
+      </c>
+      <c r="B7" s="76" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="19.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="77" t="s">
+        <v>332</v>
+      </c>
+      <c r="B8" s="78" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="149.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="79" t="s">
+        <v>334</v>
+      </c>
+      <c r="B9" s="73" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="41.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="74" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B10" s="71" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="19.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="80" t="s">
+        <v>337</v>
+      </c>
+      <c r="B11" s="72" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="75" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="81" t="s">
+        <v>339</v>
+      </c>
+      <c r="B12" s="82" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <geb11f8ce9d940728585fae6d5409a45 xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </geb11f8ce9d940728585fae6d5409a45>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="acaf4567-dc07-471f-892c-2bcb86ef35ae">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="0eb656aa-4e79-4e95-9076-bc119a23e0cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c122098d4e003b4384c4da8d0c27443">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d886e9f0196ab673da6bef6c2dfa2844" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B99456BF0FC3654992BB01F701E3BF13" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b279931570174c37f1ca6db59fb09807">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acaf4567-dc07-471f-892c-2bcb86ef35ae" xmlns:ns3="c1f338ac-e338-414f-952c-f74dcc6d59e1" xmlns:ns4="0eb656aa-4e79-4e95-9076-bc119a23e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309418f1a588f56cad73cb47b3118d34" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <xsd:import namespace="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <xsd:import namespace="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:geb11f8ce9d940728585fae6d5409a45" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7797,51 +7795,51 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9EF793C-E5BE-4634-933D-FBDBDEDEC457}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2904A90E-BBDC-43DE-A13D-46D26187C7EA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{831765C9-7D36-4DD6-B165-3CB566EA4D6A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="acaf4567-dc07-471f-892c-2bcb86ef35ae"/>
     <ds:schemaRef ds:uri="c1f338ac-e338-414f-952c-f74dcc6d59e1"/>
     <ds:schemaRef ds:uri="0eb656aa-4e79-4e95-9076-bc119a23e0cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">